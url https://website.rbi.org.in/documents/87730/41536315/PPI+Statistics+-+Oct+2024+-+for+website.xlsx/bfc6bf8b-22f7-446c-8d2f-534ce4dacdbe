--- v0 (2025-10-01)
+++ v1 (2026-01-26)
@@ -1,80 +1,78 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28129"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24332"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://rbionline-my.sharepoint.com/personal/brdethadiya_rbi_org_in/Documents/PPI monthly statistics/October 2024/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Gaush\0Oct2025\28-10-2025\PPI transactions data\Revised PPI Statistics - Oct 2024 - for website\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="23" documentId="13_ncr:1_{51D90AEF-76CB-4429-BAED-F854E0E20F06}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{23E46A3B-5CFA-42C0-9B47-6FF559C97412}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{72211E3A-9343-42B8-88ED-AD79139E6F20}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="October 2024" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'October 2024'!$B$7:$AC$7</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
-        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
-        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="Q88" i="1" l="1"/>
   <c r="P88" i="1"/>
   <c r="O88" i="1"/>
   <c r="N88" i="1"/>
   <c r="M88" i="1"/>
   <c r="L88" i="1"/>
   <c r="K88" i="1"/>
   <c r="J88" i="1"/>
   <c r="I88" i="1"/>
   <c r="H88" i="1"/>
   <c r="G88" i="1"/>
   <c r="F88" i="1"/>
   <c r="E88" i="1"/>
   <c r="D88" i="1"/>
 </calcChain>
 </file>
 
@@ -459,123 +457,83 @@
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="5">
+  <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
-    <border>
-[...35 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="39">
+  <cellXfs count="26">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="3" fontId="5" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="4" fontId="5" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="5" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="4" fontId="5" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -586,178 +544,142 @@
     </xf>
     <xf numFmtId="3" fontId="2" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="4" fontId="2" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="4" fontId="2" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="4" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="2" fontId="5" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="3" fontId="5" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="3" fontId="5" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="5" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...26 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="top"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="4" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="1" fontId="3" fillId="2" borderId="2" xfId="3" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="1" fontId="3" fillId="2" borderId="4" xfId="3" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="3" fillId="2" borderId="1" xfId="3" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="5">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Normal 2 2 10" xfId="4" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Normal 2 3 2 2 12" xfId="3" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
 <personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Office 2013 - 2022">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office 2013 - 2022">
+    <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -819,51 +741,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office 2013 - 2022">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -961,5021 +883,5020 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="B2:AC123"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="G56" sqref="G56"/>
+      <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="2.5703125" style="3" customWidth="1"/>
-[...16 lines deleted...]
-    <col min="18" max="16384" width="11.42578125" style="3"/>
+    <col min="1" max="1" width="2.5703125" style="2" customWidth="1"/>
+    <col min="2" max="2" width="5.28515625" style="16" customWidth="1"/>
+    <col min="3" max="3" width="41.85546875" style="16" customWidth="1"/>
+    <col min="4" max="4" width="12.7109375" style="2" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="14.42578125" style="2" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="11.7109375" style="2" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="13.42578125" style="2" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="8.5703125" style="2" bestFit="1" customWidth="1"/>
+    <col min="9" max="10" width="11.7109375" style="2" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="13.42578125" style="2" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="10.7109375" style="2" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="13.42578125" style="2" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="9.140625" style="2" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="11.7109375" style="2" bestFit="1" customWidth="1"/>
+    <col min="16" max="16" width="8" style="2" bestFit="1" customWidth="1"/>
+    <col min="17" max="17" width="9.7109375" style="2" bestFit="1" customWidth="1"/>
+    <col min="18" max="16384" width="11.42578125" style="2"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:17" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="C2" s="34" t="s">
+    <row r="2" spans="2:17" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B2" s="23" t="s">
+        <v>0</v>
+      </c>
+      <c r="C2" s="23" t="s">
         <v>1</v>
       </c>
-      <c r="D2" s="31" t="s">
+      <c r="D2" s="21" t="s">
         <v>2</v>
       </c>
-      <c r="E2" s="31"/>
-      <c r="F2" s="32" t="s">
+      <c r="E2" s="21"/>
+      <c r="F2" s="21" t="s">
         <v>111</v>
       </c>
-      <c r="G2" s="32"/>
-[...6 lines deleted...]
-      <c r="N2" s="31" t="s">
+      <c r="G2" s="21"/>
+      <c r="H2" s="21"/>
+      <c r="I2" s="21"/>
+      <c r="J2" s="21"/>
+      <c r="K2" s="21"/>
+      <c r="L2" s="21"/>
+      <c r="M2" s="21"/>
+      <c r="N2" s="21" t="s">
         <v>3</v>
       </c>
-      <c r="O2" s="31"/>
-[...1 lines deleted...]
-      <c r="Q2" s="31"/>
+      <c r="O2" s="21"/>
+      <c r="P2" s="21"/>
+      <c r="Q2" s="21"/>
     </row>
     <row r="3" spans="2:17" x14ac:dyDescent="0.25">
-      <c r="B3" s="34"/>
-[...3 lines deleted...]
-      <c r="F3" s="32" t="s">
+      <c r="B3" s="23"/>
+      <c r="C3" s="23"/>
+      <c r="D3" s="21"/>
+      <c r="E3" s="21"/>
+      <c r="F3" s="22" t="s">
         <v>4</v>
       </c>
-      <c r="G3" s="32"/>
-[...2 lines deleted...]
-      <c r="J3" s="32" t="s">
+      <c r="G3" s="22"/>
+      <c r="H3" s="22"/>
+      <c r="I3" s="22"/>
+      <c r="J3" s="22" t="s">
         <v>5</v>
       </c>
-      <c r="K3" s="32"/>
-[...2 lines deleted...]
-      <c r="N3" s="32" t="s">
+      <c r="K3" s="22"/>
+      <c r="L3" s="22"/>
+      <c r="M3" s="22"/>
+      <c r="N3" s="22" t="s">
         <v>6</v>
       </c>
-      <c r="O3" s="32"/>
-[...1 lines deleted...]
-      <c r="Q3" s="32"/>
+      <c r="O3" s="22"/>
+      <c r="P3" s="22"/>
+      <c r="Q3" s="22"/>
     </row>
     <row r="4" spans="2:17" x14ac:dyDescent="0.25">
-      <c r="B4" s="34"/>
-[...3 lines deleted...]
-      <c r="F4" s="31" t="s">
+      <c r="B4" s="23"/>
+      <c r="C4" s="23"/>
+      <c r="D4" s="21"/>
+      <c r="E4" s="21"/>
+      <c r="F4" s="21" t="s">
         <v>7</v>
       </c>
-      <c r="G4" s="31"/>
-      <c r="H4" s="32" t="s">
+      <c r="G4" s="21"/>
+      <c r="H4" s="22" t="s">
         <v>8</v>
       </c>
-      <c r="I4" s="32"/>
-      <c r="J4" s="31" t="s">
+      <c r="I4" s="22"/>
+      <c r="J4" s="21" t="s">
         <v>7</v>
       </c>
-      <c r="K4" s="31"/>
-      <c r="L4" s="32" t="s">
+      <c r="K4" s="21"/>
+      <c r="L4" s="22" t="s">
         <v>8</v>
       </c>
-      <c r="M4" s="32"/>
-      <c r="N4" s="32" t="s">
+      <c r="M4" s="22"/>
+      <c r="N4" s="22" t="s">
         <v>9</v>
       </c>
-      <c r="O4" s="32"/>
-      <c r="P4" s="32" t="s">
+      <c r="O4" s="22"/>
+      <c r="P4" s="22" t="s">
         <v>10</v>
       </c>
-      <c r="Q4" s="32"/>
+      <c r="Q4" s="22"/>
     </row>
     <row r="5" spans="2:17" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="B5" s="34"/>
-[...1 lines deleted...]
-      <c r="D5" s="1" t="s">
+      <c r="B5" s="23"/>
+      <c r="C5" s="23"/>
+      <c r="D5" s="19" t="s">
         <v>11</v>
       </c>
-      <c r="E5" s="1" t="s">
+      <c r="E5" s="19" t="s">
         <v>12</v>
       </c>
-      <c r="F5" s="1" t="s">
+      <c r="F5" s="19" t="s">
         <v>13</v>
       </c>
-      <c r="G5" s="1" t="s">
+      <c r="G5" s="19" t="s">
         <v>14</v>
       </c>
-      <c r="H5" s="1" t="s">
+      <c r="H5" s="19" t="s">
         <v>13</v>
       </c>
-      <c r="I5" s="1" t="s">
+      <c r="I5" s="19" t="s">
         <v>14</v>
       </c>
-      <c r="J5" s="1" t="s">
+      <c r="J5" s="19" t="s">
         <v>13</v>
       </c>
-      <c r="K5" s="1" t="s">
+      <c r="K5" s="19" t="s">
         <v>14</v>
       </c>
-      <c r="L5" s="1" t="s">
+      <c r="L5" s="19" t="s">
         <v>13</v>
       </c>
-      <c r="M5" s="1" t="s">
+      <c r="M5" s="19" t="s">
         <v>14</v>
       </c>
-      <c r="N5" s="1" t="s">
+      <c r="N5" s="19" t="s">
         <v>13</v>
       </c>
-      <c r="O5" s="1" t="s">
+      <c r="O5" s="19" t="s">
         <v>14</v>
       </c>
-      <c r="P5" s="1" t="s">
+      <c r="P5" s="19" t="s">
         <v>87</v>
       </c>
-      <c r="Q5" s="1" t="s">
+      <c r="Q5" s="19" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="6" spans="2:17" x14ac:dyDescent="0.25">
-      <c r="B6" s="2"/>
-[...1 lines deleted...]
-      <c r="D6" s="1">
+      <c r="B6" s="1"/>
+      <c r="C6" s="1"/>
+      <c r="D6" s="19">
         <v>1</v>
       </c>
-      <c r="E6" s="1">
+      <c r="E6" s="19">
         <v>2</v>
       </c>
-      <c r="F6" s="1">
+      <c r="F6" s="19">
         <v>3</v>
       </c>
-      <c r="G6" s="1">
+      <c r="G6" s="19">
         <v>4</v>
       </c>
-      <c r="H6" s="1">
+      <c r="H6" s="19">
         <v>5</v>
       </c>
-      <c r="I6" s="1">
+      <c r="I6" s="19">
         <v>6</v>
       </c>
-      <c r="J6" s="1">
+      <c r="J6" s="19">
         <v>7</v>
       </c>
-      <c r="K6" s="1">
+      <c r="K6" s="19">
         <v>8</v>
       </c>
-      <c r="L6" s="1">
+      <c r="L6" s="19">
         <v>9</v>
       </c>
-      <c r="M6" s="1">
+      <c r="M6" s="19">
         <v>10</v>
       </c>
-      <c r="N6" s="1">
+      <c r="N6" s="19">
         <v>11</v>
       </c>
-      <c r="O6" s="1">
+      <c r="O6" s="19">
         <v>12</v>
       </c>
-      <c r="P6" s="1">
+      <c r="P6" s="19">
         <v>13</v>
       </c>
-      <c r="Q6" s="1">
+      <c r="Q6" s="19">
         <v>14</v>
       </c>
     </row>
     <row r="7" spans="2:17" x14ac:dyDescent="0.25">
-      <c r="B7" s="29" t="s">
+      <c r="B7" s="20" t="s">
         <v>15</v>
       </c>
-      <c r="C7" s="30"/>
-[...13 lines deleted...]
-      <c r="Q7" s="33"/>
+      <c r="C7" s="20"/>
+      <c r="D7" s="20"/>
+      <c r="E7" s="20"/>
+      <c r="F7" s="20"/>
+      <c r="G7" s="20"/>
+      <c r="H7" s="20"/>
+      <c r="I7" s="20"/>
+      <c r="J7" s="20"/>
+      <c r="K7" s="20"/>
+      <c r="L7" s="20"/>
+      <c r="M7" s="20"/>
+      <c r="N7" s="20"/>
+      <c r="O7" s="20"/>
+      <c r="P7" s="20"/>
+      <c r="Q7" s="20"/>
     </row>
     <row r="8" spans="2:17" x14ac:dyDescent="0.25">
-      <c r="B8" s="4">
+      <c r="B8" s="3">
         <v>1</v>
       </c>
-      <c r="C8" s="8" t="s">
+      <c r="C8" s="7" t="s">
         <v>88</v>
       </c>
-      <c r="D8" s="5">
+      <c r="D8" s="4">
         <v>897</v>
       </c>
-      <c r="E8" s="5">
-[...2 lines deleted...]
-      <c r="F8" s="5">
+      <c r="E8" s="4">
+        <v>0</v>
+      </c>
+      <c r="F8" s="4">
         <v>43</v>
       </c>
-      <c r="G8" s="6">
+      <c r="G8" s="5">
         <v>91.753529999999998</v>
       </c>
-      <c r="H8" s="5">
-[...17 lines deleted...]
-      <c r="N8" s="5">
+      <c r="H8" s="4">
+        <v>0</v>
+      </c>
+      <c r="I8" s="5">
+        <v>0</v>
+      </c>
+      <c r="J8" s="4">
+        <v>0</v>
+      </c>
+      <c r="K8" s="5">
+        <v>0</v>
+      </c>
+      <c r="L8" s="4">
+        <v>0</v>
+      </c>
+      <c r="M8" s="5">
+        <v>0</v>
+      </c>
+      <c r="N8" s="4">
         <v>10</v>
       </c>
-      <c r="O8" s="6">
+      <c r="O8" s="5">
         <v>51.3</v>
       </c>
-      <c r="P8" s="5">
-[...2 lines deleted...]
-      <c r="Q8" s="6">
+      <c r="P8" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q8" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="2:17" x14ac:dyDescent="0.25">
-      <c r="B9" s="4">
+      <c r="B9" s="3">
         <v>2</v>
       </c>
-      <c r="C9" s="8" t="s">
+      <c r="C9" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="D9" s="5">
+      <c r="D9" s="4">
         <v>1373710</v>
       </c>
-      <c r="E9" s="5">
+      <c r="E9" s="4">
         <v>63875</v>
       </c>
-      <c r="F9" s="5">
+      <c r="F9" s="4">
         <v>3461</v>
       </c>
-      <c r="G9" s="6">
+      <c r="G9" s="5">
         <v>137.13303999999999</v>
       </c>
-      <c r="H9" s="5">
-[...5 lines deleted...]
-      <c r="J9" s="5">
+      <c r="H9" s="4">
+        <v>0</v>
+      </c>
+      <c r="I9" s="5">
+        <v>0</v>
+      </c>
+      <c r="J9" s="4">
         <v>171225</v>
       </c>
-      <c r="K9" s="6">
+      <c r="K9" s="5">
         <v>15964.449699999999</v>
       </c>
-      <c r="L9" s="5">
-[...14 lines deleted...]
-      <c r="Q9" s="6">
+      <c r="L9" s="4">
+        <v>0</v>
+      </c>
+      <c r="M9" s="5">
+        <v>0</v>
+      </c>
+      <c r="N9" s="4">
+        <v>0</v>
+      </c>
+      <c r="O9" s="5">
+        <v>0</v>
+      </c>
+      <c r="P9" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q9" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="2:17" x14ac:dyDescent="0.25">
-      <c r="B10" s="4">
+      <c r="B10" s="3">
         <v>3</v>
       </c>
-      <c r="C10" s="8" t="s">
+      <c r="C10" s="7" t="s">
         <v>84</v>
       </c>
-      <c r="D10" s="5">
+      <c r="D10" s="4">
         <v>1031635</v>
       </c>
-      <c r="E10" s="5">
+      <c r="E10" s="4">
         <v>37051717</v>
       </c>
-      <c r="F10" s="5">
+      <c r="F10" s="4">
         <v>6880924</v>
       </c>
-      <c r="G10" s="6">
+      <c r="G10" s="5">
         <v>213176.56206</v>
       </c>
-      <c r="H10" s="5">
-[...5 lines deleted...]
-      <c r="J10" s="5">
+      <c r="H10" s="4">
+        <v>0</v>
+      </c>
+      <c r="I10" s="5">
+        <v>0</v>
+      </c>
+      <c r="J10" s="4">
         <v>6956952</v>
       </c>
-      <c r="K10" s="6">
+      <c r="K10" s="5">
         <v>651970.21520000009</v>
       </c>
-      <c r="L10" s="5">
+      <c r="L10" s="4">
         <v>33150</v>
       </c>
-      <c r="M10" s="6">
+      <c r="M10" s="5">
         <v>3309.22964</v>
       </c>
-      <c r="N10" s="5">
-[...8 lines deleted...]
-      <c r="Q10" s="6">
+      <c r="N10" s="4">
+        <v>0</v>
+      </c>
+      <c r="O10" s="5">
+        <v>0</v>
+      </c>
+      <c r="P10" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q10" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="2:17" x14ac:dyDescent="0.25">
-      <c r="B11" s="4">
+      <c r="B11" s="3">
         <v>4</v>
       </c>
-      <c r="C11" s="8" t="s">
+      <c r="C11" s="7" t="s">
         <v>17</v>
       </c>
-      <c r="D11" s="5">
+      <c r="D11" s="4">
         <v>8223129</v>
       </c>
-      <c r="E11" s="5">
+      <c r="E11" s="4">
         <v>16971601</v>
       </c>
-      <c r="F11" s="5">
+      <c r="F11" s="4">
         <v>147832</v>
       </c>
-      <c r="G11" s="6">
+      <c r="G11" s="5">
         <v>215793.89494</v>
       </c>
-      <c r="H11" s="5">
-[...5 lines deleted...]
-      <c r="J11" s="5">
+      <c r="H11" s="4">
+        <v>0</v>
+      </c>
+      <c r="I11" s="5">
+        <v>0</v>
+      </c>
+      <c r="J11" s="4">
         <v>20141081</v>
       </c>
-      <c r="K11" s="6">
+      <c r="K11" s="5">
         <v>5615023.0647400003</v>
       </c>
-      <c r="L11" s="5">
+      <c r="L11" s="4">
         <v>6185</v>
       </c>
-      <c r="M11" s="6">
+      <c r="M11" s="5">
         <v>24444.34086</v>
       </c>
-      <c r="N11" s="5">
+      <c r="N11" s="4">
         <v>13489</v>
       </c>
-      <c r="O11" s="6">
+      <c r="O11" s="5">
         <v>121905.1</v>
       </c>
-      <c r="P11" s="5">
-[...2 lines deleted...]
-      <c r="Q11" s="6">
+      <c r="P11" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q11" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="2:17" x14ac:dyDescent="0.25">
-      <c r="B12" s="4">
+      <c r="B12" s="3">
         <v>5</v>
       </c>
-      <c r="C12" s="8" t="s">
+      <c r="C12" s="7" t="s">
         <v>85</v>
       </c>
-      <c r="D12" s="5">
+      <c r="D12" s="4">
         <v>414008</v>
       </c>
-      <c r="E12" s="5">
+      <c r="E12" s="4">
         <v>1084943</v>
       </c>
-      <c r="F12" s="5">
+      <c r="F12" s="4">
         <v>25889</v>
       </c>
-      <c r="G12" s="6">
+      <c r="G12" s="5">
         <v>31536.973344299968</v>
       </c>
-      <c r="H12" s="5">
-[...5 lines deleted...]
-      <c r="J12" s="5">
+      <c r="H12" s="4">
+        <v>0</v>
+      </c>
+      <c r="I12" s="5">
+        <v>0</v>
+      </c>
+      <c r="J12" s="4">
         <v>3880385</v>
       </c>
-      <c r="K12" s="6">
+      <c r="K12" s="5">
         <v>492158.72355</v>
       </c>
-      <c r="L12" s="5">
-[...5 lines deleted...]
-      <c r="N12" s="5">
+      <c r="L12" s="4">
+        <v>0</v>
+      </c>
+      <c r="M12" s="5">
+        <v>0</v>
+      </c>
+      <c r="N12" s="4">
         <v>1377</v>
       </c>
-      <c r="O12" s="6">
+      <c r="O12" s="5">
         <v>10834.400000000011</v>
       </c>
-      <c r="P12" s="5">
-[...2 lines deleted...]
-      <c r="Q12" s="6">
+      <c r="P12" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q12" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="2:17" x14ac:dyDescent="0.25">
-      <c r="B13" s="4">
+      <c r="B13" s="3">
         <v>6</v>
       </c>
-      <c r="C13" s="8" t="s">
+      <c r="C13" s="7" t="s">
         <v>18</v>
       </c>
-      <c r="D13" s="5">
+      <c r="D13" s="4">
         <v>34569</v>
       </c>
-      <c r="E13" s="5">
-[...2 lines deleted...]
-      <c r="F13" s="5">
+      <c r="E13" s="4">
+        <v>0</v>
+      </c>
+      <c r="F13" s="4">
         <v>1790</v>
       </c>
-      <c r="G13" s="6">
+      <c r="G13" s="5">
         <v>4245.1393599999992</v>
       </c>
-      <c r="H13" s="5">
-[...17 lines deleted...]
-      <c r="N13" s="5">
+      <c r="H13" s="4">
+        <v>0</v>
+      </c>
+      <c r="I13" s="5">
+        <v>0</v>
+      </c>
+      <c r="J13" s="4">
+        <v>0</v>
+      </c>
+      <c r="K13" s="5">
+        <v>0</v>
+      </c>
+      <c r="L13" s="4">
+        <v>0</v>
+      </c>
+      <c r="M13" s="5">
+        <v>0</v>
+      </c>
+      <c r="N13" s="4">
         <v>535</v>
       </c>
-      <c r="O13" s="6">
+      <c r="O13" s="5">
         <v>3890.9</v>
       </c>
-      <c r="P13" s="5">
-[...2 lines deleted...]
-      <c r="Q13" s="6">
+      <c r="P13" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q13" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="2:17" x14ac:dyDescent="0.25">
-      <c r="B14" s="4">
+      <c r="B14" s="3">
         <v>7</v>
       </c>
-      <c r="C14" s="8" t="s">
+      <c r="C14" s="7" t="s">
         <v>86</v>
       </c>
-      <c r="D14" s="5">
-[...2 lines deleted...]
-      <c r="E14" s="5">
+      <c r="D14" s="4">
+        <v>0</v>
+      </c>
+      <c r="E14" s="4">
         <v>18205</v>
       </c>
-      <c r="F14" s="5">
-[...11 lines deleted...]
-      <c r="J14" s="5">
+      <c r="F14" s="4">
+        <v>0</v>
+      </c>
+      <c r="G14" s="5">
+        <v>0</v>
+      </c>
+      <c r="H14" s="4">
+        <v>0</v>
+      </c>
+      <c r="I14" s="5">
+        <v>0</v>
+      </c>
+      <c r="J14" s="4">
         <v>46375</v>
       </c>
-      <c r="K14" s="6">
+      <c r="K14" s="5">
         <v>4862.5951999999997</v>
       </c>
-      <c r="L14" s="5">
+      <c r="L14" s="4">
         <v>37</v>
       </c>
-      <c r="M14" s="6">
+      <c r="M14" s="5">
         <v>42.96</v>
       </c>
-      <c r="N14" s="5">
-[...8 lines deleted...]
-      <c r="Q14" s="6">
+      <c r="N14" s="4">
+        <v>0</v>
+      </c>
+      <c r="O14" s="5">
+        <v>0</v>
+      </c>
+      <c r="P14" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q14" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="2:17" x14ac:dyDescent="0.25">
-      <c r="B15" s="4">
+      <c r="B15" s="3">
         <v>8</v>
       </c>
-      <c r="C15" s="8" t="s">
+      <c r="C15" s="7" t="s">
         <v>19</v>
       </c>
-      <c r="D15" s="5">
+      <c r="D15" s="4">
         <v>39638</v>
       </c>
-      <c r="E15" s="5">
+      <c r="E15" s="4">
         <v>62483</v>
       </c>
-      <c r="F15" s="5">
+      <c r="F15" s="4">
         <v>398</v>
       </c>
-      <c r="G15" s="6">
+      <c r="G15" s="5">
         <v>2187.7372999999998</v>
       </c>
-      <c r="H15" s="5">
-[...5 lines deleted...]
-      <c r="J15" s="5">
+      <c r="H15" s="4">
+        <v>0</v>
+      </c>
+      <c r="I15" s="5">
+        <v>0</v>
+      </c>
+      <c r="J15" s="4">
         <v>321504</v>
       </c>
-      <c r="K15" s="6">
+      <c r="K15" s="5">
         <v>14935.464250000001</v>
       </c>
-      <c r="L15" s="5">
-[...5 lines deleted...]
-      <c r="N15" s="5">
+      <c r="L15" s="4">
+        <v>0</v>
+      </c>
+      <c r="M15" s="5">
+        <v>0</v>
+      </c>
+      <c r="N15" s="4">
         <v>650</v>
       </c>
-      <c r="O15" s="6">
+      <c r="O15" s="5">
         <v>6156.6</v>
       </c>
-      <c r="P15" s="5">
-[...2 lines deleted...]
-      <c r="Q15" s="6">
+      <c r="P15" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q15" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="2:17" x14ac:dyDescent="0.25">
-      <c r="B16" s="4">
+      <c r="B16" s="3">
         <v>9</v>
       </c>
-      <c r="C16" s="8" t="s">
+      <c r="C16" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="D16" s="5">
-[...38 lines deleted...]
-      <c r="Q16" s="6">
+      <c r="D16" s="4">
+        <v>0</v>
+      </c>
+      <c r="E16" s="4">
+        <v>0</v>
+      </c>
+      <c r="F16" s="4">
+        <v>0</v>
+      </c>
+      <c r="G16" s="5">
+        <v>0</v>
+      </c>
+      <c r="H16" s="4">
+        <v>0</v>
+      </c>
+      <c r="I16" s="5">
+        <v>0</v>
+      </c>
+      <c r="J16" s="4">
+        <v>0</v>
+      </c>
+      <c r="K16" s="5">
+        <v>0</v>
+      </c>
+      <c r="L16" s="4">
+        <v>0</v>
+      </c>
+      <c r="M16" s="5">
+        <v>0</v>
+      </c>
+      <c r="N16" s="4">
+        <v>0</v>
+      </c>
+      <c r="O16" s="5">
+        <v>0</v>
+      </c>
+      <c r="P16" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q16" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="2:17" x14ac:dyDescent="0.25">
-      <c r="B17" s="4">
+      <c r="B17" s="3">
         <v>10</v>
       </c>
-      <c r="C17" s="8" t="s">
+      <c r="C17" s="7" t="s">
         <v>21</v>
       </c>
-      <c r="D17" s="5">
+      <c r="D17" s="4">
         <v>33607</v>
       </c>
-      <c r="E17" s="5">
+      <c r="E17" s="4">
         <v>300626</v>
       </c>
-      <c r="F17" s="5">
+      <c r="F17" s="4">
         <v>682</v>
       </c>
-      <c r="G17" s="6">
+      <c r="G17" s="5">
         <v>730.70683999999994</v>
       </c>
-      <c r="H17" s="5">
-[...5 lines deleted...]
-      <c r="J17" s="5">
+      <c r="H17" s="4">
+        <v>0</v>
+      </c>
+      <c r="I17" s="5">
+        <v>0</v>
+      </c>
+      <c r="J17" s="4">
         <v>203266</v>
       </c>
-      <c r="K17" s="6">
+      <c r="K17" s="5">
         <v>20195.971600000001</v>
       </c>
-      <c r="L17" s="5">
+      <c r="L17" s="4">
         <v>575</v>
       </c>
-      <c r="M17" s="6">
+      <c r="M17" s="5">
         <v>1119.912</v>
       </c>
-      <c r="N17" s="5">
+      <c r="N17" s="4">
         <v>455</v>
       </c>
-      <c r="O17" s="6">
+      <c r="O17" s="5">
         <v>2600.9</v>
       </c>
-      <c r="P17" s="5">
-[...2 lines deleted...]
-      <c r="Q17" s="6">
+      <c r="P17" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q17" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="2:17" x14ac:dyDescent="0.25">
-      <c r="B18" s="4">
+      <c r="B18" s="3">
         <v>11</v>
       </c>
-      <c r="C18" s="8" t="s">
+      <c r="C18" s="7" t="s">
         <v>89</v>
       </c>
-      <c r="D18" s="5">
+      <c r="D18" s="4">
         <v>1215</v>
       </c>
-      <c r="E18" s="5">
+      <c r="E18" s="4">
         <v>2342</v>
       </c>
-      <c r="F18" s="5">
-[...32 lines deleted...]
-      <c r="Q18" s="6">
+      <c r="F18" s="4">
+        <v>0</v>
+      </c>
+      <c r="G18" s="5">
+        <v>0</v>
+      </c>
+      <c r="H18" s="4">
+        <v>0</v>
+      </c>
+      <c r="I18" s="5">
+        <v>0</v>
+      </c>
+      <c r="J18" s="4">
+        <v>0</v>
+      </c>
+      <c r="K18" s="5">
+        <v>0</v>
+      </c>
+      <c r="L18" s="4">
+        <v>0</v>
+      </c>
+      <c r="M18" s="5">
+        <v>0</v>
+      </c>
+      <c r="N18" s="4">
+        <v>0</v>
+      </c>
+      <c r="O18" s="5">
+        <v>0</v>
+      </c>
+      <c r="P18" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q18" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="2:17" x14ac:dyDescent="0.25">
-      <c r="B19" s="4">
+      <c r="B19" s="3">
         <v>12</v>
       </c>
-      <c r="C19" s="8" t="s">
+      <c r="C19" s="7" t="s">
         <v>22</v>
       </c>
-      <c r="D19" s="5">
+      <c r="D19" s="4">
         <v>1314945</v>
       </c>
-      <c r="E19" s="5">
+      <c r="E19" s="4">
         <v>678020</v>
       </c>
-      <c r="F19" s="5">
+      <c r="F19" s="4">
         <v>125</v>
       </c>
-      <c r="G19" s="6">
+      <c r="G19" s="5">
         <v>1110.922779999999</v>
       </c>
-      <c r="H19" s="5">
-[...5 lines deleted...]
-      <c r="J19" s="5">
+      <c r="H19" s="4">
+        <v>0</v>
+      </c>
+      <c r="I19" s="5">
+        <v>0</v>
+      </c>
+      <c r="J19" s="4">
         <v>1587121</v>
       </c>
-      <c r="K19" s="6">
+      <c r="K19" s="5">
         <v>114768.56169</v>
       </c>
-      <c r="L19" s="5">
-[...5 lines deleted...]
-      <c r="N19" s="5">
+      <c r="L19" s="4">
+        <v>0</v>
+      </c>
+      <c r="M19" s="5">
+        <v>0</v>
+      </c>
+      <c r="N19" s="4">
         <v>1305</v>
       </c>
-      <c r="O19" s="6">
+      <c r="O19" s="5">
         <v>9566.7000000000007</v>
       </c>
-      <c r="P19" s="5">
-[...2 lines deleted...]
-      <c r="Q19" s="6">
+      <c r="P19" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q19" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="2:17" x14ac:dyDescent="0.25">
-      <c r="B20" s="4">
+      <c r="B20" s="3">
         <v>13</v>
       </c>
-      <c r="C20" s="8" t="s">
+      <c r="C20" s="7" t="s">
         <v>90</v>
       </c>
-      <c r="D20" s="5">
-[...2 lines deleted...]
-      <c r="E20" s="5">
+      <c r="D20" s="4">
+        <v>0</v>
+      </c>
+      <c r="E20" s="4">
         <v>554105</v>
       </c>
-      <c r="F20" s="5">
-[...11 lines deleted...]
-      <c r="J20" s="5">
+      <c r="F20" s="4">
+        <v>0</v>
+      </c>
+      <c r="G20" s="5">
+        <v>0</v>
+      </c>
+      <c r="H20" s="4">
+        <v>0</v>
+      </c>
+      <c r="I20" s="5">
+        <v>0</v>
+      </c>
+      <c r="J20" s="4">
         <v>748409</v>
       </c>
-      <c r="K20" s="6">
+      <c r="K20" s="5">
         <v>82934.604749999999</v>
       </c>
-      <c r="L20" s="5">
-[...14 lines deleted...]
-      <c r="Q20" s="6">
+      <c r="L20" s="4">
+        <v>0</v>
+      </c>
+      <c r="M20" s="5">
+        <v>0</v>
+      </c>
+      <c r="N20" s="4">
+        <v>0</v>
+      </c>
+      <c r="O20" s="5">
+        <v>0</v>
+      </c>
+      <c r="P20" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q20" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="2:17" x14ac:dyDescent="0.25">
-      <c r="B21" s="4">
+      <c r="B21" s="3">
         <v>14</v>
       </c>
-      <c r="C21" s="8" t="s">
+      <c r="C21" s="7" t="s">
         <v>23</v>
       </c>
-      <c r="D21" s="5">
+      <c r="D21" s="4">
         <v>11989</v>
       </c>
-      <c r="E21" s="5">
+      <c r="E21" s="4">
         <v>5697664</v>
       </c>
-      <c r="F21" s="5">
+      <c r="F21" s="4">
         <v>7263</v>
       </c>
-      <c r="G21" s="6">
+      <c r="G21" s="5">
         <v>48491.352650000001</v>
       </c>
-      <c r="H21" s="5">
-[...5 lines deleted...]
-      <c r="J21" s="5">
+      <c r="H21" s="4">
+        <v>0</v>
+      </c>
+      <c r="I21" s="5">
+        <v>0</v>
+      </c>
+      <c r="J21" s="4">
         <v>1675</v>
       </c>
-      <c r="K21" s="6">
+      <c r="K21" s="5">
         <v>790.28601000000003</v>
       </c>
-      <c r="L21" s="5">
+      <c r="L21" s="4">
         <v>708</v>
       </c>
-      <c r="M21" s="6">
+      <c r="M21" s="5">
         <v>2656.7469999999998</v>
       </c>
-      <c r="N21" s="5">
-[...8 lines deleted...]
-      <c r="Q21" s="6">
+      <c r="N21" s="4">
+        <v>0</v>
+      </c>
+      <c r="O21" s="5">
+        <v>0</v>
+      </c>
+      <c r="P21" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q21" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="2:17" x14ac:dyDescent="0.25">
-      <c r="B22" s="4">
+      <c r="B22" s="3">
         <v>15</v>
       </c>
-      <c r="C22" s="8" t="s">
+      <c r="C22" s="7" t="s">
         <v>24</v>
       </c>
-      <c r="D22" s="5">
+      <c r="D22" s="4">
         <v>17122816</v>
       </c>
-      <c r="E22" s="5">
+      <c r="E22" s="4">
         <v>33284858</v>
       </c>
-      <c r="F22" s="5">
+      <c r="F22" s="4">
         <v>1880358</v>
       </c>
-      <c r="G22" s="6">
+      <c r="G22" s="5">
         <v>1483991.1715499971</v>
       </c>
-      <c r="H22" s="5">
-[...5 lines deleted...]
-      <c r="J22" s="5">
+      <c r="H22" s="4">
+        <v>0</v>
+      </c>
+      <c r="I22" s="5">
+        <v>0</v>
+      </c>
+      <c r="J22" s="4">
         <v>33884072</v>
       </c>
-      <c r="K22" s="6">
+      <c r="K22" s="5">
         <v>6319721.86154</v>
       </c>
-      <c r="L22" s="5">
+      <c r="L22" s="4">
         <v>549132</v>
       </c>
-      <c r="M22" s="6">
+      <c r="M22" s="5">
         <v>3094548.4371499997</v>
       </c>
-      <c r="N22" s="5">
+      <c r="N22" s="4">
         <v>1371910</v>
       </c>
-      <c r="O22" s="6">
+      <c r="O22" s="5">
         <v>5970057.2094999598</v>
       </c>
-      <c r="P22" s="5">
-[...2 lines deleted...]
-      <c r="Q22" s="6">
+      <c r="P22" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q22" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="2:17" x14ac:dyDescent="0.25">
-      <c r="B23" s="4">
+      <c r="B23" s="3">
         <v>16</v>
       </c>
-      <c r="C23" s="8" t="s">
+      <c r="C23" s="7" t="s">
         <v>25</v>
       </c>
-      <c r="D23" s="5">
+      <c r="D23" s="4">
         <v>16868902</v>
       </c>
-      <c r="E23" s="5">
+      <c r="E23" s="4">
         <v>22666393</v>
       </c>
-      <c r="F23" s="5">
+      <c r="F23" s="4">
         <v>1890668</v>
       </c>
-      <c r="G23" s="6">
+      <c r="G23" s="5">
         <v>1247200.38246</v>
       </c>
-      <c r="H23" s="5">
+      <c r="H23" s="4">
         <v>4773</v>
       </c>
-      <c r="I23" s="6">
+      <c r="I23" s="5">
         <v>21514.9719</v>
       </c>
-      <c r="J23" s="5">
+      <c r="J23" s="4">
         <v>80825614</v>
       </c>
-      <c r="K23" s="6">
+      <c r="K23" s="5">
         <v>16168278.051260002</v>
       </c>
-      <c r="L23" s="5">
+      <c r="L23" s="4">
         <v>60089</v>
       </c>
-      <c r="M23" s="6">
+      <c r="M23" s="5">
         <v>51387.298360000001</v>
       </c>
-      <c r="N23" s="5">
+      <c r="N23" s="4">
         <v>288149</v>
       </c>
-      <c r="O23" s="6">
+      <c r="O23" s="5">
         <v>2126887.35</v>
       </c>
-      <c r="P23" s="5">
-[...2 lines deleted...]
-      <c r="Q23" s="6">
+      <c r="P23" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q23" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="2:17" x14ac:dyDescent="0.25">
-      <c r="B24" s="4">
+      <c r="B24" s="3">
         <v>17</v>
       </c>
-      <c r="C24" s="8" t="s">
+      <c r="C24" s="7" t="s">
         <v>26</v>
       </c>
-      <c r="D24" s="5">
+      <c r="D24" s="4">
         <v>459091</v>
       </c>
-      <c r="E24" s="5">
-[...2 lines deleted...]
-      <c r="F24" s="5">
+      <c r="E24" s="4">
+        <v>0</v>
+      </c>
+      <c r="F24" s="4">
         <v>44112</v>
       </c>
-      <c r="G24" s="6">
+      <c r="G24" s="5">
         <v>52592.666640000003</v>
       </c>
-      <c r="H24" s="5">
+      <c r="H24" s="4">
         <v>38</v>
       </c>
-      <c r="I24" s="6">
+      <c r="I24" s="5">
         <v>677.90906000000007</v>
       </c>
-      <c r="J24" s="5">
-[...11 lines deleted...]
-      <c r="N24" s="5">
+      <c r="J24" s="4">
+        <v>0</v>
+      </c>
+      <c r="K24" s="5">
+        <v>0</v>
+      </c>
+      <c r="L24" s="4">
+        <v>0</v>
+      </c>
+      <c r="M24" s="5">
+        <v>0</v>
+      </c>
+      <c r="N24" s="4">
         <v>18656</v>
       </c>
-      <c r="O24" s="6">
+      <c r="O24" s="5">
         <v>150075.74299999999</v>
       </c>
-      <c r="P24" s="5">
-[...2 lines deleted...]
-      <c r="Q24" s="6">
+      <c r="P24" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q24" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="2:17" x14ac:dyDescent="0.25">
-      <c r="B25" s="4">
+      <c r="B25" s="3">
         <v>18</v>
       </c>
-      <c r="C25" s="8" t="s">
+      <c r="C25" s="7" t="s">
         <v>27</v>
       </c>
-      <c r="D25" s="5">
+      <c r="D25" s="4">
         <v>8132</v>
       </c>
-      <c r="E25" s="5">
+      <c r="E25" s="4">
         <v>13644011</v>
       </c>
-      <c r="F25" s="5">
+      <c r="F25" s="4">
         <v>15142</v>
       </c>
-      <c r="G25" s="6">
+      <c r="G25" s="5">
         <v>9530.0660999999873</v>
       </c>
-      <c r="H25" s="5">
-[...5 lines deleted...]
-      <c r="J25" s="5">
+      <c r="H25" s="4">
+        <v>0</v>
+      </c>
+      <c r="I25" s="5">
+        <v>0</v>
+      </c>
+      <c r="J25" s="4">
         <v>103975107</v>
       </c>
-      <c r="K25" s="6">
+      <c r="K25" s="5">
         <v>23234564.58329501</v>
       </c>
-      <c r="L25" s="5">
-[...14 lines deleted...]
-      <c r="Q25" s="6">
+      <c r="L25" s="4">
+        <v>0</v>
+      </c>
+      <c r="M25" s="5">
+        <v>0</v>
+      </c>
+      <c r="N25" s="4">
+        <v>0</v>
+      </c>
+      <c r="O25" s="5">
+        <v>0</v>
+      </c>
+      <c r="P25" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q25" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="2:17" x14ac:dyDescent="0.25">
-      <c r="B26" s="4">
+      <c r="B26" s="3">
         <v>19</v>
       </c>
-      <c r="C26" s="8" t="s">
+      <c r="C26" s="7" t="s">
         <v>28</v>
       </c>
-      <c r="D26" s="5">
+      <c r="D26" s="4">
         <v>46980</v>
       </c>
-      <c r="E26" s="5">
+      <c r="E26" s="4">
         <v>119927</v>
       </c>
-      <c r="F26" s="5">
+      <c r="F26" s="4">
         <v>208</v>
       </c>
-      <c r="G26" s="6">
+      <c r="G26" s="5">
         <v>1048.0529099999999</v>
       </c>
-      <c r="H26" s="5">
+      <c r="H26" s="4">
         <v>141</v>
       </c>
-      <c r="I26" s="6">
+      <c r="I26" s="5">
         <v>787.08756000000005</v>
       </c>
-      <c r="J26" s="5">
+      <c r="J26" s="4">
         <v>225969</v>
       </c>
-      <c r="K26" s="6">
+      <c r="K26" s="5">
         <v>108844.93395999999</v>
       </c>
-      <c r="L26" s="5">
-[...5 lines deleted...]
-      <c r="N26" s="5">
+      <c r="L26" s="4">
+        <v>0</v>
+      </c>
+      <c r="M26" s="5">
+        <v>0</v>
+      </c>
+      <c r="N26" s="4">
         <v>159</v>
       </c>
-      <c r="O26" s="6">
+      <c r="O26" s="5">
         <v>1126.5</v>
       </c>
-      <c r="P26" s="5">
-[...2 lines deleted...]
-      <c r="Q26" s="6">
+      <c r="P26" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q26" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="2:17" x14ac:dyDescent="0.25">
-      <c r="B27" s="4">
+      <c r="B27" s="3">
         <v>20</v>
       </c>
-      <c r="C27" s="8" t="s">
+      <c r="C27" s="7" t="s">
         <v>29</v>
       </c>
-      <c r="D27" s="5">
+      <c r="D27" s="4">
         <v>6591</v>
       </c>
-      <c r="E27" s="5">
-[...2 lines deleted...]
-      <c r="F27" s="5">
+      <c r="E27" s="4">
+        <v>0</v>
+      </c>
+      <c r="F27" s="4">
         <v>386</v>
       </c>
-      <c r="G27" s="6">
+      <c r="G27" s="5">
         <v>1476.4637299999999</v>
       </c>
-      <c r="H27" s="5">
-[...17 lines deleted...]
-      <c r="N27" s="5">
+      <c r="H27" s="4">
+        <v>0</v>
+      </c>
+      <c r="I27" s="5">
+        <v>0</v>
+      </c>
+      <c r="J27" s="4">
+        <v>0</v>
+      </c>
+      <c r="K27" s="5">
+        <v>0</v>
+      </c>
+      <c r="L27" s="4">
+        <v>0</v>
+      </c>
+      <c r="M27" s="5">
+        <v>0</v>
+      </c>
+      <c r="N27" s="4">
         <v>705</v>
       </c>
-      <c r="O27" s="6">
+      <c r="O27" s="5">
         <v>4728.8999999999996</v>
       </c>
-      <c r="P27" s="5">
-[...2 lines deleted...]
-      <c r="Q27" s="6">
+      <c r="P27" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q27" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="2:17" x14ac:dyDescent="0.25">
-      <c r="B28" s="4">
+      <c r="B28" s="3">
         <v>21</v>
       </c>
-      <c r="C28" s="8" t="s">
+      <c r="C28" s="7" t="s">
         <v>30</v>
       </c>
-      <c r="D28" s="5">
+      <c r="D28" s="4">
         <v>6065938</v>
       </c>
-      <c r="E28" s="5">
+      <c r="E28" s="4">
         <v>3650696</v>
       </c>
-      <c r="F28" s="5">
+      <c r="F28" s="4">
         <v>373092</v>
       </c>
-      <c r="G28" s="6">
+      <c r="G28" s="5">
         <v>441056.10227999813</v>
       </c>
-      <c r="H28" s="5">
-[...5 lines deleted...]
-      <c r="J28" s="5">
+      <c r="H28" s="4">
+        <v>0</v>
+      </c>
+      <c r="I28" s="5">
+        <v>0</v>
+      </c>
+      <c r="J28" s="4">
         <v>8368045</v>
       </c>
-      <c r="K28" s="6">
+      <c r="K28" s="5">
         <v>1055872.9289800001</v>
       </c>
-      <c r="L28" s="5">
-[...5 lines deleted...]
-      <c r="N28" s="5">
+      <c r="L28" s="4">
+        <v>0</v>
+      </c>
+      <c r="M28" s="5">
+        <v>0</v>
+      </c>
+      <c r="N28" s="4">
         <v>9016</v>
       </c>
-      <c r="O28" s="6">
+      <c r="O28" s="5">
         <v>58248.3</v>
       </c>
-      <c r="P28" s="5">
-[...2 lines deleted...]
-      <c r="Q28" s="6">
+      <c r="P28" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q28" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="2:17" x14ac:dyDescent="0.25">
-      <c r="B29" s="4">
+      <c r="B29" s="3">
         <v>22</v>
       </c>
-      <c r="C29" s="8" t="s">
+      <c r="C29" s="7" t="s">
         <v>31</v>
       </c>
-      <c r="D29" s="5">
-[...2 lines deleted...]
-      <c r="E29" s="5">
+      <c r="D29" s="4">
+        <v>0</v>
+      </c>
+      <c r="E29" s="4">
         <v>2174651</v>
       </c>
-      <c r="F29" s="5">
-[...11 lines deleted...]
-      <c r="J29" s="5">
+      <c r="F29" s="4">
+        <v>0</v>
+      </c>
+      <c r="G29" s="5">
+        <v>0</v>
+      </c>
+      <c r="H29" s="4">
+        <v>0</v>
+      </c>
+      <c r="I29" s="5">
+        <v>0</v>
+      </c>
+      <c r="J29" s="4">
         <v>1601</v>
       </c>
-      <c r="K29" s="6">
+      <c r="K29" s="5">
         <v>645.92306000000008</v>
       </c>
-      <c r="L29" s="5">
-[...14 lines deleted...]
-      <c r="Q29" s="6">
+      <c r="L29" s="4">
+        <v>0</v>
+      </c>
+      <c r="M29" s="5">
+        <v>0</v>
+      </c>
+      <c r="N29" s="4">
+        <v>0</v>
+      </c>
+      <c r="O29" s="5">
+        <v>0</v>
+      </c>
+      <c r="P29" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q29" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="2:17" x14ac:dyDescent="0.25">
-      <c r="B30" s="4">
+      <c r="B30" s="3">
         <v>23</v>
       </c>
-      <c r="C30" s="8" t="s">
+      <c r="C30" s="7" t="s">
         <v>32</v>
       </c>
-      <c r="D30" s="5">
+      <c r="D30" s="4">
         <v>7589</v>
       </c>
-      <c r="E30" s="5">
-[...2 lines deleted...]
-      <c r="F30" s="5">
+      <c r="E30" s="4">
+        <v>0</v>
+      </c>
+      <c r="F30" s="4">
         <v>8</v>
       </c>
-      <c r="G30" s="6">
+      <c r="G30" s="5">
         <v>21.395589999999999</v>
       </c>
-      <c r="H30" s="5">
-[...26 lines deleted...]
-      <c r="Q30" s="6">
+      <c r="H30" s="4">
+        <v>0</v>
+      </c>
+      <c r="I30" s="5">
+        <v>0</v>
+      </c>
+      <c r="J30" s="4">
+        <v>0</v>
+      </c>
+      <c r="K30" s="5">
+        <v>0</v>
+      </c>
+      <c r="L30" s="4">
+        <v>0</v>
+      </c>
+      <c r="M30" s="5">
+        <v>0</v>
+      </c>
+      <c r="N30" s="4">
+        <v>0</v>
+      </c>
+      <c r="O30" s="5">
+        <v>0</v>
+      </c>
+      <c r="P30" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q30" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="2:17" x14ac:dyDescent="0.25">
-      <c r="B31" s="4">
+      <c r="B31" s="3">
         <v>24</v>
       </c>
-      <c r="C31" s="8" t="s">
+      <c r="C31" s="7" t="s">
         <v>33</v>
       </c>
-      <c r="D31" s="5">
+      <c r="D31" s="4">
         <v>197646</v>
       </c>
-      <c r="E31" s="5">
+      <c r="E31" s="4">
         <v>500604</v>
       </c>
-      <c r="F31" s="5">
+      <c r="F31" s="4">
         <v>2533</v>
       </c>
-      <c r="G31" s="6">
+      <c r="G31" s="5">
         <v>6087.5416099999993</v>
       </c>
-      <c r="H31" s="5">
-[...5 lines deleted...]
-      <c r="J31" s="5">
+      <c r="H31" s="4">
+        <v>0</v>
+      </c>
+      <c r="I31" s="5">
+        <v>0</v>
+      </c>
+      <c r="J31" s="4">
         <v>2510637</v>
       </c>
-      <c r="K31" s="6">
+      <c r="K31" s="5">
         <v>449859.89999000001</v>
       </c>
-      <c r="L31" s="5">
-[...14 lines deleted...]
-      <c r="Q31" s="6">
+      <c r="L31" s="4">
+        <v>0</v>
+      </c>
+      <c r="M31" s="5">
+        <v>0</v>
+      </c>
+      <c r="N31" s="4">
+        <v>0</v>
+      </c>
+      <c r="O31" s="5">
+        <v>0</v>
+      </c>
+      <c r="P31" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q31" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="2:17" x14ac:dyDescent="0.25">
-      <c r="B32" s="4">
+      <c r="B32" s="3">
         <v>25</v>
       </c>
-      <c r="C32" s="8" t="s">
+      <c r="C32" s="7" t="s">
         <v>34</v>
       </c>
-      <c r="D32" s="5">
+      <c r="D32" s="4">
         <v>17328</v>
       </c>
-      <c r="E32" s="5">
+      <c r="E32" s="4">
         <v>6099830</v>
       </c>
-      <c r="F32" s="5">
+      <c r="F32" s="4">
         <v>833</v>
       </c>
-      <c r="G32" s="6">
+      <c r="G32" s="5">
         <v>1173.6237599999999</v>
       </c>
-      <c r="H32" s="5">
-[...5 lines deleted...]
-      <c r="J32" s="5">
+      <c r="H32" s="4">
+        <v>0</v>
+      </c>
+      <c r="I32" s="5">
+        <v>0</v>
+      </c>
+      <c r="J32" s="4">
         <v>14140816</v>
       </c>
-      <c r="K32" s="6">
+      <c r="K32" s="5">
         <v>2511233.83825</v>
       </c>
-      <c r="L32" s="5">
+      <c r="L32" s="4">
         <v>20477</v>
       </c>
-      <c r="M32" s="6">
+      <c r="M32" s="5">
         <v>82619.523209999999</v>
       </c>
-      <c r="N32" s="5">
+      <c r="N32" s="4">
         <v>4004</v>
       </c>
-      <c r="O32" s="6">
+      <c r="O32" s="5">
         <v>13701.23</v>
       </c>
-      <c r="P32" s="5">
-[...2 lines deleted...]
-      <c r="Q32" s="6">
+      <c r="P32" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q32" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="2:17" x14ac:dyDescent="0.25">
-      <c r="B33" s="4">
+      <c r="B33" s="3">
         <v>26</v>
       </c>
-      <c r="C33" s="8" t="s">
+      <c r="C33" s="7" t="s">
         <v>35</v>
       </c>
-      <c r="D33" s="5">
+      <c r="D33" s="4">
         <v>29204895</v>
       </c>
-      <c r="E33" s="5">
-[...2 lines deleted...]
-      <c r="F33" s="5">
+      <c r="E33" s="4">
+        <v>0</v>
+      </c>
+      <c r="F33" s="4">
         <v>1224481</v>
       </c>
-      <c r="G33" s="6">
+      <c r="G33" s="5">
         <v>11975372.647799999</v>
       </c>
-      <c r="H33" s="5">
+      <c r="H33" s="4">
         <v>785</v>
       </c>
-      <c r="I33" s="6">
+      <c r="I33" s="5">
         <v>11553.913</v>
       </c>
-      <c r="J33" s="5">
-[...11 lines deleted...]
-      <c r="N33" s="5">
+      <c r="J33" s="4">
+        <v>0</v>
+      </c>
+      <c r="K33" s="5">
+        <v>0</v>
+      </c>
+      <c r="L33" s="4">
+        <v>0</v>
+      </c>
+      <c r="M33" s="5">
+        <v>0</v>
+      </c>
+      <c r="N33" s="4">
         <v>109</v>
       </c>
-      <c r="O33" s="6">
+      <c r="O33" s="5">
         <v>868.8</v>
       </c>
-      <c r="P33" s="5">
-[...2 lines deleted...]
-      <c r="Q33" s="6">
+      <c r="P33" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q33" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="2:17" x14ac:dyDescent="0.25">
-      <c r="B34" s="4">
+      <c r="B34" s="3">
         <v>27</v>
       </c>
-      <c r="C34" s="8" t="s">
+      <c r="C34" s="7" t="s">
         <v>36</v>
       </c>
-      <c r="D34" s="5">
-[...2 lines deleted...]
-      <c r="E34" s="5">
+      <c r="D34" s="4">
+        <v>0</v>
+      </c>
+      <c r="E34" s="4">
         <v>363151457</v>
       </c>
-      <c r="F34" s="5">
-[...11 lines deleted...]
-      <c r="J34" s="5">
+      <c r="F34" s="4">
+        <v>0</v>
+      </c>
+      <c r="G34" s="5">
+        <v>0</v>
+      </c>
+      <c r="H34" s="4">
+        <v>0</v>
+      </c>
+      <c r="I34" s="5">
+        <v>0</v>
+      </c>
+      <c r="J34" s="4">
         <v>499899</v>
       </c>
-      <c r="K34" s="6">
+      <c r="K34" s="5">
         <v>41252.071000000004</v>
       </c>
-      <c r="L34" s="5">
+      <c r="L34" s="4">
         <v>18199</v>
       </c>
-      <c r="M34" s="6">
+      <c r="M34" s="5">
         <v>13638.789000000001</v>
       </c>
-      <c r="N34" s="5">
-[...8 lines deleted...]
-      <c r="Q34" s="6">
+      <c r="N34" s="4">
+        <v>0</v>
+      </c>
+      <c r="O34" s="5">
+        <v>0</v>
+      </c>
+      <c r="P34" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q34" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="2:17" x14ac:dyDescent="0.25">
-      <c r="B35" s="4">
+      <c r="B35" s="3">
         <v>28</v>
       </c>
-      <c r="C35" s="8" t="s">
+      <c r="C35" s="7" t="s">
         <v>37</v>
       </c>
-      <c r="D35" s="5">
+      <c r="D35" s="4">
         <v>51729</v>
       </c>
-      <c r="E35" s="5">
-[...2 lines deleted...]
-      <c r="F35" s="5">
+      <c r="E35" s="4">
+        <v>0</v>
+      </c>
+      <c r="F35" s="4">
         <v>1</v>
       </c>
-      <c r="G35" s="6">
+      <c r="G35" s="5">
         <v>9.6000000000000002E-2</v>
       </c>
-      <c r="H35" s="5">
-[...17 lines deleted...]
-      <c r="N35" s="5">
+      <c r="H35" s="4">
+        <v>0</v>
+      </c>
+      <c r="I35" s="5">
+        <v>0</v>
+      </c>
+      <c r="J35" s="4">
+        <v>0</v>
+      </c>
+      <c r="K35" s="5">
+        <v>0</v>
+      </c>
+      <c r="L35" s="4">
+        <v>0</v>
+      </c>
+      <c r="M35" s="5">
+        <v>0</v>
+      </c>
+      <c r="N35" s="4">
         <v>3</v>
       </c>
-      <c r="O35" s="6">
+      <c r="O35" s="5">
         <v>1.6</v>
       </c>
-      <c r="P35" s="5">
-[...2 lines deleted...]
-      <c r="Q35" s="6">
+      <c r="P35" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q35" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="2:17" x14ac:dyDescent="0.25">
-      <c r="B36" s="4">
+      <c r="B36" s="3">
         <v>29</v>
       </c>
-      <c r="C36" s="8" t="s">
+      <c r="C36" s="7" t="s">
         <v>38</v>
       </c>
-      <c r="D36" s="5">
+      <c r="D36" s="4">
         <v>1559945</v>
       </c>
-      <c r="E36" s="5">
+      <c r="E36" s="4">
         <v>69733</v>
       </c>
-      <c r="F36" s="5">
+      <c r="F36" s="4">
         <v>754</v>
       </c>
-      <c r="G36" s="6">
+      <c r="G36" s="5">
         <v>2145.4193299999997</v>
       </c>
-      <c r="H36" s="5">
+      <c r="H36" s="4">
         <v>142</v>
       </c>
-      <c r="I36" s="6">
+      <c r="I36" s="5">
         <v>494.34769</v>
       </c>
-      <c r="J36" s="5">
+      <c r="J36" s="4">
         <v>114525</v>
       </c>
-      <c r="K36" s="6">
+      <c r="K36" s="5">
         <v>9503.4717000000001</v>
       </c>
-      <c r="L36" s="5">
-[...5 lines deleted...]
-      <c r="N36" s="5">
+      <c r="L36" s="4">
+        <v>0</v>
+      </c>
+      <c r="M36" s="5">
+        <v>0</v>
+      </c>
+      <c r="N36" s="4">
         <v>703</v>
       </c>
-      <c r="O36" s="6">
+      <c r="O36" s="5">
         <v>5576.19</v>
       </c>
-      <c r="P36" s="5">
-[...2 lines deleted...]
-      <c r="Q36" s="6">
+      <c r="P36" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q36" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="2:17" x14ac:dyDescent="0.25">
-      <c r="B37" s="4">
+      <c r="B37" s="3">
         <v>30</v>
       </c>
-      <c r="C37" s="8" t="s">
+      <c r="C37" s="7" t="s">
         <v>91</v>
       </c>
-      <c r="D37" s="5">
+      <c r="D37" s="4">
         <v>1070222</v>
       </c>
-      <c r="E37" s="5">
+      <c r="E37" s="4">
         <v>104059</v>
       </c>
-      <c r="F37" s="5">
+      <c r="F37" s="4">
         <v>214443</v>
       </c>
-      <c r="G37" s="6">
+      <c r="G37" s="5">
         <v>10574.652323900002</v>
       </c>
-      <c r="H37" s="5">
+      <c r="H37" s="4">
         <v>4044</v>
       </c>
-      <c r="I37" s="6">
+      <c r="I37" s="5">
         <v>18415.432000000001</v>
       </c>
-      <c r="J37" s="5">
-[...11 lines deleted...]
-      <c r="N37" s="5">
+      <c r="J37" s="4">
+        <v>0</v>
+      </c>
+      <c r="K37" s="5">
+        <v>0</v>
+      </c>
+      <c r="L37" s="4">
+        <v>0</v>
+      </c>
+      <c r="M37" s="5">
+        <v>0</v>
+      </c>
+      <c r="N37" s="4">
         <v>10761</v>
       </c>
-      <c r="O37" s="6">
+      <c r="O37" s="5">
         <v>50680.334799999997</v>
       </c>
-      <c r="P37" s="5">
-[...2 lines deleted...]
-      <c r="Q37" s="6">
+      <c r="P37" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q37" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="2:17" x14ac:dyDescent="0.25">
-      <c r="B38" s="4">
+      <c r="B38" s="3">
         <v>31</v>
       </c>
-      <c r="C38" s="8" t="s">
+      <c r="C38" s="7" t="s">
         <v>92</v>
       </c>
-      <c r="D38" s="5">
+      <c r="D38" s="4">
         <v>1657933</v>
       </c>
-      <c r="E38" s="5">
-[...2 lines deleted...]
-      <c r="F38" s="20">
+      <c r="E38" s="4">
+        <v>0</v>
+      </c>
+      <c r="F38" s="4">
         <v>36</v>
       </c>
-      <c r="G38" s="21">
+      <c r="G38" s="5">
         <v>23.32085</v>
       </c>
-      <c r="H38" s="5">
-[...26 lines deleted...]
-      <c r="Q38" s="6">
+      <c r="H38" s="4">
+        <v>0</v>
+      </c>
+      <c r="I38" s="5">
+        <v>0</v>
+      </c>
+      <c r="J38" s="4">
+        <v>0</v>
+      </c>
+      <c r="K38" s="5">
+        <v>0</v>
+      </c>
+      <c r="L38" s="4">
+        <v>0</v>
+      </c>
+      <c r="M38" s="5">
+        <v>0</v>
+      </c>
+      <c r="N38" s="4">
+        <v>0</v>
+      </c>
+      <c r="O38" s="5">
+        <v>0</v>
+      </c>
+      <c r="P38" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q38" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="2:17" x14ac:dyDescent="0.25">
-      <c r="B39" s="4">
+      <c r="B39" s="3">
         <v>32</v>
       </c>
-      <c r="C39" s="8" t="s">
+      <c r="C39" s="7" t="s">
         <v>39</v>
       </c>
-      <c r="D39" s="5">
+      <c r="D39" s="4">
         <v>20313</v>
       </c>
-      <c r="E39" s="5">
+      <c r="E39" s="4">
         <v>112225</v>
       </c>
-      <c r="F39" s="5">
+      <c r="F39" s="4">
         <v>5798</v>
       </c>
-      <c r="G39" s="6">
+      <c r="G39" s="5">
         <v>7762.7290000000003</v>
       </c>
-      <c r="H39" s="5">
-[...11 lines deleted...]
-      <c r="L39" s="5">
+      <c r="H39" s="4">
+        <v>0</v>
+      </c>
+      <c r="I39" s="5">
+        <v>0</v>
+      </c>
+      <c r="J39" s="4">
+        <v>0</v>
+      </c>
+      <c r="K39" s="5">
+        <v>0</v>
+      </c>
+      <c r="L39" s="4">
         <v>187</v>
       </c>
-      <c r="M39" s="6">
+      <c r="M39" s="5">
         <v>227.17099999999999</v>
       </c>
-      <c r="N39" s="5">
+      <c r="N39" s="4">
         <v>3945</v>
       </c>
-      <c r="O39" s="6">
+      <c r="O39" s="5">
         <v>4442.0959999999995</v>
       </c>
-      <c r="P39" s="5">
-[...2 lines deleted...]
-      <c r="Q39" s="6">
+      <c r="P39" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q39" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="2:17" x14ac:dyDescent="0.25">
-      <c r="B40" s="4">
+      <c r="B40" s="3">
         <v>33</v>
       </c>
-      <c r="C40" s="8" t="s">
+      <c r="C40" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="D40" s="5">
+      <c r="D40" s="4">
         <v>1810513</v>
       </c>
-      <c r="E40" s="5">
+      <c r="E40" s="4">
         <v>4166969</v>
       </c>
-      <c r="F40" s="5">
+      <c r="F40" s="4">
         <v>81826</v>
       </c>
-      <c r="G40" s="6">
+      <c r="G40" s="5">
         <v>266538.79671999998</v>
       </c>
-      <c r="H40" s="5">
+      <c r="H40" s="4">
         <v>512</v>
       </c>
-      <c r="I40" s="6">
+      <c r="I40" s="5">
         <v>3934.8726199999996</v>
       </c>
-      <c r="J40" s="5">
+      <c r="J40" s="4">
         <v>25495250</v>
       </c>
-      <c r="K40" s="6">
+      <c r="K40" s="5">
         <v>2719685.4360000002</v>
       </c>
-      <c r="L40" s="5">
+      <c r="L40" s="4">
         <v>40480</v>
       </c>
-      <c r="M40" s="6">
+      <c r="M40" s="5">
         <v>10447.501</v>
       </c>
-      <c r="N40" s="5">
+      <c r="N40" s="4">
         <v>87726</v>
       </c>
-      <c r="O40" s="6">
+      <c r="O40" s="5">
         <v>547323.39679999999</v>
       </c>
-      <c r="P40" s="5">
-[...2 lines deleted...]
-      <c r="Q40" s="6">
+      <c r="P40" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q40" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="2:17" x14ac:dyDescent="0.25">
-      <c r="B41" s="4">
+      <c r="B41" s="3">
         <v>34</v>
       </c>
-      <c r="C41" s="8" t="s">
+      <c r="C41" s="7" t="s">
         <v>41</v>
       </c>
-      <c r="D41" s="5">
+      <c r="D41" s="4">
         <v>6849</v>
       </c>
-      <c r="E41" s="5">
+      <c r="E41" s="4">
         <v>847</v>
       </c>
-      <c r="F41" s="5">
+      <c r="F41" s="4">
         <v>134</v>
       </c>
-      <c r="G41" s="6">
+      <c r="G41" s="5">
         <v>456.10251999999991</v>
       </c>
-      <c r="H41" s="5">
-[...17 lines deleted...]
-      <c r="N41" s="5">
+      <c r="H41" s="4">
+        <v>0</v>
+      </c>
+      <c r="I41" s="5">
+        <v>0</v>
+      </c>
+      <c r="J41" s="4">
+        <v>0</v>
+      </c>
+      <c r="K41" s="5">
+        <v>0</v>
+      </c>
+      <c r="L41" s="4">
+        <v>0</v>
+      </c>
+      <c r="M41" s="5">
+        <v>0</v>
+      </c>
+      <c r="N41" s="4">
         <v>802</v>
       </c>
-      <c r="O41" s="6">
+      <c r="O41" s="5">
         <v>6531.1</v>
       </c>
-      <c r="P41" s="5">
-[...2 lines deleted...]
-      <c r="Q41" s="6">
+      <c r="P41" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q41" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="2:17" x14ac:dyDescent="0.25">
-      <c r="B42" s="4">
+      <c r="B42" s="3">
         <v>35</v>
       </c>
-      <c r="C42" s="8" t="s">
+      <c r="C42" s="7" t="s">
         <v>42</v>
       </c>
-      <c r="D42" s="5">
+      <c r="D42" s="4">
         <v>78660</v>
       </c>
-      <c r="E42" s="5">
-[...35 lines deleted...]
-      <c r="Q42" s="6">
+      <c r="E42" s="4">
+        <v>0</v>
+      </c>
+      <c r="F42" s="4">
+        <v>0</v>
+      </c>
+      <c r="G42" s="5">
+        <v>0</v>
+      </c>
+      <c r="H42" s="4">
+        <v>0</v>
+      </c>
+      <c r="I42" s="5">
+        <v>0</v>
+      </c>
+      <c r="J42" s="4">
+        <v>0</v>
+      </c>
+      <c r="K42" s="5">
+        <v>0</v>
+      </c>
+      <c r="L42" s="4">
+        <v>0</v>
+      </c>
+      <c r="M42" s="5">
+        <v>0</v>
+      </c>
+      <c r="N42" s="4">
+        <v>0</v>
+      </c>
+      <c r="O42" s="5">
+        <v>0</v>
+      </c>
+      <c r="P42" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q42" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="2:17" x14ac:dyDescent="0.25">
-      <c r="B43" s="4">
+      <c r="B43" s="3">
         <v>36</v>
       </c>
-      <c r="C43" s="8" t="s">
+      <c r="C43" s="7" t="s">
         <v>43</v>
       </c>
-      <c r="D43" s="5">
+      <c r="D43" s="4">
         <v>247</v>
       </c>
-      <c r="E43" s="5">
-[...35 lines deleted...]
-      <c r="Q43" s="6">
+      <c r="E43" s="4">
+        <v>0</v>
+      </c>
+      <c r="F43" s="4">
+        <v>0</v>
+      </c>
+      <c r="G43" s="5">
+        <v>0</v>
+      </c>
+      <c r="H43" s="4">
+        <v>0</v>
+      </c>
+      <c r="I43" s="5">
+        <v>0</v>
+      </c>
+      <c r="J43" s="4">
+        <v>0</v>
+      </c>
+      <c r="K43" s="5">
+        <v>0</v>
+      </c>
+      <c r="L43" s="4">
+        <v>0</v>
+      </c>
+      <c r="M43" s="5">
+        <v>0</v>
+      </c>
+      <c r="N43" s="4">
+        <v>0</v>
+      </c>
+      <c r="O43" s="5">
+        <v>0</v>
+      </c>
+      <c r="P43" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q43" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="2:17" x14ac:dyDescent="0.25">
-      <c r="B44" s="4">
+      <c r="B44" s="3">
         <v>37</v>
       </c>
-      <c r="C44" s="8" t="s">
+      <c r="C44" s="7" t="s">
         <v>44</v>
       </c>
-      <c r="D44" s="5">
+      <c r="D44" s="4">
         <v>219304</v>
       </c>
-      <c r="E44" s="5">
-[...2 lines deleted...]
-      <c r="F44" s="5">
+      <c r="E44" s="4">
+        <v>0</v>
+      </c>
+      <c r="F44" s="4">
         <v>4035</v>
       </c>
-      <c r="G44" s="6">
+      <c r="G44" s="5">
         <v>13505.438050000001</v>
       </c>
-      <c r="H44" s="5">
+      <c r="H44" s="4">
         <v>9</v>
       </c>
-      <c r="I44" s="6">
+      <c r="I44" s="5">
         <v>39.60172</v>
       </c>
-      <c r="J44" s="5">
-[...20 lines deleted...]
-      <c r="Q44" s="6">
+      <c r="J44" s="4">
+        <v>0</v>
+      </c>
+      <c r="K44" s="5">
+        <v>0</v>
+      </c>
+      <c r="L44" s="4">
+        <v>0</v>
+      </c>
+      <c r="M44" s="5">
+        <v>0</v>
+      </c>
+      <c r="N44" s="4">
+        <v>0</v>
+      </c>
+      <c r="O44" s="5">
+        <v>0</v>
+      </c>
+      <c r="P44" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q44" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="2:17" x14ac:dyDescent="0.25">
-      <c r="B45" s="4">
+      <c r="B45" s="3">
         <v>38</v>
       </c>
-      <c r="C45" s="8" t="s">
+      <c r="C45" s="7" t="s">
         <v>45</v>
       </c>
-      <c r="D45" s="5">
+      <c r="D45" s="4">
         <v>5579</v>
       </c>
-      <c r="E45" s="5">
+      <c r="E45" s="4">
         <v>1154139</v>
       </c>
-      <c r="F45" s="5">
+      <c r="F45" s="4">
         <v>88</v>
       </c>
-      <c r="G45" s="6">
+      <c r="G45" s="5">
         <v>138.11469</v>
       </c>
-      <c r="H45" s="5">
-[...5 lines deleted...]
-      <c r="J45" s="5">
+      <c r="H45" s="4">
+        <v>0</v>
+      </c>
+      <c r="I45" s="5">
+        <v>0</v>
+      </c>
+      <c r="J45" s="4">
         <v>12452</v>
       </c>
-      <c r="K45" s="6">
+      <c r="K45" s="5">
         <v>6738.3169900000003</v>
       </c>
-      <c r="L45" s="5">
+      <c r="L45" s="4">
         <v>1576</v>
       </c>
-      <c r="M45" s="6">
+      <c r="M45" s="5">
         <v>7371.5066799999995</v>
       </c>
-      <c r="N45" s="5">
+      <c r="N45" s="4">
         <v>30</v>
       </c>
-      <c r="O45" s="6">
+      <c r="O45" s="5">
         <v>138.69999999999999</v>
       </c>
-      <c r="P45" s="5">
-[...2 lines deleted...]
-      <c r="Q45" s="6">
+      <c r="P45" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q45" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="2:17" x14ac:dyDescent="0.25">
-      <c r="B46" s="4">
+      <c r="B46" s="3">
         <v>39</v>
       </c>
-      <c r="C46" s="8" t="s">
+      <c r="C46" s="7" t="s">
         <v>46</v>
       </c>
-      <c r="D46" s="5">
+      <c r="D46" s="4">
         <v>11276</v>
       </c>
-      <c r="E46" s="5">
+      <c r="E46" s="4">
         <v>79594</v>
       </c>
-      <c r="F46" s="5">
+      <c r="F46" s="4">
         <v>1768</v>
       </c>
-      <c r="G46" s="6">
+      <c r="G46" s="5">
         <v>2535.7545700000005</v>
       </c>
-      <c r="H46" s="5">
-[...5 lines deleted...]
-      <c r="J46" s="5">
+      <c r="H46" s="4">
+        <v>0</v>
+      </c>
+      <c r="I46" s="5">
+        <v>0</v>
+      </c>
+      <c r="J46" s="4">
         <v>601439</v>
       </c>
-      <c r="K46" s="6">
+      <c r="K46" s="5">
         <v>110403.10322</v>
       </c>
-      <c r="L46" s="5">
-[...5 lines deleted...]
-      <c r="N46" s="5">
+      <c r="L46" s="4">
+        <v>0</v>
+      </c>
+      <c r="M46" s="5">
+        <v>0</v>
+      </c>
+      <c r="N46" s="4">
         <v>812</v>
       </c>
-      <c r="O46" s="6">
+      <c r="O46" s="5">
         <v>6472.35</v>
       </c>
-      <c r="P46" s="5">
-[...2 lines deleted...]
-      <c r="Q46" s="6">
+      <c r="P46" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q46" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="2:17" x14ac:dyDescent="0.25">
-      <c r="B47" s="4">
+      <c r="B47" s="3">
         <v>40</v>
       </c>
-      <c r="C47" s="8" t="s">
+      <c r="C47" s="7" t="s">
         <v>47</v>
       </c>
-      <c r="D47" s="5">
+      <c r="D47" s="4">
         <v>9196913</v>
       </c>
-      <c r="E47" s="5">
+      <c r="E47" s="4">
         <v>1966532</v>
       </c>
-      <c r="F47" s="5">
+      <c r="F47" s="4">
         <v>66877</v>
       </c>
-      <c r="G47" s="6">
+      <c r="G47" s="5">
         <v>53815.784549999997</v>
       </c>
-      <c r="H47" s="5">
+      <c r="H47" s="4">
         <v>296878</v>
       </c>
-      <c r="I47" s="6">
+      <c r="I47" s="5">
         <v>600840.56867000007</v>
       </c>
-      <c r="J47" s="5">
+      <c r="J47" s="4">
         <v>1465764</v>
       </c>
-      <c r="K47" s="6">
+      <c r="K47" s="5">
         <v>15788.19497</v>
       </c>
-      <c r="L47" s="5">
+      <c r="L47" s="4">
         <v>565</v>
       </c>
-      <c r="M47" s="6">
+      <c r="M47" s="5">
         <v>1454.7699200000002</v>
       </c>
-      <c r="N47" s="5">
+      <c r="N47" s="4">
         <v>320789</v>
       </c>
-      <c r="O47" s="6">
+      <c r="O47" s="5">
         <v>741367.97169999999</v>
       </c>
-      <c r="P47" s="5">
-[...2 lines deleted...]
-      <c r="Q47" s="6">
+      <c r="P47" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q47" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="2:17" ht="38.25" x14ac:dyDescent="0.25">
-      <c r="B48" s="4">
+      <c r="B48" s="3">
         <v>41</v>
       </c>
-      <c r="C48" s="8" t="s">
+      <c r="C48" s="7" t="s">
         <v>112</v>
       </c>
-      <c r="D48" s="5">
-[...2 lines deleted...]
-      <c r="E48" s="5">
+      <c r="D48" s="4">
+        <v>0</v>
+      </c>
+      <c r="E48" s="4">
         <v>2652802</v>
       </c>
-      <c r="F48" s="5">
-[...11 lines deleted...]
-      <c r="J48" s="5">
+      <c r="F48" s="4">
+        <v>0</v>
+      </c>
+      <c r="G48" s="5">
+        <v>0</v>
+      </c>
+      <c r="H48" s="4">
+        <v>0</v>
+      </c>
+      <c r="I48" s="5">
+        <v>0</v>
+      </c>
+      <c r="J48" s="4">
         <v>3354633</v>
       </c>
-      <c r="K48" s="6">
+      <c r="K48" s="5">
         <v>753078.50899999996</v>
       </c>
-      <c r="L48" s="5">
+      <c r="L48" s="4">
         <v>2468571</v>
       </c>
-      <c r="M48" s="6">
+      <c r="M48" s="5">
         <v>1617690.537</v>
       </c>
-      <c r="N48" s="5">
-[...8 lines deleted...]
-      <c r="Q48" s="6">
+      <c r="N48" s="4">
+        <v>0</v>
+      </c>
+      <c r="O48" s="5">
+        <v>0</v>
+      </c>
+      <c r="P48" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q48" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="2:17" x14ac:dyDescent="0.25">
-      <c r="B49" s="29" t="s">
+      <c r="B49" s="20" t="s">
         <v>48</v>
       </c>
-      <c r="C49" s="30"/>
-[...13 lines deleted...]
-      <c r="Q49" s="7"/>
+      <c r="C49" s="20"/>
+      <c r="D49" s="6"/>
+      <c r="E49" s="6"/>
+      <c r="F49" s="6"/>
+      <c r="G49" s="6"/>
+      <c r="H49" s="6"/>
+      <c r="I49" s="6"/>
+      <c r="J49" s="6"/>
+      <c r="K49" s="6"/>
+      <c r="L49" s="6"/>
+      <c r="M49" s="6"/>
+      <c r="N49" s="6"/>
+      <c r="O49" s="6"/>
+      <c r="P49" s="6"/>
+      <c r="Q49" s="6"/>
     </row>
     <row r="50" spans="2:17" ht="38.25" x14ac:dyDescent="0.25">
-      <c r="B50" s="4">
+      <c r="B50" s="3">
         <v>1</v>
       </c>
-      <c r="C50" s="8" t="s">
+      <c r="C50" s="7" t="s">
         <v>93</v>
       </c>
-      <c r="D50" s="9">
-[...2 lines deleted...]
-      <c r="E50" s="9">
+      <c r="D50" s="8">
+        <v>0</v>
+      </c>
+      <c r="E50" s="8">
         <v>69901413</v>
       </c>
-      <c r="F50" s="5">
-[...11 lines deleted...]
-      <c r="J50" s="9">
+      <c r="F50" s="4">
+        <v>0</v>
+      </c>
+      <c r="G50" s="5">
+        <v>0</v>
+      </c>
+      <c r="H50" s="8">
+        <v>0</v>
+      </c>
+      <c r="I50" s="9">
+        <v>0</v>
+      </c>
+      <c r="J50" s="8">
         <v>10832148</v>
       </c>
-      <c r="K50" s="10">
+      <c r="K50" s="9">
         <v>4068403.6506100004</v>
       </c>
-      <c r="L50" s="9">
+      <c r="L50" s="8">
         <v>1876198</v>
       </c>
-      <c r="M50" s="10">
+      <c r="M50" s="9">
         <v>4829072.2146999994</v>
       </c>
-      <c r="N50" s="9">
-[...8 lines deleted...]
-      <c r="Q50" s="10">
+      <c r="N50" s="8">
+        <v>0</v>
+      </c>
+      <c r="O50" s="9">
+        <v>0</v>
+      </c>
+      <c r="P50" s="8">
+        <v>0</v>
+      </c>
+      <c r="Q50" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="2:17" x14ac:dyDescent="0.25">
-      <c r="B51" s="4">
+      <c r="B51" s="3">
         <v>2</v>
       </c>
-      <c r="C51" s="8" t="s">
+      <c r="C51" s="7" t="s">
         <v>113</v>
       </c>
-      <c r="D51" s="9">
-[...2 lines deleted...]
-      <c r="E51" s="9">
+      <c r="D51" s="8">
+        <v>0</v>
+      </c>
+      <c r="E51" s="8">
         <v>2</v>
       </c>
-      <c r="F51" s="5">
-[...32 lines deleted...]
-      <c r="Q51" s="10">
+      <c r="F51" s="4">
+        <v>0</v>
+      </c>
+      <c r="G51" s="5">
+        <v>0</v>
+      </c>
+      <c r="H51" s="8">
+        <v>0</v>
+      </c>
+      <c r="I51" s="9">
+        <v>0</v>
+      </c>
+      <c r="J51" s="8">
+        <v>0</v>
+      </c>
+      <c r="K51" s="9">
+        <v>0</v>
+      </c>
+      <c r="L51" s="8">
+        <v>0</v>
+      </c>
+      <c r="M51" s="9">
+        <v>0</v>
+      </c>
+      <c r="N51" s="8">
+        <v>0</v>
+      </c>
+      <c r="O51" s="9">
+        <v>0</v>
+      </c>
+      <c r="P51" s="8">
+        <v>0</v>
+      </c>
+      <c r="Q51" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="2:17" x14ac:dyDescent="0.25">
-      <c r="B52" s="4">
+      <c r="B52" s="3">
         <v>3</v>
       </c>
-      <c r="C52" s="8" t="s">
+      <c r="C52" s="7" t="s">
         <v>49</v>
       </c>
-      <c r="D52" s="9">
+      <c r="D52" s="8">
         <v>3884437</v>
       </c>
-      <c r="E52" s="9">
+      <c r="E52" s="8">
         <v>434130</v>
       </c>
-      <c r="F52" s="5">
+      <c r="F52" s="4">
         <v>622781</v>
       </c>
-      <c r="G52" s="6">
+      <c r="G52" s="5">
         <v>6096361.3743800148</v>
       </c>
-      <c r="H52" s="9">
-[...11 lines deleted...]
-      <c r="L52" s="9">
+      <c r="H52" s="8">
+        <v>0</v>
+      </c>
+      <c r="I52" s="9">
+        <v>0</v>
+      </c>
+      <c r="J52" s="8">
+        <v>0</v>
+      </c>
+      <c r="K52" s="9">
+        <v>0</v>
+      </c>
+      <c r="L52" s="8">
         <v>121573</v>
       </c>
-      <c r="M52" s="10">
+      <c r="M52" s="9">
         <v>1991742.5149999999</v>
       </c>
-      <c r="N52" s="9">
-[...8 lines deleted...]
-      <c r="Q52" s="10">
+      <c r="N52" s="8">
+        <v>0</v>
+      </c>
+      <c r="O52" s="9">
+        <v>0</v>
+      </c>
+      <c r="P52" s="8">
+        <v>0</v>
+      </c>
+      <c r="Q52" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="2:17" x14ac:dyDescent="0.25">
-      <c r="B53" s="4">
+      <c r="B53" s="3">
         <v>4</v>
       </c>
-      <c r="C53" s="8" t="s">
+      <c r="C53" s="7" t="s">
         <v>50</v>
       </c>
-      <c r="D53" s="5">
-[...2 lines deleted...]
-      <c r="E53" s="5">
+      <c r="D53" s="4">
+        <v>0</v>
+      </c>
+      <c r="E53" s="4">
         <v>30355737</v>
       </c>
-      <c r="F53" s="5">
-[...11 lines deleted...]
-      <c r="J53" s="5">
+      <c r="F53" s="4">
+        <v>0</v>
+      </c>
+      <c r="G53" s="5">
+        <v>0</v>
+      </c>
+      <c r="H53" s="4">
+        <v>0</v>
+      </c>
+      <c r="I53" s="5">
+        <v>0</v>
+      </c>
+      <c r="J53" s="4">
         <v>4084773</v>
       </c>
-      <c r="K53" s="6">
+      <c r="K53" s="5">
         <v>503107.19648999791</v>
       </c>
-      <c r="L53" s="5">
+      <c r="L53" s="4">
         <v>326929</v>
       </c>
-      <c r="M53" s="6">
+      <c r="M53" s="5">
         <v>1208791.0012700029</v>
       </c>
-      <c r="N53" s="5">
-[...8 lines deleted...]
-      <c r="Q53" s="6">
+      <c r="N53" s="4">
+        <v>0</v>
+      </c>
+      <c r="O53" s="5">
+        <v>0</v>
+      </c>
+      <c r="P53" s="4">
+        <v>0</v>
+      </c>
+      <c r="Q53" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="2:17" x14ac:dyDescent="0.25">
-      <c r="B54" s="4">
+      <c r="B54" s="3">
         <v>5</v>
       </c>
-      <c r="C54" s="8" t="s">
+      <c r="C54" s="7" t="s">
         <v>51</v>
       </c>
-      <c r="D54" s="9">
-[...2 lines deleted...]
-      <c r="E54" s="9">
+      <c r="D54" s="8">
+        <v>0</v>
+      </c>
+      <c r="E54" s="8">
         <v>22360880</v>
       </c>
-      <c r="F54" s="5">
-[...11 lines deleted...]
-      <c r="J54" s="9">
+      <c r="F54" s="4">
+        <v>0</v>
+      </c>
+      <c r="G54" s="5">
+        <v>0</v>
+      </c>
+      <c r="H54" s="8">
+        <v>0</v>
+      </c>
+      <c r="I54" s="9">
+        <v>0</v>
+      </c>
+      <c r="J54" s="8">
         <v>119587</v>
       </c>
-      <c r="K54" s="10">
+      <c r="K54" s="9">
         <v>35863.657199999994</v>
       </c>
-      <c r="L54" s="9">
+      <c r="L54" s="8">
         <v>81610</v>
       </c>
-      <c r="M54" s="10">
+      <c r="M54" s="9">
         <v>145737.56221999999</v>
       </c>
-      <c r="N54" s="9">
-[...8 lines deleted...]
-      <c r="Q54" s="10">
+      <c r="N54" s="8">
+        <v>0</v>
+      </c>
+      <c r="O54" s="9">
+        <v>0</v>
+      </c>
+      <c r="P54" s="8">
+        <v>0</v>
+      </c>
+      <c r="Q54" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="2:17" x14ac:dyDescent="0.25">
-      <c r="B55" s="4">
+      <c r="B55" s="3">
         <v>6</v>
       </c>
-      <c r="C55" s="8" t="s">
+      <c r="C55" s="7" t="s">
         <v>52</v>
       </c>
-      <c r="D55" s="9">
+      <c r="D55" s="8">
         <v>24869563</v>
       </c>
-      <c r="E55" s="9">
-[...2 lines deleted...]
-      <c r="F55" s="5">
+      <c r="E55" s="8">
+        <v>0</v>
+      </c>
+      <c r="F55" s="4">
         <v>61378704.852941178</v>
       </c>
-      <c r="G55" s="6">
+      <c r="G55" s="5">
         <v>2061291.291</v>
       </c>
-      <c r="H55" s="9">
-[...26 lines deleted...]
-      <c r="Q55" s="10">
+      <c r="H55" s="8">
+        <v>0</v>
+      </c>
+      <c r="I55" s="9">
+        <v>0</v>
+      </c>
+      <c r="J55" s="8">
+        <v>0</v>
+      </c>
+      <c r="K55" s="9">
+        <v>0</v>
+      </c>
+      <c r="L55" s="8">
+        <v>0</v>
+      </c>
+      <c r="M55" s="9">
+        <v>0</v>
+      </c>
+      <c r="N55" s="8">
+        <v>0</v>
+      </c>
+      <c r="O55" s="9">
+        <v>0</v>
+      </c>
+      <c r="P55" s="8">
+        <v>0</v>
+      </c>
+      <c r="Q55" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="2:17" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="B56" s="4">
+      <c r="B56" s="3">
         <v>7</v>
       </c>
-      <c r="C56" s="8" t="s">
+      <c r="C56" s="7" t="s">
         <v>53</v>
       </c>
-      <c r="D56" s="9">
+      <c r="D56" s="8">
         <v>136613</v>
       </c>
-      <c r="E56" s="9">
+      <c r="E56" s="8">
         <v>12642248</v>
       </c>
-      <c r="F56" s="5">
+      <c r="F56" s="4">
         <v>14471</v>
       </c>
-      <c r="G56" s="6">
+      <c r="G56" s="5">
         <v>37873.053895460078</v>
       </c>
-      <c r="H56" s="9">
-[...5 lines deleted...]
-      <c r="J56" s="9">
+      <c r="H56" s="8">
+        <v>0</v>
+      </c>
+      <c r="I56" s="9">
+        <v>0</v>
+      </c>
+      <c r="J56" s="8">
         <v>151</v>
       </c>
-      <c r="K56" s="10">
+      <c r="K56" s="9">
         <v>113.02193</v>
       </c>
-      <c r="L56" s="9">
+      <c r="L56" s="8">
         <v>6008</v>
       </c>
-      <c r="M56" s="10">
+      <c r="M56" s="9">
         <v>19003.628199999999</v>
       </c>
-      <c r="N56" s="9">
+      <c r="N56" s="8">
         <v>10</v>
       </c>
-      <c r="O56" s="10">
+      <c r="O56" s="9">
         <v>8.6180000000000003</v>
       </c>
-      <c r="P56" s="9">
-[...2 lines deleted...]
-      <c r="Q56" s="10">
+      <c r="P56" s="8">
+        <v>0</v>
+      </c>
+      <c r="Q56" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="2:17" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="B57" s="4">
+      <c r="B57" s="3">
         <v>8</v>
       </c>
-      <c r="C57" s="8" t="s">
+      <c r="C57" s="7" t="s">
         <v>94</v>
       </c>
-      <c r="D57" s="9">
+      <c r="D57" s="8">
         <v>392599</v>
       </c>
-      <c r="E57" s="9">
+      <c r="E57" s="8">
         <v>18939</v>
       </c>
-      <c r="F57" s="5">
+      <c r="F57" s="4">
         <v>5243</v>
       </c>
-      <c r="G57" s="6">
+      <c r="G57" s="5">
         <v>47224.516389999997</v>
       </c>
-      <c r="H57" s="9">
-[...5 lines deleted...]
-      <c r="J57" s="9">
+      <c r="H57" s="8">
+        <v>0</v>
+      </c>
+      <c r="I57" s="9">
+        <v>0</v>
+      </c>
+      <c r="J57" s="8">
         <v>5077</v>
       </c>
-      <c r="K57" s="10">
+      <c r="K57" s="9">
         <v>824.60211000001016</v>
       </c>
-      <c r="L57" s="9">
+      <c r="L57" s="8">
         <v>8087</v>
       </c>
-      <c r="M57" s="10">
+      <c r="M57" s="9">
         <v>68271.707740000013</v>
       </c>
-      <c r="N57" s="9">
-[...8 lines deleted...]
-      <c r="Q57" s="10">
+      <c r="N57" s="8">
+        <v>0</v>
+      </c>
+      <c r="O57" s="9">
+        <v>0</v>
+      </c>
+      <c r="P57" s="8">
+        <v>0</v>
+      </c>
+      <c r="Q57" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="2:17" x14ac:dyDescent="0.25">
-      <c r="B58" s="4">
+      <c r="B58" s="3">
         <v>9</v>
       </c>
-      <c r="C58" s="8" t="s">
+      <c r="C58" s="7" t="s">
         <v>54</v>
       </c>
-      <c r="D58" s="9">
+      <c r="D58" s="8">
         <v>1321689</v>
       </c>
-      <c r="E58" s="9">
+      <c r="E58" s="8">
         <v>981772</v>
       </c>
-      <c r="F58" s="5">
+      <c r="F58" s="4">
         <v>210352</v>
       </c>
-      <c r="G58" s="6">
+      <c r="G58" s="5">
         <v>4653.08079</v>
       </c>
-      <c r="H58" s="9">
-[...5 lines deleted...]
-      <c r="J58" s="9">
+      <c r="H58" s="8">
+        <v>0</v>
+      </c>
+      <c r="I58" s="9">
+        <v>0</v>
+      </c>
+      <c r="J58" s="8">
         <v>1564190</v>
       </c>
-      <c r="K58" s="10">
+      <c r="K58" s="9">
         <v>993763.22222</v>
       </c>
-      <c r="L58" s="9">
+      <c r="L58" s="8">
         <v>32727</v>
       </c>
-      <c r="M58" s="10">
+      <c r="M58" s="9">
         <v>32436.026000000002</v>
       </c>
-      <c r="N58" s="9">
+      <c r="N58" s="8">
         <v>1235</v>
       </c>
-      <c r="O58" s="10">
+      <c r="O58" s="9">
         <v>1441.85</v>
       </c>
-      <c r="P58" s="9">
-[...2 lines deleted...]
-      <c r="Q58" s="10">
+      <c r="P58" s="8">
+        <v>0</v>
+      </c>
+      <c r="Q58" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="2:17" x14ac:dyDescent="0.25">
-      <c r="B59" s="4">
+      <c r="B59" s="3">
         <v>10</v>
       </c>
-      <c r="C59" s="8" t="s">
+      <c r="C59" s="7" t="s">
         <v>95</v>
       </c>
-      <c r="D59" s="9">
+      <c r="D59" s="8">
         <v>22080</v>
       </c>
-      <c r="E59" s="9">
-[...2 lines deleted...]
-      <c r="F59" s="5">
+      <c r="E59" s="8">
+        <v>0</v>
+      </c>
+      <c r="F59" s="4">
         <v>3623</v>
       </c>
-      <c r="G59" s="6">
+      <c r="G59" s="5">
         <v>15470.46711</v>
       </c>
-      <c r="H59" s="9">
-[...26 lines deleted...]
-      <c r="Q59" s="10">
+      <c r="H59" s="8">
+        <v>0</v>
+      </c>
+      <c r="I59" s="9">
+        <v>0</v>
+      </c>
+      <c r="J59" s="8">
+        <v>0</v>
+      </c>
+      <c r="K59" s="9">
+        <v>0</v>
+      </c>
+      <c r="L59" s="8">
+        <v>0</v>
+      </c>
+      <c r="M59" s="9">
+        <v>0</v>
+      </c>
+      <c r="N59" s="8">
+        <v>0</v>
+      </c>
+      <c r="O59" s="9">
+        <v>0</v>
+      </c>
+      <c r="P59" s="8">
+        <v>0</v>
+      </c>
+      <c r="Q59" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="60" spans="2:17" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="B60" s="4">
+      <c r="B60" s="3">
         <v>11</v>
       </c>
-      <c r="C60" s="8" t="s">
+      <c r="C60" s="7" t="s">
         <v>96</v>
       </c>
-      <c r="D60" s="9">
-[...2 lines deleted...]
-      <c r="E60" s="9">
+      <c r="D60" s="8">
+        <v>0</v>
+      </c>
+      <c r="E60" s="8">
         <v>185727</v>
       </c>
-      <c r="F60" s="5">
-[...11 lines deleted...]
-      <c r="J60" s="9">
+      <c r="F60" s="4">
+        <v>0</v>
+      </c>
+      <c r="G60" s="5">
+        <v>0</v>
+      </c>
+      <c r="H60" s="8">
+        <v>0</v>
+      </c>
+      <c r="I60" s="9">
+        <v>0</v>
+      </c>
+      <c r="J60" s="8">
         <v>1584</v>
       </c>
-      <c r="K60" s="10">
+      <c r="K60" s="9">
         <v>1142.8639699999999</v>
       </c>
-      <c r="L60" s="9">
+      <c r="L60" s="8">
         <v>14239</v>
       </c>
-      <c r="M60" s="10">
+      <c r="M60" s="9">
         <v>112364.64592</v>
       </c>
-      <c r="N60" s="9">
-[...8 lines deleted...]
-      <c r="Q60" s="10">
+      <c r="N60" s="8">
+        <v>0</v>
+      </c>
+      <c r="O60" s="9">
+        <v>0</v>
+      </c>
+      <c r="P60" s="8">
+        <v>0</v>
+      </c>
+      <c r="Q60" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="2:17" x14ac:dyDescent="0.25">
-      <c r="B61" s="4">
+      <c r="B61" s="3">
         <v>12</v>
       </c>
-      <c r="C61" s="8" t="s">
+      <c r="C61" s="7" t="s">
         <v>110</v>
       </c>
-      <c r="D61" s="9">
+      <c r="D61" s="8">
         <v>3928010</v>
       </c>
-      <c r="E61" s="9">
+      <c r="E61" s="8">
         <v>677</v>
       </c>
-      <c r="F61" s="9">
+      <c r="F61" s="8">
         <v>1343804</v>
       </c>
-      <c r="G61" s="10">
+      <c r="G61" s="9">
         <v>13584270.490020104</v>
       </c>
-      <c r="H61" s="9">
-[...5 lines deleted...]
-      <c r="J61" s="9">
+      <c r="H61" s="8">
+        <v>0</v>
+      </c>
+      <c r="I61" s="9">
+        <v>0</v>
+      </c>
+      <c r="J61" s="8">
         <v>56</v>
       </c>
-      <c r="K61" s="10">
+      <c r="K61" s="9">
         <v>32.664200000000001</v>
       </c>
-      <c r="L61" s="9">
+      <c r="L61" s="8">
         <v>35</v>
       </c>
-      <c r="M61" s="10">
+      <c r="M61" s="9">
         <v>303.57799999999997</v>
       </c>
-      <c r="N61" s="9">
+      <c r="N61" s="8">
         <v>1</v>
       </c>
-      <c r="O61" s="10">
+      <c r="O61" s="9">
         <v>0.5</v>
       </c>
-      <c r="P61" s="9">
-[...2 lines deleted...]
-      <c r="Q61" s="10">
+      <c r="P61" s="8">
+        <v>0</v>
+      </c>
+      <c r="Q61" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="2:17" x14ac:dyDescent="0.25">
-      <c r="B62" s="4">
+      <c r="B62" s="3">
         <v>13</v>
       </c>
-      <c r="C62" s="8" t="s">
+      <c r="C62" s="7" t="s">
         <v>55</v>
       </c>
-      <c r="D62" s="9">
+      <c r="D62" s="8">
         <v>67368</v>
       </c>
-      <c r="E62" s="9">
+      <c r="E62" s="8">
         <v>332810</v>
       </c>
-      <c r="F62" s="5">
+      <c r="F62" s="4">
         <v>10520</v>
       </c>
-      <c r="G62" s="6">
+      <c r="G62" s="5">
         <v>9034.235520000002</v>
       </c>
-      <c r="H62" s="9">
-[...17 lines deleted...]
-      <c r="N62" s="9">
+      <c r="H62" s="8">
+        <v>0</v>
+      </c>
+      <c r="I62" s="9">
+        <v>0</v>
+      </c>
+      <c r="J62" s="8">
+        <v>0</v>
+      </c>
+      <c r="K62" s="9">
+        <v>0</v>
+      </c>
+      <c r="L62" s="8">
+        <v>0</v>
+      </c>
+      <c r="M62" s="9">
+        <v>0</v>
+      </c>
+      <c r="N62" s="8">
         <v>8</v>
       </c>
-      <c r="O62" s="10">
+      <c r="O62" s="9">
         <v>11.492000000000001</v>
       </c>
-      <c r="P62" s="9">
-[...2 lines deleted...]
-      <c r="Q62" s="10">
+      <c r="P62" s="8">
+        <v>0</v>
+      </c>
+      <c r="Q62" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="63" spans="2:17" x14ac:dyDescent="0.25">
-      <c r="B63" s="4">
+      <c r="B63" s="3">
         <v>14</v>
       </c>
-      <c r="C63" s="8" t="s">
+      <c r="C63" s="7" t="s">
         <v>56</v>
       </c>
-      <c r="D63" s="9">
+      <c r="D63" s="8">
         <v>965477</v>
       </c>
-      <c r="E63" s="9">
+      <c r="E63" s="8">
         <v>563123</v>
       </c>
-      <c r="F63" s="5">
+      <c r="F63" s="4">
         <v>4298708</v>
       </c>
-      <c r="G63" s="6">
+      <c r="G63" s="5">
         <v>3227263.2556619816</v>
       </c>
-      <c r="H63" s="9">
+      <c r="H63" s="8">
         <v>105120</v>
       </c>
-      <c r="I63" s="10">
+      <c r="I63" s="9">
         <v>160064.65107999989</v>
       </c>
-      <c r="J63" s="9">
+      <c r="J63" s="8">
         <v>12381</v>
       </c>
-      <c r="K63" s="10">
+      <c r="K63" s="9">
         <v>3337.8620599999999</v>
       </c>
-      <c r="L63" s="9">
-[...5 lines deleted...]
-      <c r="N63" s="9">
+      <c r="L63" s="8">
+        <v>0</v>
+      </c>
+      <c r="M63" s="9">
+        <v>0</v>
+      </c>
+      <c r="N63" s="8">
         <v>508</v>
       </c>
-      <c r="O63" s="10">
+      <c r="O63" s="9">
         <v>808.6</v>
       </c>
-      <c r="P63" s="9">
-[...2 lines deleted...]
-      <c r="Q63" s="10">
+      <c r="P63" s="8">
+        <v>0</v>
+      </c>
+      <c r="Q63" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="2:17" x14ac:dyDescent="0.25">
-      <c r="B64" s="4">
+      <c r="B64" s="3">
         <v>15</v>
       </c>
-      <c r="C64" s="8" t="s">
+      <c r="C64" s="7" t="s">
         <v>57</v>
       </c>
-      <c r="D64" s="9">
-[...2 lines deleted...]
-      <c r="E64" s="9">
+      <c r="D64" s="8">
+        <v>0</v>
+      </c>
+      <c r="E64" s="8">
         <v>14568</v>
       </c>
-      <c r="F64" s="5">
-[...11 lines deleted...]
-      <c r="J64" s="9">
+      <c r="F64" s="4">
+        <v>0</v>
+      </c>
+      <c r="G64" s="5">
+        <v>0</v>
+      </c>
+      <c r="H64" s="8">
+        <v>0</v>
+      </c>
+      <c r="I64" s="9">
+        <v>0</v>
+      </c>
+      <c r="J64" s="8">
         <v>8</v>
       </c>
-      <c r="K64" s="10">
+      <c r="K64" s="9">
         <v>54.723999999999997</v>
       </c>
-      <c r="L64" s="9">
+      <c r="L64" s="8">
         <v>10448</v>
       </c>
-      <c r="M64" s="10">
+      <c r="M64" s="9">
         <v>75516.926999999996</v>
       </c>
-      <c r="N64" s="9">
-[...8 lines deleted...]
-      <c r="Q64" s="10">
+      <c r="N64" s="8">
+        <v>0</v>
+      </c>
+      <c r="O64" s="9">
+        <v>0</v>
+      </c>
+      <c r="P64" s="8">
+        <v>0</v>
+      </c>
+      <c r="Q64" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="2:17" x14ac:dyDescent="0.25">
-      <c r="B65" s="4">
+      <c r="B65" s="3">
         <v>16</v>
       </c>
-      <c r="C65" s="8" t="s">
+      <c r="C65" s="7" t="s">
         <v>109</v>
       </c>
-      <c r="D65" s="9">
+      <c r="D65" s="8">
         <v>5</v>
       </c>
-      <c r="E65" s="9">
+      <c r="E65" s="8">
         <v>38990</v>
       </c>
-      <c r="F65" s="9">
+      <c r="F65" s="8">
         <v>1</v>
       </c>
-      <c r="G65" s="10">
+      <c r="G65" s="9">
         <v>0.1</v>
       </c>
-      <c r="H65" s="9">
-[...5 lines deleted...]
-      <c r="J65" s="9">
+      <c r="H65" s="8">
+        <v>0</v>
+      </c>
+      <c r="I65" s="9">
+        <v>0</v>
+      </c>
+      <c r="J65" s="8">
         <v>18774</v>
       </c>
-      <c r="K65" s="10">
+      <c r="K65" s="9">
         <v>32453.460490000049</v>
       </c>
-      <c r="L65" s="9">
+      <c r="L65" s="8">
         <v>750</v>
       </c>
-      <c r="M65" s="10">
+      <c r="M65" s="9">
         <v>893.28499999999997</v>
       </c>
-      <c r="N65" s="9">
+      <c r="N65" s="8">
         <v>3</v>
       </c>
-      <c r="O65" s="10">
+      <c r="O65" s="9">
         <v>2.4750000000000001</v>
       </c>
-      <c r="P65" s="9">
-[...2 lines deleted...]
-      <c r="Q65" s="10">
+      <c r="P65" s="8">
+        <v>0</v>
+      </c>
+      <c r="Q65" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="2:17" x14ac:dyDescent="0.25">
-      <c r="B66" s="4">
+      <c r="B66" s="3">
         <v>17</v>
       </c>
-      <c r="C66" s="8" t="s">
+      <c r="C66" s="7" t="s">
         <v>97</v>
       </c>
-      <c r="D66" s="9">
-[...2 lines deleted...]
-      <c r="E66" s="9">
+      <c r="D66" s="8">
+        <v>0</v>
+      </c>
+      <c r="E66" s="8">
         <v>5340</v>
       </c>
-      <c r="F66" s="5">
-[...32 lines deleted...]
-      <c r="Q66" s="10">
+      <c r="F66" s="4">
+        <v>0</v>
+      </c>
+      <c r="G66" s="5">
+        <v>0</v>
+      </c>
+      <c r="H66" s="8">
+        <v>0</v>
+      </c>
+      <c r="I66" s="9">
+        <v>0</v>
+      </c>
+      <c r="J66" s="8">
+        <v>0</v>
+      </c>
+      <c r="K66" s="9">
+        <v>0</v>
+      </c>
+      <c r="L66" s="8">
+        <v>0</v>
+      </c>
+      <c r="M66" s="9">
+        <v>0</v>
+      </c>
+      <c r="N66" s="8">
+        <v>0</v>
+      </c>
+      <c r="O66" s="9">
+        <v>0</v>
+      </c>
+      <c r="P66" s="8">
+        <v>0</v>
+      </c>
+      <c r="Q66" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="2:17" x14ac:dyDescent="0.25">
-      <c r="B67" s="4">
+      <c r="B67" s="3">
         <v>18</v>
       </c>
-      <c r="C67" s="8" t="s">
+      <c r="C67" s="7" t="s">
         <v>58</v>
       </c>
-      <c r="D67" s="9">
-[...2 lines deleted...]
-      <c r="E67" s="9">
+      <c r="D67" s="8">
+        <v>0</v>
+      </c>
+      <c r="E67" s="8">
         <v>67956</v>
       </c>
-      <c r="F67" s="5">
-[...17 lines deleted...]
-      <c r="L67" s="9">
+      <c r="F67" s="4">
+        <v>0</v>
+      </c>
+      <c r="G67" s="5">
+        <v>0</v>
+      </c>
+      <c r="H67" s="8">
+        <v>0</v>
+      </c>
+      <c r="I67" s="9">
+        <v>0</v>
+      </c>
+      <c r="J67" s="8">
+        <v>0</v>
+      </c>
+      <c r="K67" s="9">
+        <v>0</v>
+      </c>
+      <c r="L67" s="8">
         <v>1</v>
       </c>
-      <c r="M67" s="10">
+      <c r="M67" s="9">
         <v>3.0000000000000001E-3</v>
       </c>
-      <c r="N67" s="9">
-[...8 lines deleted...]
-      <c r="Q67" s="10">
+      <c r="N67" s="8">
+        <v>0</v>
+      </c>
+      <c r="O67" s="9">
+        <v>0</v>
+      </c>
+      <c r="P67" s="8">
+        <v>0</v>
+      </c>
+      <c r="Q67" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="2:17" x14ac:dyDescent="0.25">
-      <c r="B68" s="4">
+      <c r="B68" s="3">
         <v>19</v>
       </c>
-      <c r="C68" s="8" t="s">
+      <c r="C68" s="7" t="s">
         <v>59</v>
       </c>
-      <c r="D68" s="9">
+      <c r="D68" s="8">
         <v>3969</v>
       </c>
-      <c r="E68" s="9">
-[...2 lines deleted...]
-      <c r="F68" s="5">
+      <c r="E68" s="8">
+        <v>0</v>
+      </c>
+      <c r="F68" s="4">
         <v>267</v>
       </c>
-      <c r="G68" s="6">
+      <c r="G68" s="5">
         <v>21.393169999999998</v>
       </c>
-      <c r="H68" s="9">
+      <c r="H68" s="8">
         <v>604</v>
       </c>
-      <c r="I68" s="10">
+      <c r="I68" s="9">
         <v>2483.0662599999996</v>
       </c>
-      <c r="J68" s="9">
-[...20 lines deleted...]
-      <c r="Q68" s="10">
+      <c r="J68" s="8">
+        <v>0</v>
+      </c>
+      <c r="K68" s="9">
+        <v>0</v>
+      </c>
+      <c r="L68" s="8">
+        <v>0</v>
+      </c>
+      <c r="M68" s="9">
+        <v>0</v>
+      </c>
+      <c r="N68" s="8">
+        <v>0</v>
+      </c>
+      <c r="O68" s="9">
+        <v>0</v>
+      </c>
+      <c r="P68" s="8">
+        <v>0</v>
+      </c>
+      <c r="Q68" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="2:17" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="B69" s="4">
+      <c r="B69" s="3">
         <v>20</v>
       </c>
-      <c r="C69" s="8" t="s">
+      <c r="C69" s="7" t="s">
         <v>98</v>
       </c>
-      <c r="D69" s="9">
-[...2 lines deleted...]
-      <c r="E69" s="9">
+      <c r="D69" s="8">
+        <v>0</v>
+      </c>
+      <c r="E69" s="8">
         <v>79702760</v>
       </c>
-      <c r="F69" s="5">
-[...11 lines deleted...]
-      <c r="J69" s="9">
+      <c r="F69" s="4">
+        <v>0</v>
+      </c>
+      <c r="G69" s="5">
+        <v>0</v>
+      </c>
+      <c r="H69" s="8">
+        <v>0</v>
+      </c>
+      <c r="I69" s="9">
+        <v>0</v>
+      </c>
+      <c r="J69" s="8">
         <v>75858</v>
       </c>
-      <c r="K69" s="10">
+      <c r="K69" s="9">
         <v>36868.081109999999</v>
       </c>
-      <c r="L69" s="9">
+      <c r="L69" s="8">
         <v>852</v>
       </c>
-      <c r="M69" s="10">
+      <c r="M69" s="9">
         <v>598.95084999999995</v>
       </c>
-      <c r="N69" s="9">
-[...8 lines deleted...]
-      <c r="Q69" s="10">
+      <c r="N69" s="8">
+        <v>0</v>
+      </c>
+      <c r="O69" s="9">
+        <v>0</v>
+      </c>
+      <c r="P69" s="8">
+        <v>0</v>
+      </c>
+      <c r="Q69" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="2:17" x14ac:dyDescent="0.25">
-      <c r="B70" s="4">
+      <c r="B70" s="3">
         <v>21</v>
       </c>
-      <c r="C70" s="8" t="s">
+      <c r="C70" s="7" t="s">
         <v>60</v>
       </c>
-      <c r="D70" s="9">
-[...2 lines deleted...]
-      <c r="E70" s="9">
+      <c r="D70" s="8">
+        <v>0</v>
+      </c>
+      <c r="E70" s="8">
         <v>141024446</v>
       </c>
-      <c r="F70" s="5">
-[...11 lines deleted...]
-      <c r="J70" s="9">
+      <c r="F70" s="4">
+        <v>0</v>
+      </c>
+      <c r="G70" s="5">
+        <v>0</v>
+      </c>
+      <c r="H70" s="8">
+        <v>0</v>
+      </c>
+      <c r="I70" s="9">
+        <v>0</v>
+      </c>
+      <c r="J70" s="8">
         <v>11761877</v>
       </c>
-      <c r="K70" s="10">
+      <c r="K70" s="9">
         <v>11822715.404027099</v>
       </c>
-      <c r="L70" s="9">
+      <c r="L70" s="8">
         <v>2401835</v>
       </c>
-      <c r="M70" s="10">
+      <c r="M70" s="9">
         <v>18406337.77375</v>
       </c>
-      <c r="N70" s="9">
-[...8 lines deleted...]
-      <c r="Q70" s="10">
+      <c r="N70" s="8">
+        <v>0</v>
+      </c>
+      <c r="O70" s="9">
+        <v>0</v>
+      </c>
+      <c r="P70" s="8">
+        <v>0</v>
+      </c>
+      <c r="Q70" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="2:17" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="B71" s="4">
+      <c r="B71" s="3">
         <v>22</v>
       </c>
-      <c r="C71" s="8" t="s">
+      <c r="C71" s="7" t="s">
         <v>99</v>
       </c>
-      <c r="D71" s="9">
+      <c r="D71" s="8">
         <v>54274</v>
       </c>
-      <c r="E71" s="9">
+      <c r="E71" s="8">
         <v>61970</v>
       </c>
-      <c r="F71" s="5">
+      <c r="F71" s="4">
         <v>4737</v>
       </c>
-      <c r="G71" s="6">
+      <c r="G71" s="5">
         <v>3835.7</v>
       </c>
-      <c r="H71" s="9">
+      <c r="H71" s="8">
         <v>367</v>
       </c>
-      <c r="I71" s="10">
+      <c r="I71" s="9">
         <v>530.15499999999997</v>
       </c>
-      <c r="J71" s="9">
+      <c r="J71" s="8">
         <v>507</v>
       </c>
-      <c r="K71" s="10">
+      <c r="K71" s="9">
         <v>315.88900000000001</v>
       </c>
-      <c r="L71" s="9">
+      <c r="L71" s="8">
         <v>18</v>
       </c>
-      <c r="M71" s="10">
+      <c r="M71" s="9">
         <v>13.739000000000001</v>
       </c>
-      <c r="N71" s="9">
-[...8 lines deleted...]
-      <c r="Q71" s="10">
+      <c r="N71" s="8">
+        <v>0</v>
+      </c>
+      <c r="O71" s="9">
+        <v>0</v>
+      </c>
+      <c r="P71" s="8">
+        <v>0</v>
+      </c>
+      <c r="Q71" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="2:17" x14ac:dyDescent="0.25">
-      <c r="B72" s="4">
+      <c r="B72" s="3">
         <v>23</v>
       </c>
-      <c r="C72" s="8" t="s">
+      <c r="C72" s="7" t="s">
         <v>100</v>
       </c>
-      <c r="D72" s="9">
+      <c r="D72" s="8">
         <v>1633199</v>
       </c>
-      <c r="E72" s="9">
+      <c r="E72" s="8">
         <v>270925</v>
       </c>
-      <c r="F72" s="5">
+      <c r="F72" s="4">
         <v>270556</v>
       </c>
-      <c r="G72" s="6">
+      <c r="G72" s="5">
         <v>712272.8284</v>
       </c>
-      <c r="H72" s="9">
-[...5 lines deleted...]
-      <c r="J72" s="9">
+      <c r="H72" s="8">
+        <v>0</v>
+      </c>
+      <c r="I72" s="9">
+        <v>0</v>
+      </c>
+      <c r="J72" s="8">
         <v>148655</v>
       </c>
-      <c r="K72" s="10">
+      <c r="K72" s="9">
         <v>272985.77489</v>
       </c>
-      <c r="L72" s="9">
+      <c r="L72" s="8">
         <v>442821</v>
       </c>
-      <c r="M72" s="10">
+      <c r="M72" s="9">
         <v>3281839.4589999998</v>
       </c>
-      <c r="N72" s="9">
-[...5 lines deleted...]
-      <c r="P72" s="9">
+      <c r="N72" s="8">
+        <v>0</v>
+      </c>
+      <c r="O72" s="9">
+        <v>0</v>
+      </c>
+      <c r="P72" s="8">
         <v>1089</v>
       </c>
-      <c r="Q72" s="10">
+      <c r="Q72" s="9">
         <v>1131.1880000000001</v>
       </c>
     </row>
     <row r="73" spans="2:17" x14ac:dyDescent="0.25">
-      <c r="B73" s="4">
+      <c r="B73" s="3">
         <v>24</v>
       </c>
-      <c r="C73" s="8" t="s">
+      <c r="C73" s="7" t="s">
         <v>61</v>
       </c>
-      <c r="D73" s="9">
-[...2 lines deleted...]
-      <c r="E73" s="9">
+      <c r="D73" s="8">
+        <v>0</v>
+      </c>
+      <c r="E73" s="8">
         <v>12256677</v>
       </c>
-      <c r="F73" s="5">
-[...11 lines deleted...]
-      <c r="J73" s="9">
+      <c r="F73" s="4">
+        <v>0</v>
+      </c>
+      <c r="G73" s="5">
+        <v>0</v>
+      </c>
+      <c r="H73" s="8">
+        <v>0</v>
+      </c>
+      <c r="I73" s="9">
+        <v>0</v>
+      </c>
+      <c r="J73" s="8">
         <v>4828</v>
       </c>
-      <c r="K73" s="10">
+      <c r="K73" s="9">
         <v>38860.584780000005</v>
       </c>
-      <c r="L73" s="9">
+      <c r="L73" s="8">
         <v>434</v>
       </c>
-      <c r="M73" s="10">
+      <c r="M73" s="9">
         <v>1366.144</v>
       </c>
-      <c r="N73" s="9">
-[...8 lines deleted...]
-      <c r="Q73" s="10">
+      <c r="N73" s="8">
+        <v>0</v>
+      </c>
+      <c r="O73" s="9">
+        <v>0</v>
+      </c>
+      <c r="P73" s="8">
+        <v>0</v>
+      </c>
+      <c r="Q73" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="2:17" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="B74" s="4">
+      <c r="B74" s="3">
         <v>25</v>
       </c>
-      <c r="C74" s="8" t="s">
+      <c r="C74" s="7" t="s">
         <v>101</v>
       </c>
-      <c r="D74" s="9">
-[...2 lines deleted...]
-      <c r="E74" s="9">
+      <c r="D74" s="8">
+        <v>0</v>
+      </c>
+      <c r="E74" s="8">
         <v>210369973</v>
       </c>
-      <c r="F74" s="5">
-[...11 lines deleted...]
-      <c r="J74" s="9">
+      <c r="F74" s="4">
+        <v>0</v>
+      </c>
+      <c r="G74" s="5">
+        <v>0</v>
+      </c>
+      <c r="H74" s="8">
+        <v>0</v>
+      </c>
+      <c r="I74" s="9">
+        <v>0</v>
+      </c>
+      <c r="J74" s="8">
         <v>12581725</v>
       </c>
-      <c r="K74" s="10">
+      <c r="K74" s="9">
         <v>2133960.7244799999</v>
       </c>
-      <c r="L74" s="9">
+      <c r="L74" s="8">
         <v>210516</v>
       </c>
-      <c r="M74" s="10">
+      <c r="M74" s="9">
         <v>1055537.5905800001</v>
       </c>
-      <c r="N74" s="9">
-[...8 lines deleted...]
-      <c r="Q74" s="10">
+      <c r="N74" s="8">
+        <v>0</v>
+      </c>
+      <c r="O74" s="9">
+        <v>0</v>
+      </c>
+      <c r="P74" s="8">
+        <v>0</v>
+      </c>
+      <c r="Q74" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="2:17" x14ac:dyDescent="0.25">
-      <c r="B75" s="4">
+      <c r="B75" s="3">
         <v>26</v>
       </c>
-      <c r="C75" s="8" t="s">
+      <c r="C75" s="7" t="s">
         <v>62</v>
       </c>
-      <c r="D75" s="9">
-[...5 lines deleted...]
-      <c r="F75" s="5">
+      <c r="D75" s="8">
+        <v>251258277</v>
+      </c>
+      <c r="E75" s="8">
+        <v>83352</v>
+      </c>
+      <c r="F75" s="4">
         <v>60917280</v>
       </c>
-      <c r="G75" s="6">
+      <c r="G75" s="5">
         <v>22643422.459890001</v>
       </c>
-      <c r="H75" s="9">
+      <c r="H75" s="8">
         <v>87</v>
       </c>
-      <c r="I75" s="10">
+      <c r="I75" s="9">
         <v>701.97602000000006</v>
       </c>
-      <c r="J75" s="9">
+      <c r="J75" s="8">
         <v>28</v>
       </c>
-      <c r="K75" s="10">
+      <c r="K75" s="9">
         <v>4.4669999999999996</v>
       </c>
-      <c r="L75" s="9">
-[...5 lines deleted...]
-      <c r="N75" s="9">
+      <c r="L75" s="8">
+        <v>0</v>
+      </c>
+      <c r="M75" s="9">
+        <v>0</v>
+      </c>
+      <c r="N75" s="8">
         <v>985</v>
       </c>
-      <c r="O75" s="10">
+      <c r="O75" s="9">
         <v>1404.7</v>
       </c>
-      <c r="P75" s="9">
-[...2 lines deleted...]
-      <c r="Q75" s="10">
+      <c r="P75" s="8">
+        <v>0</v>
+      </c>
+      <c r="Q75" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="2:17" x14ac:dyDescent="0.25">
-      <c r="B76" s="4">
+      <c r="B76" s="3">
         <v>27</v>
       </c>
-      <c r="C76" s="8" t="s">
+      <c r="C76" s="7" t="s">
         <v>63</v>
       </c>
-      <c r="D76" s="9">
+      <c r="D76" s="8">
         <v>2039160</v>
       </c>
-      <c r="E76" s="9">
+      <c r="E76" s="8">
         <v>633</v>
       </c>
-      <c r="F76" s="5">
+      <c r="F76" s="4">
         <v>84105</v>
       </c>
-      <c r="G76" s="6">
+      <c r="G76" s="5">
         <v>409173.79290999903</v>
       </c>
-      <c r="H76" s="9">
-[...5 lines deleted...]
-      <c r="J76" s="9">
+      <c r="H76" s="8">
+        <v>0</v>
+      </c>
+      <c r="I76" s="9">
+        <v>0</v>
+      </c>
+      <c r="J76" s="8">
         <v>167</v>
       </c>
-      <c r="K76" s="10">
+      <c r="K76" s="9">
         <v>220.34049999999988</v>
       </c>
-      <c r="L76" s="9">
-[...5 lines deleted...]
-      <c r="N76" s="9">
+      <c r="L76" s="8">
+        <v>0</v>
+      </c>
+      <c r="M76" s="9">
+        <v>0</v>
+      </c>
+      <c r="N76" s="8">
         <v>111</v>
       </c>
-      <c r="O76" s="10">
+      <c r="O76" s="9">
         <v>151</v>
       </c>
-      <c r="P76" s="9">
-[...2 lines deleted...]
-      <c r="Q76" s="10">
+      <c r="P76" s="8">
+        <v>0</v>
+      </c>
+      <c r="Q76" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="2:17" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="B77" s="4">
+      <c r="B77" s="3">
         <v>28</v>
       </c>
-      <c r="C77" s="8" t="s">
+      <c r="C77" s="7" t="s">
         <v>102</v>
       </c>
-      <c r="D77" s="9">
-[...2 lines deleted...]
-      <c r="E77" s="9">
+      <c r="D77" s="8">
+        <v>0</v>
+      </c>
+      <c r="E77" s="8">
         <v>71732</v>
       </c>
-      <c r="F77" s="5">
-[...11 lines deleted...]
-      <c r="J77" s="9">
+      <c r="F77" s="4">
+        <v>0</v>
+      </c>
+      <c r="G77" s="5">
+        <v>0</v>
+      </c>
+      <c r="H77" s="8">
+        <v>0</v>
+      </c>
+      <c r="I77" s="9">
+        <v>0</v>
+      </c>
+      <c r="J77" s="8">
         <v>76748</v>
       </c>
-      <c r="K77" s="10">
+      <c r="K77" s="9">
         <v>35058.517</v>
       </c>
-      <c r="L77" s="9">
+      <c r="L77" s="8">
         <v>144597</v>
       </c>
-      <c r="M77" s="10">
+      <c r="M77" s="9">
         <v>233923.30316000004</v>
       </c>
-      <c r="N77" s="9">
-[...8 lines deleted...]
-      <c r="Q77" s="10">
+      <c r="N77" s="8">
+        <v>0</v>
+      </c>
+      <c r="O77" s="9">
+        <v>0</v>
+      </c>
+      <c r="P77" s="8">
+        <v>0</v>
+      </c>
+      <c r="Q77" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="2:17" x14ac:dyDescent="0.25">
-      <c r="B78" s="4">
+      <c r="B78" s="3">
         <v>29</v>
       </c>
-      <c r="C78" s="8" t="s">
+      <c r="C78" s="7" t="s">
         <v>64</v>
       </c>
-      <c r="D78" s="9">
+      <c r="D78" s="8">
         <v>8126657</v>
       </c>
-      <c r="E78" s="9">
+      <c r="E78" s="8">
         <v>5139</v>
       </c>
-      <c r="F78" s="5">
+      <c r="F78" s="4">
         <v>1476782</v>
       </c>
-      <c r="G78" s="6">
+      <c r="G78" s="5">
         <v>409492.89941000001</v>
       </c>
-      <c r="H78" s="9">
-[...5 lines deleted...]
-      <c r="J78" s="9">
+      <c r="H78" s="8">
+        <v>0</v>
+      </c>
+      <c r="I78" s="9">
+        <v>0</v>
+      </c>
+      <c r="J78" s="8">
         <v>4470</v>
       </c>
-      <c r="K78" s="10">
+      <c r="K78" s="9">
         <v>296.30978999999996</v>
       </c>
-      <c r="L78" s="9">
-[...14 lines deleted...]
-      <c r="Q78" s="10">
+      <c r="L78" s="8">
+        <v>0</v>
+      </c>
+      <c r="M78" s="9">
+        <v>0</v>
+      </c>
+      <c r="N78" s="8">
+        <v>0</v>
+      </c>
+      <c r="O78" s="9">
+        <v>0</v>
+      </c>
+      <c r="P78" s="8">
+        <v>0</v>
+      </c>
+      <c r="Q78" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="79" spans="2:17" x14ac:dyDescent="0.25">
-      <c r="B79" s="4">
+      <c r="B79" s="3">
         <v>30</v>
       </c>
-      <c r="C79" s="8" t="s">
+      <c r="C79" s="7" t="s">
         <v>103</v>
       </c>
-      <c r="D79" s="9">
-[...2 lines deleted...]
-      <c r="E79" s="9">
+      <c r="D79" s="8">
+        <v>0</v>
+      </c>
+      <c r="E79" s="8">
         <v>496622</v>
       </c>
-      <c r="F79" s="5">
-[...11 lines deleted...]
-      <c r="J79" s="9">
+      <c r="F79" s="4">
+        <v>0</v>
+      </c>
+      <c r="G79" s="5">
+        <v>0</v>
+      </c>
+      <c r="H79" s="8">
+        <v>0</v>
+      </c>
+      <c r="I79" s="9">
+        <v>0</v>
+      </c>
+      <c r="J79" s="8">
         <v>178</v>
       </c>
-      <c r="K79" s="10">
+      <c r="K79" s="9">
         <v>101.06507000000001</v>
       </c>
-      <c r="L79" s="9">
+      <c r="L79" s="8">
         <v>13650</v>
       </c>
-      <c r="M79" s="10">
+      <c r="M79" s="9">
         <v>79920.291729999997</v>
       </c>
-      <c r="N79" s="9">
-[...8 lines deleted...]
-      <c r="Q79" s="10">
+      <c r="N79" s="8">
+        <v>0</v>
+      </c>
+      <c r="O79" s="9">
+        <v>0</v>
+      </c>
+      <c r="P79" s="8">
+        <v>0</v>
+      </c>
+      <c r="Q79" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="2:17" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="B80" s="4">
+      <c r="B80" s="3">
         <v>31</v>
       </c>
-      <c r="C80" s="8" t="s">
+      <c r="C80" s="7" t="s">
         <v>104</v>
       </c>
-      <c r="D80" s="9">
+      <c r="D80" s="8">
         <v>6588784</v>
       </c>
-      <c r="E80" s="9">
-[...2 lines deleted...]
-      <c r="F80" s="5">
+      <c r="E80" s="8">
+        <v>0</v>
+      </c>
+      <c r="F80" s="4">
         <v>10709987</v>
       </c>
-      <c r="G80" s="6">
+      <c r="G80" s="5">
         <v>4357725.6099999994</v>
       </c>
-      <c r="H80" s="9">
+      <c r="H80" s="8">
         <v>17407</v>
       </c>
-      <c r="I80" s="10">
+      <c r="I80" s="9">
         <v>149320.5</v>
       </c>
-      <c r="J80" s="9">
-[...20 lines deleted...]
-      <c r="Q80" s="10">
+      <c r="J80" s="8">
+        <v>0</v>
+      </c>
+      <c r="K80" s="9">
+        <v>0</v>
+      </c>
+      <c r="L80" s="8">
+        <v>0</v>
+      </c>
+      <c r="M80" s="9">
+        <v>0</v>
+      </c>
+      <c r="N80" s="8">
+        <v>0</v>
+      </c>
+      <c r="O80" s="9">
+        <v>0</v>
+      </c>
+      <c r="P80" s="8">
+        <v>0</v>
+      </c>
+      <c r="Q80" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="81" spans="2:29" x14ac:dyDescent="0.25">
-      <c r="B81" s="4">
+      <c r="B81" s="3">
         <v>32</v>
       </c>
-      <c r="C81" s="8" t="s">
+      <c r="C81" s="7" t="s">
         <v>65</v>
       </c>
-      <c r="D81" s="9">
-[...2 lines deleted...]
-      <c r="E81" s="9">
+      <c r="D81" s="8">
+        <v>0</v>
+      </c>
+      <c r="E81" s="8">
         <v>2217</v>
       </c>
-      <c r="F81" s="5">
-[...11 lines deleted...]
-      <c r="J81" s="9">
+      <c r="F81" s="4">
+        <v>0</v>
+      </c>
+      <c r="G81" s="5">
+        <v>0</v>
+      </c>
+      <c r="H81" s="8">
+        <v>0</v>
+      </c>
+      <c r="I81" s="9">
+        <v>0</v>
+      </c>
+      <c r="J81" s="8">
         <v>2360</v>
       </c>
-      <c r="K81" s="10">
+      <c r="K81" s="9">
         <v>950.18867000000012</v>
       </c>
-      <c r="L81" s="9">
+      <c r="L81" s="8">
         <v>1977</v>
       </c>
-      <c r="M81" s="10">
+      <c r="M81" s="9">
         <v>2525.1529999999998</v>
       </c>
-      <c r="N81" s="9">
+      <c r="N81" s="8">
         <v>26</v>
       </c>
-      <c r="O81" s="10">
+      <c r="O81" s="9">
         <v>30.9</v>
       </c>
-      <c r="P81" s="9">
+      <c r="P81" s="8">
         <v>19</v>
       </c>
-      <c r="Q81" s="10">
+      <c r="Q81" s="9">
         <v>25.84</v>
       </c>
     </row>
     <row r="82" spans="2:29" x14ac:dyDescent="0.25">
-      <c r="B82" s="4">
+      <c r="B82" s="3">
         <v>33</v>
       </c>
-      <c r="C82" s="8" t="s">
+      <c r="C82" s="7" t="s">
         <v>105</v>
       </c>
-      <c r="D82" s="9">
+      <c r="D82" s="8">
         <v>665</v>
       </c>
-      <c r="E82" s="9">
+      <c r="E82" s="8">
         <v>4470098</v>
       </c>
-      <c r="F82" s="5">
+      <c r="F82" s="4">
         <v>2</v>
       </c>
-      <c r="G82" s="6">
+      <c r="G82" s="5">
         <v>2E-3</v>
       </c>
-      <c r="H82" s="9">
-[...5 lines deleted...]
-      <c r="J82" s="9">
+      <c r="H82" s="8">
+        <v>0</v>
+      </c>
+      <c r="I82" s="9">
+        <v>0</v>
+      </c>
+      <c r="J82" s="8">
         <v>180402</v>
       </c>
-      <c r="K82" s="10">
+      <c r="K82" s="9">
         <v>1126893.7901199998</v>
       </c>
-      <c r="L82" s="9">
+      <c r="L82" s="8">
         <v>445510</v>
       </c>
-      <c r="M82" s="10">
+      <c r="M82" s="9">
         <v>3023076.43144</v>
       </c>
-      <c r="N82" s="9">
-[...5 lines deleted...]
-      <c r="P82" s="9">
+      <c r="N82" s="8">
+        <v>0</v>
+      </c>
+      <c r="O82" s="9">
+        <v>0</v>
+      </c>
+      <c r="P82" s="8">
         <v>215</v>
       </c>
-      <c r="Q82" s="10">
+      <c r="Q82" s="9">
         <v>113.825</v>
       </c>
     </row>
     <row r="83" spans="2:29" x14ac:dyDescent="0.25">
-      <c r="B83" s="4">
+      <c r="B83" s="3">
         <v>34</v>
       </c>
-      <c r="C83" s="8" t="s">
+      <c r="C83" s="7" t="s">
         <v>66</v>
       </c>
-      <c r="D83" s="9">
+      <c r="D83" s="8">
         <v>2938867</v>
       </c>
-      <c r="E83" s="9">
+      <c r="E83" s="8">
         <v>6494</v>
       </c>
-      <c r="F83" s="5">
+      <c r="F83" s="4">
         <v>585053</v>
       </c>
-      <c r="G83" s="6">
+      <c r="G83" s="5">
         <v>2607918.0499798078</v>
       </c>
-      <c r="H83" s="9">
+      <c r="H83" s="8">
         <v>24597</v>
       </c>
-      <c r="I83" s="10">
+      <c r="I83" s="9">
         <v>159427.01431999993</v>
       </c>
-      <c r="J83" s="9">
+      <c r="J83" s="8">
         <v>21409</v>
       </c>
-      <c r="K83" s="10">
+      <c r="K83" s="9">
         <v>15155.636930000086</v>
       </c>
-      <c r="L83" s="9">
+      <c r="L83" s="8">
         <v>930</v>
       </c>
-      <c r="M83" s="10">
+      <c r="M83" s="9">
         <v>1359.4265300000002</v>
       </c>
-      <c r="N83" s="9">
+      <c r="N83" s="8">
         <v>5858</v>
       </c>
-      <c r="O83" s="10">
+      <c r="O83" s="9">
         <v>4349.8130000000001</v>
       </c>
-      <c r="P83" s="9">
-[...2 lines deleted...]
-      <c r="Q83" s="10">
+      <c r="P83" s="8">
+        <v>0</v>
+      </c>
+      <c r="Q83" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="84" spans="2:29" x14ac:dyDescent="0.25">
-      <c r="B84" s="4">
+      <c r="B84" s="3">
         <v>35</v>
       </c>
-      <c r="C84" s="8" t="s">
+      <c r="C84" s="7" t="s">
         <v>67</v>
       </c>
-      <c r="D84" s="9">
-[...2 lines deleted...]
-      <c r="E84" s="9">
+      <c r="D84" s="8">
+        <v>0</v>
+      </c>
+      <c r="E84" s="8">
         <v>31165473</v>
       </c>
-      <c r="F84" s="5">
-[...11 lines deleted...]
-      <c r="J84" s="9">
+      <c r="F84" s="4">
+        <v>0</v>
+      </c>
+      <c r="G84" s="5">
+        <v>0</v>
+      </c>
+      <c r="H84" s="8">
+        <v>0</v>
+      </c>
+      <c r="I84" s="9">
+        <v>0</v>
+      </c>
+      <c r="J84" s="8">
         <v>191638</v>
       </c>
-      <c r="K84" s="10">
+      <c r="K84" s="9">
         <v>159375.57436000003</v>
       </c>
-      <c r="L84" s="9">
+      <c r="L84" s="8">
         <v>410</v>
       </c>
-      <c r="M84" s="10">
+      <c r="M84" s="9">
         <v>653.23599999999999</v>
       </c>
-      <c r="N84" s="9">
-[...8 lines deleted...]
-      <c r="Q84" s="10">
+      <c r="N84" s="8">
+        <v>0</v>
+      </c>
+      <c r="O84" s="9">
+        <v>0</v>
+      </c>
+      <c r="P84" s="8">
+        <v>0</v>
+      </c>
+      <c r="Q84" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="85" spans="2:29" x14ac:dyDescent="0.25">
-      <c r="B85" s="4">
+      <c r="B85" s="3">
         <v>36</v>
       </c>
-      <c r="C85" s="8" t="s">
+      <c r="C85" s="7" t="s">
         <v>106</v>
       </c>
-      <c r="D85" s="9">
-[...2 lines deleted...]
-      <c r="E85" s="9">
+      <c r="D85" s="8">
+        <v>0</v>
+      </c>
+      <c r="E85" s="8">
         <v>7386300</v>
       </c>
-      <c r="F85" s="5">
-[...11 lines deleted...]
-      <c r="J85" s="9">
+      <c r="F85" s="4">
+        <v>0</v>
+      </c>
+      <c r="G85" s="5">
+        <v>0</v>
+      </c>
+      <c r="H85" s="8">
+        <v>0</v>
+      </c>
+      <c r="I85" s="9">
+        <v>0</v>
+      </c>
+      <c r="J85" s="8">
         <v>56876967</v>
       </c>
-      <c r="K85" s="10">
+      <c r="K85" s="9">
         <v>4913255.832320001</v>
       </c>
-      <c r="L85" s="9">
+      <c r="L85" s="8">
         <v>25076670</v>
       </c>
-      <c r="M85" s="10">
+      <c r="M85" s="9">
         <v>4538391.3169900002</v>
       </c>
-      <c r="N85" s="9">
+      <c r="N85" s="8">
         <v>4177</v>
       </c>
-      <c r="O85" s="10">
+      <c r="O85" s="9">
         <v>2874.5</v>
       </c>
-      <c r="P85" s="9">
-[...2 lines deleted...]
-      <c r="Q85" s="10">
+      <c r="P85" s="8">
+        <v>0</v>
+      </c>
+      <c r="Q85" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="86" spans="2:29" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="B86" s="4">
+      <c r="B86" s="3">
         <v>37</v>
       </c>
-      <c r="C86" s="8" t="s">
+      <c r="C86" s="7" t="s">
         <v>107</v>
       </c>
-      <c r="D86" s="9">
-[...2 lines deleted...]
-      <c r="E86" s="9">
+      <c r="D86" s="8">
+        <v>0</v>
+      </c>
+      <c r="E86" s="8">
         <v>2193</v>
       </c>
-      <c r="F86" s="5">
-[...11 lines deleted...]
-      <c r="J86" s="9">
+      <c r="F86" s="4">
+        <v>0</v>
+      </c>
+      <c r="G86" s="5">
+        <v>0</v>
+      </c>
+      <c r="H86" s="8">
+        <v>0</v>
+      </c>
+      <c r="I86" s="9">
+        <v>0</v>
+      </c>
+      <c r="J86" s="8">
         <v>120</v>
       </c>
-      <c r="K86" s="10">
+      <c r="K86" s="9">
         <v>54.424899999999994</v>
       </c>
-      <c r="L86" s="9">
+      <c r="L86" s="8">
         <v>379</v>
       </c>
-      <c r="M86" s="10">
+      <c r="M86" s="9">
         <v>1346.1851299999998</v>
       </c>
-      <c r="N86" s="9">
-[...8 lines deleted...]
-      <c r="Q86" s="10">
+      <c r="N86" s="8">
+        <v>0</v>
+      </c>
+      <c r="O86" s="9">
+        <v>0</v>
+      </c>
+      <c r="P86" s="8">
+        <v>0</v>
+      </c>
+      <c r="Q86" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="87" spans="2:29" ht="38.25" x14ac:dyDescent="0.25">
-      <c r="B87" s="4">
+      <c r="B87" s="3">
         <v>38</v>
       </c>
-      <c r="C87" s="8" t="s">
+      <c r="C87" s="7" t="s">
         <v>108</v>
       </c>
-      <c r="D87" s="9">
+      <c r="D87" s="8">
         <v>170</v>
       </c>
-      <c r="E87" s="9">
+      <c r="E87" s="8">
         <v>565129</v>
       </c>
-      <c r="F87" s="9">
-[...32 lines deleted...]
-      <c r="Q87" s="10">
+      <c r="F87" s="8">
+        <v>0</v>
+      </c>
+      <c r="G87" s="9">
+        <v>0</v>
+      </c>
+      <c r="H87" s="8">
+        <v>0</v>
+      </c>
+      <c r="I87" s="9">
+        <v>0</v>
+      </c>
+      <c r="J87" s="8">
+        <v>0</v>
+      </c>
+      <c r="K87" s="9">
+        <v>0</v>
+      </c>
+      <c r="L87" s="8">
+        <v>0</v>
+      </c>
+      <c r="M87" s="9">
+        <v>0</v>
+      </c>
+      <c r="N87" s="8">
+        <v>0</v>
+      </c>
+      <c r="O87" s="9">
+        <v>0</v>
+      </c>
+      <c r="P87" s="8">
+        <v>0</v>
+      </c>
+      <c r="Q87" s="9">
         <v>0</v>
       </c>
     </row>
     <row r="88" spans="2:29" x14ac:dyDescent="0.25">
-      <c r="B88" s="29" t="s">
+      <c r="B88" s="20" t="s">
         <v>68</v>
       </c>
-      <c r="C88" s="30"/>
-      <c r="D88" s="11">
+      <c r="C88" s="20"/>
+      <c r="D88" s="10">
         <f t="shared" ref="D88:Q88" si="0">SUM(D8:D48,D50:D87)</f>
-        <v>406395278.25</v>
-[...1 lines deleted...]
-      <c r="E88" s="11">
+        <v>406406596</v>
+      </c>
+      <c r="E88" s="10">
         <f t="shared" si="0"/>
-        <v>1143931244</v>
-[...1 lines deleted...]
-      <c r="F88" s="12">
+        <v>1143931353</v>
+      </c>
+      <c r="F88" s="11">
         <f t="shared" si="0"/>
         <v>154812964.85294119</v>
       </c>
-      <c r="G88" s="13">
+      <c r="G88" s="12">
         <f t="shared" si="0"/>
         <v>72321853.099405557</v>
       </c>
-      <c r="H88" s="11">
+      <c r="H88" s="10">
         <f t="shared" si="0"/>
         <v>455504</v>
       </c>
-      <c r="I88" s="14">
+      <c r="I88" s="13">
         <f t="shared" si="0"/>
         <v>1130786.0668999997</v>
       </c>
-      <c r="J88" s="11">
+      <c r="J88" s="10">
         <f t="shared" si="0"/>
         <v>408100482</v>
       </c>
-      <c r="K88" s="14">
+      <c r="K88" s="13">
         <f t="shared" si="0"/>
         <v>86715244.590132117</v>
       </c>
-      <c r="L88" s="11">
+      <c r="L88" s="10">
         <f t="shared" si="0"/>
         <v>34419135</v>
       </c>
-      <c r="M88" s="14">
+      <c r="M88" s="13">
         <f t="shared" si="0"/>
         <v>44021980.818030007</v>
       </c>
-      <c r="N88" s="11">
+      <c r="N88" s="10">
         <f t="shared" si="0"/>
         <v>2149022</v>
       </c>
-      <c r="O88" s="14">
+      <c r="O88" s="13">
         <f t="shared" si="0"/>
         <v>9854318.1197999604</v>
       </c>
-      <c r="P88" s="11">
+      <c r="P88" s="10">
         <f t="shared" si="0"/>
         <v>1323</v>
       </c>
-      <c r="Q88" s="14">
+      <c r="Q88" s="13">
         <f t="shared" si="0"/>
         <v>1270.8530000000001</v>
       </c>
     </row>
     <row r="89" spans="2:29" x14ac:dyDescent="0.25">
-      <c r="B89" s="22"/>
-[...14 lines deleted...]
-      <c r="Q89" s="28"/>
+      <c r="B89" s="6"/>
+      <c r="C89" s="6"/>
+      <c r="D89" s="10"/>
+      <c r="E89" s="10"/>
+      <c r="F89" s="11"/>
+      <c r="G89" s="12"/>
+      <c r="H89" s="10"/>
+      <c r="I89" s="13"/>
+      <c r="J89" s="10"/>
+      <c r="K89" s="13"/>
+      <c r="L89" s="10"/>
+      <c r="M89" s="13"/>
+      <c r="N89" s="10"/>
+      <c r="O89" s="13"/>
+      <c r="P89" s="10"/>
+      <c r="Q89" s="13"/>
     </row>
     <row r="90" spans="2:29" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B90" s="36" t="s">
+      <c r="B90" s="25" t="s">
         <v>69</v>
       </c>
-      <c r="C90" s="37"/>
-[...13 lines deleted...]
-      <c r="Q90" s="38"/>
+      <c r="C90" s="25"/>
+      <c r="D90" s="25"/>
+      <c r="E90" s="25"/>
+      <c r="F90" s="25"/>
+      <c r="G90" s="25"/>
+      <c r="H90" s="25"/>
+      <c r="I90" s="25"/>
+      <c r="J90" s="25"/>
+      <c r="K90" s="25"/>
+      <c r="L90" s="25"/>
+      <c r="M90" s="25"/>
+      <c r="N90" s="25"/>
+      <c r="O90" s="25"/>
+      <c r="P90" s="25"/>
+      <c r="Q90" s="25"/>
     </row>
     <row r="91" spans="2:29" x14ac:dyDescent="0.25">
-      <c r="B91" s="15">
+      <c r="B91" s="14">
         <v>1</v>
       </c>
-      <c r="C91" s="35" t="s">
+      <c r="C91" s="24" t="s">
         <v>70</v>
       </c>
-      <c r="D91" s="35"/>
-[...24 lines deleted...]
-      <c r="AC91" s="16"/>
+      <c r="D91" s="24"/>
+      <c r="E91" s="24"/>
+      <c r="F91" s="24"/>
+      <c r="G91" s="24"/>
+      <c r="H91" s="24"/>
+      <c r="I91" s="24"/>
+      <c r="J91" s="24"/>
+      <c r="K91" s="24"/>
+      <c r="L91" s="24"/>
+      <c r="M91" s="24"/>
+      <c r="N91" s="24"/>
+      <c r="O91" s="24"/>
+      <c r="P91" s="24"/>
+      <c r="Q91" s="24"/>
+      <c r="R91" s="15"/>
+      <c r="S91" s="15"/>
+      <c r="T91" s="15"/>
+      <c r="U91" s="15"/>
+      <c r="V91" s="15"/>
+      <c r="W91" s="15"/>
+      <c r="X91" s="15"/>
+      <c r="Y91" s="15"/>
+      <c r="Z91" s="15"/>
+      <c r="AA91" s="15"/>
+      <c r="AB91" s="15"/>
+      <c r="AC91" s="15"/>
     </row>
     <row r="92" spans="2:29" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B92" s="15">
+      <c r="B92" s="14">
         <v>2</v>
       </c>
-      <c r="C92" s="35" t="s">
+      <c r="C92" s="24" t="s">
         <v>71</v>
       </c>
-      <c r="D92" s="35"/>
-[...24 lines deleted...]
-      <c r="AC92" s="16"/>
+      <c r="D92" s="24"/>
+      <c r="E92" s="24"/>
+      <c r="F92" s="24"/>
+      <c r="G92" s="24"/>
+      <c r="H92" s="24"/>
+      <c r="I92" s="24"/>
+      <c r="J92" s="24"/>
+      <c r="K92" s="24"/>
+      <c r="L92" s="24"/>
+      <c r="M92" s="24"/>
+      <c r="N92" s="24"/>
+      <c r="O92" s="24"/>
+      <c r="P92" s="24"/>
+      <c r="Q92" s="24"/>
+      <c r="R92" s="15"/>
+      <c r="S92" s="15"/>
+      <c r="T92" s="15"/>
+      <c r="U92" s="15"/>
+      <c r="V92" s="15"/>
+      <c r="W92" s="15"/>
+      <c r="X92" s="15"/>
+      <c r="Y92" s="15"/>
+      <c r="Z92" s="15"/>
+      <c r="AA92" s="15"/>
+      <c r="AB92" s="15"/>
+      <c r="AC92" s="15"/>
     </row>
     <row r="93" spans="2:29" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B93" s="15">
+      <c r="B93" s="14">
         <v>3</v>
       </c>
-      <c r="C93" s="35" t="s">
+      <c r="C93" s="24" t="s">
         <v>72</v>
       </c>
-      <c r="D93" s="35"/>
-[...24 lines deleted...]
-      <c r="AC93" s="16"/>
+      <c r="D93" s="24"/>
+      <c r="E93" s="24"/>
+      <c r="F93" s="24"/>
+      <c r="G93" s="24"/>
+      <c r="H93" s="24"/>
+      <c r="I93" s="24"/>
+      <c r="J93" s="24"/>
+      <c r="K93" s="24"/>
+      <c r="L93" s="24"/>
+      <c r="M93" s="24"/>
+      <c r="N93" s="24"/>
+      <c r="O93" s="24"/>
+      <c r="P93" s="24"/>
+      <c r="Q93" s="24"/>
+      <c r="R93" s="15"/>
+      <c r="S93" s="15"/>
+      <c r="T93" s="15"/>
+      <c r="U93" s="15"/>
+      <c r="V93" s="15"/>
+      <c r="W93" s="15"/>
+      <c r="X93" s="15"/>
+      <c r="Y93" s="15"/>
+      <c r="Z93" s="15"/>
+      <c r="AA93" s="15"/>
+      <c r="AB93" s="15"/>
+      <c r="AC93" s="15"/>
     </row>
     <row r="94" spans="2:29" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B94" s="15">
+      <c r="B94" s="14">
         <v>4</v>
       </c>
-      <c r="C94" s="35" t="s">
+      <c r="C94" s="24" t="s">
         <v>73</v>
       </c>
-      <c r="D94" s="35"/>
-[...24 lines deleted...]
-      <c r="AC94" s="16"/>
+      <c r="D94" s="24"/>
+      <c r="E94" s="24"/>
+      <c r="F94" s="24"/>
+      <c r="G94" s="24"/>
+      <c r="H94" s="24"/>
+      <c r="I94" s="24"/>
+      <c r="J94" s="24"/>
+      <c r="K94" s="24"/>
+      <c r="L94" s="24"/>
+      <c r="M94" s="24"/>
+      <c r="N94" s="24"/>
+      <c r="O94" s="24"/>
+      <c r="P94" s="24"/>
+      <c r="Q94" s="24"/>
+      <c r="R94" s="15"/>
+      <c r="S94" s="15"/>
+      <c r="T94" s="15"/>
+      <c r="U94" s="15"/>
+      <c r="V94" s="15"/>
+      <c r="W94" s="15"/>
+      <c r="X94" s="15"/>
+      <c r="Y94" s="15"/>
+      <c r="Z94" s="15"/>
+      <c r="AA94" s="15"/>
+      <c r="AB94" s="15"/>
+      <c r="AC94" s="15"/>
     </row>
     <row r="95" spans="2:29" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B95" s="15">
+      <c r="B95" s="14">
         <v>5</v>
       </c>
-      <c r="C95" s="35" t="s">
+      <c r="C95" s="24" t="s">
         <v>74</v>
       </c>
-      <c r="D95" s="35"/>
-[...24 lines deleted...]
-      <c r="AC95" s="16"/>
+      <c r="D95" s="24"/>
+      <c r="E95" s="24"/>
+      <c r="F95" s="24"/>
+      <c r="G95" s="24"/>
+      <c r="H95" s="24"/>
+      <c r="I95" s="24"/>
+      <c r="J95" s="24"/>
+      <c r="K95" s="24"/>
+      <c r="L95" s="24"/>
+      <c r="M95" s="24"/>
+      <c r="N95" s="24"/>
+      <c r="O95" s="24"/>
+      <c r="P95" s="24"/>
+      <c r="Q95" s="24"/>
+      <c r="R95" s="15"/>
+      <c r="S95" s="15"/>
+      <c r="T95" s="15"/>
+      <c r="U95" s="15"/>
+      <c r="V95" s="15"/>
+      <c r="W95" s="15"/>
+      <c r="X95" s="15"/>
+      <c r="Y95" s="15"/>
+      <c r="Z95" s="15"/>
+      <c r="AA95" s="15"/>
+      <c r="AB95" s="15"/>
+      <c r="AC95" s="15"/>
     </row>
     <row r="96" spans="2:29" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B96" s="15">
+      <c r="B96" s="14">
         <v>6</v>
       </c>
-      <c r="C96" s="35" t="s">
+      <c r="C96" s="24" t="s">
         <v>75</v>
       </c>
-      <c r="D96" s="35"/>
-[...24 lines deleted...]
-      <c r="AC96" s="16"/>
+      <c r="D96" s="24"/>
+      <c r="E96" s="24"/>
+      <c r="F96" s="24"/>
+      <c r="G96" s="24"/>
+      <c r="H96" s="24"/>
+      <c r="I96" s="24"/>
+      <c r="J96" s="24"/>
+      <c r="K96" s="24"/>
+      <c r="L96" s="24"/>
+      <c r="M96" s="24"/>
+      <c r="N96" s="24"/>
+      <c r="O96" s="24"/>
+      <c r="P96" s="24"/>
+      <c r="Q96" s="24"/>
+      <c r="R96" s="15"/>
+      <c r="S96" s="15"/>
+      <c r="T96" s="15"/>
+      <c r="U96" s="15"/>
+      <c r="V96" s="15"/>
+      <c r="W96" s="15"/>
+      <c r="X96" s="15"/>
+      <c r="Y96" s="15"/>
+      <c r="Z96" s="15"/>
+      <c r="AA96" s="15"/>
+      <c r="AB96" s="15"/>
+      <c r="AC96" s="15"/>
     </row>
     <row r="97" spans="2:29" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B97" s="15">
+      <c r="B97" s="14">
         <v>7</v>
       </c>
-      <c r="C97" s="35" t="s">
+      <c r="C97" s="24" t="s">
         <v>76</v>
       </c>
-      <c r="D97" s="35"/>
-[...24 lines deleted...]
-      <c r="AC97" s="16"/>
+      <c r="D97" s="24"/>
+      <c r="E97" s="24"/>
+      <c r="F97" s="24"/>
+      <c r="G97" s="24"/>
+      <c r="H97" s="24"/>
+      <c r="I97" s="24"/>
+      <c r="J97" s="24"/>
+      <c r="K97" s="24"/>
+      <c r="L97" s="24"/>
+      <c r="M97" s="24"/>
+      <c r="N97" s="24"/>
+      <c r="O97" s="24"/>
+      <c r="P97" s="24"/>
+      <c r="Q97" s="24"/>
+      <c r="R97" s="15"/>
+      <c r="S97" s="15"/>
+      <c r="T97" s="15"/>
+      <c r="U97" s="15"/>
+      <c r="V97" s="15"/>
+      <c r="W97" s="15"/>
+      <c r="X97" s="15"/>
+      <c r="Y97" s="15"/>
+      <c r="Z97" s="15"/>
+      <c r="AA97" s="15"/>
+      <c r="AB97" s="15"/>
+      <c r="AC97" s="15"/>
     </row>
     <row r="98" spans="2:29" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B98" s="15">
+      <c r="B98" s="14">
         <v>8</v>
       </c>
-      <c r="C98" s="35" t="s">
+      <c r="C98" s="24" t="s">
         <v>77</v>
       </c>
-      <c r="D98" s="35"/>
-[...24 lines deleted...]
-      <c r="AC98" s="16"/>
+      <c r="D98" s="24"/>
+      <c r="E98" s="24"/>
+      <c r="F98" s="24"/>
+      <c r="G98" s="24"/>
+      <c r="H98" s="24"/>
+      <c r="I98" s="24"/>
+      <c r="J98" s="24"/>
+      <c r="K98" s="24"/>
+      <c r="L98" s="24"/>
+      <c r="M98" s="24"/>
+      <c r="N98" s="24"/>
+      <c r="O98" s="24"/>
+      <c r="P98" s="24"/>
+      <c r="Q98" s="24"/>
+      <c r="R98" s="15"/>
+      <c r="S98" s="15"/>
+      <c r="T98" s="15"/>
+      <c r="U98" s="15"/>
+      <c r="V98" s="15"/>
+      <c r="W98" s="15"/>
+      <c r="X98" s="15"/>
+      <c r="Y98" s="15"/>
+      <c r="Z98" s="15"/>
+      <c r="AA98" s="15"/>
+      <c r="AB98" s="15"/>
+      <c r="AC98" s="15"/>
     </row>
     <row r="99" spans="2:29" x14ac:dyDescent="0.25">
-      <c r="B99" s="15">
+      <c r="B99" s="14">
         <v>9</v>
       </c>
-      <c r="C99" s="35" t="s">
+      <c r="C99" s="24" t="s">
         <v>78</v>
       </c>
-      <c r="D99" s="35"/>
-[...24 lines deleted...]
-      <c r="AC99" s="16"/>
+      <c r="D99" s="24"/>
+      <c r="E99" s="24"/>
+      <c r="F99" s="24"/>
+      <c r="G99" s="24"/>
+      <c r="H99" s="24"/>
+      <c r="I99" s="24"/>
+      <c r="J99" s="24"/>
+      <c r="K99" s="24"/>
+      <c r="L99" s="24"/>
+      <c r="M99" s="24"/>
+      <c r="N99" s="24"/>
+      <c r="O99" s="24"/>
+      <c r="P99" s="24"/>
+      <c r="Q99" s="24"/>
+      <c r="R99" s="15"/>
+      <c r="S99" s="15"/>
+      <c r="T99" s="15"/>
+      <c r="U99" s="15"/>
+      <c r="V99" s="15"/>
+      <c r="W99" s="15"/>
+      <c r="X99" s="15"/>
+      <c r="Y99" s="15"/>
+      <c r="Z99" s="15"/>
+      <c r="AA99" s="15"/>
+      <c r="AB99" s="15"/>
+      <c r="AC99" s="15"/>
     </row>
     <row r="100" spans="2:29" x14ac:dyDescent="0.25">
-      <c r="B100" s="15">
+      <c r="B100" s="14">
         <v>10</v>
       </c>
-      <c r="C100" s="35" t="s">
+      <c r="C100" s="24" t="s">
         <v>79</v>
       </c>
-      <c r="D100" s="35"/>
-[...24 lines deleted...]
-      <c r="AC100" s="16"/>
+      <c r="D100" s="24"/>
+      <c r="E100" s="24"/>
+      <c r="F100" s="24"/>
+      <c r="G100" s="24"/>
+      <c r="H100" s="24"/>
+      <c r="I100" s="24"/>
+      <c r="J100" s="24"/>
+      <c r="K100" s="24"/>
+      <c r="L100" s="24"/>
+      <c r="M100" s="24"/>
+      <c r="N100" s="24"/>
+      <c r="O100" s="24"/>
+      <c r="P100" s="24"/>
+      <c r="Q100" s="24"/>
+      <c r="R100" s="15"/>
+      <c r="S100" s="15"/>
+      <c r="T100" s="15"/>
+      <c r="U100" s="15"/>
+      <c r="V100" s="15"/>
+      <c r="W100" s="15"/>
+      <c r="X100" s="15"/>
+      <c r="Y100" s="15"/>
+      <c r="Z100" s="15"/>
+      <c r="AA100" s="15"/>
+      <c r="AB100" s="15"/>
+      <c r="AC100" s="15"/>
     </row>
     <row r="101" spans="2:29" x14ac:dyDescent="0.25">
-      <c r="B101" s="15">
+      <c r="B101" s="14">
         <v>11</v>
       </c>
-      <c r="C101" s="35" t="s">
+      <c r="C101" s="24" t="s">
         <v>80</v>
       </c>
-      <c r="D101" s="35"/>
-[...24 lines deleted...]
-      <c r="AC101" s="16"/>
+      <c r="D101" s="24"/>
+      <c r="E101" s="24"/>
+      <c r="F101" s="24"/>
+      <c r="G101" s="24"/>
+      <c r="H101" s="24"/>
+      <c r="I101" s="24"/>
+      <c r="J101" s="24"/>
+      <c r="K101" s="24"/>
+      <c r="L101" s="24"/>
+      <c r="M101" s="24"/>
+      <c r="N101" s="24"/>
+      <c r="O101" s="24"/>
+      <c r="P101" s="24"/>
+      <c r="Q101" s="24"/>
+      <c r="R101" s="15"/>
+      <c r="S101" s="15"/>
+      <c r="T101" s="15"/>
+      <c r="U101" s="15"/>
+      <c r="V101" s="15"/>
+      <c r="W101" s="15"/>
+      <c r="X101" s="15"/>
+      <c r="Y101" s="15"/>
+      <c r="Z101" s="15"/>
+      <c r="AA101" s="15"/>
+      <c r="AB101" s="15"/>
+      <c r="AC101" s="15"/>
     </row>
     <row r="102" spans="2:29" x14ac:dyDescent="0.25">
-      <c r="B102" s="15">
+      <c r="B102" s="14">
         <v>12</v>
       </c>
-      <c r="C102" s="35" t="s">
+      <c r="C102" s="24" t="s">
         <v>81</v>
       </c>
-      <c r="D102" s="35"/>
-[...24 lines deleted...]
-      <c r="AC102" s="16"/>
+      <c r="D102" s="24"/>
+      <c r="E102" s="24"/>
+      <c r="F102" s="24"/>
+      <c r="G102" s="24"/>
+      <c r="H102" s="24"/>
+      <c r="I102" s="24"/>
+      <c r="J102" s="24"/>
+      <c r="K102" s="24"/>
+      <c r="L102" s="24"/>
+      <c r="M102" s="24"/>
+      <c r="N102" s="24"/>
+      <c r="O102" s="24"/>
+      <c r="P102" s="24"/>
+      <c r="Q102" s="24"/>
+      <c r="R102" s="15"/>
+      <c r="S102" s="15"/>
+      <c r="T102" s="15"/>
+      <c r="U102" s="15"/>
+      <c r="V102" s="15"/>
+      <c r="W102" s="15"/>
+      <c r="X102" s="15"/>
+      <c r="Y102" s="15"/>
+      <c r="Z102" s="15"/>
+      <c r="AA102" s="15"/>
+      <c r="AB102" s="15"/>
+      <c r="AC102" s="15"/>
     </row>
     <row r="103" spans="2:29" x14ac:dyDescent="0.25">
-      <c r="B103" s="15">
+      <c r="B103" s="14">
         <v>13</v>
       </c>
-      <c r="C103" s="35" t="s">
+      <c r="C103" s="24" t="s">
         <v>82</v>
       </c>
-      <c r="D103" s="35"/>
-[...24 lines deleted...]
-      <c r="AC103" s="16"/>
+      <c r="D103" s="24"/>
+      <c r="E103" s="24"/>
+      <c r="F103" s="24"/>
+      <c r="G103" s="24"/>
+      <c r="H103" s="24"/>
+      <c r="I103" s="24"/>
+      <c r="J103" s="24"/>
+      <c r="K103" s="24"/>
+      <c r="L103" s="24"/>
+      <c r="M103" s="24"/>
+      <c r="N103" s="24"/>
+      <c r="O103" s="24"/>
+      <c r="P103" s="24"/>
+      <c r="Q103" s="24"/>
+      <c r="R103" s="15"/>
+      <c r="S103" s="15"/>
+      <c r="T103" s="15"/>
+      <c r="U103" s="15"/>
+      <c r="V103" s="15"/>
+      <c r="W103" s="15"/>
+      <c r="X103" s="15"/>
+      <c r="Y103" s="15"/>
+      <c r="Z103" s="15"/>
+      <c r="AA103" s="15"/>
+      <c r="AB103" s="15"/>
+      <c r="AC103" s="15"/>
     </row>
     <row r="104" spans="2:29" x14ac:dyDescent="0.25">
-      <c r="B104" s="15">
+      <c r="B104" s="14">
         <v>14</v>
       </c>
-      <c r="C104" s="35" t="s">
+      <c r="C104" s="24" t="s">
         <v>83</v>
       </c>
-      <c r="D104" s="35"/>
-[...24 lines deleted...]
-      <c r="AC104" s="16"/>
+      <c r="D104" s="24"/>
+      <c r="E104" s="24"/>
+      <c r="F104" s="24"/>
+      <c r="G104" s="24"/>
+      <c r="H104" s="24"/>
+      <c r="I104" s="24"/>
+      <c r="J104" s="24"/>
+      <c r="K104" s="24"/>
+      <c r="L104" s="24"/>
+      <c r="M104" s="24"/>
+      <c r="N104" s="24"/>
+      <c r="O104" s="24"/>
+      <c r="P104" s="24"/>
+      <c r="Q104" s="24"/>
+      <c r="R104" s="15"/>
+      <c r="S104" s="15"/>
+      <c r="T104" s="15"/>
+      <c r="U104" s="15"/>
+      <c r="V104" s="15"/>
+      <c r="W104" s="15"/>
+      <c r="X104" s="15"/>
+      <c r="Y104" s="15"/>
+      <c r="Z104" s="15"/>
+      <c r="AA104" s="15"/>
+      <c r="AB104" s="15"/>
+      <c r="AC104" s="15"/>
     </row>
     <row r="105" spans="2:29" x14ac:dyDescent="0.25">
-      <c r="G105" s="18"/>
-[...4 lines deleted...]
-      <c r="Q105" s="18"/>
+      <c r="G105" s="17"/>
+      <c r="I105" s="17"/>
+      <c r="K105" s="17"/>
+      <c r="M105" s="17"/>
+      <c r="O105" s="17"/>
+      <c r="Q105" s="17"/>
     </row>
     <row r="106" spans="2:29" x14ac:dyDescent="0.25">
-      <c r="F106" s="19"/>
-[...5 lines deleted...]
-      <c r="Q106" s="18"/>
+      <c r="F106" s="18"/>
+      <c r="G106" s="18"/>
+      <c r="I106" s="17"/>
+      <c r="K106" s="17"/>
+      <c r="M106" s="17"/>
+      <c r="O106" s="17"/>
+      <c r="Q106" s="17"/>
     </row>
     <row r="107" spans="2:29" x14ac:dyDescent="0.25">
-      <c r="G107" s="18"/>
-[...4 lines deleted...]
-      <c r="Q107" s="18"/>
+      <c r="G107" s="17"/>
+      <c r="I107" s="17"/>
+      <c r="K107" s="17"/>
+      <c r="M107" s="17"/>
+      <c r="O107" s="17"/>
+      <c r="Q107" s="17"/>
     </row>
     <row r="108" spans="2:29" x14ac:dyDescent="0.25">
-      <c r="G108" s="18"/>
-[...4 lines deleted...]
-      <c r="Q108" s="18"/>
+      <c r="G108" s="17"/>
+      <c r="I108" s="17"/>
+      <c r="K108" s="17"/>
+      <c r="M108" s="17"/>
+      <c r="O108" s="17"/>
+      <c r="Q108" s="17"/>
     </row>
     <row r="109" spans="2:29" x14ac:dyDescent="0.25">
-      <c r="G109" s="18"/>
-[...4 lines deleted...]
-      <c r="Q109" s="18"/>
+      <c r="G109" s="17"/>
+      <c r="I109" s="17"/>
+      <c r="K109" s="17"/>
+      <c r="M109" s="17"/>
+      <c r="O109" s="17"/>
+      <c r="Q109" s="17"/>
     </row>
     <row r="110" spans="2:29" x14ac:dyDescent="0.25">
-      <c r="G110" s="18"/>
-[...4 lines deleted...]
-      <c r="Q110" s="18"/>
+      <c r="G110" s="17"/>
+      <c r="I110" s="17"/>
+      <c r="K110" s="17"/>
+      <c r="M110" s="17"/>
+      <c r="O110" s="17"/>
+      <c r="Q110" s="17"/>
     </row>
     <row r="111" spans="2:29" x14ac:dyDescent="0.25">
-      <c r="G111" s="18"/>
-[...4 lines deleted...]
-      <c r="Q111" s="18"/>
+      <c r="G111" s="17"/>
+      <c r="I111" s="17"/>
+      <c r="K111" s="17"/>
+      <c r="M111" s="17"/>
+      <c r="O111" s="17"/>
+      <c r="Q111" s="17"/>
     </row>
     <row r="112" spans="2:29" x14ac:dyDescent="0.25">
-      <c r="G112" s="18"/>
-[...4 lines deleted...]
-      <c r="Q112" s="18"/>
+      <c r="G112" s="17"/>
+      <c r="I112" s="17"/>
+      <c r="K112" s="17"/>
+      <c r="M112" s="17"/>
+      <c r="O112" s="17"/>
+      <c r="Q112" s="17"/>
     </row>
     <row r="113" spans="7:17" x14ac:dyDescent="0.25">
-      <c r="G113" s="18"/>
-[...4 lines deleted...]
-      <c r="Q113" s="18"/>
+      <c r="G113" s="17"/>
+      <c r="I113" s="17"/>
+      <c r="K113" s="17"/>
+      <c r="M113" s="17"/>
+      <c r="O113" s="17"/>
+      <c r="Q113" s="17"/>
     </row>
     <row r="114" spans="7:17" x14ac:dyDescent="0.25">
-      <c r="G114" s="18"/>
-[...4 lines deleted...]
-      <c r="Q114" s="18"/>
+      <c r="G114" s="17"/>
+      <c r="I114" s="17"/>
+      <c r="K114" s="17"/>
+      <c r="M114" s="17"/>
+      <c r="O114" s="17"/>
+      <c r="Q114" s="17"/>
     </row>
     <row r="115" spans="7:17" x14ac:dyDescent="0.25">
-      <c r="G115" s="18"/>
-[...4 lines deleted...]
-      <c r="Q115" s="18"/>
+      <c r="G115" s="17"/>
+      <c r="I115" s="17"/>
+      <c r="K115" s="17"/>
+      <c r="M115" s="17"/>
+      <c r="O115" s="17"/>
+      <c r="Q115" s="17"/>
     </row>
     <row r="116" spans="7:17" x14ac:dyDescent="0.25">
-      <c r="G116" s="18"/>
-[...4 lines deleted...]
-      <c r="Q116" s="18"/>
+      <c r="G116" s="17"/>
+      <c r="I116" s="17"/>
+      <c r="K116" s="17"/>
+      <c r="M116" s="17"/>
+      <c r="O116" s="17"/>
+      <c r="Q116" s="17"/>
     </row>
     <row r="117" spans="7:17" x14ac:dyDescent="0.25">
-      <c r="G117" s="18"/>
-[...4 lines deleted...]
-      <c r="Q117" s="18"/>
+      <c r="G117" s="17"/>
+      <c r="I117" s="17"/>
+      <c r="K117" s="17"/>
+      <c r="M117" s="17"/>
+      <c r="O117" s="17"/>
+      <c r="Q117" s="17"/>
     </row>
     <row r="118" spans="7:17" x14ac:dyDescent="0.25">
-      <c r="G118" s="18"/>
-[...4 lines deleted...]
-      <c r="Q118" s="18"/>
+      <c r="G118" s="17"/>
+      <c r="I118" s="17"/>
+      <c r="K118" s="17"/>
+      <c r="M118" s="17"/>
+      <c r="O118" s="17"/>
+      <c r="Q118" s="17"/>
     </row>
     <row r="119" spans="7:17" x14ac:dyDescent="0.25">
-      <c r="G119" s="18"/>
-[...4 lines deleted...]
-      <c r="Q119" s="18"/>
+      <c r="G119" s="17"/>
+      <c r="I119" s="17"/>
+      <c r="K119" s="17"/>
+      <c r="M119" s="17"/>
+      <c r="O119" s="17"/>
+      <c r="Q119" s="17"/>
     </row>
     <row r="120" spans="7:17" x14ac:dyDescent="0.25">
-      <c r="G120" s="18"/>
-[...4 lines deleted...]
-      <c r="Q120" s="18"/>
+      <c r="G120" s="17"/>
+      <c r="I120" s="17"/>
+      <c r="K120" s="17"/>
+      <c r="M120" s="17"/>
+      <c r="O120" s="17"/>
+      <c r="Q120" s="17"/>
     </row>
     <row r="121" spans="7:17" x14ac:dyDescent="0.25">
-      <c r="G121" s="18"/>
-[...4 lines deleted...]
-      <c r="Q121" s="18"/>
+      <c r="G121" s="17"/>
+      <c r="I121" s="17"/>
+      <c r="K121" s="17"/>
+      <c r="M121" s="17"/>
+      <c r="O121" s="17"/>
+      <c r="Q121" s="17"/>
     </row>
     <row r="122" spans="7:17" x14ac:dyDescent="0.25">
-      <c r="G122" s="18"/>
-[...4 lines deleted...]
-      <c r="Q122" s="18"/>
+      <c r="G122" s="17"/>
+      <c r="I122" s="17"/>
+      <c r="K122" s="17"/>
+      <c r="M122" s="17"/>
+      <c r="O122" s="17"/>
+      <c r="Q122" s="17"/>
     </row>
     <row r="123" spans="7:17" x14ac:dyDescent="0.25">
-      <c r="G123" s="18"/>
-[...4 lines deleted...]
-      <c r="Q123" s="18"/>
+      <c r="G123" s="17"/>
+      <c r="I123" s="17"/>
+      <c r="K123" s="17"/>
+      <c r="M123" s="17"/>
+      <c r="O123" s="17"/>
+      <c r="Q123" s="17"/>
     </row>
   </sheetData>
   <mergeCells count="33">
     <mergeCell ref="C104:Q104"/>
     <mergeCell ref="B90:Q90"/>
     <mergeCell ref="C100:Q100"/>
     <mergeCell ref="C101:Q101"/>
     <mergeCell ref="C102:Q102"/>
     <mergeCell ref="C103:Q103"/>
     <mergeCell ref="C99:Q99"/>
     <mergeCell ref="C91:Q91"/>
     <mergeCell ref="C92:Q92"/>
     <mergeCell ref="C93:Q93"/>
     <mergeCell ref="C94:Q94"/>
     <mergeCell ref="C95:Q95"/>
     <mergeCell ref="C96:Q96"/>
     <mergeCell ref="C97:Q97"/>
     <mergeCell ref="C98:Q98"/>
     <mergeCell ref="P4:Q4"/>
     <mergeCell ref="B7:C7"/>
     <mergeCell ref="D7:Q7"/>
     <mergeCell ref="B2:B5"/>
     <mergeCell ref="C2:C5"/>
     <mergeCell ref="D2:E4"/>
     <mergeCell ref="F2:M2"/>
     <mergeCell ref="N2:Q2"/>
     <mergeCell ref="F3:I3"/>
     <mergeCell ref="J3:M3"/>
     <mergeCell ref="N3:Q3"/>
     <mergeCell ref="F4:G4"/>
     <mergeCell ref="H4:I4"/>
     <mergeCell ref="B88:C88"/>
     <mergeCell ref="B49:C49"/>
     <mergeCell ref="J4:K4"/>
     <mergeCell ref="L4:M4"/>
     <mergeCell ref="N4:O4"/>
   </mergeCells>
   <pageMargins left="7.874015748031496E-2" right="3.937007874015748E-2" top="7.874015748031496E-2" bottom="3.937007874015748E-2" header="3.937007874015748E-2" footer="3.937007874015748E-2"/>
-  <pageSetup scale="60" orientation="landscape" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
+  <pageSetup scale="66" orientation="landscape" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>October 2024</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>