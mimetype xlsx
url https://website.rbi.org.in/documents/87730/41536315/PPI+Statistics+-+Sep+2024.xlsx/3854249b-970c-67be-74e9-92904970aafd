--- v0 (2025-10-01)
+++ v1 (2026-02-12)
@@ -1,100 +1,99 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-[...1 lines deleted...]
-  <workbookPr/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24332"/>
+  <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\websitecontent\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Gaush\0Oct2025\28-10-2025\PPI transactions data\Revised PPI Statistics - Sep 2024 - for website\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{734689F5-3108-4AA2-B498-839EB99BB392}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sep 2024" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sep 2024'!$B$47:$AC$47</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sep 2024'!$C$48:$AD$48</definedName>
   </definedNames>
-  <calcPr calcId="152511"/>
+  <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
-        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
-        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="Q86" i="1" l="1"/>
-[...12 lines deleted...]
-  <c r="D86" i="1"/>
+  <c r="R87" i="1" l="1"/>
+  <c r="Q87" i="1"/>
+  <c r="P87" i="1"/>
+  <c r="O87" i="1"/>
+  <c r="N87" i="1"/>
+  <c r="M87" i="1"/>
+  <c r="L87" i="1"/>
+  <c r="K87" i="1"/>
+  <c r="J87" i="1"/>
+  <c r="I87" i="1"/>
+  <c r="H87" i="1"/>
+  <c r="G87" i="1"/>
+  <c r="F87" i="1"/>
+  <c r="E87" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="124" uniqueCount="113">
   <si>
     <t xml:space="preserve">Sr No. </t>
   </si>
   <si>
     <t>Entity Name</t>
   </si>
   <si>
     <t>Number of Instruments Outstanding (As on month end)</t>
   </si>
   <si>
     <t>Cash Withdrawal Transactions (during the month)</t>
   </si>
   <si>
     <t xml:space="preserve">PPI Cards </t>
   </si>
   <si>
     <t>PPI Wallets</t>
   </si>
   <si>
     <t>PPI Cards</t>
@@ -399,51 +398,51 @@
   <si>
     <t>Transaction Analysts (India) Private Ltd.</t>
   </si>
   <si>
     <t>Tri O Tech Solutions Private Ltd.</t>
   </si>
   <si>
     <t>Unimoni Financial Services Limited (formerly UAE Exchange &amp; Financial Services Ltd.)</t>
   </si>
   <si>
     <t>Uniorbit Payment Solutions Private Limited (formerly Weizmann Impex Service Enterprise Limited)</t>
   </si>
   <si>
     <t>MobilePe Fintech Private Limited</t>
   </si>
   <si>
     <t>Garagepreneurs Internet Private Limited</t>
   </si>
   <si>
     <t>Hindon Mercantile Limited</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
@@ -454,123 +453,83 @@
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="5">
+  <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
-    <border>
-[...35 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="33">
+  <cellXfs count="27">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="3" fontId="5" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="4" fontId="5" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="5" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -584,92 +543,77 @@
     </xf>
     <xf numFmtId="3" fontId="2" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="4" fontId="2" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="4" fontId="2" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="4" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="2" fontId="5" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="3" fontId="5" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="3" fontId="5" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-      <alignment vertical="top"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="4" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="1" fontId="3" fillId="2" borderId="2" xfId="3" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="1" fontId="3" fillId="2" borderId="4" xfId="3" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="3" fillId="2" borderId="1" xfId="3" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="5">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 2" xfId="2"/>
-[...1 lines deleted...]
-    <cellStyle name="Normal 2 3 2 2 12" xfId="3"/>
+    <cellStyle name="Normal 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
+    <cellStyle name="Normal 2 2 10" xfId="4" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
+    <cellStyle name="Normal 2 3 2 2 12" xfId="3" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -945,4961 +889,4957 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-[...3 lines deleted...]
-  <dimension ref="B1:AC120"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="C2:AD121"/>
   <sheetViews>
     <sheetView tabSelected="1" topLeftCell="B1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="B1" sqref="B1:B4"/>
+      <selection activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="2.5703125" style="3" customWidth="1"/>
-[...16 lines deleted...]
-    <col min="18" max="16384" width="11.42578125" style="3"/>
+    <col min="1" max="1" width="2.5703125" style="2" customWidth="1"/>
+    <col min="2" max="2" width="1.28515625" style="2" customWidth="1"/>
+    <col min="3" max="3" width="5.28515625" style="17" customWidth="1"/>
+    <col min="4" max="4" width="41.85546875" style="17" customWidth="1"/>
+    <col min="5" max="5" width="12.7109375" style="2" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="14.42578125" style="2" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="11.7109375" style="2" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="13.42578125" style="2" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="8.5703125" style="2" bestFit="1" customWidth="1"/>
+    <col min="10" max="11" width="11.7109375" style="2" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="13.42578125" style="2" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="10.7109375" style="2" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="13.42578125" style="2" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="9.140625" style="2" bestFit="1" customWidth="1"/>
+    <col min="16" max="16" width="11.7109375" style="2" bestFit="1" customWidth="1"/>
+    <col min="17" max="17" width="8" style="2" bestFit="1" customWidth="1"/>
+    <col min="18" max="18" width="9.7109375" style="2" bestFit="1" customWidth="1"/>
+    <col min="19" max="16384" width="11.42578125" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:17" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="C1" s="31" t="s">
+    <row r="2" spans="3:18" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C2" s="25" t="s">
+        <v>0</v>
+      </c>
+      <c r="D2" s="25" t="s">
         <v>1</v>
       </c>
-      <c r="D1" s="32" t="s">
+      <c r="E2" s="26" t="s">
         <v>2</v>
       </c>
-      <c r="E1" s="32"/>
-      <c r="F1" s="27" t="s">
+      <c r="F2" s="26"/>
+      <c r="G2" s="26" t="s">
         <v>88</v>
       </c>
-      <c r="G1" s="27"/>
-[...6 lines deleted...]
-      <c r="N1" s="32" t="s">
+      <c r="H2" s="26"/>
+      <c r="I2" s="26"/>
+      <c r="J2" s="26"/>
+      <c r="K2" s="26"/>
+      <c r="L2" s="26"/>
+      <c r="M2" s="26"/>
+      <c r="N2" s="26"/>
+      <c r="O2" s="26" t="s">
         <v>3</v>
       </c>
-      <c r="O1" s="32"/>
-[...8 lines deleted...]
-      <c r="F2" s="27" t="s">
+      <c r="P2" s="26"/>
+      <c r="Q2" s="26"/>
+      <c r="R2" s="26"/>
+    </row>
+    <row r="3" spans="3:18" x14ac:dyDescent="0.25">
+      <c r="C3" s="25"/>
+      <c r="D3" s="25"/>
+      <c r="E3" s="26"/>
+      <c r="F3" s="26"/>
+      <c r="G3" s="23" t="s">
         <v>4</v>
       </c>
-      <c r="G2" s="27"/>
-[...2 lines deleted...]
-      <c r="J2" s="27" t="s">
+      <c r="H3" s="23"/>
+      <c r="I3" s="23"/>
+      <c r="J3" s="23"/>
+      <c r="K3" s="23" t="s">
         <v>5</v>
       </c>
-      <c r="K2" s="27"/>
-[...2 lines deleted...]
-      <c r="N2" s="27" t="s">
+      <c r="L3" s="23"/>
+      <c r="M3" s="23"/>
+      <c r="N3" s="23"/>
+      <c r="O3" s="23" t="s">
         <v>6</v>
       </c>
-      <c r="O2" s="27"/>
-[...8 lines deleted...]
-      <c r="F3" s="32" t="s">
+      <c r="P3" s="23"/>
+      <c r="Q3" s="23"/>
+      <c r="R3" s="23"/>
+    </row>
+    <row r="4" spans="3:18" x14ac:dyDescent="0.25">
+      <c r="C4" s="25"/>
+      <c r="D4" s="25"/>
+      <c r="E4" s="26"/>
+      <c r="F4" s="26"/>
+      <c r="G4" s="26" t="s">
         <v>7</v>
       </c>
-      <c r="G3" s="32"/>
-      <c r="H3" s="27" t="s">
+      <c r="H4" s="26"/>
+      <c r="I4" s="23" t="s">
         <v>8</v>
       </c>
-      <c r="I3" s="27"/>
-      <c r="J3" s="32" t="s">
+      <c r="J4" s="23"/>
+      <c r="K4" s="26" t="s">
         <v>7</v>
       </c>
-      <c r="K3" s="32"/>
-      <c r="L3" s="27" t="s">
+      <c r="L4" s="26"/>
+      <c r="M4" s="23" t="s">
         <v>8</v>
       </c>
-      <c r="M3" s="27"/>
-      <c r="N3" s="27" t="s">
+      <c r="N4" s="23"/>
+      <c r="O4" s="23" t="s">
         <v>9</v>
       </c>
-      <c r="O3" s="27"/>
-      <c r="P3" s="27" t="s">
+      <c r="P4" s="23"/>
+      <c r="Q4" s="23" t="s">
         <v>10</v>
       </c>
-      <c r="Q3" s="27"/>
-[...4 lines deleted...]
-      <c r="D4" s="1" t="s">
+      <c r="R4" s="23"/>
+    </row>
+    <row r="5" spans="3:18" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="C5" s="25"/>
+      <c r="D5" s="25"/>
+      <c r="E5" s="20" t="s">
         <v>11</v>
       </c>
-      <c r="E4" s="1" t="s">
+      <c r="F5" s="20" t="s">
         <v>12</v>
       </c>
-      <c r="F4" s="1" t="s">
+      <c r="G5" s="20" t="s">
         <v>13</v>
       </c>
-      <c r="G4" s="1" t="s">
+      <c r="H5" s="20" t="s">
         <v>14</v>
       </c>
-      <c r="H4" s="1" t="s">
+      <c r="I5" s="20" t="s">
         <v>13</v>
       </c>
-      <c r="I4" s="1" t="s">
+      <c r="J5" s="20" t="s">
         <v>14</v>
       </c>
-      <c r="J4" s="1" t="s">
+      <c r="K5" s="20" t="s">
         <v>13</v>
       </c>
-      <c r="K4" s="1" t="s">
+      <c r="L5" s="20" t="s">
         <v>14</v>
       </c>
-      <c r="L4" s="1" t="s">
+      <c r="M5" s="20" t="s">
         <v>13</v>
       </c>
-      <c r="M4" s="1" t="s">
+      <c r="N5" s="20" t="s">
         <v>14</v>
       </c>
-      <c r="N4" s="1" t="s">
+      <c r="O5" s="20" t="s">
         <v>13</v>
       </c>
-      <c r="O4" s="1" t="s">
+      <c r="P5" s="20" t="s">
         <v>14</v>
       </c>
-      <c r="P4" s="1" t="s">
+      <c r="Q5" s="20" t="s">
         <v>87</v>
       </c>
-      <c r="Q4" s="1" t="s">
+      <c r="R5" s="20" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="5" spans="2:17" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="D5" s="1">
+    <row r="6" spans="3:18" x14ac:dyDescent="0.25">
+      <c r="C6" s="1"/>
+      <c r="D6" s="1"/>
+      <c r="E6" s="20">
         <v>1</v>
       </c>
-      <c r="E5" s="1">
+      <c r="F6" s="20">
         <v>2</v>
       </c>
-      <c r="F5" s="1">
+      <c r="G6" s="20">
         <v>3</v>
       </c>
-      <c r="G5" s="1">
+      <c r="H6" s="20">
         <v>4</v>
       </c>
-      <c r="H5" s="1">
+      <c r="I6" s="20">
         <v>5</v>
       </c>
-      <c r="I5" s="1">
+      <c r="J6" s="20">
         <v>6</v>
       </c>
-      <c r="J5" s="1">
+      <c r="K6" s="20">
         <v>7</v>
       </c>
-      <c r="K5" s="1">
+      <c r="L6" s="20">
         <v>8</v>
       </c>
-      <c r="L5" s="1">
+      <c r="M6" s="20">
         <v>9</v>
       </c>
-      <c r="M5" s="1">
+      <c r="N6" s="20">
         <v>10</v>
       </c>
-      <c r="N5" s="1">
+      <c r="O6" s="20">
         <v>11</v>
       </c>
-      <c r="O5" s="1">
+      <c r="P6" s="20">
         <v>12</v>
       </c>
-      <c r="P5" s="1">
+      <c r="Q6" s="20">
         <v>13</v>
       </c>
-      <c r="Q5" s="1">
+      <c r="R6" s="20">
         <v>14</v>
       </c>
     </row>
-    <row r="6" spans="2:17" x14ac:dyDescent="0.25">
-      <c r="B6" s="28" t="s">
+    <row r="7" spans="3:18" x14ac:dyDescent="0.25">
+      <c r="C7" s="24" t="s">
         <v>15</v>
       </c>
-      <c r="C6" s="29"/>
-[...16 lines deleted...]
-      <c r="B7" s="4">
+      <c r="D7" s="24"/>
+      <c r="E7" s="24"/>
+      <c r="F7" s="24"/>
+      <c r="G7" s="24"/>
+      <c r="H7" s="24"/>
+      <c r="I7" s="24"/>
+      <c r="J7" s="24"/>
+      <c r="K7" s="24"/>
+      <c r="L7" s="24"/>
+      <c r="M7" s="24"/>
+      <c r="N7" s="24"/>
+      <c r="O7" s="24"/>
+      <c r="P7" s="24"/>
+      <c r="Q7" s="24"/>
+      <c r="R7" s="24"/>
+    </row>
+    <row r="8" spans="3:18" x14ac:dyDescent="0.25">
+      <c r="C8" s="3">
         <v>1</v>
       </c>
-      <c r="C7" s="5" t="s">
+      <c r="D8" s="4" t="s">
         <v>16</v>
       </c>
-      <c r="D7" s="6">
+      <c r="E8" s="5">
         <v>1288688</v>
       </c>
-      <c r="E7" s="6">
+      <c r="F8" s="5">
         <v>63637</v>
       </c>
-      <c r="F7" s="6">
+      <c r="G8" s="5">
         <v>2925</v>
       </c>
-      <c r="G7" s="7">
+      <c r="H8" s="6">
         <v>124.75295</v>
       </c>
-      <c r="H7" s="6">
-[...5 lines deleted...]
-      <c r="J7" s="6">
+      <c r="I8" s="5">
+        <v>0</v>
+      </c>
+      <c r="J8" s="6">
+        <v>0</v>
+      </c>
+      <c r="K8" s="5">
         <v>163540</v>
       </c>
-      <c r="K7" s="7">
+      <c r="L8" s="6">
         <v>14853.596449999999</v>
       </c>
-      <c r="L7" s="6">
-[...19 lines deleted...]
-      <c r="B8" s="4">
+      <c r="M8" s="5">
+        <v>0</v>
+      </c>
+      <c r="N8" s="6">
+        <v>0</v>
+      </c>
+      <c r="O8" s="5">
+        <v>0</v>
+      </c>
+      <c r="P8" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q8" s="5">
+        <v>0</v>
+      </c>
+      <c r="R8" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="9" spans="3:18" x14ac:dyDescent="0.25">
+      <c r="C9" s="3">
         <v>2</v>
       </c>
-      <c r="C8" s="5" t="s">
+      <c r="D9" s="4" t="s">
         <v>89</v>
       </c>
-      <c r="D8" s="6">
+      <c r="E9" s="5">
         <v>896</v>
       </c>
-      <c r="E8" s="6">
-[...2 lines deleted...]
-      <c r="F8" s="6">
+      <c r="F9" s="5">
+        <v>0</v>
+      </c>
+      <c r="G9" s="5">
         <v>44</v>
       </c>
-      <c r="G8" s="7">
+      <c r="H9" s="6">
         <v>91.898499999999999</v>
       </c>
-      <c r="H8" s="6">
-[...17 lines deleted...]
-      <c r="N8" s="6">
+      <c r="I9" s="5">
+        <v>0</v>
+      </c>
+      <c r="J9" s="6">
+        <v>0</v>
+      </c>
+      <c r="K9" s="5">
+        <v>0</v>
+      </c>
+      <c r="L9" s="6">
+        <v>0</v>
+      </c>
+      <c r="M9" s="5">
+        <v>0</v>
+      </c>
+      <c r="N9" s="6">
+        <v>0</v>
+      </c>
+      <c r="O9" s="5">
         <v>5</v>
       </c>
-      <c r="O8" s="7">
+      <c r="P9" s="6">
         <v>40.6</v>
       </c>
-      <c r="P8" s="6">
-[...7 lines deleted...]
-      <c r="B9" s="4">
+      <c r="Q9" s="5">
+        <v>0</v>
+      </c>
+      <c r="R9" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="10" spans="3:18" x14ac:dyDescent="0.25">
+      <c r="C10" s="3">
         <v>3</v>
       </c>
-      <c r="C9" s="5" t="s">
+      <c r="D10" s="4" t="s">
         <v>84</v>
       </c>
-      <c r="D9" s="6">
+      <c r="E10" s="5">
         <v>730323</v>
       </c>
-      <c r="E9" s="6">
+      <c r="F10" s="5">
         <v>36900475</v>
       </c>
-      <c r="F9" s="6">
+      <c r="G10" s="5">
         <v>4322311</v>
       </c>
-      <c r="G9" s="7">
+      <c r="H10" s="6">
         <v>137550.67778999999</v>
       </c>
-      <c r="H9" s="6">
-[...5 lines deleted...]
-      <c r="J9" s="6">
+      <c r="I10" s="5">
+        <v>0</v>
+      </c>
+      <c r="J10" s="6">
+        <v>0</v>
+      </c>
+      <c r="K10" s="5">
         <v>6466854</v>
       </c>
-      <c r="K9" s="7">
+      <c r="L10" s="6">
         <v>632038.92960999988</v>
       </c>
-      <c r="L9" s="6">
+      <c r="M10" s="5">
         <v>34497</v>
       </c>
-      <c r="M9" s="7">
+      <c r="N10" s="6">
         <v>3473.3575599999999</v>
       </c>
-      <c r="N9" s="6">
-[...13 lines deleted...]
-      <c r="B10" s="4">
+      <c r="O10" s="5">
+        <v>0</v>
+      </c>
+      <c r="P10" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q10" s="5">
+        <v>0</v>
+      </c>
+      <c r="R10" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="11" spans="3:18" x14ac:dyDescent="0.25">
+      <c r="C11" s="3">
         <v>4</v>
       </c>
-      <c r="C10" s="5" t="s">
+      <c r="D11" s="4" t="s">
         <v>17</v>
       </c>
-      <c r="D10" s="6">
+      <c r="E11" s="5">
         <v>8139463</v>
       </c>
-      <c r="E10" s="6">
+      <c r="F11" s="5">
         <v>16922876</v>
       </c>
-      <c r="F10" s="6">
+      <c r="G11" s="5">
         <v>126015</v>
       </c>
-      <c r="G10" s="7">
+      <c r="H11" s="6">
         <v>165489.75121999986</v>
       </c>
-      <c r="H10" s="6">
-[...5 lines deleted...]
-      <c r="J10" s="6">
+      <c r="I11" s="5">
+        <v>0</v>
+      </c>
+      <c r="J11" s="6">
+        <v>0</v>
+      </c>
+      <c r="K11" s="5">
         <v>17985737</v>
       </c>
-      <c r="K10" s="7">
+      <c r="L11" s="6">
         <v>4984116.0510799997</v>
       </c>
-      <c r="L10" s="6">
+      <c r="M11" s="5">
         <v>5777</v>
       </c>
-      <c r="M10" s="7">
+      <c r="N11" s="6">
         <v>22617.271629999999</v>
       </c>
-      <c r="N10" s="6">
+      <c r="O11" s="5">
         <v>11756</v>
       </c>
-      <c r="O10" s="7">
+      <c r="P11" s="6">
         <v>104258.3</v>
       </c>
-      <c r="P10" s="6">
-[...7 lines deleted...]
-      <c r="B11" s="4">
+      <c r="Q11" s="5">
+        <v>0</v>
+      </c>
+      <c r="R11" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="12" spans="3:18" x14ac:dyDescent="0.25">
+      <c r="C12" s="3">
         <v>5</v>
       </c>
-      <c r="C11" s="5" t="s">
+      <c r="D12" s="4" t="s">
         <v>85</v>
       </c>
-      <c r="D11" s="6">
+      <c r="E12" s="5">
         <v>333325</v>
       </c>
-      <c r="E11" s="6">
+      <c r="F12" s="5">
         <v>1080862</v>
       </c>
-      <c r="F11" s="6">
+      <c r="G12" s="5">
         <v>23504</v>
       </c>
-      <c r="G11" s="7">
+      <c r="H12" s="6">
         <v>24508.06758869996</v>
       </c>
-      <c r="H11" s="6">
-[...5 lines deleted...]
-      <c r="J11" s="6">
+      <c r="I12" s="5">
+        <v>0</v>
+      </c>
+      <c r="J12" s="6">
+        <v>0</v>
+      </c>
+      <c r="K12" s="5">
         <v>3521578</v>
       </c>
-      <c r="K11" s="7">
+      <c r="L12" s="6">
         <v>384547.39292000001</v>
       </c>
-      <c r="L11" s="6">
-[...5 lines deleted...]
-      <c r="N11" s="6">
+      <c r="M12" s="5">
+        <v>0</v>
+      </c>
+      <c r="N12" s="6">
+        <v>0</v>
+      </c>
+      <c r="O12" s="5">
         <v>1298</v>
       </c>
-      <c r="O11" s="7">
+      <c r="P12" s="6">
         <v>9898.99999999994</v>
       </c>
-      <c r="P11" s="6">
-[...7 lines deleted...]
-      <c r="B12" s="4">
+      <c r="Q12" s="5">
+        <v>0</v>
+      </c>
+      <c r="R12" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="3:18" x14ac:dyDescent="0.25">
+      <c r="C13" s="3">
         <v>6</v>
       </c>
-      <c r="C12" s="5" t="s">
+      <c r="D13" s="4" t="s">
         <v>18</v>
       </c>
-      <c r="D12" s="6">
+      <c r="E13" s="5">
         <v>33407</v>
       </c>
-      <c r="E12" s="6">
-[...2 lines deleted...]
-      <c r="F12" s="6">
+      <c r="F13" s="5">
+        <v>0</v>
+      </c>
+      <c r="G13" s="5">
         <v>1300</v>
       </c>
-      <c r="G12" s="7">
+      <c r="H13" s="6">
         <v>3307.3789500000003</v>
       </c>
-      <c r="H12" s="6">
-[...17 lines deleted...]
-      <c r="N12" s="6">
+      <c r="I13" s="5">
+        <v>0</v>
+      </c>
+      <c r="J13" s="6">
+        <v>0</v>
+      </c>
+      <c r="K13" s="5">
+        <v>0</v>
+      </c>
+      <c r="L13" s="6">
+        <v>0</v>
+      </c>
+      <c r="M13" s="5">
+        <v>0</v>
+      </c>
+      <c r="N13" s="6">
+        <v>0</v>
+      </c>
+      <c r="O13" s="5">
         <v>711</v>
       </c>
-      <c r="O12" s="7">
+      <c r="P13" s="6">
         <v>6052.4</v>
       </c>
-      <c r="P12" s="6">
-[...7 lines deleted...]
-      <c r="B13" s="4">
+      <c r="Q13" s="5">
+        <v>0</v>
+      </c>
+      <c r="R13" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="14" spans="3:18" x14ac:dyDescent="0.25">
+      <c r="C14" s="3">
         <v>7</v>
       </c>
-      <c r="C13" s="5" t="s">
+      <c r="D14" s="4" t="s">
         <v>86</v>
       </c>
-      <c r="D13" s="6">
-[...2 lines deleted...]
-      <c r="E13" s="6">
+      <c r="E14" s="5">
+        <v>0</v>
+      </c>
+      <c r="F14" s="5">
         <v>18083</v>
       </c>
-      <c r="F13" s="6">
-[...11 lines deleted...]
-      <c r="J13" s="6">
+      <c r="G14" s="5">
+        <v>0</v>
+      </c>
+      <c r="H14" s="6">
+        <v>0</v>
+      </c>
+      <c r="I14" s="5">
+        <v>0</v>
+      </c>
+      <c r="J14" s="6">
+        <v>0</v>
+      </c>
+      <c r="K14" s="5">
         <v>45917</v>
       </c>
-      <c r="K13" s="7">
+      <c r="L14" s="6">
         <v>4786.3265999999994</v>
       </c>
-      <c r="L13" s="6">
+      <c r="M14" s="5">
         <v>27</v>
       </c>
-      <c r="M13" s="7">
+      <c r="N14" s="6">
         <v>31.133099999999999</v>
       </c>
-      <c r="N13" s="6">
-[...13 lines deleted...]
-      <c r="B14" s="4">
+      <c r="O14" s="5">
+        <v>0</v>
+      </c>
+      <c r="P14" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q14" s="5">
+        <v>0</v>
+      </c>
+      <c r="R14" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="15" spans="3:18" x14ac:dyDescent="0.25">
+      <c r="C15" s="3">
         <v>8</v>
       </c>
-      <c r="C14" s="5" t="s">
+      <c r="D15" s="4" t="s">
         <v>19</v>
       </c>
-      <c r="D14" s="6">
+      <c r="E15" s="5">
         <v>39593</v>
       </c>
-      <c r="E14" s="6">
+      <c r="F15" s="5">
         <v>62114</v>
       </c>
-      <c r="F14" s="6">
+      <c r="G15" s="5">
         <v>440</v>
       </c>
-      <c r="G14" s="7">
+      <c r="H15" s="6">
         <v>2036.1176500000001</v>
       </c>
-      <c r="H14" s="6">
-[...5 lines deleted...]
-      <c r="J14" s="6">
+      <c r="I15" s="5">
+        <v>0</v>
+      </c>
+      <c r="J15" s="6">
+        <v>0</v>
+      </c>
+      <c r="K15" s="5">
         <v>297414</v>
       </c>
-      <c r="K14" s="7">
+      <c r="L15" s="6">
         <v>13560.8807</v>
       </c>
-      <c r="L14" s="6">
-[...5 lines deleted...]
-      <c r="N14" s="6">
+      <c r="M15" s="5">
+        <v>0</v>
+      </c>
+      <c r="N15" s="6">
+        <v>0</v>
+      </c>
+      <c r="O15" s="5">
         <v>631</v>
       </c>
-      <c r="O14" s="7">
+      <c r="P15" s="6">
         <v>5614.7</v>
       </c>
-      <c r="P14" s="6">
-[...7 lines deleted...]
-      <c r="B15" s="4">
+      <c r="Q15" s="5">
+        <v>0</v>
+      </c>
+      <c r="R15" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="16" spans="3:18" x14ac:dyDescent="0.25">
+      <c r="C16" s="3">
         <v>9</v>
       </c>
-      <c r="C15" s="5" t="s">
+      <c r="D16" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="D15" s="6">
-[...43 lines deleted...]
-      <c r="B16" s="4">
+      <c r="E16" s="5">
+        <v>0</v>
+      </c>
+      <c r="F16" s="5">
+        <v>0</v>
+      </c>
+      <c r="G16" s="5">
+        <v>0</v>
+      </c>
+      <c r="H16" s="6">
+        <v>0</v>
+      </c>
+      <c r="I16" s="5">
+        <v>0</v>
+      </c>
+      <c r="J16" s="6">
+        <v>0</v>
+      </c>
+      <c r="K16" s="5">
+        <v>0</v>
+      </c>
+      <c r="L16" s="6">
+        <v>0</v>
+      </c>
+      <c r="M16" s="5">
+        <v>0</v>
+      </c>
+      <c r="N16" s="6">
+        <v>0</v>
+      </c>
+      <c r="O16" s="5">
+        <v>0</v>
+      </c>
+      <c r="P16" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q16" s="5">
+        <v>0</v>
+      </c>
+      <c r="R16" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="17" spans="3:18" x14ac:dyDescent="0.25">
+      <c r="C17" s="3">
         <v>10</v>
       </c>
-      <c r="C16" s="5" t="s">
+      <c r="D17" s="4" t="s">
         <v>21</v>
       </c>
-      <c r="D16" s="6">
+      <c r="E17" s="5">
         <v>33076</v>
       </c>
-      <c r="E16" s="6">
+      <c r="F17" s="5">
         <v>300360</v>
       </c>
-      <c r="F16" s="6">
+      <c r="G17" s="5">
         <v>799</v>
       </c>
-      <c r="G16" s="7">
+      <c r="H17" s="6">
         <v>685.928</v>
       </c>
-      <c r="H16" s="6">
-[...5 lines deleted...]
-      <c r="J16" s="6">
+      <c r="I17" s="5">
+        <v>0</v>
+      </c>
+      <c r="J17" s="6">
+        <v>0</v>
+      </c>
+      <c r="K17" s="5">
         <v>213255</v>
       </c>
-      <c r="K16" s="7">
+      <c r="L17" s="6">
         <v>20974.138899999998</v>
       </c>
-      <c r="L16" s="6">
+      <c r="M17" s="5">
         <v>505</v>
       </c>
-      <c r="M16" s="7">
+      <c r="N17" s="6">
         <v>1062.1659999999999</v>
       </c>
-      <c r="N16" s="6">
+      <c r="O17" s="5">
         <v>582</v>
       </c>
-      <c r="O16" s="7">
+      <c r="P17" s="6">
         <v>2769.4</v>
       </c>
-      <c r="P16" s="6">
-[...7 lines deleted...]
-      <c r="B17" s="4">
+      <c r="Q17" s="5">
+        <v>0</v>
+      </c>
+      <c r="R17" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="3:18" x14ac:dyDescent="0.25">
+      <c r="C18" s="3">
         <v>11</v>
       </c>
-      <c r="C17" s="5" t="s">
+      <c r="D18" s="4" t="s">
         <v>90</v>
       </c>
-      <c r="D17" s="6">
+      <c r="E18" s="5">
         <v>1215</v>
       </c>
-      <c r="E17" s="6">
+      <c r="F18" s="5">
         <v>2342</v>
       </c>
-      <c r="F17" s="6">
-[...37 lines deleted...]
-      <c r="B18" s="4">
+      <c r="G18" s="5">
+        <v>0</v>
+      </c>
+      <c r="H18" s="6">
+        <v>0</v>
+      </c>
+      <c r="I18" s="5">
+        <v>0</v>
+      </c>
+      <c r="J18" s="6">
+        <v>0</v>
+      </c>
+      <c r="K18" s="5">
+        <v>0</v>
+      </c>
+      <c r="L18" s="6">
+        <v>0</v>
+      </c>
+      <c r="M18" s="5">
+        <v>0</v>
+      </c>
+      <c r="N18" s="6">
+        <v>0</v>
+      </c>
+      <c r="O18" s="5">
+        <v>0</v>
+      </c>
+      <c r="P18" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q18" s="5">
+        <v>0</v>
+      </c>
+      <c r="R18" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="3:18" x14ac:dyDescent="0.25">
+      <c r="C19" s="3">
         <v>12</v>
       </c>
-      <c r="C18" s="5" t="s">
+      <c r="D19" s="4" t="s">
         <v>22</v>
       </c>
-      <c r="D18" s="6">
+      <c r="E19" s="5">
         <v>1314902</v>
       </c>
-      <c r="E18" s="6">
+      <c r="F19" s="5">
         <v>668622</v>
       </c>
-      <c r="F18" s="6">
+      <c r="G19" s="5">
         <v>138</v>
       </c>
-      <c r="G18" s="7">
+      <c r="H19" s="6">
         <v>879.45812999999885</v>
       </c>
-      <c r="H18" s="6">
+      <c r="I19" s="5">
         <v>157516</v>
       </c>
-      <c r="I18" s="7">
+      <c r="J19" s="6">
         <v>11141.20664016</v>
       </c>
-      <c r="J18" s="6">
+      <c r="K19" s="5">
         <v>1576844</v>
       </c>
-      <c r="K18" s="7">
+      <c r="L19" s="6">
         <v>112919.90476999999</v>
       </c>
-      <c r="L18" s="6">
-[...5 lines deleted...]
-      <c r="N18" s="6">
+      <c r="M19" s="5">
+        <v>0</v>
+      </c>
+      <c r="N19" s="6">
+        <v>0</v>
+      </c>
+      <c r="O19" s="5">
         <v>1197</v>
       </c>
-      <c r="O18" s="7">
+      <c r="P19" s="6">
         <v>8949.4</v>
       </c>
-      <c r="P18" s="6">
-[...7 lines deleted...]
-      <c r="B19" s="4">
+      <c r="Q19" s="5">
+        <v>0</v>
+      </c>
+      <c r="R19" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="3:18" x14ac:dyDescent="0.25">
+      <c r="C20" s="3">
         <v>13</v>
       </c>
-      <c r="C19" s="5" t="s">
+      <c r="D20" s="4" t="s">
         <v>23</v>
       </c>
-      <c r="D19" s="6">
+      <c r="E20" s="5">
         <v>7036</v>
       </c>
-      <c r="E19" s="6">
+      <c r="F20" s="5">
         <v>5696804</v>
       </c>
-      <c r="F19" s="6">
+      <c r="G20" s="5">
         <v>4543</v>
       </c>
-      <c r="G19" s="7">
+      <c r="H20" s="6">
         <v>45219.663509999998</v>
       </c>
-      <c r="H19" s="6">
-[...5 lines deleted...]
-      <c r="J19" s="6">
+      <c r="I20" s="5">
+        <v>0</v>
+      </c>
+      <c r="J20" s="6">
+        <v>0</v>
+      </c>
+      <c r="K20" s="5">
         <v>1986</v>
       </c>
-      <c r="K19" s="7">
+      <c r="L20" s="6">
         <v>824.25669999999991</v>
       </c>
-      <c r="L19" s="6">
+      <c r="M20" s="5">
         <v>681</v>
       </c>
-      <c r="M19" s="7">
+      <c r="N20" s="6">
         <v>2546.7750000000001</v>
       </c>
-      <c r="N19" s="6">
-[...13 lines deleted...]
-      <c r="B20" s="4">
+      <c r="O20" s="5">
+        <v>0</v>
+      </c>
+      <c r="P20" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q20" s="5">
+        <v>0</v>
+      </c>
+      <c r="R20" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="3:18" x14ac:dyDescent="0.25">
+      <c r="C21" s="3">
         <v>14</v>
       </c>
-      <c r="C20" s="5" t="s">
+      <c r="D21" s="4" t="s">
         <v>24</v>
       </c>
-      <c r="D20" s="6">
+      <c r="E21" s="5">
         <v>17055657</v>
       </c>
-      <c r="E20" s="6">
+      <c r="F21" s="5">
         <v>32909885</v>
       </c>
-      <c r="F20" s="6">
+      <c r="G21" s="5">
         <v>1708551</v>
       </c>
-      <c r="G20" s="7">
+      <c r="H21" s="6">
         <v>1295421.4864879912</v>
       </c>
-      <c r="H20" s="6">
-[...5 lines deleted...]
-      <c r="J20" s="6">
+      <c r="I21" s="5">
+        <v>0</v>
+      </c>
+      <c r="J21" s="6">
+        <v>0</v>
+      </c>
+      <c r="K21" s="5">
         <v>32297282</v>
       </c>
-      <c r="K20" s="7">
+      <c r="L21" s="6">
         <v>5781423.0894500194</v>
       </c>
-      <c r="L20" s="6">
+      <c r="M21" s="5">
         <v>560968</v>
       </c>
-      <c r="M20" s="7">
+      <c r="N21" s="6">
         <v>3028259.0493200002</v>
       </c>
-      <c r="N20" s="6">
+      <c r="O21" s="5">
         <v>1254334</v>
       </c>
-      <c r="O20" s="7">
+      <c r="P21" s="6">
         <v>5357479.3034651699</v>
       </c>
-      <c r="P20" s="6">
-[...7 lines deleted...]
-      <c r="B21" s="4">
+      <c r="Q21" s="5">
+        <v>0</v>
+      </c>
+      <c r="R21" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="3:18" x14ac:dyDescent="0.25">
+      <c r="C22" s="3">
         <v>15</v>
       </c>
-      <c r="C21" s="5" t="s">
+      <c r="D22" s="4" t="s">
         <v>25</v>
       </c>
-      <c r="D21" s="6">
+      <c r="E22" s="5">
         <v>16623903</v>
       </c>
-      <c r="E21" s="6">
+      <c r="F22" s="5">
         <v>23334467</v>
       </c>
-      <c r="F21" s="6">
+      <c r="G22" s="5">
         <v>1961031</v>
       </c>
-      <c r="G21" s="7">
+      <c r="H22" s="6">
         <v>949438.49135000014</v>
       </c>
-      <c r="H21" s="6">
+      <c r="I22" s="5">
         <v>3471</v>
       </c>
-      <c r="I21" s="7">
+      <c r="J22" s="6">
         <v>18613.63509</v>
       </c>
-      <c r="J21" s="6">
+      <c r="K22" s="5">
         <v>75605110</v>
       </c>
-      <c r="K21" s="7">
+      <c r="L22" s="6">
         <v>15229557.32533</v>
       </c>
-      <c r="L21" s="6">
+      <c r="M22" s="5">
         <v>35768</v>
       </c>
-      <c r="M21" s="7">
+      <c r="N22" s="6">
         <v>23301.600879999995</v>
       </c>
-      <c r="N21" s="6">
+      <c r="O22" s="5">
         <v>258617</v>
       </c>
-      <c r="O21" s="7">
+      <c r="P22" s="6">
         <v>1804705.6</v>
       </c>
-      <c r="P21" s="6">
-[...7 lines deleted...]
-      <c r="B22" s="4">
+      <c r="Q22" s="5">
+        <v>0</v>
+      </c>
+      <c r="R22" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="23" spans="3:18" x14ac:dyDescent="0.25">
+      <c r="C23" s="3">
         <v>16</v>
       </c>
-      <c r="C22" s="5" t="s">
+      <c r="D23" s="4" t="s">
         <v>26</v>
       </c>
-      <c r="D22" s="6">
+      <c r="E23" s="5">
         <v>438121</v>
       </c>
-      <c r="E22" s="6">
-[...2 lines deleted...]
-      <c r="F22" s="6">
+      <c r="F23" s="5">
+        <v>0</v>
+      </c>
+      <c r="G23" s="5">
         <v>30161</v>
       </c>
-      <c r="G22" s="7">
+      <c r="H23" s="6">
         <v>34696.195210000005</v>
       </c>
-      <c r="H22" s="6">
+      <c r="I23" s="5">
         <v>25</v>
       </c>
-      <c r="I22" s="7">
+      <c r="J23" s="6">
         <v>232.51612</v>
       </c>
-      <c r="J22" s="6">
-[...11 lines deleted...]
-      <c r="N22" s="6">
+      <c r="K23" s="5">
+        <v>0</v>
+      </c>
+      <c r="L23" s="6">
+        <v>0</v>
+      </c>
+      <c r="M23" s="5">
+        <v>0</v>
+      </c>
+      <c r="N23" s="6">
+        <v>0</v>
+      </c>
+      <c r="O23" s="5">
         <v>14763</v>
       </c>
-      <c r="O22" s="7">
+      <c r="P23" s="6">
         <v>115039.234</v>
       </c>
-      <c r="P22" s="6">
-[...7 lines deleted...]
-      <c r="B23" s="4">
+      <c r="Q23" s="5">
+        <v>0</v>
+      </c>
+      <c r="R23" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="24" spans="3:18" x14ac:dyDescent="0.25">
+      <c r="C24" s="3">
         <v>17</v>
       </c>
-      <c r="C23" s="5" t="s">
+      <c r="D24" s="4" t="s">
         <v>27</v>
       </c>
-      <c r="D23" s="6">
+      <c r="E24" s="5">
         <v>8030</v>
       </c>
-      <c r="E23" s="6">
+      <c r="F24" s="5">
         <v>13408625</v>
       </c>
-      <c r="F23" s="6">
+      <c r="G24" s="5">
         <v>14444</v>
       </c>
-      <c r="G23" s="7">
+      <c r="H24" s="6">
         <v>9080.0489500000203</v>
       </c>
-      <c r="H23" s="6">
-[...5 lines deleted...]
-      <c r="J23" s="6">
+      <c r="I24" s="5">
+        <v>0</v>
+      </c>
+      <c r="J24" s="6">
+        <v>0</v>
+      </c>
+      <c r="K24" s="5">
         <v>94621093</v>
       </c>
-      <c r="K23" s="7">
+      <c r="L24" s="6">
         <v>21024240.145249993</v>
       </c>
-      <c r="L23" s="6">
-[...19 lines deleted...]
-      <c r="B24" s="4">
+      <c r="M24" s="5">
+        <v>0</v>
+      </c>
+      <c r="N24" s="6">
+        <v>0</v>
+      </c>
+      <c r="O24" s="5">
+        <v>0</v>
+      </c>
+      <c r="P24" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q24" s="5">
+        <v>0</v>
+      </c>
+      <c r="R24" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25" spans="3:18" x14ac:dyDescent="0.25">
+      <c r="C25" s="3">
         <v>18</v>
       </c>
-      <c r="C24" s="5" t="s">
+      <c r="D25" s="4" t="s">
         <v>28</v>
       </c>
-      <c r="D24" s="6">
+      <c r="E25" s="5">
         <v>46965</v>
       </c>
-      <c r="E24" s="6">
+      <c r="F25" s="5">
         <v>119900</v>
       </c>
-      <c r="F24" s="6">
+      <c r="G25" s="5">
         <v>268</v>
       </c>
-      <c r="G24" s="7">
+      <c r="H25" s="6">
         <v>769.68249000000003</v>
       </c>
-      <c r="H24" s="6">
+      <c r="I25" s="5">
         <v>209</v>
       </c>
-      <c r="I24" s="7">
+      <c r="J25" s="6">
         <v>1045.326</v>
       </c>
-      <c r="J24" s="6">
+      <c r="K25" s="5">
         <v>247976</v>
       </c>
-      <c r="K24" s="7">
+      <c r="L25" s="6">
         <v>58450.69356</v>
       </c>
-      <c r="L24" s="6">
-[...5 lines deleted...]
-      <c r="N24" s="6">
+      <c r="M25" s="5">
+        <v>0</v>
+      </c>
+      <c r="N25" s="6">
+        <v>0</v>
+      </c>
+      <c r="O25" s="5">
         <v>173</v>
       </c>
-      <c r="O24" s="7">
+      <c r="P25" s="6">
         <v>1089.0999999999999</v>
       </c>
-      <c r="P24" s="6">
-[...7 lines deleted...]
-      <c r="B25" s="4">
+      <c r="Q25" s="5">
+        <v>0</v>
+      </c>
+      <c r="R25" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="26" spans="3:18" x14ac:dyDescent="0.25">
+      <c r="C26" s="3">
         <v>19</v>
       </c>
-      <c r="C25" s="5" t="s">
+      <c r="D26" s="4" t="s">
         <v>29</v>
       </c>
-      <c r="D25" s="6">
+      <c r="E26" s="5">
         <v>6538</v>
       </c>
-      <c r="E25" s="6">
-[...2 lines deleted...]
-      <c r="F25" s="6">
+      <c r="F26" s="5">
+        <v>0</v>
+      </c>
+      <c r="G26" s="5">
         <v>370</v>
       </c>
-      <c r="G25" s="7">
+      <c r="H26" s="6">
         <v>1261.8102799999999</v>
       </c>
-      <c r="H25" s="6">
-[...17 lines deleted...]
-      <c r="N25" s="6">
+      <c r="I26" s="5">
+        <v>0</v>
+      </c>
+      <c r="J26" s="6">
+        <v>0</v>
+      </c>
+      <c r="K26" s="5">
+        <v>0</v>
+      </c>
+      <c r="L26" s="6">
+        <v>0</v>
+      </c>
+      <c r="M26" s="5">
+        <v>0</v>
+      </c>
+      <c r="N26" s="6">
+        <v>0</v>
+      </c>
+      <c r="O26" s="5">
         <v>802</v>
       </c>
-      <c r="O25" s="7">
+      <c r="P26" s="6">
         <v>5192.95</v>
       </c>
-      <c r="P25" s="6">
-[...7 lines deleted...]
-      <c r="B26" s="4">
+      <c r="Q26" s="5">
+        <v>0</v>
+      </c>
+      <c r="R26" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="27" spans="3:18" x14ac:dyDescent="0.25">
+      <c r="C27" s="3">
         <v>20</v>
       </c>
-      <c r="C26" s="5" t="s">
+      <c r="D27" s="4" t="s">
         <v>30</v>
       </c>
-      <c r="D26" s="6">
+      <c r="E27" s="5">
         <v>6012818</v>
       </c>
-      <c r="E26" s="6">
+      <c r="F27" s="5">
         <v>3590829</v>
       </c>
-      <c r="F26" s="6">
+      <c r="G27" s="5">
         <v>345602</v>
       </c>
-      <c r="G26" s="7">
+      <c r="H27" s="6">
         <v>423368.520170003</v>
       </c>
-      <c r="H26" s="6">
-[...5 lines deleted...]
-      <c r="J26" s="6">
+      <c r="I27" s="5">
+        <v>0</v>
+      </c>
+      <c r="J27" s="6">
+        <v>0</v>
+      </c>
+      <c r="K27" s="5">
         <v>7579027</v>
       </c>
-      <c r="K26" s="7">
+      <c r="L27" s="6">
         <v>931439.72097500006</v>
       </c>
-      <c r="L26" s="6">
-[...5 lines deleted...]
-      <c r="N26" s="6">
+      <c r="M27" s="5">
+        <v>0</v>
+      </c>
+      <c r="N27" s="6">
+        <v>0</v>
+      </c>
+      <c r="O27" s="5">
         <v>7748</v>
       </c>
-      <c r="O26" s="7">
+      <c r="P27" s="6">
         <v>51624.4</v>
       </c>
-      <c r="P26" s="6">
-[...7 lines deleted...]
-      <c r="B27" s="4">
+      <c r="Q27" s="5">
+        <v>0</v>
+      </c>
+      <c r="R27" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="28" spans="3:18" x14ac:dyDescent="0.25">
+      <c r="C28" s="3">
         <v>21</v>
       </c>
-      <c r="C27" s="5" t="s">
+      <c r="D28" s="4" t="s">
         <v>31</v>
       </c>
-      <c r="D27" s="6">
-[...2 lines deleted...]
-      <c r="E27" s="6">
+      <c r="E28" s="5">
+        <v>0</v>
+      </c>
+      <c r="F28" s="5">
         <v>2151325</v>
       </c>
-      <c r="F27" s="6">
-[...11 lines deleted...]
-      <c r="J27" s="6">
+      <c r="G28" s="5">
+        <v>0</v>
+      </c>
+      <c r="H28" s="6">
+        <v>0</v>
+      </c>
+      <c r="I28" s="5">
+        <v>0</v>
+      </c>
+      <c r="J28" s="6">
+        <v>0</v>
+      </c>
+      <c r="K28" s="5">
         <v>1976</v>
       </c>
-      <c r="K27" s="7">
+      <c r="L28" s="6">
         <v>578.74711000000002</v>
       </c>
-      <c r="L27" s="6">
-[...19 lines deleted...]
-      <c r="B28" s="4">
+      <c r="M28" s="5">
+        <v>0</v>
+      </c>
+      <c r="N28" s="6">
+        <v>0</v>
+      </c>
+      <c r="O28" s="5">
+        <v>0</v>
+      </c>
+      <c r="P28" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q28" s="5">
+        <v>0</v>
+      </c>
+      <c r="R28" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="29" spans="3:18" x14ac:dyDescent="0.25">
+      <c r="C29" s="3">
         <v>22</v>
       </c>
-      <c r="C28" s="5" t="s">
+      <c r="D29" s="4" t="s">
         <v>32</v>
       </c>
-      <c r="D28" s="6">
+      <c r="E29" s="5">
         <v>7579</v>
       </c>
-      <c r="E28" s="6">
-[...2 lines deleted...]
-      <c r="F28" s="6">
+      <c r="F29" s="5">
+        <v>0</v>
+      </c>
+      <c r="G29" s="5">
         <v>17</v>
       </c>
-      <c r="G28" s="7">
+      <c r="H29" s="6">
         <v>37.22</v>
       </c>
-      <c r="H28" s="6">
-[...31 lines deleted...]
-      <c r="B29" s="4">
+      <c r="I29" s="5">
+        <v>0</v>
+      </c>
+      <c r="J29" s="6">
+        <v>0</v>
+      </c>
+      <c r="K29" s="5">
+        <v>0</v>
+      </c>
+      <c r="L29" s="6">
+        <v>0</v>
+      </c>
+      <c r="M29" s="5">
+        <v>0</v>
+      </c>
+      <c r="N29" s="6">
+        <v>0</v>
+      </c>
+      <c r="O29" s="5">
+        <v>0</v>
+      </c>
+      <c r="P29" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q29" s="5">
+        <v>0</v>
+      </c>
+      <c r="R29" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="30" spans="3:18" x14ac:dyDescent="0.25">
+      <c r="C30" s="3">
         <v>23</v>
       </c>
-      <c r="C29" s="5" t="s">
+      <c r="D30" s="4" t="s">
         <v>33</v>
       </c>
-      <c r="D29" s="6">
+      <c r="E30" s="5">
         <v>195410</v>
       </c>
-      <c r="E29" s="6">
+      <c r="F30" s="5">
         <v>500050</v>
       </c>
-      <c r="F29" s="6">
+      <c r="G30" s="5">
         <v>1592</v>
       </c>
-      <c r="G29" s="7">
+      <c r="H30" s="6">
         <v>3418.5453900000002</v>
       </c>
-      <c r="H29" s="6">
-[...5 lines deleted...]
-      <c r="J29" s="6">
+      <c r="I30" s="5">
+        <v>0</v>
+      </c>
+      <c r="J30" s="6">
+        <v>0</v>
+      </c>
+      <c r="K30" s="5">
         <v>2501982</v>
       </c>
-      <c r="K29" s="7">
+      <c r="L30" s="6">
         <v>449960.56466999999</v>
       </c>
-      <c r="L29" s="6">
-[...19 lines deleted...]
-      <c r="B30" s="4">
+      <c r="M30" s="5">
+        <v>0</v>
+      </c>
+      <c r="N30" s="6">
+        <v>0</v>
+      </c>
+      <c r="O30" s="5">
+        <v>0</v>
+      </c>
+      <c r="P30" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q30" s="5">
+        <v>0</v>
+      </c>
+      <c r="R30" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="31" spans="3:18" x14ac:dyDescent="0.25">
+      <c r="C31" s="3">
         <v>24</v>
       </c>
-      <c r="C30" s="5" t="s">
+      <c r="D31" s="4" t="s">
         <v>34</v>
       </c>
-      <c r="D30" s="6">
+      <c r="E31" s="5">
         <v>14902</v>
       </c>
-      <c r="E30" s="6">
+      <c r="F31" s="5">
         <v>6178215</v>
       </c>
-      <c r="F30" s="6">
+      <c r="G31" s="5">
         <v>734</v>
       </c>
-      <c r="G30" s="7">
+      <c r="H31" s="6">
         <v>1178.9616000000001</v>
       </c>
-      <c r="H30" s="6">
-[...5 lines deleted...]
-      <c r="J30" s="6">
+      <c r="I31" s="5">
+        <v>0</v>
+      </c>
+      <c r="J31" s="6">
+        <v>0</v>
+      </c>
+      <c r="K31" s="5">
         <v>13484259</v>
       </c>
-      <c r="K30" s="7">
+      <c r="L31" s="6">
         <v>2362285.3254800001</v>
       </c>
-      <c r="L30" s="6">
+      <c r="M31" s="5">
         <v>18603</v>
       </c>
-      <c r="M30" s="7">
+      <c r="N31" s="6">
         <v>74222.163450000007</v>
       </c>
-      <c r="N30" s="6">
+      <c r="O31" s="5">
         <v>3129</v>
       </c>
-      <c r="O30" s="7">
+      <c r="P31" s="6">
         <v>11552.12</v>
       </c>
-      <c r="P30" s="6">
-[...7 lines deleted...]
-      <c r="B31" s="4">
+      <c r="Q31" s="5">
+        <v>0</v>
+      </c>
+      <c r="R31" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="32" spans="3:18" x14ac:dyDescent="0.25">
+      <c r="C32" s="3">
         <v>25</v>
       </c>
-      <c r="C31" s="5" t="s">
+      <c r="D32" s="4" t="s">
         <v>35</v>
       </c>
-      <c r="D31" s="6">
+      <c r="E32" s="5">
         <v>27989107</v>
       </c>
-      <c r="E31" s="6">
-[...2 lines deleted...]
-      <c r="F31" s="6">
+      <c r="F32" s="5">
+        <v>0</v>
+      </c>
+      <c r="G32" s="5">
         <v>486435</v>
       </c>
-      <c r="G31" s="7">
+      <c r="H32" s="6">
         <v>4639105.2471499993</v>
       </c>
-      <c r="H31" s="6">
+      <c r="I32" s="5">
         <v>676</v>
       </c>
-      <c r="I31" s="7">
+      <c r="J32" s="6">
         <v>10129.562</v>
       </c>
-      <c r="J31" s="6">
-[...11 lines deleted...]
-      <c r="N31" s="6">
+      <c r="K32" s="5">
+        <v>0</v>
+      </c>
+      <c r="L32" s="6">
+        <v>0</v>
+      </c>
+      <c r="M32" s="5">
+        <v>0</v>
+      </c>
+      <c r="N32" s="6">
+        <v>0</v>
+      </c>
+      <c r="O32" s="5">
         <v>108</v>
       </c>
-      <c r="O31" s="7">
+      <c r="P32" s="6">
         <v>809.2</v>
       </c>
-      <c r="P31" s="6">
-[...7 lines deleted...]
-      <c r="B32" s="4">
+      <c r="Q32" s="5">
+        <v>0</v>
+      </c>
+      <c r="R32" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="33" spans="3:18" x14ac:dyDescent="0.25">
+      <c r="C33" s="3">
         <v>26</v>
       </c>
-      <c r="C32" s="5" t="s">
+      <c r="D33" s="4" t="s">
         <v>36</v>
       </c>
-      <c r="D32" s="6">
-[...2 lines deleted...]
-      <c r="E32" s="6">
+      <c r="E33" s="5">
+        <v>0</v>
+      </c>
+      <c r="F33" s="5">
         <v>363152185</v>
       </c>
-      <c r="F32" s="6">
-[...11 lines deleted...]
-      <c r="J32" s="6">
+      <c r="G33" s="5">
+        <v>0</v>
+      </c>
+      <c r="H33" s="6">
+        <v>0</v>
+      </c>
+      <c r="I33" s="5">
+        <v>0</v>
+      </c>
+      <c r="J33" s="6">
+        <v>0</v>
+      </c>
+      <c r="K33" s="5">
         <v>656840</v>
       </c>
-      <c r="K32" s="7">
+      <c r="L33" s="6">
         <v>62167.892999999996</v>
       </c>
-      <c r="L32" s="6">
+      <c r="M33" s="5">
         <v>23104</v>
       </c>
-      <c r="M32" s="7">
+      <c r="N33" s="6">
         <v>15965.710999999999</v>
       </c>
-      <c r="N32" s="6">
-[...13 lines deleted...]
-      <c r="B33" s="4">
+      <c r="O33" s="5">
+        <v>0</v>
+      </c>
+      <c r="P33" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q33" s="5">
+        <v>0</v>
+      </c>
+      <c r="R33" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="34" spans="3:18" x14ac:dyDescent="0.25">
+      <c r="C34" s="3">
         <v>27</v>
       </c>
-      <c r="C33" s="5" t="s">
+      <c r="D34" s="4" t="s">
         <v>37</v>
       </c>
-      <c r="D33" s="6">
+      <c r="E34" s="5">
         <v>51751</v>
       </c>
-      <c r="E33" s="6">
-[...40 lines deleted...]
-      <c r="B34" s="4">
+      <c r="F34" s="5">
+        <v>0</v>
+      </c>
+      <c r="G34" s="5">
+        <v>0</v>
+      </c>
+      <c r="H34" s="6">
+        <v>0</v>
+      </c>
+      <c r="I34" s="5">
+        <v>0</v>
+      </c>
+      <c r="J34" s="6">
+        <v>0</v>
+      </c>
+      <c r="K34" s="5">
+        <v>0</v>
+      </c>
+      <c r="L34" s="6">
+        <v>0</v>
+      </c>
+      <c r="M34" s="5">
+        <v>0</v>
+      </c>
+      <c r="N34" s="6">
+        <v>0</v>
+      </c>
+      <c r="O34" s="5">
+        <v>0</v>
+      </c>
+      <c r="P34" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q34" s="5">
+        <v>0</v>
+      </c>
+      <c r="R34" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="35" spans="3:18" x14ac:dyDescent="0.25">
+      <c r="C35" s="3">
         <v>28</v>
       </c>
-      <c r="C34" s="5" t="s">
+      <c r="D35" s="4" t="s">
         <v>38</v>
       </c>
-      <c r="D34" s="6">
+      <c r="E35" s="5">
         <v>1560108</v>
       </c>
-      <c r="E34" s="6">
+      <c r="F35" s="5">
         <v>69913</v>
       </c>
-      <c r="F34" s="6">
+      <c r="G35" s="5">
         <v>840</v>
       </c>
-      <c r="G34" s="7">
+      <c r="H35" s="6">
         <v>2182.8511699999999</v>
       </c>
-      <c r="H34" s="6">
+      <c r="I35" s="5">
         <v>100</v>
       </c>
-      <c r="I34" s="7">
+      <c r="J35" s="6">
         <v>358.77492000000001</v>
       </c>
-      <c r="J34" s="6">
+      <c r="K35" s="5">
         <v>106779</v>
       </c>
-      <c r="K34" s="7">
+      <c r="L35" s="6">
         <v>8667.3286499999995</v>
       </c>
-      <c r="L34" s="6">
-[...5 lines deleted...]
-      <c r="N34" s="6">
+      <c r="M35" s="5">
+        <v>0</v>
+      </c>
+      <c r="N35" s="6">
+        <v>0</v>
+      </c>
+      <c r="O35" s="5">
         <v>660</v>
       </c>
-      <c r="O34" s="7">
+      <c r="P35" s="6">
         <v>5033</v>
       </c>
-      <c r="P34" s="6">
-[...7 lines deleted...]
-      <c r="B35" s="4">
+      <c r="Q35" s="5">
+        <v>0</v>
+      </c>
+      <c r="R35" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="36" spans="3:18" x14ac:dyDescent="0.25">
+      <c r="C36" s="3">
         <v>29</v>
       </c>
-      <c r="C35" s="5" t="s">
+      <c r="D36" s="4" t="s">
         <v>92</v>
       </c>
-      <c r="D35" s="6">
+      <c r="E36" s="5">
         <v>1069228</v>
       </c>
-      <c r="E35" s="6">
+      <c r="F36" s="5">
         <v>104059</v>
       </c>
-      <c r="F35" s="6">
+      <c r="G36" s="5">
         <v>233703</v>
       </c>
-      <c r="G35" s="7">
+      <c r="H36" s="6">
         <v>10681.694705321001</v>
       </c>
-      <c r="H35" s="6">
+      <c r="I36" s="5">
         <v>4364</v>
       </c>
-      <c r="I35" s="7">
+      <c r="J36" s="6">
         <v>20833.5844</v>
       </c>
-      <c r="J35" s="6">
-[...11 lines deleted...]
-      <c r="N35" s="6">
+      <c r="K36" s="5">
+        <v>0</v>
+      </c>
+      <c r="L36" s="6">
+        <v>0</v>
+      </c>
+      <c r="M36" s="5">
+        <v>0</v>
+      </c>
+      <c r="N36" s="6">
+        <v>0</v>
+      </c>
+      <c r="O36" s="5">
         <v>11171</v>
       </c>
-      <c r="O35" s="7">
+      <c r="P36" s="6">
         <v>50799.482000000004</v>
       </c>
-      <c r="P35" s="6">
-[...7 lines deleted...]
-      <c r="B36" s="4">
+      <c r="Q36" s="5">
+        <v>0</v>
+      </c>
+      <c r="R36" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="37" spans="3:18" x14ac:dyDescent="0.25">
+      <c r="C37" s="3">
         <v>30</v>
       </c>
-      <c r="C36" s="5" t="s">
+      <c r="D37" s="4" t="s">
         <v>93</v>
       </c>
-      <c r="D36" s="6">
+      <c r="E37" s="5">
         <v>1657933</v>
       </c>
-      <c r="E36" s="6">
-[...2 lines deleted...]
-      <c r="F36" s="6">
+      <c r="F37" s="5">
+        <v>0</v>
+      </c>
+      <c r="G37" s="5">
         <v>36</v>
       </c>
-      <c r="G36" s="7">
+      <c r="H37" s="6">
         <v>23.32085</v>
       </c>
-      <c r="H36" s="6">
-[...31 lines deleted...]
-      <c r="B37" s="4">
+      <c r="I37" s="5">
+        <v>0</v>
+      </c>
+      <c r="J37" s="6">
+        <v>0</v>
+      </c>
+      <c r="K37" s="5">
+        <v>0</v>
+      </c>
+      <c r="L37" s="6">
+        <v>0</v>
+      </c>
+      <c r="M37" s="5">
+        <v>0</v>
+      </c>
+      <c r="N37" s="6">
+        <v>0</v>
+      </c>
+      <c r="O37" s="5">
+        <v>0</v>
+      </c>
+      <c r="P37" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q37" s="5">
+        <v>0</v>
+      </c>
+      <c r="R37" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="38" spans="3:18" x14ac:dyDescent="0.25">
+      <c r="C38" s="3">
         <v>31</v>
       </c>
-      <c r="C37" s="5" t="s">
+      <c r="D38" s="4" t="s">
         <v>39</v>
       </c>
-      <c r="D37" s="6">
+      <c r="E38" s="5">
         <v>19929</v>
       </c>
-      <c r="E37" s="6">
+      <c r="F38" s="5">
         <v>111045</v>
       </c>
-      <c r="F37" s="21">
+      <c r="G38" s="5">
         <v>6464</v>
       </c>
-      <c r="G37" s="22">
+      <c r="H38" s="6">
         <v>8129.5690000000004</v>
       </c>
-      <c r="H37" s="6">
-[...11 lines deleted...]
-      <c r="L37" s="6">
+      <c r="I38" s="5">
+        <v>0</v>
+      </c>
+      <c r="J38" s="6">
+        <v>0</v>
+      </c>
+      <c r="K38" s="5">
+        <v>0</v>
+      </c>
+      <c r="L38" s="6">
+        <v>0</v>
+      </c>
+      <c r="M38" s="5">
         <v>102</v>
       </c>
-      <c r="M37" s="7">
+      <c r="N38" s="6">
         <v>143.59399999999999</v>
       </c>
-      <c r="N37" s="6">
+      <c r="O38" s="5">
         <v>3970</v>
       </c>
-      <c r="O37" s="7">
+      <c r="P38" s="6">
         <v>4435.616</v>
       </c>
-      <c r="P37" s="6">
-[...7 lines deleted...]
-      <c r="B38" s="4">
+      <c r="Q38" s="5">
+        <v>0</v>
+      </c>
+      <c r="R38" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="39" spans="3:18" x14ac:dyDescent="0.25">
+      <c r="C39" s="3">
         <v>32</v>
       </c>
-      <c r="C38" s="5" t="s">
+      <c r="D39" s="4" t="s">
         <v>40</v>
       </c>
-      <c r="D38" s="6">
+      <c r="E39" s="5">
         <v>1794448</v>
       </c>
-      <c r="E38" s="6">
+      <c r="F39" s="5">
         <v>4042615</v>
       </c>
-      <c r="F38" s="6">
+      <c r="G39" s="5">
         <v>66247</v>
       </c>
-      <c r="G38" s="7">
+      <c r="H39" s="6">
         <v>100640.40209</v>
       </c>
-      <c r="H38" s="6">
+      <c r="I39" s="5">
         <v>210</v>
       </c>
-      <c r="I38" s="7">
+      <c r="J39" s="6">
         <v>3196.5369499999997</v>
       </c>
-      <c r="J38" s="6">
+      <c r="K39" s="5">
         <v>23643781</v>
       </c>
-      <c r="K38" s="7">
+      <c r="L39" s="6">
         <v>2504863.466</v>
       </c>
-      <c r="L38" s="6">
+      <c r="M39" s="5">
         <v>518294</v>
       </c>
-      <c r="M38" s="7">
+      <c r="N39" s="6">
         <v>132990.038</v>
       </c>
-      <c r="N38" s="6">
+      <c r="O39" s="5">
         <v>86456</v>
       </c>
-      <c r="O38" s="7">
+      <c r="P39" s="6">
         <v>533630.27839999995</v>
       </c>
-      <c r="P38" s="6">
-[...7 lines deleted...]
-      <c r="B39" s="4">
+      <c r="Q39" s="5">
+        <v>0</v>
+      </c>
+      <c r="R39" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="40" spans="3:18" x14ac:dyDescent="0.25">
+      <c r="C40" s="3">
         <v>33</v>
       </c>
-      <c r="C39" s="5" t="s">
+      <c r="D40" s="4" t="s">
         <v>41</v>
       </c>
-      <c r="D39" s="6">
+      <c r="E40" s="5">
         <v>6845</v>
       </c>
-      <c r="E39" s="6">
+      <c r="F40" s="5">
         <v>847</v>
       </c>
-      <c r="F39" s="6">
+      <c r="G40" s="5">
         <v>112</v>
       </c>
-      <c r="G39" s="7">
+      <c r="H40" s="6">
         <v>332.90080999999998</v>
       </c>
-      <c r="H39" s="6">
-[...17 lines deleted...]
-      <c r="N39" s="6">
+      <c r="I40" s="5">
+        <v>0</v>
+      </c>
+      <c r="J40" s="6">
+        <v>0</v>
+      </c>
+      <c r="K40" s="5">
+        <v>0</v>
+      </c>
+      <c r="L40" s="6">
+        <v>0</v>
+      </c>
+      <c r="M40" s="5">
+        <v>0</v>
+      </c>
+      <c r="N40" s="6">
+        <v>0</v>
+      </c>
+      <c r="O40" s="5">
         <v>560</v>
       </c>
-      <c r="O39" s="7">
+      <c r="P40" s="6">
         <v>4454.5</v>
       </c>
-      <c r="P39" s="6">
-[...7 lines deleted...]
-      <c r="B40" s="4">
+      <c r="Q40" s="5">
+        <v>0</v>
+      </c>
+      <c r="R40" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="41" spans="3:18" x14ac:dyDescent="0.25">
+      <c r="C41" s="3">
         <v>34</v>
       </c>
-      <c r="C40" s="5" t="s">
+      <c r="D41" s="4" t="s">
         <v>42</v>
       </c>
-      <c r="D40" s="6">
+      <c r="E41" s="5">
         <v>78660</v>
       </c>
-      <c r="E40" s="6">
-[...40 lines deleted...]
-      <c r="B41" s="4">
+      <c r="F41" s="5">
+        <v>0</v>
+      </c>
+      <c r="G41" s="5">
+        <v>0</v>
+      </c>
+      <c r="H41" s="6">
+        <v>0</v>
+      </c>
+      <c r="I41" s="5">
+        <v>0</v>
+      </c>
+      <c r="J41" s="6">
+        <v>0</v>
+      </c>
+      <c r="K41" s="5">
+        <v>0</v>
+      </c>
+      <c r="L41" s="6">
+        <v>0</v>
+      </c>
+      <c r="M41" s="5">
+        <v>0</v>
+      </c>
+      <c r="N41" s="6">
+        <v>0</v>
+      </c>
+      <c r="O41" s="5">
+        <v>0</v>
+      </c>
+      <c r="P41" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q41" s="5">
+        <v>0</v>
+      </c>
+      <c r="R41" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="42" spans="3:18" x14ac:dyDescent="0.25">
+      <c r="C42" s="3">
         <v>35</v>
       </c>
-      <c r="C41" s="5" t="s">
+      <c r="D42" s="4" t="s">
         <v>43</v>
       </c>
-      <c r="D41" s="6">
+      <c r="E42" s="5">
         <v>247</v>
       </c>
-      <c r="E41" s="6">
-[...40 lines deleted...]
-      <c r="B42" s="4">
+      <c r="F42" s="5">
+        <v>0</v>
+      </c>
+      <c r="G42" s="5">
+        <v>0</v>
+      </c>
+      <c r="H42" s="6">
+        <v>0</v>
+      </c>
+      <c r="I42" s="5">
+        <v>0</v>
+      </c>
+      <c r="J42" s="6">
+        <v>0</v>
+      </c>
+      <c r="K42" s="5">
+        <v>0</v>
+      </c>
+      <c r="L42" s="6">
+        <v>0</v>
+      </c>
+      <c r="M42" s="5">
+        <v>0</v>
+      </c>
+      <c r="N42" s="6">
+        <v>0</v>
+      </c>
+      <c r="O42" s="5">
+        <v>0</v>
+      </c>
+      <c r="P42" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q42" s="5">
+        <v>0</v>
+      </c>
+      <c r="R42" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="43" spans="3:18" x14ac:dyDescent="0.25">
+      <c r="C43" s="3">
         <v>36</v>
       </c>
-      <c r="C42" s="5" t="s">
+      <c r="D43" s="4" t="s">
         <v>91</v>
       </c>
-      <c r="D42" s="6">
-[...2 lines deleted...]
-      <c r="E42" s="6">
+      <c r="E43" s="5">
+        <v>0</v>
+      </c>
+      <c r="F43" s="5">
         <v>550002</v>
       </c>
-      <c r="F42" s="6">
-[...11 lines deleted...]
-      <c r="J42" s="6">
+      <c r="G43" s="5">
+        <v>0</v>
+      </c>
+      <c r="H43" s="6">
+        <v>0</v>
+      </c>
+      <c r="I43" s="5">
+        <v>0</v>
+      </c>
+      <c r="J43" s="6">
+        <v>0</v>
+      </c>
+      <c r="K43" s="5">
         <v>783154</v>
       </c>
-      <c r="K42" s="7">
+      <c r="L43" s="6">
         <v>85071.172650000008</v>
       </c>
-      <c r="L42" s="6">
-[...19 lines deleted...]
-      <c r="B43" s="4">
+      <c r="M43" s="5">
+        <v>0</v>
+      </c>
+      <c r="N43" s="6">
+        <v>0</v>
+      </c>
+      <c r="O43" s="5">
+        <v>0</v>
+      </c>
+      <c r="P43" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q43" s="5">
+        <v>0</v>
+      </c>
+      <c r="R43" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="44" spans="3:18" x14ac:dyDescent="0.25">
+      <c r="C44" s="3">
         <v>37</v>
       </c>
-      <c r="C43" s="5" t="s">
+      <c r="D44" s="4" t="s">
         <v>44</v>
       </c>
-      <c r="D43" s="6">
+      <c r="E44" s="5">
         <v>211533</v>
       </c>
-      <c r="E43" s="6">
-[...2 lines deleted...]
-      <c r="F43" s="6">
+      <c r="F44" s="5">
+        <v>0</v>
+      </c>
+      <c r="G44" s="5">
         <v>3301</v>
       </c>
-      <c r="G43" s="7">
+      <c r="H44" s="6">
         <v>9248.8370500000001</v>
       </c>
-      <c r="H43" s="6">
+      <c r="I44" s="5">
         <v>4</v>
       </c>
-      <c r="I43" s="7">
+      <c r="J44" s="6">
         <v>2.6619999999999999</v>
       </c>
-      <c r="J43" s="6">
-[...25 lines deleted...]
-      <c r="B44" s="4">
+      <c r="K44" s="5">
+        <v>0</v>
+      </c>
+      <c r="L44" s="6">
+        <v>0</v>
+      </c>
+      <c r="M44" s="5">
+        <v>0</v>
+      </c>
+      <c r="N44" s="6">
+        <v>0</v>
+      </c>
+      <c r="O44" s="5">
+        <v>0</v>
+      </c>
+      <c r="P44" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q44" s="5">
+        <v>0</v>
+      </c>
+      <c r="R44" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="45" spans="3:18" x14ac:dyDescent="0.25">
+      <c r="C45" s="3">
         <v>38</v>
       </c>
-      <c r="C44" s="5" t="s">
+      <c r="D45" s="4" t="s">
         <v>45</v>
       </c>
-      <c r="D44" s="6">
+      <c r="E45" s="5">
         <v>5538</v>
       </c>
-      <c r="E44" s="6">
+      <c r="F45" s="5">
         <v>1136845</v>
       </c>
-      <c r="F44" s="6">
+      <c r="G45" s="5">
         <v>56</v>
       </c>
-      <c r="G44" s="7">
+      <c r="H45" s="6">
         <v>93.982009999999988</v>
       </c>
-      <c r="H44" s="6">
-[...5 lines deleted...]
-      <c r="J44" s="6">
+      <c r="I45" s="5">
+        <v>0</v>
+      </c>
+      <c r="J45" s="6">
+        <v>0</v>
+      </c>
+      <c r="K45" s="5">
         <v>9231</v>
       </c>
-      <c r="K44" s="7">
+      <c r="L45" s="6">
         <v>3625.1777400000001</v>
       </c>
-      <c r="L44" s="6">
+      <c r="M45" s="5">
         <v>1532</v>
       </c>
-      <c r="M44" s="7">
+      <c r="N45" s="6">
         <v>7109.0288200000005</v>
       </c>
-      <c r="N44" s="6">
+      <c r="O45" s="5">
         <v>49</v>
       </c>
-      <c r="O44" s="7">
+      <c r="P45" s="6">
         <v>365.4</v>
       </c>
-      <c r="P44" s="6">
-[...7 lines deleted...]
-      <c r="B45" s="4">
+      <c r="Q45" s="5">
+        <v>0</v>
+      </c>
+      <c r="R45" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="46" spans="3:18" x14ac:dyDescent="0.25">
+      <c r="C46" s="3">
         <v>39</v>
       </c>
-      <c r="C45" s="5" t="s">
+      <c r="D46" s="4" t="s">
         <v>46</v>
       </c>
-      <c r="D45" s="6">
+      <c r="E46" s="5">
         <v>10303</v>
       </c>
-      <c r="E45" s="6">
+      <c r="F46" s="5">
         <v>79691</v>
       </c>
-      <c r="F45" s="6">
+      <c r="G46" s="5">
         <v>1426</v>
       </c>
-      <c r="G45" s="7">
+      <c r="H46" s="6">
         <v>1559.4115400000001</v>
       </c>
-      <c r="H45" s="6">
-[...5 lines deleted...]
-      <c r="J45" s="6">
+      <c r="I46" s="5">
+        <v>0</v>
+      </c>
+      <c r="J46" s="6">
+        <v>0</v>
+      </c>
+      <c r="K46" s="5">
         <v>523093</v>
       </c>
-      <c r="K45" s="7">
+      <c r="L46" s="6">
         <v>93561.814590000009</v>
       </c>
-      <c r="L45" s="6">
-[...5 lines deleted...]
-      <c r="N45" s="6">
+      <c r="M46" s="5">
+        <v>0</v>
+      </c>
+      <c r="N46" s="6">
+        <v>0</v>
+      </c>
+      <c r="O46" s="5">
         <v>744</v>
       </c>
-      <c r="O45" s="7">
+      <c r="P46" s="6">
         <v>5701.8</v>
       </c>
-      <c r="P45" s="6">
-[...7 lines deleted...]
-      <c r="B46" s="4">
+      <c r="Q46" s="5">
+        <v>0</v>
+      </c>
+      <c r="R46" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="47" spans="3:18" x14ac:dyDescent="0.25">
+      <c r="C47" s="3">
         <v>40</v>
       </c>
-      <c r="C46" s="5" t="s">
+      <c r="D47" s="4" t="s">
         <v>47</v>
       </c>
-      <c r="D46" s="6">
+      <c r="E47" s="5">
         <v>9189178</v>
       </c>
-      <c r="E46" s="6">
+      <c r="F47" s="5">
         <v>1937007</v>
       </c>
-      <c r="F46" s="6">
+      <c r="G47" s="5">
         <v>168554</v>
       </c>
-      <c r="G46" s="7">
+      <c r="H47" s="6">
         <v>906437.33358000033</v>
       </c>
-      <c r="H46" s="6">
+      <c r="I47" s="5">
         <v>290720</v>
       </c>
-      <c r="I46" s="7">
+      <c r="J47" s="6">
         <v>550297.58107999992</v>
       </c>
-      <c r="J46" s="6">
+      <c r="K47" s="5">
         <v>1475611</v>
       </c>
-      <c r="K46" s="7">
+      <c r="L47" s="6">
         <v>15201.618759999999</v>
       </c>
-      <c r="L46" s="6">
+      <c r="M47" s="5">
         <v>389</v>
       </c>
-      <c r="M46" s="7">
+      <c r="N47" s="6">
         <v>1470.258</v>
       </c>
-      <c r="N46" s="6">
+      <c r="O47" s="5">
         <v>289024</v>
       </c>
-      <c r="O46" s="7">
+      <c r="P47" s="6">
         <v>662011.97</v>
       </c>
-      <c r="P46" s="6">
-[...7 lines deleted...]
-      <c r="B47" s="28" t="s">
+      <c r="Q47" s="5">
+        <v>0</v>
+      </c>
+      <c r="R47" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="48" spans="3:18" x14ac:dyDescent="0.25">
+      <c r="C48" s="24" t="s">
         <v>48</v>
       </c>
-      <c r="C47" s="29"/>
-[...16 lines deleted...]
-      <c r="B48" s="4">
+      <c r="D48" s="24"/>
+      <c r="E48" s="7"/>
+      <c r="F48" s="7"/>
+      <c r="G48" s="7"/>
+      <c r="H48" s="7"/>
+      <c r="I48" s="7"/>
+      <c r="J48" s="7"/>
+      <c r="K48" s="7"/>
+      <c r="L48" s="7"/>
+      <c r="M48" s="7"/>
+      <c r="N48" s="7"/>
+      <c r="O48" s="7"/>
+      <c r="P48" s="7"/>
+      <c r="Q48" s="7"/>
+      <c r="R48" s="7"/>
+    </row>
+    <row r="49" spans="3:18" ht="38.25" x14ac:dyDescent="0.25">
+      <c r="C49" s="3">
         <v>1</v>
       </c>
-      <c r="C48" s="9" t="s">
+      <c r="D49" s="8" t="s">
         <v>94</v>
       </c>
-      <c r="D48" s="10">
-[...2 lines deleted...]
-      <c r="E48" s="10">
+      <c r="E49" s="9">
+        <v>0</v>
+      </c>
+      <c r="F49" s="9">
         <v>69412827</v>
       </c>
-      <c r="F48" s="6">
-[...11 lines deleted...]
-      <c r="J48" s="10">
+      <c r="G49" s="5">
+        <v>0</v>
+      </c>
+      <c r="H49" s="6">
+        <v>0</v>
+      </c>
+      <c r="I49" s="9">
+        <v>0</v>
+      </c>
+      <c r="J49" s="10">
+        <v>0</v>
+      </c>
+      <c r="K49" s="9">
         <v>9329259</v>
       </c>
-      <c r="K48" s="11">
+      <c r="L49" s="10">
         <v>3434117.9957499998</v>
       </c>
-      <c r="L48" s="10">
+      <c r="M49" s="9">
         <v>1667178</v>
       </c>
-      <c r="M48" s="11">
+      <c r="N49" s="10">
         <v>3843715.3328299997</v>
       </c>
-      <c r="N48" s="10">
-[...13 lines deleted...]
-      <c r="B49" s="4">
+      <c r="O49" s="9">
+        <v>0</v>
+      </c>
+      <c r="P49" s="10">
+        <v>0</v>
+      </c>
+      <c r="Q49" s="9">
+        <v>0</v>
+      </c>
+      <c r="R49" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="50" spans="3:18" x14ac:dyDescent="0.25">
+      <c r="C50" s="3">
         <v>2</v>
       </c>
-      <c r="C49" s="9" t="s">
+      <c r="D50" s="8" t="s">
         <v>49</v>
       </c>
-      <c r="D49" s="10">
+      <c r="E50" s="9">
         <v>3268535</v>
       </c>
-      <c r="E49" s="10">
+      <c r="F50" s="9">
         <v>418969</v>
       </c>
-      <c r="F49" s="6">
+      <c r="G50" s="5">
         <v>638593</v>
       </c>
-      <c r="G49" s="7">
+      <c r="H50" s="6">
         <v>6204481.6790400008</v>
       </c>
-      <c r="H49" s="10">
-[...11 lines deleted...]
-      <c r="L49" s="10">
+      <c r="I50" s="9">
+        <v>0</v>
+      </c>
+      <c r="J50" s="10">
+        <v>0</v>
+      </c>
+      <c r="K50" s="9">
+        <v>0</v>
+      </c>
+      <c r="L50" s="10">
+        <v>0</v>
+      </c>
+      <c r="M50" s="9">
         <v>113720</v>
       </c>
-      <c r="M49" s="11">
+      <c r="N50" s="10">
         <v>1825425.524</v>
       </c>
-      <c r="N49" s="10">
-[...13 lines deleted...]
-      <c r="B50" s="4">
+      <c r="O50" s="9">
+        <v>0</v>
+      </c>
+      <c r="P50" s="10">
+        <v>0</v>
+      </c>
+      <c r="Q50" s="9">
+        <v>0</v>
+      </c>
+      <c r="R50" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="51" spans="3:18" x14ac:dyDescent="0.25">
+      <c r="C51" s="3">
         <v>3</v>
       </c>
-      <c r="C50" s="9" t="s">
+      <c r="D51" s="8" t="s">
         <v>50</v>
       </c>
-      <c r="D50" s="6">
-[...2 lines deleted...]
-      <c r="E50" s="6">
+      <c r="E51" s="5">
+        <v>0</v>
+      </c>
+      <c r="F51" s="5">
         <v>29442092</v>
       </c>
-      <c r="F50" s="6">
-[...11 lines deleted...]
-      <c r="J50" s="6">
+      <c r="G51" s="5">
+        <v>0</v>
+      </c>
+      <c r="H51" s="6">
+        <v>0</v>
+      </c>
+      <c r="I51" s="5">
+        <v>0</v>
+      </c>
+      <c r="J51" s="6">
+        <v>0</v>
+      </c>
+      <c r="K51" s="5">
         <v>3343350</v>
       </c>
-      <c r="K50" s="7">
+      <c r="L51" s="6">
         <v>497264.92587999819</v>
       </c>
-      <c r="L50" s="6">
+      <c r="M51" s="5">
         <v>329525</v>
       </c>
-      <c r="M50" s="7">
+      <c r="N51" s="6">
         <v>1244710.7489500043</v>
       </c>
-      <c r="N50" s="6">
-[...13 lines deleted...]
-      <c r="B51" s="4">
+      <c r="O51" s="5">
+        <v>0</v>
+      </c>
+      <c r="P51" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q51" s="5">
+        <v>0</v>
+      </c>
+      <c r="R51" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="52" spans="3:18" x14ac:dyDescent="0.25">
+      <c r="C52" s="3">
         <v>4</v>
       </c>
-      <c r="C51" s="9" t="s">
+      <c r="D52" s="8" t="s">
         <v>51</v>
       </c>
-      <c r="D51" s="10">
-[...2 lines deleted...]
-      <c r="E51" s="10">
+      <c r="E52" s="9">
+        <v>0</v>
+      </c>
+      <c r="F52" s="9">
         <v>21646701</v>
       </c>
-      <c r="F51" s="6">
-[...11 lines deleted...]
-      <c r="J51" s="10">
+      <c r="G52" s="5">
+        <v>0</v>
+      </c>
+      <c r="H52" s="6">
+        <v>0</v>
+      </c>
+      <c r="I52" s="9">
+        <v>0</v>
+      </c>
+      <c r="J52" s="10">
+        <v>0</v>
+      </c>
+      <c r="K52" s="9">
         <v>148322</v>
       </c>
-      <c r="K51" s="11">
+      <c r="L52" s="10">
         <v>40343.289769999996</v>
       </c>
-      <c r="L51" s="10">
+      <c r="M52" s="9">
         <v>39014</v>
       </c>
-      <c r="M51" s="11">
+      <c r="N52" s="10">
         <v>56693.726999999999</v>
       </c>
-      <c r="N51" s="10">
-[...13 lines deleted...]
-      <c r="B52" s="4">
+      <c r="O52" s="9">
+        <v>0</v>
+      </c>
+      <c r="P52" s="10">
+        <v>0</v>
+      </c>
+      <c r="Q52" s="9">
+        <v>0</v>
+      </c>
+      <c r="R52" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="53" spans="3:18" x14ac:dyDescent="0.25">
+      <c r="C53" s="3">
         <v>5</v>
       </c>
-      <c r="C52" s="9" t="s">
+      <c r="D53" s="8" t="s">
         <v>52</v>
       </c>
-      <c r="D52" s="10">
+      <c r="E53" s="9">
         <v>24851336</v>
       </c>
-      <c r="E52" s="10">
-[...2 lines deleted...]
-      <c r="F52" s="6">
+      <c r="F53" s="9">
+        <v>0</v>
+      </c>
+      <c r="G53" s="5">
         <v>62487977</v>
       </c>
-      <c r="G52" s="7">
+      <c r="H53" s="6">
         <v>2142070.17</v>
       </c>
-      <c r="H52" s="10">
-[...31 lines deleted...]
-      <c r="B53" s="4">
+      <c r="I53" s="9">
+        <v>0</v>
+      </c>
+      <c r="J53" s="10">
+        <v>0</v>
+      </c>
+      <c r="K53" s="9">
+        <v>0</v>
+      </c>
+      <c r="L53" s="10">
+        <v>0</v>
+      </c>
+      <c r="M53" s="9">
+        <v>0</v>
+      </c>
+      <c r="N53" s="10">
+        <v>0</v>
+      </c>
+      <c r="O53" s="9">
+        <v>0</v>
+      </c>
+      <c r="P53" s="10">
+        <v>0</v>
+      </c>
+      <c r="Q53" s="9">
+        <v>0</v>
+      </c>
+      <c r="R53" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="54" spans="3:18" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="C54" s="3">
         <v>6</v>
       </c>
-      <c r="C53" s="9" t="s">
+      <c r="D54" s="8" t="s">
         <v>97</v>
       </c>
-      <c r="D53" s="10">
-[...2 lines deleted...]
-      <c r="E53" s="10">
+      <c r="E54" s="9">
+        <v>0</v>
+      </c>
+      <c r="F54" s="9">
         <v>164896</v>
       </c>
-      <c r="F53" s="6">
-[...11 lines deleted...]
-      <c r="J53" s="10">
+      <c r="G54" s="5">
+        <v>0</v>
+      </c>
+      <c r="H54" s="6">
+        <v>0</v>
+      </c>
+      <c r="I54" s="9">
+        <v>0</v>
+      </c>
+      <c r="J54" s="10">
+        <v>0</v>
+      </c>
+      <c r="K54" s="9">
         <v>145</v>
       </c>
-      <c r="K53" s="11">
+      <c r="L54" s="10">
         <v>79.86657000000001</v>
       </c>
-      <c r="L53" s="10">
+      <c r="M54" s="9">
         <v>210</v>
       </c>
-      <c r="M53" s="11">
+      <c r="N54" s="10">
         <v>154.03399999999999</v>
       </c>
-      <c r="N53" s="10">
-[...13 lines deleted...]
-      <c r="B54" s="4">
+      <c r="O54" s="9">
+        <v>0</v>
+      </c>
+      <c r="P54" s="10">
+        <v>0</v>
+      </c>
+      <c r="Q54" s="9">
+        <v>0</v>
+      </c>
+      <c r="R54" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="55" spans="3:18" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="C55" s="3">
         <v>7</v>
       </c>
-      <c r="C54" s="9" t="s">
+      <c r="D55" s="8" t="s">
         <v>53</v>
       </c>
-      <c r="D54" s="10">
+      <c r="E55" s="9">
         <v>123984</v>
       </c>
-      <c r="E54" s="10">
+      <c r="F55" s="9">
         <v>12644882</v>
       </c>
-      <c r="F54" s="6">
+      <c r="G55" s="5">
         <v>10656</v>
       </c>
-      <c r="G54" s="7">
+      <c r="H55" s="6">
         <v>25468.649689130176</v>
       </c>
-      <c r="H54" s="10">
-[...5 lines deleted...]
-      <c r="J54" s="10">
+      <c r="I55" s="9">
+        <v>0</v>
+      </c>
+      <c r="J55" s="10">
+        <v>0</v>
+      </c>
+      <c r="K55" s="9">
         <v>287</v>
       </c>
-      <c r="K54" s="11">
+      <c r="L55" s="10">
         <v>116.00013999999999</v>
       </c>
-      <c r="L54" s="10">
+      <c r="M55" s="9">
         <v>4392</v>
       </c>
-      <c r="M54" s="11">
+      <c r="N55" s="10">
         <v>16505.343129999997</v>
       </c>
-      <c r="N54" s="10">
+      <c r="O55" s="9">
         <v>6</v>
       </c>
-      <c r="O54" s="11">
+      <c r="P55" s="10">
         <v>7.7</v>
       </c>
-      <c r="P54" s="10">
-[...7 lines deleted...]
-      <c r="B55" s="4">
+      <c r="Q55" s="9">
+        <v>0</v>
+      </c>
+      <c r="R55" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="56" spans="3:18" x14ac:dyDescent="0.25">
+      <c r="C56" s="3">
         <v>8</v>
       </c>
-      <c r="C55" s="9" t="s">
+      <c r="D56" s="8" t="s">
         <v>54</v>
       </c>
-      <c r="D55" s="10">
+      <c r="E56" s="9">
         <v>1277664</v>
       </c>
-      <c r="E55" s="10">
+      <c r="F56" s="9">
         <v>948249</v>
       </c>
-      <c r="F55" s="6">
+      <c r="G56" s="5">
         <v>220192</v>
       </c>
-      <c r="G55" s="7">
+      <c r="H56" s="6">
         <v>2614.0346600000003</v>
       </c>
-      <c r="H55" s="10">
-[...5 lines deleted...]
-      <c r="J55" s="10">
+      <c r="I56" s="9">
+        <v>0</v>
+      </c>
+      <c r="J56" s="10">
+        <v>0</v>
+      </c>
+      <c r="K56" s="9">
         <v>1603160</v>
       </c>
-      <c r="K55" s="11">
+      <c r="L56" s="10">
         <v>777902.57176999981</v>
       </c>
-      <c r="L55" s="10">
+      <c r="M56" s="9">
         <v>31565</v>
       </c>
-      <c r="M55" s="11">
+      <c r="N56" s="10">
         <v>30162.476659999989</v>
       </c>
-      <c r="N55" s="10">
+      <c r="O56" s="9">
         <v>2290</v>
       </c>
-      <c r="O55" s="11">
+      <c r="P56" s="10">
         <v>1376.54</v>
       </c>
-      <c r="P55" s="10">
-[...7 lines deleted...]
-      <c r="B56" s="4">
+      <c r="Q56" s="9">
+        <v>0</v>
+      </c>
+      <c r="R56" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="57" spans="3:18" x14ac:dyDescent="0.25">
+      <c r="C57" s="3">
         <v>9</v>
       </c>
-      <c r="C56" s="9" t="s">
+      <c r="D57" s="8" t="s">
         <v>96</v>
       </c>
-      <c r="D56" s="10">
+      <c r="E57" s="9">
         <v>19228</v>
       </c>
-      <c r="E56" s="10">
-[...2 lines deleted...]
-      <c r="F56" s="6">
+      <c r="F57" s="9">
+        <v>0</v>
+      </c>
+      <c r="G57" s="5">
         <v>2449</v>
       </c>
-      <c r="G56" s="7">
+      <c r="H57" s="6">
         <v>3929.1944900000003</v>
       </c>
-      <c r="H56" s="10">
-[...31 lines deleted...]
-      <c r="B57" s="4">
+      <c r="I57" s="9">
+        <v>0</v>
+      </c>
+      <c r="J57" s="10">
+        <v>0</v>
+      </c>
+      <c r="K57" s="9">
+        <v>0</v>
+      </c>
+      <c r="L57" s="10">
+        <v>0</v>
+      </c>
+      <c r="M57" s="9">
+        <v>0</v>
+      </c>
+      <c r="N57" s="10">
+        <v>0</v>
+      </c>
+      <c r="O57" s="9">
+        <v>0</v>
+      </c>
+      <c r="P57" s="10">
+        <v>0</v>
+      </c>
+      <c r="Q57" s="9">
+        <v>0</v>
+      </c>
+      <c r="R57" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="58" spans="3:18" x14ac:dyDescent="0.25">
+      <c r="C58" s="3">
         <v>10</v>
       </c>
-      <c r="C57" s="9" t="s">
+      <c r="D58" s="8" t="s">
         <v>111</v>
       </c>
-      <c r="D57" s="10">
-[...2 lines deleted...]
-      <c r="E57" s="10">
+      <c r="E58" s="9">
+        <v>0</v>
+      </c>
+      <c r="F58" s="9">
         <v>2573252</v>
       </c>
-      <c r="F57" s="6">
-[...11 lines deleted...]
-      <c r="J57" s="10">
+      <c r="G58" s="5">
+        <v>0</v>
+      </c>
+      <c r="H58" s="6">
+        <v>0</v>
+      </c>
+      <c r="I58" s="9">
+        <v>0</v>
+      </c>
+      <c r="J58" s="10">
+        <v>0</v>
+      </c>
+      <c r="K58" s="9">
         <v>2881868</v>
       </c>
-      <c r="K57" s="11">
+      <c r="L58" s="10">
         <v>617826.09900000005</v>
       </c>
-      <c r="L57" s="10">
+      <c r="M58" s="9">
         <v>2277308</v>
       </c>
-      <c r="M57" s="11">
+      <c r="N58" s="10">
         <v>1506460.9680000001</v>
       </c>
-      <c r="N57" s="10">
-[...13 lines deleted...]
-      <c r="B58" s="4">
+      <c r="O58" s="9">
+        <v>0</v>
+      </c>
+      <c r="P58" s="10">
+        <v>0</v>
+      </c>
+      <c r="Q58" s="9">
+        <v>0</v>
+      </c>
+      <c r="R58" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="59" spans="3:18" x14ac:dyDescent="0.25">
+      <c r="C59" s="3">
         <v>11</v>
       </c>
-      <c r="C58" s="9" t="s">
+      <c r="D59" s="8" t="s">
         <v>112</v>
       </c>
-      <c r="D58" s="10">
+      <c r="E59" s="9">
         <v>2585593</v>
       </c>
-      <c r="E58" s="10">
+      <c r="F59" s="9">
         <v>584</v>
       </c>
-      <c r="F58" s="6">
+      <c r="G59" s="5">
         <v>915451</v>
       </c>
-      <c r="G58" s="7">
+      <c r="H59" s="6">
         <v>9005992.606639998</v>
       </c>
-      <c r="H58" s="10">
-[...5 lines deleted...]
-      <c r="J58" s="10">
+      <c r="I59" s="9">
+        <v>0</v>
+      </c>
+      <c r="J59" s="10">
+        <v>0</v>
+      </c>
+      <c r="K59" s="9">
         <v>73</v>
       </c>
-      <c r="K58" s="11">
+      <c r="L59" s="10">
         <v>25.414870000000001</v>
       </c>
-      <c r="L58" s="10">
+      <c r="M59" s="9">
         <v>62</v>
       </c>
-      <c r="M58" s="11">
+      <c r="N59" s="10">
         <v>279.81799999999998</v>
       </c>
-      <c r="N58" s="10">
-[...13 lines deleted...]
-      <c r="B59" s="4">
+      <c r="O59" s="9">
+        <v>0</v>
+      </c>
+      <c r="P59" s="10">
+        <v>0</v>
+      </c>
+      <c r="Q59" s="9">
+        <v>0</v>
+      </c>
+      <c r="R59" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="60" spans="3:18" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="C60" s="3">
         <v>12</v>
       </c>
-      <c r="C59" s="9" t="s">
+      <c r="D60" s="8" t="s">
         <v>95</v>
       </c>
-      <c r="D59" s="10">
+      <c r="E60" s="9">
         <v>387346</v>
       </c>
-      <c r="E59" s="10">
+      <c r="F60" s="9">
         <v>18934</v>
       </c>
-      <c r="F59" s="6">
+      <c r="G60" s="5">
         <v>39982</v>
       </c>
-      <c r="G59" s="7">
+      <c r="H60" s="6">
         <v>393893.94202999998</v>
       </c>
-      <c r="H59" s="10">
-[...5 lines deleted...]
-      <c r="J59" s="10">
+      <c r="I60" s="9">
+        <v>0</v>
+      </c>
+      <c r="J60" s="10">
+        <v>0</v>
+      </c>
+      <c r="K60" s="9">
         <v>3673</v>
       </c>
-      <c r="K59" s="11">
+      <c r="L60" s="10">
         <v>612.33970000000431</v>
       </c>
-      <c r="L59" s="10">
+      <c r="M60" s="9">
         <v>6863</v>
       </c>
-      <c r="M59" s="11">
+      <c r="N60" s="10">
         <v>58483.39054</v>
       </c>
-      <c r="N59" s="10">
-[...13 lines deleted...]
-      <c r="B60" s="4">
+      <c r="O60" s="9">
+        <v>0</v>
+      </c>
+      <c r="P60" s="10">
+        <v>0</v>
+      </c>
+      <c r="Q60" s="9">
+        <v>0</v>
+      </c>
+      <c r="R60" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="61" spans="3:18" x14ac:dyDescent="0.25">
+      <c r="C61" s="3">
         <v>13</v>
       </c>
-      <c r="C60" s="9" t="s">
+      <c r="D61" s="8" t="s">
         <v>55</v>
       </c>
-      <c r="D60" s="10">
+      <c r="E61" s="9">
         <v>67217</v>
       </c>
-      <c r="E60" s="10">
+      <c r="F61" s="9">
         <v>332810</v>
       </c>
-      <c r="F60" s="6">
+      <c r="G61" s="5">
         <v>7931</v>
       </c>
-      <c r="G60" s="7">
+      <c r="H61" s="6">
         <v>5769.2299300000032</v>
       </c>
-      <c r="H60" s="10">
-[...17 lines deleted...]
-      <c r="N60" s="10">
+      <c r="I61" s="9">
+        <v>0</v>
+      </c>
+      <c r="J61" s="10">
+        <v>0</v>
+      </c>
+      <c r="K61" s="9">
+        <v>0</v>
+      </c>
+      <c r="L61" s="10">
+        <v>0</v>
+      </c>
+      <c r="M61" s="9">
+        <v>0</v>
+      </c>
+      <c r="N61" s="10">
+        <v>0</v>
+      </c>
+      <c r="O61" s="9">
         <v>25</v>
       </c>
-      <c r="O60" s="11">
+      <c r="P61" s="10">
         <v>19.5</v>
       </c>
-      <c r="P60" s="10">
-[...7 lines deleted...]
-      <c r="B61" s="4">
+      <c r="Q61" s="9">
+        <v>0</v>
+      </c>
+      <c r="R61" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="62" spans="3:18" x14ac:dyDescent="0.25">
+      <c r="C62" s="3">
         <v>14</v>
       </c>
-      <c r="C61" s="9" t="s">
+      <c r="D62" s="8" t="s">
         <v>56</v>
       </c>
-      <c r="D61" s="10">
+      <c r="E62" s="9">
         <v>937313</v>
       </c>
-      <c r="E61" s="10">
+      <c r="F62" s="9">
         <v>561967</v>
       </c>
-      <c r="F61" s="6">
+      <c r="G62" s="5">
         <v>3703328</v>
       </c>
-      <c r="G61" s="7">
+      <c r="H62" s="6">
         <v>2838268.3110379954</v>
       </c>
-      <c r="H61" s="10">
+      <c r="I62" s="9">
         <v>133940</v>
       </c>
-      <c r="I61" s="11">
+      <c r="J62" s="10">
         <v>208422.29273000002</v>
       </c>
-      <c r="J61" s="10">
+      <c r="K62" s="9">
         <v>55124</v>
       </c>
-      <c r="K61" s="11">
+      <c r="L62" s="10">
         <v>18074.183759999996</v>
       </c>
-      <c r="L61" s="10">
-[...5 lines deleted...]
-      <c r="N61" s="10">
+      <c r="M62" s="9">
+        <v>0</v>
+      </c>
+      <c r="N62" s="10">
+        <v>0</v>
+      </c>
+      <c r="O62" s="9">
         <v>480</v>
       </c>
-      <c r="O61" s="11">
+      <c r="P62" s="10">
         <v>786.4</v>
       </c>
-      <c r="P61" s="10">
-[...7 lines deleted...]
-      <c r="B62" s="4">
+      <c r="Q62" s="9">
+        <v>0</v>
+      </c>
+      <c r="R62" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="63" spans="3:18" x14ac:dyDescent="0.25">
+      <c r="C63" s="3">
         <v>15</v>
       </c>
-      <c r="C62" s="9" t="s">
+      <c r="D63" s="8" t="s">
         <v>57</v>
       </c>
-      <c r="D62" s="10">
-[...2 lines deleted...]
-      <c r="E62" s="10">
+      <c r="E63" s="9">
+        <v>0</v>
+      </c>
+      <c r="F63" s="9">
         <v>14223</v>
       </c>
-      <c r="F62" s="6">
-[...11 lines deleted...]
-      <c r="J62" s="10">
+      <c r="G63" s="5">
+        <v>0</v>
+      </c>
+      <c r="H63" s="6">
+        <v>0</v>
+      </c>
+      <c r="I63" s="9">
+        <v>0</v>
+      </c>
+      <c r="J63" s="10">
+        <v>0</v>
+      </c>
+      <c r="K63" s="9">
         <v>4</v>
       </c>
-      <c r="K62" s="11">
+      <c r="L63" s="10">
         <v>28.184000000000001</v>
       </c>
-      <c r="L62" s="10">
+      <c r="M63" s="9">
         <v>10309</v>
       </c>
-      <c r="M62" s="11">
+      <c r="N63" s="10">
         <v>78504.416500000007</v>
       </c>
-      <c r="N62" s="10">
-[...13 lines deleted...]
-      <c r="B63" s="4">
+      <c r="O63" s="9">
+        <v>0</v>
+      </c>
+      <c r="P63" s="10">
+        <v>0</v>
+      </c>
+      <c r="Q63" s="9">
+        <v>0</v>
+      </c>
+      <c r="R63" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="64" spans="3:18" x14ac:dyDescent="0.25">
+      <c r="C64" s="3">
         <v>16</v>
       </c>
-      <c r="C63" s="9" t="s">
+      <c r="D64" s="8" t="s">
         <v>110</v>
       </c>
-      <c r="D63" s="10">
+      <c r="E64" s="9">
         <v>5</v>
       </c>
-      <c r="E63" s="10">
+      <c r="F64" s="9">
         <v>37023</v>
       </c>
-      <c r="F63" s="6">
+      <c r="G64" s="5">
         <v>4</v>
       </c>
-      <c r="G63" s="7">
+      <c r="H64" s="6">
         <v>5.17</v>
       </c>
-      <c r="H63" s="10">
-[...5 lines deleted...]
-      <c r="J63" s="10">
+      <c r="I64" s="9">
+        <v>0</v>
+      </c>
+      <c r="J64" s="10">
+        <v>0</v>
+      </c>
+      <c r="K64" s="9">
         <v>17153</v>
       </c>
-      <c r="K63" s="11">
+      <c r="L64" s="10">
         <v>32289.21749000001</v>
       </c>
-      <c r="L63" s="10">
+      <c r="M64" s="9">
         <v>545</v>
       </c>
-      <c r="M63" s="11">
+      <c r="N64" s="10">
         <v>702.85699999999997</v>
       </c>
-      <c r="N63" s="10">
+      <c r="O64" s="9">
         <v>3</v>
       </c>
-      <c r="O63" s="11">
+      <c r="P64" s="10">
         <v>1.8</v>
       </c>
-      <c r="P63" s="10">
-[...7 lines deleted...]
-      <c r="B64" s="4">
+      <c r="Q64" s="9">
+        <v>0</v>
+      </c>
+      <c r="R64" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="65" spans="3:18" x14ac:dyDescent="0.25">
+      <c r="C65" s="3">
         <v>17</v>
       </c>
-      <c r="C64" s="9" t="s">
+      <c r="D65" s="8" t="s">
         <v>98</v>
       </c>
-      <c r="D64" s="10">
-[...2 lines deleted...]
-      <c r="E64" s="10">
+      <c r="E65" s="9">
+        <v>0</v>
+      </c>
+      <c r="F65" s="9">
         <v>5331</v>
       </c>
-      <c r="F64" s="6">
-[...37 lines deleted...]
-      <c r="B65" s="4">
+      <c r="G65" s="5">
+        <v>0</v>
+      </c>
+      <c r="H65" s="6">
+        <v>0</v>
+      </c>
+      <c r="I65" s="9">
+        <v>0</v>
+      </c>
+      <c r="J65" s="10">
+        <v>0</v>
+      </c>
+      <c r="K65" s="9">
+        <v>0</v>
+      </c>
+      <c r="L65" s="10">
+        <v>0</v>
+      </c>
+      <c r="M65" s="9">
+        <v>0</v>
+      </c>
+      <c r="N65" s="10">
+        <v>0</v>
+      </c>
+      <c r="O65" s="9">
+        <v>0</v>
+      </c>
+      <c r="P65" s="10">
+        <v>0</v>
+      </c>
+      <c r="Q65" s="9">
+        <v>0</v>
+      </c>
+      <c r="R65" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="66" spans="3:18" x14ac:dyDescent="0.25">
+      <c r="C66" s="3">
         <v>18</v>
       </c>
-      <c r="C65" s="9" t="s">
+      <c r="D66" s="8" t="s">
         <v>58</v>
       </c>
-      <c r="D65" s="10">
-[...2 lines deleted...]
-      <c r="E65" s="10">
+      <c r="E66" s="9">
+        <v>0</v>
+      </c>
+      <c r="F66" s="9">
         <v>67956</v>
       </c>
-      <c r="F65" s="6">
-[...37 lines deleted...]
-      <c r="B66" s="4">
+      <c r="G66" s="5">
+        <v>0</v>
+      </c>
+      <c r="H66" s="6">
+        <v>0</v>
+      </c>
+      <c r="I66" s="9">
+        <v>0</v>
+      </c>
+      <c r="J66" s="10">
+        <v>0</v>
+      </c>
+      <c r="K66" s="9">
+        <v>0</v>
+      </c>
+      <c r="L66" s="10">
+        <v>0</v>
+      </c>
+      <c r="M66" s="9">
+        <v>0</v>
+      </c>
+      <c r="N66" s="10">
+        <v>0</v>
+      </c>
+      <c r="O66" s="9">
+        <v>0</v>
+      </c>
+      <c r="P66" s="10">
+        <v>0</v>
+      </c>
+      <c r="Q66" s="9">
+        <v>0</v>
+      </c>
+      <c r="R66" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="67" spans="3:18" x14ac:dyDescent="0.25">
+      <c r="C67" s="3">
         <v>19</v>
       </c>
-      <c r="C66" s="9" t="s">
+      <c r="D67" s="8" t="s">
         <v>59</v>
       </c>
-      <c r="D66" s="10">
+      <c r="E67" s="9">
         <v>3842</v>
       </c>
-      <c r="E66" s="10">
-[...2 lines deleted...]
-      <c r="F66" s="6">
+      <c r="F67" s="9">
+        <v>0</v>
+      </c>
+      <c r="G67" s="5">
         <v>9</v>
       </c>
-      <c r="G66" s="7">
+      <c r="H67" s="6">
         <v>12.82619</v>
       </c>
-      <c r="H66" s="10">
+      <c r="I67" s="9">
         <v>221</v>
       </c>
-      <c r="I66" s="11">
+      <c r="J67" s="10">
         <v>915.17660000000228</v>
       </c>
-      <c r="J66" s="10">
-[...25 lines deleted...]
-      <c r="B67" s="4">
+      <c r="K67" s="9">
+        <v>0</v>
+      </c>
+      <c r="L67" s="10">
+        <v>0</v>
+      </c>
+      <c r="M67" s="9">
+        <v>0</v>
+      </c>
+      <c r="N67" s="10">
+        <v>0</v>
+      </c>
+      <c r="O67" s="9">
+        <v>0</v>
+      </c>
+      <c r="P67" s="10">
+        <v>0</v>
+      </c>
+      <c r="Q67" s="9">
+        <v>0</v>
+      </c>
+      <c r="R67" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="68" spans="3:18" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="C68" s="3">
         <v>20</v>
       </c>
-      <c r="C67" s="9" t="s">
+      <c r="D68" s="8" t="s">
         <v>99</v>
       </c>
-      <c r="D67" s="10">
-[...2 lines deleted...]
-      <c r="E67" s="10">
+      <c r="E68" s="9">
+        <v>0</v>
+      </c>
+      <c r="F68" s="9">
         <v>79692176</v>
       </c>
-      <c r="F67" s="6">
-[...11 lines deleted...]
-      <c r="J67" s="10">
+      <c r="G68" s="5">
+        <v>0</v>
+      </c>
+      <c r="H68" s="6">
+        <v>0</v>
+      </c>
+      <c r="I68" s="9">
+        <v>0</v>
+      </c>
+      <c r="J68" s="10">
+        <v>0</v>
+      </c>
+      <c r="K68" s="9">
         <v>80588</v>
       </c>
-      <c r="K67" s="11">
+      <c r="L68" s="10">
         <v>39067.498579999999</v>
       </c>
-      <c r="L67" s="10">
+      <c r="M68" s="9">
         <v>956</v>
       </c>
-      <c r="M67" s="11">
+      <c r="N68" s="10">
         <v>672.33758</v>
       </c>
-      <c r="N67" s="10">
-[...13 lines deleted...]
-      <c r="B68" s="4">
+      <c r="O68" s="9">
+        <v>0</v>
+      </c>
+      <c r="P68" s="10">
+        <v>0</v>
+      </c>
+      <c r="Q68" s="9">
+        <v>0</v>
+      </c>
+      <c r="R68" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="69" spans="3:18" x14ac:dyDescent="0.25">
+      <c r="C69" s="3">
         <v>21</v>
       </c>
-      <c r="C68" s="9" t="s">
+      <c r="D69" s="8" t="s">
         <v>60</v>
       </c>
-      <c r="D68" s="10">
-[...2 lines deleted...]
-      <c r="E68" s="10">
+      <c r="E69" s="9">
+        <v>0</v>
+      </c>
+      <c r="F69" s="9">
         <v>140250095</v>
       </c>
-      <c r="F68" s="6">
-[...11 lines deleted...]
-      <c r="J68" s="10">
+      <c r="G69" s="5">
+        <v>0</v>
+      </c>
+      <c r="H69" s="6">
+        <v>0</v>
+      </c>
+      <c r="I69" s="9">
+        <v>0</v>
+      </c>
+      <c r="J69" s="10">
+        <v>0</v>
+      </c>
+      <c r="K69" s="9">
         <v>10585406</v>
       </c>
-      <c r="K68" s="11">
+      <c r="L69" s="10">
         <v>10689811.065076893</v>
       </c>
-      <c r="L68" s="10">
+      <c r="M69" s="9">
         <v>2397978</v>
       </c>
-      <c r="M68" s="11">
+      <c r="N69" s="10">
         <v>17990091.666960005</v>
       </c>
-      <c r="N68" s="10">
-[...13 lines deleted...]
-      <c r="B69" s="4">
+      <c r="O69" s="9">
+        <v>0</v>
+      </c>
+      <c r="P69" s="10">
+        <v>0</v>
+      </c>
+      <c r="Q69" s="9">
+        <v>0</v>
+      </c>
+      <c r="R69" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="70" spans="3:18" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="C70" s="3">
         <v>22</v>
       </c>
-      <c r="C69" s="9" t="s">
+      <c r="D70" s="8" t="s">
         <v>100</v>
       </c>
-      <c r="D69" s="10">
+      <c r="E70" s="9">
         <v>53985</v>
       </c>
-      <c r="E69" s="10">
+      <c r="F70" s="9">
         <v>61567</v>
       </c>
-      <c r="F69" s="6">
+      <c r="G70" s="5">
         <v>4921</v>
       </c>
-      <c r="G69" s="7">
+      <c r="H70" s="6">
         <v>4912.8980000000001</v>
       </c>
-      <c r="H69" s="10">
+      <c r="I70" s="9">
         <v>101</v>
       </c>
-      <c r="I69" s="11">
+      <c r="J70" s="10">
         <v>156.74100000000001</v>
       </c>
-      <c r="J69" s="10">
+      <c r="K70" s="9">
         <v>52</v>
       </c>
-      <c r="K69" s="11">
+      <c r="L70" s="10">
         <v>0.61199999999999999</v>
       </c>
-      <c r="L69" s="10">
+      <c r="M70" s="9">
         <v>8</v>
       </c>
-      <c r="M69" s="11">
+      <c r="N70" s="10">
         <v>2.7360000000000002</v>
       </c>
-      <c r="N69" s="10">
-[...13 lines deleted...]
-      <c r="B70" s="4">
+      <c r="O70" s="9">
+        <v>0</v>
+      </c>
+      <c r="P70" s="10">
+        <v>0</v>
+      </c>
+      <c r="Q70" s="9">
+        <v>0</v>
+      </c>
+      <c r="R70" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="71" spans="3:18" x14ac:dyDescent="0.25">
+      <c r="C71" s="3">
         <v>23</v>
       </c>
-      <c r="C70" s="9" t="s">
+      <c r="D71" s="8" t="s">
         <v>101</v>
       </c>
-      <c r="D70" s="10">
+      <c r="E71" s="9">
         <v>1519855</v>
       </c>
-      <c r="E70" s="10">
+      <c r="F71" s="9">
         <v>258613</v>
       </c>
-      <c r="F70" s="6">
+      <c r="G71" s="5">
         <v>309196</v>
       </c>
-      <c r="G70" s="7">
+      <c r="H71" s="6">
         <v>1172565.2583400006</v>
       </c>
-      <c r="H70" s="10">
-[...5 lines deleted...]
-      <c r="J70" s="10">
+      <c r="I71" s="9">
+        <v>0</v>
+      </c>
+      <c r="J71" s="10">
+        <v>0</v>
+      </c>
+      <c r="K71" s="9">
         <v>117436</v>
       </c>
-      <c r="K70" s="11">
+      <c r="L71" s="10">
         <v>184765.86970000167</v>
       </c>
-      <c r="L70" s="10">
+      <c r="M71" s="9">
         <v>364726</v>
       </c>
-      <c r="M70" s="11">
+      <c r="N71" s="10">
         <v>2594040.4929400003</v>
       </c>
-      <c r="N70" s="10">
-[...5 lines deleted...]
-      <c r="P70" s="10">
+      <c r="O71" s="9">
+        <v>0</v>
+      </c>
+      <c r="P71" s="10">
+        <v>0</v>
+      </c>
+      <c r="Q71" s="9">
         <v>1107</v>
       </c>
-      <c r="Q70" s="11">
+      <c r="R71" s="10">
         <v>1065.0540000000001</v>
       </c>
     </row>
-    <row r="71" spans="2:17" x14ac:dyDescent="0.25">
-      <c r="B71" s="4">
+    <row r="72" spans="3:18" x14ac:dyDescent="0.25">
+      <c r="C72" s="3">
         <v>24</v>
       </c>
-      <c r="C71" s="9" t="s">
+      <c r="D72" s="8" t="s">
         <v>61</v>
       </c>
-      <c r="D71" s="10">
-[...2 lines deleted...]
-      <c r="E71" s="10">
+      <c r="E72" s="9">
+        <v>0</v>
+      </c>
+      <c r="F72" s="9">
         <v>12255769</v>
       </c>
-      <c r="F71" s="6">
-[...11 lines deleted...]
-      <c r="J71" s="10">
+      <c r="G72" s="5">
+        <v>0</v>
+      </c>
+      <c r="H72" s="6">
+        <v>0</v>
+      </c>
+      <c r="I72" s="9">
+        <v>0</v>
+      </c>
+      <c r="J72" s="10">
+        <v>0</v>
+      </c>
+      <c r="K72" s="9">
         <v>1482</v>
       </c>
-      <c r="K71" s="11">
+      <c r="L72" s="10">
         <v>10745.653609999999</v>
       </c>
-      <c r="L71" s="10">
+      <c r="M72" s="9">
         <v>28</v>
       </c>
-      <c r="M71" s="11">
+      <c r="N72" s="10">
         <v>5.0439999999999996</v>
       </c>
-      <c r="N71" s="10">
-[...13 lines deleted...]
-      <c r="B72" s="4">
+      <c r="O72" s="9">
+        <v>0</v>
+      </c>
+      <c r="P72" s="10">
+        <v>0</v>
+      </c>
+      <c r="Q72" s="9">
+        <v>0</v>
+      </c>
+      <c r="R72" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="73" spans="3:18" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="C73" s="3">
         <v>25</v>
       </c>
-      <c r="C72" s="9" t="s">
+      <c r="D73" s="8" t="s">
         <v>102</v>
       </c>
-      <c r="D72" s="10">
-[...2 lines deleted...]
-      <c r="E72" s="10">
+      <c r="E73" s="9">
+        <v>0</v>
+      </c>
+      <c r="F73" s="9">
         <v>208486879</v>
       </c>
-      <c r="F72" s="6">
-[...11 lines deleted...]
-      <c r="J72" s="10">
+      <c r="G73" s="5">
+        <v>0</v>
+      </c>
+      <c r="H73" s="6">
+        <v>0</v>
+      </c>
+      <c r="I73" s="9">
+        <v>0</v>
+      </c>
+      <c r="J73" s="10">
+        <v>0</v>
+      </c>
+      <c r="K73" s="9">
         <v>11925597</v>
       </c>
-      <c r="K72" s="11">
+      <c r="L73" s="10">
         <v>1940558.47328</v>
       </c>
-      <c r="L72" s="10">
+      <c r="M73" s="9">
         <v>234950</v>
       </c>
-      <c r="M72" s="11">
+      <c r="N73" s="10">
         <v>990957.07002999994</v>
       </c>
-      <c r="N72" s="10">
-[...13 lines deleted...]
-      <c r="B73" s="4">
+      <c r="O73" s="9">
+        <v>0</v>
+      </c>
+      <c r="P73" s="10">
+        <v>0</v>
+      </c>
+      <c r="Q73" s="9">
+        <v>0</v>
+      </c>
+      <c r="R73" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="74" spans="3:18" x14ac:dyDescent="0.25">
+      <c r="C74" s="3">
         <v>26</v>
       </c>
-      <c r="C73" s="9" t="s">
+      <c r="D74" s="8" t="s">
         <v>62</v>
       </c>
-      <c r="D73" s="10">
-[...5 lines deleted...]
-      <c r="F73" s="6">
+      <c r="E74" s="9">
+        <v>246137926</v>
+      </c>
+      <c r="F74" s="9">
+        <v>83350</v>
+      </c>
+      <c r="G74" s="5">
         <v>51268330</v>
       </c>
-      <c r="G73" s="7">
+      <c r="H74" s="6">
         <v>17590365.456869997</v>
       </c>
-      <c r="H73" s="10">
+      <c r="I74" s="9">
         <v>1324</v>
       </c>
-      <c r="I73" s="11">
+      <c r="J74" s="10">
         <v>6288.3720000000003</v>
       </c>
-      <c r="J73" s="10">
+      <c r="K74" s="9">
         <v>19</v>
       </c>
-      <c r="K73" s="11">
+      <c r="L74" s="10">
         <v>1.3089999999999999</v>
       </c>
-      <c r="L73" s="10">
-[...5 lines deleted...]
-      <c r="N73" s="10">
+      <c r="M74" s="9">
+        <v>0</v>
+      </c>
+      <c r="N74" s="10">
+        <v>0</v>
+      </c>
+      <c r="O74" s="9">
         <v>707</v>
       </c>
-      <c r="O73" s="11">
+      <c r="P74" s="10">
         <v>1030</v>
       </c>
-      <c r="P73" s="10">
-[...7 lines deleted...]
-      <c r="B74" s="4">
+      <c r="Q74" s="9">
+        <v>0</v>
+      </c>
+      <c r="R74" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="75" spans="3:18" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="C75" s="3">
         <v>27</v>
       </c>
-      <c r="C74" s="9" t="s">
+      <c r="D75" s="8" t="s">
         <v>105</v>
       </c>
-      <c r="D74" s="10">
+      <c r="E75" s="9">
         <v>6425088</v>
       </c>
-      <c r="E74" s="10">
-[...2 lines deleted...]
-      <c r="F74" s="6">
+      <c r="F75" s="9">
+        <v>0</v>
+      </c>
+      <c r="G75" s="5">
         <v>10575249</v>
       </c>
-      <c r="G74" s="7">
+      <c r="H75" s="6">
         <v>3905520.326080014</v>
       </c>
-      <c r="H74" s="10">
+      <c r="I75" s="9">
         <v>15512</v>
       </c>
-      <c r="I74" s="11">
+      <c r="J75" s="10">
         <v>145449.84700000001</v>
       </c>
-      <c r="J74" s="10">
-[...25 lines deleted...]
-      <c r="B75" s="4">
+      <c r="K75" s="9">
+        <v>0</v>
+      </c>
+      <c r="L75" s="10">
+        <v>0</v>
+      </c>
+      <c r="M75" s="9">
+        <v>0</v>
+      </c>
+      <c r="N75" s="10">
+        <v>0</v>
+      </c>
+      <c r="O75" s="9">
+        <v>0</v>
+      </c>
+      <c r="P75" s="10">
+        <v>0</v>
+      </c>
+      <c r="Q75" s="9">
+        <v>0</v>
+      </c>
+      <c r="R75" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="76" spans="3:18" x14ac:dyDescent="0.25">
+      <c r="C76" s="3">
         <v>28</v>
       </c>
-      <c r="C75" s="9" t="s">
+      <c r="D76" s="8" t="s">
         <v>63</v>
       </c>
-      <c r="D75" s="10">
+      <c r="E76" s="9">
         <v>2011410</v>
       </c>
-      <c r="E75" s="10">
+      <c r="F76" s="9">
         <v>553</v>
       </c>
-      <c r="F75" s="6">
+      <c r="G76" s="5">
         <v>43558</v>
       </c>
-      <c r="G75" s="7">
+      <c r="H76" s="6">
         <v>194416.07501999999</v>
       </c>
-      <c r="H75" s="10">
-[...5 lines deleted...]
-      <c r="J75" s="10">
+      <c r="I76" s="9">
+        <v>0</v>
+      </c>
+      <c r="J76" s="10">
+        <v>0</v>
+      </c>
+      <c r="K76" s="9">
         <v>179</v>
       </c>
-      <c r="K75" s="11">
+      <c r="L76" s="10">
         <v>209.04569000000004</v>
       </c>
-      <c r="L75" s="10">
-[...5 lines deleted...]
-      <c r="N75" s="10">
+      <c r="M76" s="9">
+        <v>0</v>
+      </c>
+      <c r="N76" s="10">
+        <v>0</v>
+      </c>
+      <c r="O76" s="9">
         <v>91</v>
       </c>
-      <c r="O75" s="11">
+      <c r="P76" s="10">
         <v>126.9</v>
       </c>
-      <c r="P75" s="10">
-[...7 lines deleted...]
-      <c r="B76" s="4">
+      <c r="Q76" s="9">
+        <v>0</v>
+      </c>
+      <c r="R76" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="77" spans="3:18" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="C77" s="3">
         <v>29</v>
       </c>
-      <c r="C76" s="9" t="s">
+      <c r="D77" s="8" t="s">
         <v>103</v>
       </c>
-      <c r="D76" s="10">
-[...2 lines deleted...]
-      <c r="E76" s="10">
+      <c r="E77" s="9">
+        <v>0</v>
+      </c>
+      <c r="F77" s="9">
         <v>69692</v>
       </c>
-      <c r="F76" s="6">
-[...11 lines deleted...]
-      <c r="J76" s="10">
+      <c r="G77" s="5">
+        <v>0</v>
+      </c>
+      <c r="H77" s="6">
+        <v>0</v>
+      </c>
+      <c r="I77" s="9">
+        <v>0</v>
+      </c>
+      <c r="J77" s="10">
+        <v>0</v>
+      </c>
+      <c r="K77" s="9">
         <v>75284</v>
       </c>
-      <c r="K76" s="11">
+      <c r="L77" s="10">
         <v>34463.055999999997</v>
       </c>
-      <c r="L76" s="10">
+      <c r="M77" s="9">
         <v>139821</v>
       </c>
-      <c r="M76" s="11">
+      <c r="N77" s="10">
         <v>244700.37100000001</v>
       </c>
-      <c r="N76" s="10">
-[...13 lines deleted...]
-      <c r="B77" s="4">
+      <c r="O77" s="9">
+        <v>0</v>
+      </c>
+      <c r="P77" s="10">
+        <v>0</v>
+      </c>
+      <c r="Q77" s="9">
+        <v>0</v>
+      </c>
+      <c r="R77" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="78" spans="3:18" x14ac:dyDescent="0.25">
+      <c r="C78" s="3">
         <v>30</v>
       </c>
-      <c r="C77" s="9" t="s">
+      <c r="D78" s="8" t="s">
         <v>64</v>
       </c>
-      <c r="D77" s="10">
+      <c r="E78" s="9">
         <v>7422003</v>
       </c>
-      <c r="E77" s="10">
+      <c r="F78" s="9">
         <v>4519</v>
       </c>
-      <c r="F77" s="6">
+      <c r="G78" s="5">
         <v>1290513</v>
       </c>
-      <c r="G77" s="7">
+      <c r="H78" s="6">
         <v>309897.41388999997</v>
       </c>
-      <c r="H77" s="10">
-[...5 lines deleted...]
-      <c r="J77" s="10">
+      <c r="I78" s="9">
+        <v>0</v>
+      </c>
+      <c r="J78" s="10">
+        <v>0</v>
+      </c>
+      <c r="K78" s="9">
         <v>4338</v>
       </c>
-      <c r="K77" s="11">
+      <c r="L78" s="10">
         <v>284.96296000000001</v>
       </c>
-      <c r="L77" s="10">
-[...19 lines deleted...]
-      <c r="B78" s="4">
+      <c r="M78" s="9">
+        <v>0</v>
+      </c>
+      <c r="N78" s="10">
+        <v>0</v>
+      </c>
+      <c r="O78" s="9">
+        <v>0</v>
+      </c>
+      <c r="P78" s="10">
+        <v>0</v>
+      </c>
+      <c r="Q78" s="9">
+        <v>0</v>
+      </c>
+      <c r="R78" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="79" spans="3:18" x14ac:dyDescent="0.25">
+      <c r="C79" s="3">
         <v>31</v>
       </c>
-      <c r="C78" s="9" t="s">
+      <c r="D79" s="8" t="s">
         <v>104</v>
       </c>
-      <c r="D78" s="10">
-[...2 lines deleted...]
-      <c r="E78" s="10">
+      <c r="E79" s="9">
+        <v>0</v>
+      </c>
+      <c r="F79" s="9">
         <v>494370</v>
       </c>
-      <c r="F78" s="6">
-[...11 lines deleted...]
-      <c r="J78" s="10">
+      <c r="G79" s="5">
+        <v>0</v>
+      </c>
+      <c r="H79" s="6">
+        <v>0</v>
+      </c>
+      <c r="I79" s="9">
+        <v>0</v>
+      </c>
+      <c r="J79" s="10">
+        <v>0</v>
+      </c>
+      <c r="K79" s="9">
         <v>387</v>
       </c>
-      <c r="K78" s="11">
+      <c r="L79" s="10">
         <v>266.43020000000297</v>
       </c>
-      <c r="L78" s="10">
+      <c r="M79" s="9">
         <v>9067</v>
       </c>
-      <c r="M78" s="11">
+      <c r="N79" s="10">
         <v>34444.086000000003</v>
       </c>
-      <c r="N78" s="10">
-[...13 lines deleted...]
-      <c r="B79" s="4">
+      <c r="O79" s="9">
+        <v>0</v>
+      </c>
+      <c r="P79" s="10">
+        <v>0</v>
+      </c>
+      <c r="Q79" s="9">
+        <v>0</v>
+      </c>
+      <c r="R79" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="80" spans="3:18" x14ac:dyDescent="0.25">
+      <c r="C80" s="3">
         <v>32</v>
       </c>
-      <c r="C79" s="9" t="s">
+      <c r="D80" s="8" t="s">
         <v>65</v>
       </c>
-      <c r="D79" s="10">
-[...2 lines deleted...]
-      <c r="E79" s="10">
+      <c r="E80" s="9">
+        <v>0</v>
+      </c>
+      <c r="F80" s="9">
         <v>1857</v>
       </c>
-      <c r="F79" s="6">
-[...11 lines deleted...]
-      <c r="J79" s="10">
+      <c r="G80" s="5">
+        <v>0</v>
+      </c>
+      <c r="H80" s="6">
+        <v>0</v>
+      </c>
+      <c r="I80" s="9">
+        <v>0</v>
+      </c>
+      <c r="J80" s="10">
+        <v>0</v>
+      </c>
+      <c r="K80" s="9">
         <v>1662</v>
       </c>
-      <c r="K79" s="11">
+      <c r="L80" s="10">
         <v>563.62634999999977</v>
       </c>
-      <c r="L79" s="10">
+      <c r="M80" s="9">
         <v>1355</v>
       </c>
-      <c r="M79" s="11">
+      <c r="N80" s="10">
         <v>1773.7133000000001</v>
       </c>
-      <c r="N79" s="10">
-[...5 lines deleted...]
-      <c r="P79" s="10">
+      <c r="O80" s="9">
+        <v>0</v>
+      </c>
+      <c r="P80" s="10">
+        <v>0</v>
+      </c>
+      <c r="Q80" s="9">
         <v>2</v>
       </c>
-      <c r="Q79" s="11">
+      <c r="R80" s="10">
         <v>0.2</v>
       </c>
     </row>
-    <row r="80" spans="2:17" x14ac:dyDescent="0.25">
-      <c r="B80" s="4">
+    <row r="81" spans="3:30" x14ac:dyDescent="0.25">
+      <c r="C81" s="3">
         <v>33</v>
       </c>
-      <c r="C80" s="9" t="s">
+      <c r="D81" s="8" t="s">
         <v>106</v>
       </c>
-      <c r="D80" s="10">
+      <c r="E81" s="9">
         <v>665</v>
       </c>
-      <c r="E80" s="10">
+      <c r="F81" s="9">
         <v>4463038</v>
       </c>
-      <c r="F80" s="6">
+      <c r="G81" s="5">
         <v>17</v>
       </c>
-      <c r="G80" s="7">
+      <c r="H81" s="6">
         <v>11.179</v>
       </c>
-      <c r="H80" s="10">
-[...5 lines deleted...]
-      <c r="J80" s="10">
+      <c r="I81" s="9">
+        <v>0</v>
+      </c>
+      <c r="J81" s="10">
+        <v>0</v>
+      </c>
+      <c r="K81" s="9">
         <v>208934</v>
       </c>
-      <c r="K80" s="11">
+      <c r="L81" s="10">
         <v>965266.09057999996</v>
       </c>
-      <c r="L80" s="10">
+      <c r="M81" s="9">
         <v>383359</v>
       </c>
-      <c r="M80" s="11">
+      <c r="N81" s="10">
         <v>2559731.4246599856</v>
       </c>
-      <c r="N80" s="10">
-[...5 lines deleted...]
-      <c r="P80" s="10">
+      <c r="O81" s="9">
+        <v>0</v>
+      </c>
+      <c r="P81" s="10">
+        <v>0</v>
+      </c>
+      <c r="Q81" s="9">
         <v>144</v>
       </c>
-      <c r="Q80" s="11">
+      <c r="R81" s="10">
         <v>67.707499999999996</v>
       </c>
     </row>
-    <row r="81" spans="2:29" x14ac:dyDescent="0.25">
-      <c r="B81" s="4">
+    <row r="82" spans="3:30" x14ac:dyDescent="0.25">
+      <c r="C82" s="3">
         <v>34</v>
       </c>
-      <c r="C81" s="9" t="s">
+      <c r="D82" s="8" t="s">
         <v>66</v>
       </c>
-      <c r="D81" s="10">
+      <c r="E82" s="9">
         <v>2750662</v>
       </c>
-      <c r="E81" s="10">
+      <c r="F82" s="9">
         <v>6167</v>
       </c>
-      <c r="F81" s="6">
+      <c r="G82" s="5">
         <v>523987</v>
       </c>
-      <c r="G81" s="7">
+      <c r="H82" s="6">
         <v>2390787.8215698348</v>
       </c>
-      <c r="H81" s="10">
+      <c r="I82" s="9">
         <v>11379</v>
       </c>
-      <c r="I81" s="11">
+      <c r="J82" s="10">
         <v>57503.605790000001</v>
       </c>
-      <c r="J81" s="10">
+      <c r="K82" s="9">
         <v>16203</v>
       </c>
-      <c r="K81" s="11">
+      <c r="L82" s="10">
         <v>10955.800600000051</v>
       </c>
-      <c r="L81" s="10">
+      <c r="M82" s="9">
         <v>1154</v>
       </c>
-      <c r="M81" s="11">
+      <c r="N82" s="10">
         <v>2049.8074599999995</v>
       </c>
-      <c r="N81" s="10">
+      <c r="O82" s="9">
         <v>8323</v>
       </c>
-      <c r="O81" s="11">
+      <c r="P82" s="10">
         <v>5720.1149999999998</v>
       </c>
-      <c r="P81" s="10">
-[...7 lines deleted...]
-      <c r="B82" s="4">
+      <c r="Q82" s="9">
+        <v>0</v>
+      </c>
+      <c r="R82" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="83" spans="3:30" x14ac:dyDescent="0.25">
+      <c r="C83" s="3">
         <v>35</v>
       </c>
-      <c r="C82" s="9" t="s">
+      <c r="D83" s="8" t="s">
         <v>67</v>
       </c>
-      <c r="D82" s="10">
-[...2 lines deleted...]
-      <c r="E82" s="10">
+      <c r="E83" s="9">
+        <v>0</v>
+      </c>
+      <c r="F83" s="9">
         <v>31136416</v>
       </c>
-      <c r="F82" s="10">
-[...11 lines deleted...]
-      <c r="J82" s="10">
+      <c r="G83" s="9">
+        <v>0</v>
+      </c>
+      <c r="H83" s="10">
+        <v>0</v>
+      </c>
+      <c r="I83" s="9">
+        <v>0</v>
+      </c>
+      <c r="J83" s="10">
+        <v>0</v>
+      </c>
+      <c r="K83" s="9">
         <v>211677</v>
       </c>
-      <c r="K82" s="11">
+      <c r="L83" s="10">
         <v>177245.09451</v>
       </c>
-      <c r="L82" s="10">
+      <c r="M83" s="9">
         <v>430</v>
       </c>
-      <c r="M82" s="11">
+      <c r="N83" s="10">
         <v>705.95799999999997</v>
       </c>
-      <c r="N82" s="10">
-[...13 lines deleted...]
-      <c r="B83" s="4">
+      <c r="O83" s="9">
+        <v>0</v>
+      </c>
+      <c r="P83" s="10">
+        <v>0</v>
+      </c>
+      <c r="Q83" s="9">
+        <v>0</v>
+      </c>
+      <c r="R83" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="84" spans="3:30" x14ac:dyDescent="0.25">
+      <c r="C84" s="3">
         <v>36</v>
       </c>
-      <c r="C83" s="9" t="s">
+      <c r="D84" s="8" t="s">
         <v>107</v>
       </c>
-      <c r="D83" s="10">
-[...2 lines deleted...]
-      <c r="E83" s="10">
+      <c r="E84" s="9">
+        <v>0</v>
+      </c>
+      <c r="F84" s="9">
         <v>6962047</v>
       </c>
-      <c r="F83" s="10">
-[...11 lines deleted...]
-      <c r="J83" s="10">
+      <c r="G84" s="9">
+        <v>0</v>
+      </c>
+      <c r="H84" s="10">
+        <v>0</v>
+      </c>
+      <c r="I84" s="9">
+        <v>0</v>
+      </c>
+      <c r="J84" s="10">
+        <v>0</v>
+      </c>
+      <c r="K84" s="9">
         <v>50266814</v>
       </c>
-      <c r="K83" s="11">
+      <c r="L84" s="10">
         <v>4294795.9496599995</v>
       </c>
-      <c r="L83" s="10">
+      <c r="M84" s="9">
         <v>21591408</v>
       </c>
-      <c r="M83" s="11">
+      <c r="N84" s="10">
         <v>3949696.5815099999</v>
       </c>
-      <c r="N83" s="10">
+      <c r="O84" s="9">
         <v>1145</v>
       </c>
-      <c r="O83" s="11">
+      <c r="P84" s="10">
         <v>918.9</v>
       </c>
-      <c r="P83" s="10">
-[...7 lines deleted...]
-      <c r="B84" s="4">
+      <c r="Q84" s="9">
+        <v>0</v>
+      </c>
+      <c r="R84" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="85" spans="3:30" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="C85" s="3">
         <v>37</v>
       </c>
-      <c r="C84" s="9" t="s">
+      <c r="D85" s="8" t="s">
         <v>108</v>
       </c>
-      <c r="D84" s="10">
-[...2 lines deleted...]
-      <c r="E84" s="10">
+      <c r="E85" s="9">
+        <v>0</v>
+      </c>
+      <c r="F85" s="9">
         <v>2135</v>
       </c>
-      <c r="F84" s="10">
-[...11 lines deleted...]
-      <c r="J84" s="10">
+      <c r="G85" s="9">
+        <v>0</v>
+      </c>
+      <c r="H85" s="10">
+        <v>0</v>
+      </c>
+      <c r="I85" s="9">
+        <v>0</v>
+      </c>
+      <c r="J85" s="10">
+        <v>0</v>
+      </c>
+      <c r="K85" s="9">
         <v>216</v>
       </c>
-      <c r="K84" s="11">
+      <c r="L85" s="10">
         <v>189.24289999999999</v>
       </c>
-      <c r="L84" s="10">
+      <c r="M85" s="9">
         <v>133</v>
       </c>
-      <c r="M84" s="11">
+      <c r="N85" s="10">
         <v>667.03968000000009</v>
       </c>
-      <c r="N84" s="10">
-[...13 lines deleted...]
-      <c r="B85" s="4">
+      <c r="O85" s="9">
+        <v>0</v>
+      </c>
+      <c r="P85" s="10">
+        <v>0</v>
+      </c>
+      <c r="Q85" s="9">
+        <v>0</v>
+      </c>
+      <c r="R85" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="86" spans="3:30" ht="38.25" x14ac:dyDescent="0.25">
+      <c r="C86" s="3">
         <v>38</v>
       </c>
-      <c r="C85" s="9" t="s">
+      <c r="D86" s="8" t="s">
         <v>109</v>
       </c>
-      <c r="D85" s="10">
+      <c r="E86" s="9">
         <v>170</v>
       </c>
-      <c r="E85" s="10">
+      <c r="F86" s="9">
         <v>565129</v>
       </c>
-      <c r="F85" s="6">
-[...37 lines deleted...]
-      <c r="B86" s="28" t="s">
+      <c r="G86" s="5">
+        <v>0</v>
+      </c>
+      <c r="H86" s="6">
+        <v>0</v>
+      </c>
+      <c r="I86" s="9">
+        <v>0</v>
+      </c>
+      <c r="J86" s="10">
+        <v>0</v>
+      </c>
+      <c r="K86" s="9">
+        <v>0</v>
+      </c>
+      <c r="L86" s="10">
+        <v>0</v>
+      </c>
+      <c r="M86" s="9">
+        <v>0</v>
+      </c>
+      <c r="N86" s="10">
+        <v>0</v>
+      </c>
+      <c r="O86" s="9">
+        <v>0</v>
+      </c>
+      <c r="P86" s="10">
+        <v>0</v>
+      </c>
+      <c r="Q86" s="9">
+        <v>0</v>
+      </c>
+      <c r="R86" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="87" spans="3:30" x14ac:dyDescent="0.25">
+      <c r="C87" s="24" t="s">
         <v>68</v>
       </c>
-      <c r="C86" s="29"/>
-[...4 lines deleted...]
-      <c r="E86" s="12">
+      <c r="D87" s="24"/>
+      <c r="E87" s="11">
+        <f t="shared" ref="E87:R87" si="0">SUM(E8:E47,E49:E86)</f>
+        <v>395820482</v>
+      </c>
+      <c r="F87" s="11">
         <f t="shared" si="0"/>
-        <v>1138178639</v>
-[...1 lines deleted...]
-      <c r="F86" s="13">
+        <v>1138178748</v>
+      </c>
+      <c r="G87" s="12">
         <f t="shared" si="0"/>
         <v>141554306</v>
       </c>
-      <c r="G86" s="14">
+      <c r="H87" s="13">
         <f t="shared" si="0"/>
         <v>54967982.448648989</v>
       </c>
-      <c r="H86" s="12">
+      <c r="I87" s="11">
         <f t="shared" si="0"/>
         <v>619772</v>
       </c>
-      <c r="I86" s="15">
+      <c r="J87" s="14">
         <f t="shared" si="0"/>
         <v>1034587.4203201598</v>
       </c>
-      <c r="J86" s="12">
+      <c r="K87" s="11">
         <f t="shared" si="0"/>
         <v>374689011</v>
       </c>
-      <c r="K86" s="15">
+      <c r="L87" s="14">
         <f t="shared" si="0"/>
         <v>78547585.430341914</v>
       </c>
-      <c r="L86" s="12">
+      <c r="M87" s="11">
         <f t="shared" si="0"/>
         <v>30806311</v>
       </c>
-      <c r="M86" s="15">
+      <c r="N87" s="14">
         <f t="shared" si="0"/>
         <v>40344529.112489991</v>
       </c>
-      <c r="N86" s="12">
+      <c r="O87" s="11">
         <f t="shared" si="0"/>
         <v>1961558</v>
       </c>
-      <c r="O86" s="15">
+      <c r="P87" s="14">
         <f t="shared" si="0"/>
         <v>8761495.6088651717</v>
       </c>
-      <c r="P86" s="12">
+      <c r="Q87" s="11">
         <f t="shared" si="0"/>
         <v>1253</v>
       </c>
-      <c r="Q86" s="15">
+      <c r="R87" s="14">
         <f t="shared" si="0"/>
         <v>1132.9615000000001</v>
       </c>
     </row>
-    <row r="87" spans="2:29" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B87" s="24" t="s">
+    <row r="88" spans="3:30" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C88" s="22" t="s">
         <v>69</v>
       </c>
-      <c r="C87" s="25"/>
-[...16 lines deleted...]
-      <c r="B88" s="16">
+      <c r="D88" s="22"/>
+      <c r="E88" s="22"/>
+      <c r="F88" s="22"/>
+      <c r="G88" s="22"/>
+      <c r="H88" s="22"/>
+      <c r="I88" s="22"/>
+      <c r="J88" s="22"/>
+      <c r="K88" s="22"/>
+      <c r="L88" s="22"/>
+      <c r="M88" s="22"/>
+      <c r="N88" s="22"/>
+      <c r="O88" s="22"/>
+      <c r="P88" s="22"/>
+      <c r="Q88" s="22"/>
+      <c r="R88" s="22"/>
+    </row>
+    <row r="89" spans="3:30" x14ac:dyDescent="0.25">
+      <c r="C89" s="15">
         <v>1</v>
       </c>
-      <c r="C88" s="23" t="s">
+      <c r="D89" s="21" t="s">
         <v>70</v>
       </c>
-      <c r="D88" s="23"/>
-[...27 lines deleted...]
-      <c r="B89" s="16">
+      <c r="E89" s="21"/>
+      <c r="F89" s="21"/>
+      <c r="G89" s="21"/>
+      <c r="H89" s="21"/>
+      <c r="I89" s="21"/>
+      <c r="J89" s="21"/>
+      <c r="K89" s="21"/>
+      <c r="L89" s="21"/>
+      <c r="M89" s="21"/>
+      <c r="N89" s="21"/>
+      <c r="O89" s="21"/>
+      <c r="P89" s="21"/>
+      <c r="Q89" s="21"/>
+      <c r="R89" s="21"/>
+      <c r="S89" s="16"/>
+      <c r="T89" s="16"/>
+      <c r="U89" s="16"/>
+      <c r="V89" s="16"/>
+      <c r="W89" s="16"/>
+      <c r="X89" s="16"/>
+      <c r="Y89" s="16"/>
+      <c r="Z89" s="16"/>
+      <c r="AA89" s="16"/>
+      <c r="AB89" s="16"/>
+      <c r="AC89" s="16"/>
+      <c r="AD89" s="16"/>
+    </row>
+    <row r="90" spans="3:30" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C90" s="15">
         <v>2</v>
       </c>
-      <c r="C89" s="23" t="s">
+      <c r="D90" s="21" t="s">
         <v>71</v>
       </c>
-      <c r="D89" s="23"/>
-[...27 lines deleted...]
-      <c r="B90" s="16">
+      <c r="E90" s="21"/>
+      <c r="F90" s="21"/>
+      <c r="G90" s="21"/>
+      <c r="H90" s="21"/>
+      <c r="I90" s="21"/>
+      <c r="J90" s="21"/>
+      <c r="K90" s="21"/>
+      <c r="L90" s="21"/>
+      <c r="M90" s="21"/>
+      <c r="N90" s="21"/>
+      <c r="O90" s="21"/>
+      <c r="P90" s="21"/>
+      <c r="Q90" s="21"/>
+      <c r="R90" s="21"/>
+      <c r="S90" s="16"/>
+      <c r="T90" s="16"/>
+      <c r="U90" s="16"/>
+      <c r="V90" s="16"/>
+      <c r="W90" s="16"/>
+      <c r="X90" s="16"/>
+      <c r="Y90" s="16"/>
+      <c r="Z90" s="16"/>
+      <c r="AA90" s="16"/>
+      <c r="AB90" s="16"/>
+      <c r="AC90" s="16"/>
+      <c r="AD90" s="16"/>
+    </row>
+    <row r="91" spans="3:30" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C91" s="15">
         <v>3</v>
       </c>
-      <c r="C90" s="23" t="s">
+      <c r="D91" s="21" t="s">
         <v>72</v>
       </c>
-      <c r="D90" s="23"/>
-[...27 lines deleted...]
-      <c r="B91" s="16">
+      <c r="E91" s="21"/>
+      <c r="F91" s="21"/>
+      <c r="G91" s="21"/>
+      <c r="H91" s="21"/>
+      <c r="I91" s="21"/>
+      <c r="J91" s="21"/>
+      <c r="K91" s="21"/>
+      <c r="L91" s="21"/>
+      <c r="M91" s="21"/>
+      <c r="N91" s="21"/>
+      <c r="O91" s="21"/>
+      <c r="P91" s="21"/>
+      <c r="Q91" s="21"/>
+      <c r="R91" s="21"/>
+      <c r="S91" s="16"/>
+      <c r="T91" s="16"/>
+      <c r="U91" s="16"/>
+      <c r="V91" s="16"/>
+      <c r="W91" s="16"/>
+      <c r="X91" s="16"/>
+      <c r="Y91" s="16"/>
+      <c r="Z91" s="16"/>
+      <c r="AA91" s="16"/>
+      <c r="AB91" s="16"/>
+      <c r="AC91" s="16"/>
+      <c r="AD91" s="16"/>
+    </row>
+    <row r="92" spans="3:30" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C92" s="15">
         <v>4</v>
       </c>
-      <c r="C91" s="23" t="s">
+      <c r="D92" s="21" t="s">
         <v>73</v>
       </c>
-      <c r="D91" s="23"/>
-[...27 lines deleted...]
-      <c r="B92" s="16">
+      <c r="E92" s="21"/>
+      <c r="F92" s="21"/>
+      <c r="G92" s="21"/>
+      <c r="H92" s="21"/>
+      <c r="I92" s="21"/>
+      <c r="J92" s="21"/>
+      <c r="K92" s="21"/>
+      <c r="L92" s="21"/>
+      <c r="M92" s="21"/>
+      <c r="N92" s="21"/>
+      <c r="O92" s="21"/>
+      <c r="P92" s="21"/>
+      <c r="Q92" s="21"/>
+      <c r="R92" s="21"/>
+      <c r="S92" s="16"/>
+      <c r="T92" s="16"/>
+      <c r="U92" s="16"/>
+      <c r="V92" s="16"/>
+      <c r="W92" s="16"/>
+      <c r="X92" s="16"/>
+      <c r="Y92" s="16"/>
+      <c r="Z92" s="16"/>
+      <c r="AA92" s="16"/>
+      <c r="AB92" s="16"/>
+      <c r="AC92" s="16"/>
+      <c r="AD92" s="16"/>
+    </row>
+    <row r="93" spans="3:30" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C93" s="15">
         <v>5</v>
       </c>
-      <c r="C92" s="23" t="s">
+      <c r="D93" s="21" t="s">
         <v>74</v>
       </c>
-      <c r="D92" s="23"/>
-[...27 lines deleted...]
-      <c r="B93" s="16">
+      <c r="E93" s="21"/>
+      <c r="F93" s="21"/>
+      <c r="G93" s="21"/>
+      <c r="H93" s="21"/>
+      <c r="I93" s="21"/>
+      <c r="J93" s="21"/>
+      <c r="K93" s="21"/>
+      <c r="L93" s="21"/>
+      <c r="M93" s="21"/>
+      <c r="N93" s="21"/>
+      <c r="O93" s="21"/>
+      <c r="P93" s="21"/>
+      <c r="Q93" s="21"/>
+      <c r="R93" s="21"/>
+      <c r="S93" s="16"/>
+      <c r="T93" s="16"/>
+      <c r="U93" s="16"/>
+      <c r="V93" s="16"/>
+      <c r="W93" s="16"/>
+      <c r="X93" s="16"/>
+      <c r="Y93" s="16"/>
+      <c r="Z93" s="16"/>
+      <c r="AA93" s="16"/>
+      <c r="AB93" s="16"/>
+      <c r="AC93" s="16"/>
+      <c r="AD93" s="16"/>
+    </row>
+    <row r="94" spans="3:30" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C94" s="15">
         <v>6</v>
       </c>
-      <c r="C93" s="23" t="s">
+      <c r="D94" s="21" t="s">
         <v>75</v>
       </c>
-      <c r="D93" s="23"/>
-[...27 lines deleted...]
-      <c r="B94" s="16">
+      <c r="E94" s="21"/>
+      <c r="F94" s="21"/>
+      <c r="G94" s="21"/>
+      <c r="H94" s="21"/>
+      <c r="I94" s="21"/>
+      <c r="J94" s="21"/>
+      <c r="K94" s="21"/>
+      <c r="L94" s="21"/>
+      <c r="M94" s="21"/>
+      <c r="N94" s="21"/>
+      <c r="O94" s="21"/>
+      <c r="P94" s="21"/>
+      <c r="Q94" s="21"/>
+      <c r="R94" s="21"/>
+      <c r="S94" s="16"/>
+      <c r="T94" s="16"/>
+      <c r="U94" s="16"/>
+      <c r="V94" s="16"/>
+      <c r="W94" s="16"/>
+      <c r="X94" s="16"/>
+      <c r="Y94" s="16"/>
+      <c r="Z94" s="16"/>
+      <c r="AA94" s="16"/>
+      <c r="AB94" s="16"/>
+      <c r="AC94" s="16"/>
+      <c r="AD94" s="16"/>
+    </row>
+    <row r="95" spans="3:30" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C95" s="15">
         <v>7</v>
       </c>
-      <c r="C94" s="23" t="s">
+      <c r="D95" s="21" t="s">
         <v>76</v>
       </c>
-      <c r="D94" s="23"/>
-[...27 lines deleted...]
-      <c r="B95" s="16">
+      <c r="E95" s="21"/>
+      <c r="F95" s="21"/>
+      <c r="G95" s="21"/>
+      <c r="H95" s="21"/>
+      <c r="I95" s="21"/>
+      <c r="J95" s="21"/>
+      <c r="K95" s="21"/>
+      <c r="L95" s="21"/>
+      <c r="M95" s="21"/>
+      <c r="N95" s="21"/>
+      <c r="O95" s="21"/>
+      <c r="P95" s="21"/>
+      <c r="Q95" s="21"/>
+      <c r="R95" s="21"/>
+      <c r="S95" s="16"/>
+      <c r="T95" s="16"/>
+      <c r="U95" s="16"/>
+      <c r="V95" s="16"/>
+      <c r="W95" s="16"/>
+      <c r="X95" s="16"/>
+      <c r="Y95" s="16"/>
+      <c r="Z95" s="16"/>
+      <c r="AA95" s="16"/>
+      <c r="AB95" s="16"/>
+      <c r="AC95" s="16"/>
+      <c r="AD95" s="16"/>
+    </row>
+    <row r="96" spans="3:30" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C96" s="15">
         <v>8</v>
       </c>
-      <c r="C95" s="23" t="s">
+      <c r="D96" s="21" t="s">
         <v>77</v>
       </c>
-      <c r="D95" s="23"/>
-[...27 lines deleted...]
-      <c r="B96" s="16">
+      <c r="E96" s="21"/>
+      <c r="F96" s="21"/>
+      <c r="G96" s="21"/>
+      <c r="H96" s="21"/>
+      <c r="I96" s="21"/>
+      <c r="J96" s="21"/>
+      <c r="K96" s="21"/>
+      <c r="L96" s="21"/>
+      <c r="M96" s="21"/>
+      <c r="N96" s="21"/>
+      <c r="O96" s="21"/>
+      <c r="P96" s="21"/>
+      <c r="Q96" s="21"/>
+      <c r="R96" s="21"/>
+      <c r="S96" s="16"/>
+      <c r="T96" s="16"/>
+      <c r="U96" s="16"/>
+      <c r="V96" s="16"/>
+      <c r="W96" s="16"/>
+      <c r="X96" s="16"/>
+      <c r="Y96" s="16"/>
+      <c r="Z96" s="16"/>
+      <c r="AA96" s="16"/>
+      <c r="AB96" s="16"/>
+      <c r="AC96" s="16"/>
+      <c r="AD96" s="16"/>
+    </row>
+    <row r="97" spans="3:30" x14ac:dyDescent="0.25">
+      <c r="C97" s="15">
         <v>9</v>
       </c>
-      <c r="C96" s="23" t="s">
+      <c r="D97" s="21" t="s">
         <v>78</v>
       </c>
-      <c r="D96" s="23"/>
-[...27 lines deleted...]
-      <c r="B97" s="16">
+      <c r="E97" s="21"/>
+      <c r="F97" s="21"/>
+      <c r="G97" s="21"/>
+      <c r="H97" s="21"/>
+      <c r="I97" s="21"/>
+      <c r="J97" s="21"/>
+      <c r="K97" s="21"/>
+      <c r="L97" s="21"/>
+      <c r="M97" s="21"/>
+      <c r="N97" s="21"/>
+      <c r="O97" s="21"/>
+      <c r="P97" s="21"/>
+      <c r="Q97" s="21"/>
+      <c r="R97" s="21"/>
+      <c r="S97" s="16"/>
+      <c r="T97" s="16"/>
+      <c r="U97" s="16"/>
+      <c r="V97" s="16"/>
+      <c r="W97" s="16"/>
+      <c r="X97" s="16"/>
+      <c r="Y97" s="16"/>
+      <c r="Z97" s="16"/>
+      <c r="AA97" s="16"/>
+      <c r="AB97" s="16"/>
+      <c r="AC97" s="16"/>
+      <c r="AD97" s="16"/>
+    </row>
+    <row r="98" spans="3:30" x14ac:dyDescent="0.25">
+      <c r="C98" s="15">
         <v>10</v>
       </c>
-      <c r="C97" s="23" t="s">
+      <c r="D98" s="21" t="s">
         <v>79</v>
       </c>
-      <c r="D97" s="23"/>
-[...27 lines deleted...]
-      <c r="B98" s="16">
+      <c r="E98" s="21"/>
+      <c r="F98" s="21"/>
+      <c r="G98" s="21"/>
+      <c r="H98" s="21"/>
+      <c r="I98" s="21"/>
+      <c r="J98" s="21"/>
+      <c r="K98" s="21"/>
+      <c r="L98" s="21"/>
+      <c r="M98" s="21"/>
+      <c r="N98" s="21"/>
+      <c r="O98" s="21"/>
+      <c r="P98" s="21"/>
+      <c r="Q98" s="21"/>
+      <c r="R98" s="21"/>
+      <c r="S98" s="16"/>
+      <c r="T98" s="16"/>
+      <c r="U98" s="16"/>
+      <c r="V98" s="16"/>
+      <c r="W98" s="16"/>
+      <c r="X98" s="16"/>
+      <c r="Y98" s="16"/>
+      <c r="Z98" s="16"/>
+      <c r="AA98" s="16"/>
+      <c r="AB98" s="16"/>
+      <c r="AC98" s="16"/>
+      <c r="AD98" s="16"/>
+    </row>
+    <row r="99" spans="3:30" x14ac:dyDescent="0.25">
+      <c r="C99" s="15">
         <v>11</v>
       </c>
-      <c r="C98" s="23" t="s">
+      <c r="D99" s="21" t="s">
         <v>80</v>
       </c>
-      <c r="D98" s="23"/>
-[...27 lines deleted...]
-      <c r="B99" s="16">
+      <c r="E99" s="21"/>
+      <c r="F99" s="21"/>
+      <c r="G99" s="21"/>
+      <c r="H99" s="21"/>
+      <c r="I99" s="21"/>
+      <c r="J99" s="21"/>
+      <c r="K99" s="21"/>
+      <c r="L99" s="21"/>
+      <c r="M99" s="21"/>
+      <c r="N99" s="21"/>
+      <c r="O99" s="21"/>
+      <c r="P99" s="21"/>
+      <c r="Q99" s="21"/>
+      <c r="R99" s="21"/>
+      <c r="S99" s="16"/>
+      <c r="T99" s="16"/>
+      <c r="U99" s="16"/>
+      <c r="V99" s="16"/>
+      <c r="W99" s="16"/>
+      <c r="X99" s="16"/>
+      <c r="Y99" s="16"/>
+      <c r="Z99" s="16"/>
+      <c r="AA99" s="16"/>
+      <c r="AB99" s="16"/>
+      <c r="AC99" s="16"/>
+      <c r="AD99" s="16"/>
+    </row>
+    <row r="100" spans="3:30" x14ac:dyDescent="0.25">
+      <c r="C100" s="15">
         <v>12</v>
       </c>
-      <c r="C99" s="23" t="s">
+      <c r="D100" s="21" t="s">
         <v>81</v>
       </c>
-      <c r="D99" s="23"/>
-[...27 lines deleted...]
-      <c r="B100" s="16">
+      <c r="E100" s="21"/>
+      <c r="F100" s="21"/>
+      <c r="G100" s="21"/>
+      <c r="H100" s="21"/>
+      <c r="I100" s="21"/>
+      <c r="J100" s="21"/>
+      <c r="K100" s="21"/>
+      <c r="L100" s="21"/>
+      <c r="M100" s="21"/>
+      <c r="N100" s="21"/>
+      <c r="O100" s="21"/>
+      <c r="P100" s="21"/>
+      <c r="Q100" s="21"/>
+      <c r="R100" s="21"/>
+      <c r="S100" s="16"/>
+      <c r="T100" s="16"/>
+      <c r="U100" s="16"/>
+      <c r="V100" s="16"/>
+      <c r="W100" s="16"/>
+      <c r="X100" s="16"/>
+      <c r="Y100" s="16"/>
+      <c r="Z100" s="16"/>
+      <c r="AA100" s="16"/>
+      <c r="AB100" s="16"/>
+      <c r="AC100" s="16"/>
+      <c r="AD100" s="16"/>
+    </row>
+    <row r="101" spans="3:30" x14ac:dyDescent="0.25">
+      <c r="C101" s="15">
         <v>13</v>
       </c>
-      <c r="C100" s="23" t="s">
+      <c r="D101" s="21" t="s">
         <v>82</v>
       </c>
-      <c r="D100" s="23"/>
-[...27 lines deleted...]
-      <c r="B101" s="16">
+      <c r="E101" s="21"/>
+      <c r="F101" s="21"/>
+      <c r="G101" s="21"/>
+      <c r="H101" s="21"/>
+      <c r="I101" s="21"/>
+      <c r="J101" s="21"/>
+      <c r="K101" s="21"/>
+      <c r="L101" s="21"/>
+      <c r="M101" s="21"/>
+      <c r="N101" s="21"/>
+      <c r="O101" s="21"/>
+      <c r="P101" s="21"/>
+      <c r="Q101" s="21"/>
+      <c r="R101" s="21"/>
+      <c r="S101" s="16"/>
+      <c r="T101" s="16"/>
+      <c r="U101" s="16"/>
+      <c r="V101" s="16"/>
+      <c r="W101" s="16"/>
+      <c r="X101" s="16"/>
+      <c r="Y101" s="16"/>
+      <c r="Z101" s="16"/>
+      <c r="AA101" s="16"/>
+      <c r="AB101" s="16"/>
+      <c r="AC101" s="16"/>
+      <c r="AD101" s="16"/>
+    </row>
+    <row r="102" spans="3:30" x14ac:dyDescent="0.25">
+      <c r="C102" s="15">
         <v>14</v>
       </c>
-      <c r="C101" s="23" t="s">
+      <c r="D102" s="21" t="s">
         <v>83</v>
       </c>
-      <c r="D101" s="23"/>
-[...43 lines deleted...]
-    <row r="104" spans="2:29" x14ac:dyDescent="0.25">
+      <c r="E102" s="21"/>
+      <c r="F102" s="21"/>
+      <c r="G102" s="21"/>
+      <c r="H102" s="21"/>
+      <c r="I102" s="21"/>
+      <c r="J102" s="21"/>
+      <c r="K102" s="21"/>
+      <c r="L102" s="21"/>
+      <c r="M102" s="21"/>
+      <c r="N102" s="21"/>
+      <c r="O102" s="21"/>
+      <c r="P102" s="21"/>
+      <c r="Q102" s="21"/>
+      <c r="R102" s="21"/>
+      <c r="S102" s="16"/>
+      <c r="T102" s="16"/>
+      <c r="U102" s="16"/>
+      <c r="V102" s="16"/>
+      <c r="W102" s="16"/>
+      <c r="X102" s="16"/>
+      <c r="Y102" s="16"/>
+      <c r="Z102" s="16"/>
+      <c r="AA102" s="16"/>
+      <c r="AB102" s="16"/>
+      <c r="AC102" s="16"/>
+      <c r="AD102" s="16"/>
+    </row>
+    <row r="103" spans="3:30" x14ac:dyDescent="0.25">
+      <c r="H103" s="18"/>
+      <c r="J103" s="18"/>
+      <c r="L103" s="18"/>
+      <c r="N103" s="18"/>
+      <c r="P103" s="18"/>
+      <c r="R103" s="18"/>
+    </row>
+    <row r="104" spans="3:30" x14ac:dyDescent="0.25">
       <c r="G104" s="19"/>
-      <c r="I104" s="19"/>
-[...131 lines deleted...]
-      <c r="Q120" s="19"/>
+      <c r="H104" s="19"/>
+      <c r="J104" s="18"/>
+      <c r="L104" s="18"/>
+      <c r="N104" s="18"/>
+      <c r="P104" s="18"/>
+      <c r="R104" s="18"/>
+    </row>
+    <row r="105" spans="3:30" x14ac:dyDescent="0.25">
+      <c r="H105" s="18"/>
+      <c r="J105" s="18"/>
+      <c r="L105" s="18"/>
+      <c r="N105" s="18"/>
+      <c r="P105" s="18"/>
+      <c r="R105" s="18"/>
+    </row>
+    <row r="106" spans="3:30" x14ac:dyDescent="0.25">
+      <c r="H106" s="18"/>
+      <c r="J106" s="18"/>
+      <c r="L106" s="18"/>
+      <c r="N106" s="18"/>
+      <c r="P106" s="18"/>
+      <c r="R106" s="18"/>
+    </row>
+    <row r="107" spans="3:30" x14ac:dyDescent="0.25">
+      <c r="H107" s="18"/>
+      <c r="J107" s="18"/>
+      <c r="L107" s="18"/>
+      <c r="N107" s="18"/>
+      <c r="P107" s="18"/>
+      <c r="R107" s="18"/>
+    </row>
+    <row r="108" spans="3:30" x14ac:dyDescent="0.25">
+      <c r="H108" s="18"/>
+      <c r="J108" s="18"/>
+      <c r="L108" s="18"/>
+      <c r="N108" s="18"/>
+      <c r="P108" s="18"/>
+      <c r="R108" s="18"/>
+    </row>
+    <row r="109" spans="3:30" x14ac:dyDescent="0.25">
+      <c r="H109" s="18"/>
+      <c r="J109" s="18"/>
+      <c r="L109" s="18"/>
+      <c r="N109" s="18"/>
+      <c r="P109" s="18"/>
+      <c r="R109" s="18"/>
+    </row>
+    <row r="110" spans="3:30" x14ac:dyDescent="0.25">
+      <c r="H110" s="18"/>
+      <c r="J110" s="18"/>
+      <c r="L110" s="18"/>
+      <c r="N110" s="18"/>
+      <c r="P110" s="18"/>
+      <c r="R110" s="18"/>
+    </row>
+    <row r="111" spans="3:30" x14ac:dyDescent="0.25">
+      <c r="H111" s="18"/>
+      <c r="J111" s="18"/>
+      <c r="L111" s="18"/>
+      <c r="N111" s="18"/>
+      <c r="P111" s="18"/>
+      <c r="R111" s="18"/>
+    </row>
+    <row r="112" spans="3:30" x14ac:dyDescent="0.25">
+      <c r="H112" s="18"/>
+      <c r="J112" s="18"/>
+      <c r="L112" s="18"/>
+      <c r="N112" s="18"/>
+      <c r="P112" s="18"/>
+      <c r="R112" s="18"/>
+    </row>
+    <row r="113" spans="8:18" x14ac:dyDescent="0.25">
+      <c r="H113" s="18"/>
+      <c r="J113" s="18"/>
+      <c r="L113" s="18"/>
+      <c r="N113" s="18"/>
+      <c r="P113" s="18"/>
+      <c r="R113" s="18"/>
+    </row>
+    <row r="114" spans="8:18" x14ac:dyDescent="0.25">
+      <c r="H114" s="18"/>
+      <c r="J114" s="18"/>
+      <c r="L114" s="18"/>
+      <c r="N114" s="18"/>
+      <c r="P114" s="18"/>
+      <c r="R114" s="18"/>
+    </row>
+    <row r="115" spans="8:18" x14ac:dyDescent="0.25">
+      <c r="H115" s="18"/>
+      <c r="J115" s="18"/>
+      <c r="L115" s="18"/>
+      <c r="N115" s="18"/>
+      <c r="P115" s="18"/>
+      <c r="R115" s="18"/>
+    </row>
+    <row r="116" spans="8:18" x14ac:dyDescent="0.25">
+      <c r="H116" s="18"/>
+      <c r="J116" s="18"/>
+      <c r="L116" s="18"/>
+      <c r="N116" s="18"/>
+      <c r="P116" s="18"/>
+      <c r="R116" s="18"/>
+    </row>
+    <row r="117" spans="8:18" x14ac:dyDescent="0.25">
+      <c r="H117" s="18"/>
+      <c r="J117" s="18"/>
+      <c r="L117" s="18"/>
+      <c r="N117" s="18"/>
+      <c r="P117" s="18"/>
+      <c r="R117" s="18"/>
+    </row>
+    <row r="118" spans="8:18" x14ac:dyDescent="0.25">
+      <c r="H118" s="18"/>
+      <c r="J118" s="18"/>
+      <c r="L118" s="18"/>
+      <c r="N118" s="18"/>
+      <c r="P118" s="18"/>
+      <c r="R118" s="18"/>
+    </row>
+    <row r="119" spans="8:18" x14ac:dyDescent="0.25">
+      <c r="H119" s="18"/>
+      <c r="J119" s="18"/>
+      <c r="L119" s="18"/>
+      <c r="N119" s="18"/>
+      <c r="P119" s="18"/>
+      <c r="R119" s="18"/>
+    </row>
+    <row r="120" spans="8:18" x14ac:dyDescent="0.25">
+      <c r="H120" s="18"/>
+      <c r="J120" s="18"/>
+      <c r="L120" s="18"/>
+      <c r="N120" s="18"/>
+      <c r="P120" s="18"/>
+      <c r="R120" s="18"/>
+    </row>
+    <row r="121" spans="8:18" x14ac:dyDescent="0.25">
+      <c r="H121" s="18"/>
+      <c r="J121" s="18"/>
+      <c r="L121" s="18"/>
+      <c r="N121" s="18"/>
+      <c r="P121" s="18"/>
+      <c r="R121" s="18"/>
     </row>
   </sheetData>
   <mergeCells count="33">
-    <mergeCell ref="B86:C86"/>
-[...31 lines deleted...]
-    <mergeCell ref="C95:Q95"/>
+    <mergeCell ref="C87:D87"/>
+    <mergeCell ref="C48:D48"/>
+    <mergeCell ref="K4:L4"/>
+    <mergeCell ref="M4:N4"/>
+    <mergeCell ref="O4:P4"/>
+    <mergeCell ref="Q4:R4"/>
+    <mergeCell ref="C7:D7"/>
+    <mergeCell ref="E7:R7"/>
+    <mergeCell ref="C2:C5"/>
+    <mergeCell ref="D2:D5"/>
+    <mergeCell ref="E2:F4"/>
+    <mergeCell ref="G2:N2"/>
+    <mergeCell ref="O2:R2"/>
+    <mergeCell ref="G3:J3"/>
+    <mergeCell ref="K3:N3"/>
+    <mergeCell ref="O3:R3"/>
+    <mergeCell ref="G4:H4"/>
+    <mergeCell ref="I4:J4"/>
+    <mergeCell ref="D102:R102"/>
+    <mergeCell ref="C88:R88"/>
+    <mergeCell ref="D98:R98"/>
+    <mergeCell ref="D99:R99"/>
+    <mergeCell ref="D100:R100"/>
+    <mergeCell ref="D101:R101"/>
+    <mergeCell ref="D97:R97"/>
+    <mergeCell ref="D89:R89"/>
+    <mergeCell ref="D90:R90"/>
+    <mergeCell ref="D91:R91"/>
+    <mergeCell ref="D92:R92"/>
+    <mergeCell ref="D93:R93"/>
+    <mergeCell ref="D94:R94"/>
+    <mergeCell ref="D95:R95"/>
+    <mergeCell ref="D96:R96"/>
   </mergeCells>
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup scale="32" fitToHeight="0" orientation="landscape" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
+  <pageMargins left="7.874015748031496E-2" right="3.937007874015748E-2" top="7.874015748031496E-2" bottom="3.937007874015748E-2" header="3.937007874015748E-2" footer="3.937007874015748E-2"/>
+  <pageSetup scale="66" orientation="landscape" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sep 2024</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>PPI Statistics - Sep 2024</dc:title>
   <dc:creator>Naveen Kumar Singh</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>