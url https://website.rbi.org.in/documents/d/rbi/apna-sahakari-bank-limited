--- v0 (2025-10-02)
+++ v1 (2026-02-16)
@@ -1,66 +1,67 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" mc:Ignorable="x15 xr xr6 xr10">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="25601"/>
-  <workbookPr/>
+  <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Rashmi\IFSC Update on Website Fortnight Data\Sep 1-15,2025\Bankwise\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Brother mfc l5900dw\Admin\Harsh\IFSC Updation\November 16-30, 2025\Bank Wise Segregated IFSCs\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{08773DA9-2357-4D36-81BD-A9DF330EE865}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{8DDE9027-6AD6-4D1A-B46D-952DA6F28655}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{5302AE0C-47FB-4F79-A15F-7D4CD64DC8C1}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720"/>
   </bookViews>
   <sheets>
     <sheet name="ASBL_IFSC_Details" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="478" uniqueCount="225">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="450" uniqueCount="213">
   <si>
     <t>BANK</t>
   </si>
   <si>
     <t>IFSC</t>
   </si>
   <si>
     <t>BRANCH</t>
   </si>
   <si>
     <t>ADDRESS</t>
   </si>
   <si>
     <t>CITY1</t>
   </si>
   <si>
     <t>CITY2</t>
   </si>
   <si>
     <t>STATE</t>
   </si>
   <si>
     <t>STD CODE</t>
   </si>
   <si>
@@ -330,116 +331,89 @@
   <si>
     <t>PHULE WADI</t>
   </si>
   <si>
     <t>PLOT NO.359, MAHATMA PHULE HSG.SOC., PHULEWADI, KOLHAPUR 416010</t>
   </si>
   <si>
     <t>ASBL0000035</t>
   </si>
   <si>
     <t>SADAR BAZAR</t>
   </si>
   <si>
     <t>C.S.NO.233, PLOT NO.12/13, FLAT NO.7/8, E WARD, SADAR BAZAR, KOLHAPUR 416002</t>
   </si>
   <si>
     <t>ASBL0000037</t>
   </si>
   <si>
     <t>RAJARAMPURI</t>
   </si>
   <si>
     <t>C.S.NO.1382, E WARD, SHIVAJI VIDYAPITHROAD, RAJARAPURI, KOLHAPUR 416008</t>
   </si>
   <si>
-    <t>ASBL0000039</t>
-[...7 lines deleted...]
-  <si>
     <t>ASBL0000040</t>
   </si>
   <si>
     <t>GADHINGLAJ</t>
   </si>
   <si>
     <t>MAKANDAR COMPLEX, MAIN ROAD, GADHINGLAJ, KOLHAPUR 416052</t>
   </si>
   <si>
-    <t>ASBL0000041</t>
-[...7 lines deleted...]
-  <si>
     <t>ASBL0000043</t>
   </si>
   <si>
     <t>DADAR ,W</t>
   </si>
   <si>
     <t>MADHUKALA CHS, R.K.VAIDYA MARG, DADAR (W) MUMBAI 400028</t>
   </si>
   <si>
     <t>ASBL0000044</t>
   </si>
   <si>
     <t>BHIWANDI</t>
   </si>
   <si>
     <t>223, DURGA KRUPA, TELI PADA, AGRA ROAD, DHAMANKAR NAKA, BHIWANDI, DIST-THANE 421302</t>
   </si>
   <si>
     <t>ASBL0000045</t>
   </si>
   <si>
     <t>KANKAVLI</t>
   </si>
   <si>
     <t>SHOP NO.A5,GR.FLOOR,BANDAL COMPLEX, OPP. PRANT OFFICE, MUMBAI-GOA HIGHWAY, KANKAVLI, DIST. SINDHURGA</t>
   </si>
   <si>
     <t>SINDHUDURG</t>
   </si>
   <si>
-    <t>ASBL0000046</t>
-[...7 lines deleted...]
-  <si>
     <t>ASBL0000047</t>
   </si>
   <si>
     <t>SATPUR-NASHIK</t>
   </si>
   <si>
     <t>SHOP NO.2-5, RAHUL PRASAD CHS, ABB CIRCLE CORNER. OPP. HOTAL EMERALD PARK, MAHATMA NAGAR, SATPUR, NASHIK 422007</t>
   </si>
   <si>
     <t>NASHIK</t>
   </si>
   <si>
     <t>ASBL0000048</t>
   </si>
   <si>
     <t>TALOJA</t>
   </si>
   <si>
     <t>HOUSE NO.362,AT &amp; POST NAWDA PHATA, NEAR TALOJA MIDC BRIDGE, MUMBAI-PUNE-ROAD, TALOJA, NAVI MUMBAI 410206</t>
   </si>
   <si>
     <t>ASBL0000049</t>
   </si>
   <si>
     <t>KALYAN</t>
@@ -577,59 +551,50 @@
     <t>ASBL0000042</t>
   </si>
   <si>
     <t>JOGESHWARI</t>
   </si>
   <si>
     <t>RJMDSS INST. MUMBAI, BAL VIKAS VIDYAMANDIR SCHOOL, RATNASINDHU, MEGHWADI, JOGESHWARI (E), MUMBAI 400060</t>
   </si>
   <si>
     <t>ASBL0000057</t>
   </si>
   <si>
     <t>VIRAR EAST</t>
   </si>
   <si>
     <t>VIDYASADAN, GROUND &amp; FIRST FLOOR, MANVELPADA ROAD VIRAR EAST, DIST THANE 401303.</t>
   </si>
   <si>
     <t>ASBL0000058</t>
   </si>
   <si>
     <t>DIVA EAST</t>
   </si>
   <si>
     <t>SHOP NO 4 &amp; 5, GROUND FLOOR, DHANRAJ RESIDENCY, DHANRAJ NAGAR,DIVA EAST, THANE 400612.</t>
-  </si>
-[...7 lines deleted...]
-    <t>SHOP NO E4/5/6, MARY LAND APT. CHS,SANDU WADI CHEMBUR</t>
   </si>
   <si>
     <t>ASBL0000070</t>
   </si>
   <si>
     <t>NALLASOPARA</t>
   </si>
   <si>
     <t>SHOP NO 11 TO 16 TUJESHWARI HILL SURVEY NO 40 AMBAVADI RAMBHAU NAGER TULINJ NALLASOPARA EAST DIST PALGHAR</t>
   </si>
   <si>
     <t>PALGHAR</t>
   </si>
   <si>
     <t>ASBL0000072</t>
   </si>
   <si>
     <t>VANGANI</t>
   </si>
   <si>
     <t>PLOT NO 2 SURVEY NO 17B, GUTNO. 126, STATION ROAD, VANGNI EAST DIST THANE 421503</t>
   </si>
   <si>
     <t>ASBL0000073</t>
   </si>
@@ -696,183 +661,183 @@
   <si>
     <t>SERVEY NO 287/1 TO 7/6, PLOT NO 3 SHOP NO. 4/5/6/7 8 AND 9 ADARSH CORNER RADHIKA RD KARANJE SATARA 415001</t>
   </si>
   <si>
     <t>ASBL0000086</t>
   </si>
   <si>
     <t>BORIVALI -EAST</t>
   </si>
   <si>
     <t>PLOT NO 222-223,RSC-1A,GORAI ROAD,BORIVALI-WEST,MUMBAI 400092</t>
   </si>
   <si>
     <t>ASBL0000087</t>
   </si>
   <si>
     <t>CHIPLUN</t>
   </si>
   <si>
     <t>SHOP NO 5,6,7,8, TAMHANE CHEMBERS,CHIPALUN</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Aptos Narrow"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Aptos Narrow"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="3"/>
-      <name val="Aptos Display"/>
+      <name val="Calibri Light"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
       <color theme="3"/>
-      <name val="Aptos Narrow"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="13"/>
       <color theme="3"/>
-      <name val="Aptos Narrow"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="3"/>
-      <name val="Aptos Narrow"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF006100"/>
-      <name val="Aptos Narrow"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF9C0006"/>
-      <name val="Aptos Narrow"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF9C5700"/>
-      <name val="Aptos Narrow"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF3F3F76"/>
-      <name val="Aptos Narrow"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF3F3F3F"/>
-      <name val="Aptos Narrow"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FFFA7D00"/>
-      <name val="Aptos Narrow"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFFA7D00"/>
-      <name val="Aptos Narrow"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="0"/>
-      <name val="Aptos Narrow"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
-      <name val="Aptos Narrow"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <color rgb="FF7F7F7F"/>
-      <name val="Aptos Narrow"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Aptos Narrow"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0"/>
-      <name val="Aptos Narrow"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="33">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC6EFCE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFC7CE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFEB9C"/>
       </patternFill>
@@ -1189,53 +1154,54 @@
     <xf numFmtId="0" fontId="17" fillId="9" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="28" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="2">
+  <cellXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="42">
     <cellStyle name="20% - Accent1" xfId="19" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20% - Accent2" xfId="23" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20% - Accent3" xfId="27" builtinId="38" customBuiltin="1"/>
     <cellStyle name="20% - Accent4" xfId="31" builtinId="42" customBuiltin="1"/>
     <cellStyle name="20% - Accent5" xfId="35" builtinId="46" customBuiltin="1"/>
     <cellStyle name="20% - Accent6" xfId="39" builtinId="50" customBuiltin="1"/>
     <cellStyle name="40% - Accent1" xfId="20" builtinId="31" customBuiltin="1"/>
     <cellStyle name="40% - Accent2" xfId="24" builtinId="35" customBuiltin="1"/>
     <cellStyle name="40% - Accent3" xfId="28" builtinId="39" customBuiltin="1"/>
     <cellStyle name="40% - Accent4" xfId="32" builtinId="43" customBuiltin="1"/>
     <cellStyle name="40% - Accent5" xfId="36" builtinId="47" customBuiltin="1"/>
     <cellStyle name="40% - Accent6" xfId="40" builtinId="51" customBuiltin="1"/>
     <cellStyle name="60% - Accent1" xfId="21" builtinId="32" customBuiltin="1"/>
     <cellStyle name="60% - Accent2" xfId="25" builtinId="36" customBuiltin="1"/>
     <cellStyle name="60% - Accent3" xfId="29" builtinId="40" customBuiltin="1"/>
     <cellStyle name="60% - Accent4" xfId="33" builtinId="44" customBuiltin="1"/>
     <cellStyle name="60% - Accent5" xfId="37" builtinId="48" customBuiltin="1"/>
     <cellStyle name="60% - Accent6" xfId="41" builtinId="52" customBuiltin="1"/>
     <cellStyle name="Accent1" xfId="18" builtinId="29" customBuiltin="1"/>
     <cellStyle name="Accent2" xfId="22" builtinId="33" customBuiltin="1"/>
     <cellStyle name="Accent3" xfId="26" builtinId="37" customBuiltin="1"/>
     <cellStyle name="Accent4" xfId="30" builtinId="41" customBuiltin="1"/>
     <cellStyle name="Accent5" xfId="34" builtinId="45" customBuiltin="1"/>
@@ -1265,83 +1231,83 @@
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="0E2841"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E8E8E8"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="156082"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="E97132"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="196B24"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="0F9ED5"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="A02B93"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="4EA72E"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="467886"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="96607D"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -1349,51 +1315,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Aptos Narrow" panose="02110004020202020204"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -1460,65 +1426,65 @@
               <a:schemeClr val="phClr">
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
-          <a:solidFill>
-[...5 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
@@ -1539,116 +1505,104 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults>
-[...19 lines deleted...]
-  </a:objectDefaults>
+  <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CF41D25D-3574-4069-B979-66E927EB1FEB}">
-  <dimension ref="A1:I68"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <dimension ref="A1:I64"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="29" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="12.42578125" bestFit="1" customWidth="1"/>
+  </cols>
   <sheetData>
     <row r="1" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A1" s="1" t="s">
+      <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="1" t="s">
+      <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="1" t="s">
+      <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="1" t="s">
+      <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
-      <c r="E1" s="1" t="s">
+      <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="F1" s="1" t="s">
+      <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="G1" s="1" t="s">
+      <c r="G1" s="2" t="s">
         <v>6</v>
       </c>
-      <c r="H1" s="1" t="s">
+      <c r="H1" s="2" t="s">
         <v>7</v>
       </c>
-      <c r="I1" s="1" t="s">
+      <c r="I1" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>15</v>
       </c>
@@ -2443,1113 +2397,1002 @@
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>104</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>105</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>106</v>
       </c>
       <c r="E30" s="1" t="s">
         <v>105</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>91</v>
       </c>
       <c r="G30" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H30" s="1">
-        <v>2329</v>
+        <v>2327</v>
       </c>
       <c r="I30" s="1">
-        <v>234484</v>
+        <v>224340</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B31" s="1" t="s">
         <v>107</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>108</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>109</v>
       </c>
       <c r="E31" s="1" t="s">
-        <v>108</v>
+        <v>13</v>
       </c>
       <c r="F31" s="1" t="s">
-        <v>91</v>
+        <v>14</v>
       </c>
       <c r="G31" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H31" s="1">
-        <v>2327</v>
+        <v>22</v>
       </c>
       <c r="I31" s="1">
-        <v>224340</v>
+        <v>24328337</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B32" s="1" t="s">
         <v>110</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>111</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>112</v>
       </c>
       <c r="E32" s="1" t="s">
         <v>111</v>
       </c>
       <c r="F32" s="1" t="s">
-        <v>91</v>
+        <v>47</v>
       </c>
       <c r="G32" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H32" s="1">
-        <v>2324</v>
+        <v>2522</v>
       </c>
       <c r="I32" s="1">
-        <v>221476</v>
+        <v>254411</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B33" s="1" t="s">
         <v>113</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>114</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>115</v>
       </c>
       <c r="E33" s="1" t="s">
-        <v>13</v>
+        <v>114</v>
       </c>
       <c r="F33" s="1" t="s">
-        <v>14</v>
+        <v>116</v>
       </c>
       <c r="G33" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H33" s="1">
-        <v>22</v>
+        <v>2367</v>
       </c>
       <c r="I33" s="1">
-        <v>24328337</v>
+        <v>231981</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="E34" s="1" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>47</v>
+        <v>120</v>
       </c>
       <c r="G34" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H34" s="1">
-        <v>2522</v>
+        <v>253</v>
       </c>
       <c r="I34" s="1">
-        <v>254411</v>
+        <v>2360029</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="E35" s="1" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="F35" s="1" t="s">
-        <v>122</v>
+        <v>57</v>
       </c>
       <c r="G35" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H35" s="1">
-        <v>2367</v>
+        <v>22</v>
       </c>
       <c r="I35" s="1">
-        <v>231981</v>
+        <v>27412811</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D36" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="E36" s="1" t="s">
         <v>125</v>
       </c>
-      <c r="E36" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F36" s="1" t="s">
-        <v>57</v>
+        <v>47</v>
       </c>
       <c r="G36" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H36" s="1">
-        <v>22</v>
+        <v>251</v>
       </c>
       <c r="I36" s="1">
-        <v>27480627</v>
+        <v>2026077</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D37" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="E37" s="1" t="s">
         <v>128</v>
       </c>
-      <c r="E37" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F37" s="1" t="s">
-        <v>129</v>
+        <v>47</v>
       </c>
       <c r="G37" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H37" s="1">
-        <v>253</v>
+        <v>251</v>
       </c>
       <c r="I37" s="1">
-        <v>2360029</v>
+        <v>2695222</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B38" s="1" t="s">
         <v>130</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>131</v>
       </c>
       <c r="D38" s="1" t="s">
         <v>132</v>
       </c>
       <c r="E38" s="1" t="s">
         <v>131</v>
       </c>
       <c r="F38" s="1" t="s">
-        <v>57</v>
+        <v>47</v>
       </c>
       <c r="G38" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H38" s="1">
-        <v>22</v>
+        <v>251</v>
       </c>
       <c r="I38" s="1">
-        <v>27412811</v>
+        <v>32600018</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B39" s="1" t="s">
         <v>133</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>134</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>135</v>
       </c>
       <c r="E39" s="1" t="s">
         <v>134</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>47</v>
       </c>
       <c r="G39" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H39" s="1">
-        <v>251</v>
+        <v>22</v>
       </c>
       <c r="I39" s="1">
-        <v>2026077</v>
+        <v>28110020</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B40" s="1" t="s">
         <v>136</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>137</v>
       </c>
       <c r="D40" s="1" t="s">
         <v>138</v>
       </c>
       <c r="E40" s="1" t="s">
         <v>137</v>
       </c>
       <c r="F40" s="1" t="s">
-        <v>47</v>
+        <v>139</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>15</v>
+        <v>140</v>
       </c>
       <c r="H40" s="1">
-        <v>251</v>
+        <v>832</v>
       </c>
       <c r="I40" s="1">
-        <v>2695222</v>
+        <v>2255345</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="E41" s="1" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="F41" s="1" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="G41" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H41" s="1">
-        <v>251</v>
+        <v>22</v>
       </c>
       <c r="I41" s="1">
-        <v>32600018</v>
+        <v>24164860</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>144</v>
+        <v>36</v>
       </c>
       <c r="E42" s="1" t="s">
-        <v>143</v>
+        <v>13</v>
       </c>
       <c r="F42" s="1" t="s">
-        <v>47</v>
+        <v>14</v>
       </c>
       <c r="G42" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H42" s="1">
         <v>22</v>
       </c>
       <c r="I42" s="1">
-        <v>28110020</v>
+        <v>24110149</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>147</v>
+        <v>36</v>
       </c>
       <c r="E43" s="1" t="s">
-        <v>146</v>
+        <v>13</v>
       </c>
       <c r="F43" s="1" t="s">
-        <v>148</v>
+        <v>14</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>149</v>
+        <v>15</v>
       </c>
       <c r="H43" s="1">
-        <v>832</v>
+        <v>22</v>
       </c>
       <c r="I43" s="1">
-        <v>2255345</v>
+        <v>24110149</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>152</v>
+        <v>36</v>
       </c>
       <c r="E44" s="1" t="s">
-        <v>151</v>
+        <v>13</v>
       </c>
       <c r="F44" s="1" t="s">
-        <v>57</v>
+        <v>14</v>
       </c>
       <c r="G44" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H44" s="1">
         <v>22</v>
       </c>
       <c r="I44" s="1">
-        <v>24164860</v>
+        <v>24174860</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>36</v>
+        <v>152</v>
       </c>
       <c r="E45" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G45" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H45" s="1">
         <v>22</v>
       </c>
       <c r="I45" s="1">
-        <v>24110149</v>
+        <v>24127875</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B46" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="D46" s="1" t="s">
         <v>155</v>
-      </c>
-[...4 lines deleted...]
-        <v>36</v>
       </c>
       <c r="E46" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G46" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H46" s="1">
         <v>22</v>
       </c>
       <c r="I46" s="1">
-        <v>24110149</v>
+        <v>24947332</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B47" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="C47" s="1" t="s">
         <v>157</v>
       </c>
-      <c r="C47" s="1" t="s">
+      <c r="D47" s="1" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="E47" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G47" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H47" s="1">
         <v>22</v>
       </c>
       <c r="I47" s="1">
-        <v>24174860</v>
+        <v>24130752</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B48" s="1" t="s">
         <v>159</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>160</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>161</v>
       </c>
       <c r="E48" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G48" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H48" s="1">
         <v>22</v>
       </c>
       <c r="I48" s="1">
-        <v>24127875</v>
+        <v>24148481</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B49" s="1" t="s">
         <v>162</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>163</v>
       </c>
       <c r="D49" s="1" t="s">
         <v>164</v>
       </c>
       <c r="E49" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G49" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H49" s="1">
         <v>22</v>
       </c>
       <c r="I49" s="1">
-        <v>24947332</v>
+        <v>26744861</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B50" s="1" t="s">
         <v>165</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>166</v>
       </c>
       <c r="D50" s="1" t="s">
         <v>167</v>
       </c>
       <c r="E50" s="1" t="s">
-        <v>13</v>
+        <v>168</v>
       </c>
       <c r="F50" s="1" t="s">
-        <v>14</v>
+        <v>61</v>
       </c>
       <c r="G50" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="H50" s="1">
-[...4 lines deleted...]
-      </c>
+      <c r="H50" s="1"/>
+      <c r="I50" s="1"/>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="E51" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G51" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H51" s="1">
         <v>22</v>
       </c>
       <c r="I51" s="1">
-        <v>24148481</v>
+        <v>28302700</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="E52" s="1" t="s">
-        <v>13</v>
+        <v>47</v>
       </c>
       <c r="F52" s="1" t="s">
-        <v>14</v>
+        <v>47</v>
       </c>
       <c r="G52" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="H52" s="1">
-[...4 lines deleted...]
-      </c>
+      <c r="H52" s="1"/>
+      <c r="I52" s="1"/>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="E53" s="1" t="s">
-        <v>177</v>
+        <v>47</v>
       </c>
       <c r="F53" s="1" t="s">
-        <v>61</v>
+        <v>47</v>
       </c>
       <c r="G53" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H53" s="1"/>
       <c r="I53" s="1"/>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B54" s="1" t="s">
         <v>178</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>179</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>180</v>
       </c>
       <c r="E54" s="1" t="s">
-        <v>13</v>
+        <v>179</v>
       </c>
       <c r="F54" s="1" t="s">
-        <v>14</v>
+        <v>181</v>
       </c>
       <c r="G54" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="H54" s="1">
-[...4 lines deleted...]
-      </c>
+      <c r="H54" s="1"/>
+      <c r="I54" s="1"/>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D55" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="E55" s="1" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>47</v>
       </c>
       <c r="G55" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H55" s="1"/>
       <c r="I55" s="1"/>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="D56" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="E56" s="1" t="s">
         <v>186</v>
       </c>
-      <c r="E56" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F56" s="1" t="s">
-        <v>47</v>
+        <v>188</v>
       </c>
       <c r="G56" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H56" s="1"/>
       <c r="I56" s="1"/>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="E57" s="1" t="s">
-        <v>13</v>
+        <v>190</v>
       </c>
       <c r="F57" s="1" t="s">
-        <v>14</v>
+        <v>47</v>
       </c>
       <c r="G57" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H57" s="1"/>
       <c r="I57" s="1"/>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="E58" s="1" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="F58" s="1" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="G58" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H58" s="1"/>
       <c r="I58" s="1"/>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>195</v>
+        <v>80</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="E59" s="1" t="s">
-        <v>195</v>
+        <v>80</v>
       </c>
       <c r="F59" s="1" t="s">
-        <v>47</v>
+        <v>80</v>
       </c>
       <c r="G59" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H59" s="1"/>
       <c r="I59" s="1"/>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="D60" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="E60" s="1" t="s">
         <v>199</v>
       </c>
-      <c r="E60" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F60" s="1" t="s">
-        <v>200</v>
+        <v>80</v>
       </c>
       <c r="G60" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H60" s="1"/>
       <c r="I60" s="1"/>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B61" s="1" t="s">
         <v>201</v>
       </c>
       <c r="C61" s="1" t="s">
         <v>202</v>
       </c>
       <c r="D61" s="1" t="s">
         <v>203</v>
       </c>
       <c r="E61" s="1" t="s">
         <v>202</v>
       </c>
       <c r="F61" s="1" t="s">
-        <v>47</v>
+        <v>61</v>
       </c>
       <c r="G61" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H61" s="1"/>
       <c r="I61" s="1"/>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B62" s="1" t="s">
         <v>204</v>
       </c>
       <c r="C62" s="1" t="s">
         <v>205</v>
       </c>
       <c r="D62" s="1" t="s">
         <v>206</v>
       </c>
       <c r="E62" s="1" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="F62" s="1" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="G62" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H62" s="1"/>
       <c r="I62" s="1"/>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B63" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="C63" s="1" t="s">
         <v>208</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="D63" s="1" t="s">
         <v>209</v>
       </c>
       <c r="E63" s="1" t="s">
-        <v>80</v>
+        <v>13</v>
       </c>
       <c r="F63" s="1" t="s">
-        <v>80</v>
+        <v>13</v>
       </c>
       <c r="G63" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H63" s="1"/>
       <c r="I63" s="1"/>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B64" s="1" t="s">
         <v>210</v>
       </c>
       <c r="C64" s="1" t="s">
         <v>211</v>
       </c>
       <c r="D64" s="1" t="s">
         <v>212</v>
       </c>
       <c r="E64" s="1" t="s">
         <v>211</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>80</v>
       </c>
       <c r="G64" s="1" t="s">
         <v>15</v>
       </c>
       <c r="H64" s="1"/>
       <c r="I64" s="1"/>
     </row>
-    <row r="65" spans="1:9" x14ac:dyDescent="0.25">
-[...98 lines deleted...]
-    </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>ASBL_IFSC_Details</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Samiyelu Thurumella</dc:creator>
+  <dc:creator>Harsh</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>