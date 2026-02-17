--- v0 (2026-01-23)
+++ v1 (2026-02-17)
@@ -3,54 +3,54 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24332"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Gaush\0Dec2025\30-12-2026\Bank-wise ATMPOSCard Statistics - November 2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Gaush\0Feb2026\03-02-2026\Bank-wise ATMPOSCard Statistics - December 2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9BF760F0-FC32-4719-89A5-29E57A6420D7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{397F161E-261C-4E12-821C-E4D152A8BF51}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{45D3F6C2-1D92-49AF-B016-43674BC47012}"/>
   </bookViews>
   <sheets>
     <sheet name="October 2025" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'October 2025'!$D$8:$AC$79</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
@@ -284,50 +284,53 @@
   <si>
     <t>JANA SMALL FINANCE BANK LTD</t>
   </si>
   <si>
     <t>SLICE SMALL FINANCE BANK LTD</t>
   </si>
   <si>
     <t>SHIVALIK SMALL FINANCE BANK LTD</t>
   </si>
   <si>
     <t>SURYODAY SMALL FINANCE BANK LTD</t>
   </si>
   <si>
     <t>UJJIVAN SMALL FINANCE BANK LTD</t>
   </si>
   <si>
     <t>UNITY SMALL FINANCE BANK LTD</t>
   </si>
   <si>
     <t>UTKARSH SMALL FINANCE BANK LTD</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
+    <t>अक्तूबर 2025 माह के लिए एटीएम, स्वीकृति अवसंरचना और कार्ड सांख्यिकी</t>
+  </si>
+  <si>
     <t>बैंक का नाम</t>
   </si>
   <si>
     <t xml:space="preserve">आधारभूत संरचना </t>
   </si>
   <si>
     <t>महीने के दौरान कार्ड से भुगतान और नकद निकासी लेनदेन</t>
   </si>
   <si>
     <t>संख्या - बकाया (माह के अंत तक)</t>
   </si>
   <si>
     <t>क्रेडिट कार्ड</t>
   </si>
   <si>
     <t>डेबिट कार्ड</t>
   </si>
   <si>
     <t>एटीएम और सीआरएम</t>
   </si>
   <si>
     <t xml:space="preserve">पीओएस </t>
   </si>
   <si>
     <t xml:space="preserve">माइक्रो एटीएम </t>
@@ -354,53 +357,50 @@
     <t xml:space="preserve">ऑनलाइन (ई-कॉम) </t>
   </si>
   <si>
     <t xml:space="preserve"> अन्य </t>
   </si>
   <si>
     <t>एटीएम पर</t>
   </si>
   <si>
     <t>ऑनलाइन (ई-कॉम)</t>
   </si>
   <si>
     <t>अन्य</t>
   </si>
   <si>
     <t xml:space="preserve">ऑन-साइट </t>
   </si>
   <si>
     <t>ऑफ-साइट</t>
   </si>
   <si>
     <t xml:space="preserve">वॉल्यूम (वास्तविक में) </t>
   </si>
   <si>
     <t>मूल्य (रु.'000 में)</t>
-  </si>
-[...1 lines deleted...]
-    <t>अक्तूबर 2025 माह के लिए एटीएम, स्वीकृति अवसंरचना और कार्ड सांख्यिकी</t>
   </si>
   <si>
     <t>नोट: डेटा अनंतिम है</t>
   </si>
   <si>
     <t>1 बैंक द्वारा साइट पर तैनात एटीएम और सीआरएम की कुल संख्या</t>
   </si>
   <si>
     <t>2 बैंक द्वारा ऑफ-साइट तैनात एटीएम और सीआरएम की कुल संख्या</t>
   </si>
   <si>
     <t>3 बैंक द्वारा तैनात पीओएस टर्मिनलों की कुल संख्या</t>
   </si>
   <si>
     <t>4 बैंक द्वारा तैनात माइक्रो एटीएम की कुल संख्या</t>
   </si>
   <si>
     <t>5 बैंक द्वारा तैनात भारत क्यूआर कोड की कुल संख्या</t>
   </si>
   <si>
     <t>6 बैंक द्वारा तैनात यूपीआई क्यूआर कोड की कुल संख्या</t>
   </si>
   <si>
     <t>7 जारी किए गए बकाया क्रेडिट कार्डों की कुल संख्या (निकाले/रद्द किए गए कार्डों की संख्या समायोजित करने के बाद)</t>
   </si>
@@ -447,284 +447,283 @@
     <t xml:space="preserve">21 बैंक द्वारा जारी डेबिट कार्ड द्वारा किए गए अन्य वित्तीय लेनदेन की कुल संख्या (उदाहरण: एटीएम पर किए गए डेबिट कार्ड लेनदेन जैसे कार्ड से कार्ड लेनदेन, बिल भुगतान, क्रेडिट कार्ड भुगतान, मोबाइल रिचार्ज आदि) </t>
   </si>
   <si>
     <t>22 बैंक द्वारा जारी डेबिट कार्ड द्वारा किए गए अन्य वित्तीय लेनदेन का कुल मूल्य (उदाहरण: एटीएम पर किए गए डेबिट कार्ड लेनदेन जैसे कार्ड से कार्ड लेनदेन, बिल भुगतान, क्रेडिट कार्ड भुगतान, मोबाइल रिचार्ज आदि)</t>
   </si>
   <si>
     <t>23 एटीएम पर बैंक द्वारा जारी डेबिट कार्ड द्वारा किए गए नकद निकासी लेनदेन की कुल संख्या</t>
   </si>
   <si>
     <t>24 एटीएम पर बैंक द्वारा जारी डेबिट कार्ड द्वारा किए गए नकद निकासी लेनदेन का कुल मूल्य</t>
   </si>
   <si>
     <t>25 पीओएस टर्मिनलों पर बैंक द्वारा जारी डेबिट कार्ड द्वारा किए गए नकद निकासी लेनदेन की कुल संख्या</t>
   </si>
   <si>
     <t xml:space="preserve">26 पीओएस टर्मिनलों पर बैंक द्वारा जारी डेबिट कार्ड द्वारा किए गए नकद निकासी लेनदेन का कुल मूल्य </t>
   </si>
   <si>
     <t xml:space="preserve">क्र. सं. </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="9" x14ac:knownFonts="1">
+  <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
-      <color indexed="8"/>
-[...11 lines deleted...]
-      <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="2">
+  <borders count="4">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="41">
+  <cellXfs count="36">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="1" fontId="5" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="1" fontId="5" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="1" fontId="4" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
-      <protection locked="0"/>
-[...10 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...6 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2 10" xfId="2" xr:uid="{09FDA3E4-C0CC-4EB5-B72C-A7E50101B072}"/>
     <cellStyle name="Normal 2 2" xfId="1" xr:uid="{FF0818AC-CB87-4B30-8F94-911B67D7B3D0}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
@@ -1007,514 +1006,516 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3D295F69-160E-4455-99AF-6167211C8693}">
-  <dimension ref="A2:AE107"/>
+  <dimension ref="A2:AC106"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="B3" sqref="B3:B7"/>
+      <pane xSplit="3" ySplit="8" topLeftCell="D9" activePane="bottomRight" state="frozen"/>
+      <selection pane="topRight" activeCell="D1" sqref="D1"/>
+      <selection pane="bottomLeft" activeCell="A9" sqref="A9"/>
+      <selection pane="bottomRight" activeCell="L4" sqref="L4:S4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="0.5703125" style="17" customWidth="1"/>
-[...27 lines deleted...]
-    <col min="31" max="16384" width="8.85546875" style="18"/>
+    <col min="1" max="1" width="3.42578125" style="17" customWidth="1"/>
+    <col min="2" max="2" width="5" style="16" customWidth="1"/>
+    <col min="3" max="3" width="44.5703125" style="16" customWidth="1"/>
+    <col min="4" max="4" width="9.42578125" style="27" customWidth="1"/>
+    <col min="5" max="5" width="9.28515625" style="27" customWidth="1"/>
+    <col min="6" max="6" width="9.7109375" style="16" customWidth="1"/>
+    <col min="7" max="7" width="9.28515625" style="16" customWidth="1"/>
+    <col min="8" max="8" width="10.42578125" style="16" customWidth="1"/>
+    <col min="9" max="9" width="11.5703125" style="16" customWidth="1"/>
+    <col min="10" max="10" width="12.140625" style="16" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="11.42578125" style="16" bestFit="1" customWidth="1"/>
+    <col min="12" max="14" width="10" style="16" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="11" style="16" bestFit="1" customWidth="1"/>
+    <col min="16" max="16" width="10.7109375" style="16" customWidth="1"/>
+    <col min="17" max="17" width="9" style="16" bestFit="1" customWidth="1"/>
+    <col min="18" max="18" width="8" style="16" bestFit="1" customWidth="1"/>
+    <col min="19" max="20" width="9" style="16" bestFit="1" customWidth="1"/>
+    <col min="21" max="21" width="10" style="16" bestFit="1" customWidth="1"/>
+    <col min="22" max="22" width="10.85546875" style="16" bestFit="1" customWidth="1"/>
+    <col min="23" max="23" width="10" style="16" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="10.85546875" style="16" customWidth="1"/>
+    <col min="25" max="25" width="9" style="16" bestFit="1" customWidth="1"/>
+    <col min="26" max="26" width="10" style="16" bestFit="1" customWidth="1"/>
+    <col min="27" max="27" width="11" style="16" bestFit="1" customWidth="1"/>
+    <col min="28" max="28" width="8" style="16" bestFit="1" customWidth="1"/>
+    <col min="29" max="29" width="9" style="16" bestFit="1" customWidth="1"/>
+    <col min="30" max="30" width="12.28515625" style="16" customWidth="1"/>
+    <col min="31" max="16384" width="8.85546875" style="16"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B2" s="37" t="s">
+      <c r="B2" s="32" t="s">
+        <v>72</v>
+      </c>
+      <c r="C2" s="32"/>
+      <c r="D2" s="32"/>
+      <c r="E2" s="32"/>
+      <c r="F2" s="32"/>
+      <c r="G2" s="32"/>
+      <c r="H2" s="32"/>
+      <c r="I2" s="32"/>
+      <c r="J2" s="32"/>
+      <c r="K2" s="32"/>
+      <c r="L2" s="32"/>
+      <c r="M2" s="32"/>
+      <c r="N2" s="32"/>
+      <c r="O2" s="32"/>
+      <c r="P2" s="32"/>
+      <c r="Q2" s="32"/>
+      <c r="R2" s="32"/>
+      <c r="S2" s="32"/>
+      <c r="T2" s="32"/>
+      <c r="U2" s="32"/>
+      <c r="V2" s="32"/>
+      <c r="W2" s="32"/>
+      <c r="X2" s="32"/>
+      <c r="Y2" s="32"/>
+      <c r="Z2" s="32"/>
+      <c r="AA2" s="32"/>
+      <c r="AB2" s="32"/>
+      <c r="AC2" s="32"/>
+    </row>
+    <row r="3" spans="1:29" x14ac:dyDescent="0.2">
+      <c r="B3" s="31" t="s">
+        <v>124</v>
+      </c>
+      <c r="C3" s="32" t="s">
+        <v>73</v>
+      </c>
+      <c r="D3" s="33" t="s">
+        <v>74</v>
+      </c>
+      <c r="E3" s="33"/>
+      <c r="F3" s="33"/>
+      <c r="G3" s="33"/>
+      <c r="H3" s="33"/>
+      <c r="I3" s="33"/>
+      <c r="J3" s="33"/>
+      <c r="K3" s="33"/>
+      <c r="L3" s="32" t="s">
+        <v>75</v>
+      </c>
+      <c r="M3" s="32"/>
+      <c r="N3" s="32"/>
+      <c r="O3" s="32"/>
+      <c r="P3" s="32"/>
+      <c r="Q3" s="32"/>
+      <c r="R3" s="32"/>
+      <c r="S3" s="32"/>
+      <c r="T3" s="32"/>
+      <c r="U3" s="32"/>
+      <c r="V3" s="32"/>
+      <c r="W3" s="32"/>
+      <c r="X3" s="32"/>
+      <c r="Y3" s="32"/>
+      <c r="Z3" s="32"/>
+      <c r="AA3" s="32"/>
+      <c r="AB3" s="32"/>
+      <c r="AC3" s="32"/>
+    </row>
+    <row r="4" spans="1:29" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B4" s="31"/>
+      <c r="C4" s="32"/>
+      <c r="D4" s="31" t="s">
+        <v>76</v>
+      </c>
+      <c r="E4" s="31"/>
+      <c r="F4" s="31"/>
+      <c r="G4" s="31"/>
+      <c r="H4" s="31"/>
+      <c r="I4" s="31"/>
+      <c r="J4" s="31"/>
+      <c r="K4" s="31"/>
+      <c r="L4" s="32" t="s">
+        <v>77</v>
+      </c>
+      <c r="M4" s="32"/>
+      <c r="N4" s="32"/>
+      <c r="O4" s="32"/>
+      <c r="P4" s="32"/>
+      <c r="Q4" s="32"/>
+      <c r="R4" s="32"/>
+      <c r="S4" s="32"/>
+      <c r="T4" s="32" t="s">
+        <v>78</v>
+      </c>
+      <c r="U4" s="32"/>
+      <c r="V4" s="32"/>
+      <c r="W4" s="32"/>
+      <c r="X4" s="32"/>
+      <c r="Y4" s="32"/>
+      <c r="Z4" s="32"/>
+      <c r="AA4" s="32"/>
+      <c r="AB4" s="32"/>
+      <c r="AC4" s="32"/>
+    </row>
+    <row r="5" spans="1:29" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B5" s="31"/>
+      <c r="C5" s="32"/>
+      <c r="D5" s="31" t="s">
+        <v>79</v>
+      </c>
+      <c r="E5" s="31"/>
+      <c r="F5" s="31" t="s">
+        <v>80</v>
+      </c>
+      <c r="G5" s="31" t="s">
+        <v>81</v>
+      </c>
+      <c r="H5" s="31" t="s">
+        <v>82</v>
+      </c>
+      <c r="I5" s="31" t="s">
+        <v>83</v>
+      </c>
+      <c r="J5" s="31" t="s">
+        <v>84</v>
+      </c>
+      <c r="K5" s="31" t="s">
+        <v>78</v>
+      </c>
+      <c r="L5" s="32" t="s">
+        <v>85</v>
+      </c>
+      <c r="M5" s="32"/>
+      <c r="N5" s="32"/>
+      <c r="O5" s="32"/>
+      <c r="P5" s="32"/>
+      <c r="Q5" s="32"/>
+      <c r="R5" s="32" t="s">
+        <v>86</v>
+      </c>
+      <c r="S5" s="32"/>
+      <c r="T5" s="32" t="s">
+        <v>85</v>
+      </c>
+      <c r="U5" s="32"/>
+      <c r="V5" s="32"/>
+      <c r="W5" s="32"/>
+      <c r="X5" s="32"/>
+      <c r="Y5" s="32"/>
+      <c r="Z5" s="32" t="s">
+        <v>86</v>
+      </c>
+      <c r="AA5" s="32"/>
+      <c r="AB5" s="32"/>
+      <c r="AC5" s="32"/>
+    </row>
+    <row r="6" spans="1:29" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B6" s="31"/>
+      <c r="C6" s="32"/>
+      <c r="D6" s="31"/>
+      <c r="E6" s="31"/>
+      <c r="F6" s="31"/>
+      <c r="G6" s="31"/>
+      <c r="H6" s="31"/>
+      <c r="I6" s="31"/>
+      <c r="J6" s="31"/>
+      <c r="K6" s="31"/>
+      <c r="L6" s="31" t="s">
+        <v>87</v>
+      </c>
+      <c r="M6" s="31"/>
+      <c r="N6" s="31" t="s">
+        <v>88</v>
+      </c>
+      <c r="O6" s="31"/>
+      <c r="P6" s="32" t="s">
+        <v>89</v>
+      </c>
+      <c r="Q6" s="32"/>
+      <c r="R6" s="32" t="s">
+        <v>90</v>
+      </c>
+      <c r="S6" s="32"/>
+      <c r="T6" s="31" t="s">
+        <v>87</v>
+      </c>
+      <c r="U6" s="31"/>
+      <c r="V6" s="31" t="s">
+        <v>91</v>
+      </c>
+      <c r="W6" s="31"/>
+      <c r="X6" s="32" t="s">
+        <v>92</v>
+      </c>
+      <c r="Y6" s="32"/>
+      <c r="Z6" s="31" t="s">
+        <v>90</v>
+      </c>
+      <c r="AA6" s="31"/>
+      <c r="AB6" s="31" t="s">
+        <v>87</v>
+      </c>
+      <c r="AC6" s="31"/>
+    </row>
+    <row r="7" spans="1:29" s="20" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+      <c r="A7" s="18"/>
+      <c r="B7" s="31"/>
+      <c r="C7" s="32"/>
+      <c r="D7" s="29" t="s">
+        <v>93</v>
+      </c>
+      <c r="E7" s="28" t="s">
+        <v>94</v>
+      </c>
+      <c r="F7" s="31"/>
+      <c r="G7" s="31"/>
+      <c r="H7" s="31"/>
+      <c r="I7" s="31"/>
+      <c r="J7" s="31"/>
+      <c r="K7" s="31"/>
+      <c r="L7" s="19" t="s">
+        <v>95</v>
+      </c>
+      <c r="M7" s="19" t="s">
         <v>96</v>
       </c>
-      <c r="C2" s="37"/>
-[...220 lines deleted...]
-      <c r="M7" s="15" t="s">
+      <c r="N7" s="19" t="s">
         <v>95</v>
       </c>
-      <c r="N7" s="15" t="s">
-[...2 lines deleted...]
-      <c r="O7" s="15" t="s">
+      <c r="O7" s="19" t="s">
+        <v>96</v>
+      </c>
+      <c r="P7" s="19" t="s">
         <v>95</v>
       </c>
-      <c r="P7" s="15" t="s">
-[...2 lines deleted...]
-      <c r="Q7" s="15" t="s">
+      <c r="Q7" s="19" t="s">
+        <v>96</v>
+      </c>
+      <c r="R7" s="19" t="s">
         <v>95</v>
       </c>
-      <c r="R7" s="15" t="s">
-[...2 lines deleted...]
-      <c r="S7" s="15" t="s">
+      <c r="S7" s="19" t="s">
+        <v>96</v>
+      </c>
+      <c r="T7" s="19" t="s">
         <v>95</v>
       </c>
-      <c r="T7" s="15" t="s">
-[...2 lines deleted...]
-      <c r="U7" s="15" t="s">
+      <c r="U7" s="19" t="s">
+        <v>96</v>
+      </c>
+      <c r="V7" s="19" t="s">
         <v>95</v>
       </c>
-      <c r="V7" s="15" t="s">
-[...2 lines deleted...]
-      <c r="W7" s="15" t="s">
+      <c r="W7" s="19" t="s">
+        <v>96</v>
+      </c>
+      <c r="X7" s="19" t="s">
         <v>95</v>
       </c>
-      <c r="X7" s="15" t="s">
-[...2 lines deleted...]
-      <c r="Y7" s="15" t="s">
+      <c r="Y7" s="19" t="s">
+        <v>96</v>
+      </c>
+      <c r="Z7" s="19" t="s">
         <v>95</v>
       </c>
-      <c r="Z7" s="15" t="s">
-[...2 lines deleted...]
-      <c r="AA7" s="15" t="s">
+      <c r="AA7" s="19" t="s">
+        <v>96</v>
+      </c>
+      <c r="AB7" s="19" t="s">
         <v>95</v>
       </c>
-      <c r="AB7" s="15" t="s">
-[...3 lines deleted...]
-        <v>95</v>
+      <c r="AC7" s="19" t="s">
+        <v>96</v>
       </c>
     </row>
     <row r="8" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B8" s="16"/>
-[...1 lines deleted...]
-      <c r="D8" s="36">
+      <c r="B8" s="13"/>
+      <c r="C8" s="13"/>
+      <c r="D8" s="29">
         <v>1</v>
       </c>
-      <c r="E8" s="36">
+      <c r="E8" s="29">
         <v>2</v>
       </c>
-      <c r="F8" s="36">
+      <c r="F8" s="29">
         <v>3</v>
       </c>
-      <c r="G8" s="36">
+      <c r="G8" s="29">
         <v>4</v>
       </c>
-      <c r="H8" s="36">
+      <c r="H8" s="29">
         <v>5</v>
       </c>
-      <c r="I8" s="36">
+      <c r="I8" s="29">
         <v>6</v>
       </c>
-      <c r="J8" s="36">
+      <c r="J8" s="29">
         <v>7</v>
       </c>
-      <c r="K8" s="36">
+      <c r="K8" s="29">
         <v>8</v>
       </c>
-      <c r="L8" s="36">
+      <c r="L8" s="29">
         <v>9</v>
       </c>
-      <c r="M8" s="36">
+      <c r="M8" s="29">
         <v>10</v>
       </c>
-      <c r="N8" s="36">
+      <c r="N8" s="29">
         <v>11</v>
       </c>
-      <c r="O8" s="36">
+      <c r="O8" s="29">
         <v>12</v>
       </c>
-      <c r="P8" s="36">
+      <c r="P8" s="29">
         <v>13</v>
       </c>
-      <c r="Q8" s="36">
+      <c r="Q8" s="29">
         <v>14</v>
       </c>
-      <c r="R8" s="36">
+      <c r="R8" s="29">
         <v>15</v>
       </c>
-      <c r="S8" s="36">
+      <c r="S8" s="29">
         <v>16</v>
       </c>
-      <c r="T8" s="36">
+      <c r="T8" s="29">
         <v>17</v>
       </c>
-      <c r="U8" s="36">
+      <c r="U8" s="29">
         <v>18</v>
       </c>
-      <c r="V8" s="36">
+      <c r="V8" s="29">
         <v>19</v>
       </c>
-      <c r="W8" s="36">
+      <c r="W8" s="29">
         <v>20</v>
       </c>
-      <c r="X8" s="36">
+      <c r="X8" s="29">
         <v>21</v>
       </c>
-      <c r="Y8" s="36">
+      <c r="Y8" s="29">
         <v>22</v>
       </c>
-      <c r="Z8" s="36">
+      <c r="Z8" s="29">
         <v>23</v>
       </c>
-      <c r="AA8" s="36">
+      <c r="AA8" s="29">
         <v>24</v>
       </c>
-      <c r="AB8" s="36">
+      <c r="AB8" s="29">
         <v>25</v>
       </c>
-      <c r="AC8" s="36">
+      <c r="AC8" s="29">
         <v>26</v>
       </c>
     </row>
     <row r="9" spans="1:29" x14ac:dyDescent="0.2">
       <c r="B9" s="8" t="s">
         <v>0</v>
       </c>
       <c r="C9" s="8"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="2"/>
       <c r="G9" s="2"/>
       <c r="H9" s="2"/>
       <c r="I9" s="2"/>
       <c r="J9" s="2"/>
       <c r="K9" s="2"/>
       <c r="L9" s="2"/>
       <c r="M9" s="2"/>
       <c r="N9" s="2"/>
       <c r="O9" s="2"/>
       <c r="P9" s="2"/>
       <c r="Q9" s="2"/>
       <c r="R9" s="2"/>
       <c r="S9" s="2"/>
       <c r="T9" s="2"/>
       <c r="U9" s="2"/>
       <c r="V9" s="2"/>
       <c r="W9" s="2"/>
       <c r="X9" s="2"/>
       <c r="Y9" s="2"/>
       <c r="Z9" s="2"/>
       <c r="AA9" s="2"/>
       <c r="AB9" s="2"/>
       <c r="AC9" s="2"/>
     </row>
     <row r="10" spans="1:29" x14ac:dyDescent="0.2">
       <c r="B10" s="8" t="s">
         <v>1</v>
       </c>
-      <c r="C10" s="25"/>
+      <c r="C10" s="21"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="2"/>
       <c r="G10" s="2"/>
       <c r="H10" s="2"/>
       <c r="I10" s="2"/>
       <c r="J10" s="2"/>
       <c r="K10" s="2"/>
       <c r="L10" s="2"/>
       <c r="M10" s="2"/>
       <c r="N10" s="2"/>
       <c r="O10" s="2"/>
       <c r="P10" s="2"/>
       <c r="Q10" s="2"/>
       <c r="R10" s="2"/>
       <c r="S10" s="2"/>
       <c r="T10" s="2"/>
       <c r="U10" s="2"/>
       <c r="V10" s="2"/>
       <c r="W10" s="2"/>
       <c r="X10" s="2"/>
       <c r="Y10" s="2"/>
       <c r="Z10" s="2"/>
       <c r="AA10" s="2"/>
       <c r="AB10" s="2"/>
       <c r="AC10" s="2"/>
     </row>
     <row r="11" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B11" s="21">
+      <c r="B11" s="14">
         <v>1</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D11" s="4">
         <v>8994</v>
       </c>
       <c r="E11" s="4">
         <v>2485</v>
       </c>
       <c r="F11" s="4">
         <v>55816</v>
       </c>
       <c r="G11" s="4">
         <v>42317</v>
       </c>
       <c r="H11" s="4">
         <v>25909</v>
       </c>
       <c r="I11" s="4">
         <v>2896596</v>
       </c>
       <c r="J11" s="4">
         <v>2992464</v>
@@ -1556,51 +1557,51 @@
         <v>289522</v>
       </c>
       <c r="W11" s="5">
         <v>2140503.7000000002</v>
       </c>
       <c r="X11" s="5">
         <v>14</v>
       </c>
       <c r="Y11" s="5">
         <v>35.4</v>
       </c>
       <c r="Z11" s="5">
         <v>22953575</v>
       </c>
       <c r="AA11" s="5">
         <v>120543772.48899999</v>
       </c>
       <c r="AB11" s="5">
         <v>2</v>
       </c>
       <c r="AC11" s="5">
         <v>1.2</v>
       </c>
     </row>
     <row r="12" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B12" s="21">
+      <c r="B12" s="14">
         <v>2</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D12" s="4">
         <v>5199</v>
       </c>
       <c r="E12" s="4">
         <v>2497</v>
       </c>
       <c r="F12" s="4">
         <v>18827</v>
       </c>
       <c r="G12" s="4">
         <v>25038</v>
       </c>
       <c r="H12" s="4">
         <v>0</v>
       </c>
       <c r="I12" s="4">
         <v>1353550</v>
       </c>
       <c r="J12" s="4">
         <v>89273</v>
@@ -1641,52 +1642,52 @@
       <c r="V12" s="5">
         <v>311329</v>
       </c>
       <c r="W12" s="5">
         <v>843496.77463999996</v>
       </c>
       <c r="X12" s="5">
         <v>0</v>
       </c>
       <c r="Y12" s="5">
         <v>0</v>
       </c>
       <c r="Z12" s="5">
         <v>14595109</v>
       </c>
       <c r="AA12" s="5">
         <v>64661749.625500001</v>
       </c>
       <c r="AB12" s="5">
         <v>0</v>
       </c>
       <c r="AC12" s="5">
         <v>0</v>
       </c>
     </row>
-    <row r="13" spans="1:29" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B13" s="21">
+    <row r="13" spans="1:29" x14ac:dyDescent="0.2">
+      <c r="B13" s="14">
         <v>3</v>
       </c>
       <c r="C13" s="6" t="s">
         <v>4</v>
       </c>
       <c r="D13" s="7">
         <v>2334</v>
       </c>
       <c r="E13" s="7">
         <v>249</v>
       </c>
       <c r="F13" s="7">
         <v>193</v>
       </c>
       <c r="G13" s="7">
         <v>5955</v>
       </c>
       <c r="H13" s="7">
         <v>355014</v>
       </c>
       <c r="I13" s="7">
         <v>954511</v>
       </c>
       <c r="J13" s="7">
         <v>0</v>
@@ -1728,51 +1729,51 @@
         <v>125097</v>
       </c>
       <c r="W13" s="5">
         <v>388160.69839999999</v>
       </c>
       <c r="X13" s="5">
         <v>6211</v>
       </c>
       <c r="Y13" s="5">
         <v>65242.589599999999</v>
       </c>
       <c r="Z13" s="5">
         <v>6142141</v>
       </c>
       <c r="AA13" s="5">
         <v>31722473.142340001</v>
       </c>
       <c r="AB13" s="5">
         <v>0</v>
       </c>
       <c r="AC13" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B14" s="21">
+      <c r="B14" s="14">
         <v>4</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D14" s="4">
         <v>7400</v>
       </c>
       <c r="E14" s="4">
         <v>3502</v>
       </c>
       <c r="F14" s="4">
         <v>87955</v>
       </c>
       <c r="G14" s="4">
         <v>11363</v>
       </c>
       <c r="H14" s="4">
         <v>0</v>
       </c>
       <c r="I14" s="4">
         <v>3996958</v>
       </c>
       <c r="J14" s="4">
         <v>1065198</v>
@@ -1814,51 +1815,51 @@
         <v>775497</v>
       </c>
       <c r="W14" s="5">
         <v>3730294.7518600002</v>
       </c>
       <c r="X14" s="5">
         <v>4676</v>
       </c>
       <c r="Y14" s="5">
         <v>91938.184999999998</v>
       </c>
       <c r="Z14" s="5">
         <v>28731555</v>
       </c>
       <c r="AA14" s="5">
         <v>146925966.905</v>
       </c>
       <c r="AB14" s="5">
         <v>2</v>
       </c>
       <c r="AC14" s="5">
         <v>1.14828</v>
       </c>
     </row>
     <row r="15" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B15" s="21">
+      <c r="B15" s="14">
         <v>5</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>6</v>
       </c>
       <c r="D15" s="4">
         <v>2950</v>
       </c>
       <c r="E15" s="4">
         <v>1218</v>
       </c>
       <c r="F15" s="4">
         <v>3237</v>
       </c>
       <c r="G15" s="4">
         <v>2614</v>
       </c>
       <c r="H15" s="4">
         <v>38138</v>
       </c>
       <c r="I15" s="4">
         <v>2031740</v>
       </c>
       <c r="J15" s="4">
         <v>0</v>
@@ -1900,51 +1901,51 @@
         <v>199582</v>
       </c>
       <c r="W15" s="5">
         <v>837091.51879999996</v>
       </c>
       <c r="X15" s="5">
         <v>0</v>
       </c>
       <c r="Y15" s="5">
         <v>0</v>
       </c>
       <c r="Z15" s="5">
         <v>7683485</v>
       </c>
       <c r="AA15" s="5">
         <v>38026640.667999998</v>
       </c>
       <c r="AB15" s="5">
         <v>23</v>
       </c>
       <c r="AC15" s="5">
         <v>424.80799999999999</v>
       </c>
     </row>
     <row r="16" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B16" s="21">
+      <c r="B16" s="14">
         <v>6</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>7</v>
       </c>
       <c r="D16" s="4">
         <v>4936</v>
       </c>
       <c r="E16" s="4">
         <v>642</v>
       </c>
       <c r="F16" s="4">
         <v>21796</v>
       </c>
       <c r="G16" s="4">
         <v>15742</v>
       </c>
       <c r="H16" s="4">
         <v>0</v>
       </c>
       <c r="I16" s="4">
         <v>2604386</v>
       </c>
       <c r="J16" s="4">
         <v>271950</v>
@@ -1986,51 +1987,51 @@
         <v>378301</v>
       </c>
       <c r="W16" s="5">
         <v>1060644.412</v>
       </c>
       <c r="X16" s="5">
         <v>137</v>
       </c>
       <c r="Y16" s="5">
         <v>437.77499999999998</v>
       </c>
       <c r="Z16" s="5">
         <v>18542762</v>
       </c>
       <c r="AA16" s="5">
         <v>96787091.540860012</v>
       </c>
       <c r="AB16" s="5">
         <v>5</v>
       </c>
       <c r="AC16" s="5">
         <v>3.5</v>
       </c>
     </row>
     <row r="17" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B17" s="21">
+      <c r="B17" s="14">
         <v>7</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="4">
         <v>2865</v>
       </c>
       <c r="E17" s="4">
         <v>729</v>
       </c>
       <c r="F17" s="4">
         <v>0</v>
       </c>
       <c r="G17" s="4">
         <v>11527</v>
       </c>
       <c r="H17" s="4">
         <v>0</v>
       </c>
       <c r="I17" s="4">
         <v>510676</v>
       </c>
       <c r="J17" s="4">
         <v>105681</v>
@@ -2072,51 +2073,51 @@
         <v>214924</v>
       </c>
       <c r="W17" s="5">
         <v>641372.15983000002</v>
       </c>
       <c r="X17" s="5">
         <v>0</v>
       </c>
       <c r="Y17" s="5">
         <v>0</v>
       </c>
       <c r="Z17" s="5">
         <v>11510620</v>
       </c>
       <c r="AA17" s="5">
         <v>54407709.957290001</v>
       </c>
       <c r="AB17" s="5">
         <v>0</v>
       </c>
       <c r="AC17" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B18" s="21">
+      <c r="B18" s="14">
         <v>8</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>9</v>
       </c>
       <c r="D18" s="4">
         <v>1049</v>
       </c>
       <c r="E18" s="4">
         <v>35</v>
       </c>
       <c r="F18" s="4">
         <v>1136</v>
       </c>
       <c r="G18" s="4">
         <v>1885</v>
       </c>
       <c r="H18" s="4">
         <v>1296</v>
       </c>
       <c r="I18" s="4">
         <v>206998</v>
       </c>
       <c r="J18" s="4">
         <v>0</v>
@@ -2158,51 +2159,51 @@
         <v>195103</v>
       </c>
       <c r="W18" s="5">
         <v>564747.48499999999</v>
       </c>
       <c r="X18" s="5">
         <v>0</v>
       </c>
       <c r="Y18" s="5">
         <v>0</v>
       </c>
       <c r="Z18" s="5">
         <v>1285569</v>
       </c>
       <c r="AA18" s="5">
         <v>6561345</v>
       </c>
       <c r="AB18" s="5">
         <v>0</v>
       </c>
       <c r="AC18" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B19" s="21">
+      <c r="B19" s="14">
         <v>9</v>
       </c>
       <c r="C19" s="3" t="s">
         <v>10</v>
       </c>
       <c r="D19" s="4">
         <v>7285</v>
       </c>
       <c r="E19" s="4">
         <v>3864</v>
       </c>
       <c r="F19" s="4">
         <v>24323</v>
       </c>
       <c r="G19" s="4">
         <v>0</v>
       </c>
       <c r="H19" s="4">
         <v>352303</v>
       </c>
       <c r="I19" s="4">
         <v>1375107</v>
       </c>
       <c r="J19" s="4">
         <v>667506</v>
@@ -2244,51 +2245,51 @@
         <v>776763</v>
       </c>
       <c r="W19" s="5">
         <v>2188788.8977899998</v>
       </c>
       <c r="X19" s="5">
         <v>0</v>
       </c>
       <c r="Y19" s="5">
         <v>0</v>
       </c>
       <c r="Z19" s="5">
         <v>23117753</v>
       </c>
       <c r="AA19" s="5">
         <v>122100213</v>
       </c>
       <c r="AB19" s="5">
         <v>0</v>
       </c>
       <c r="AC19" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B20" s="21">
+      <c r="B20" s="14">
         <v>10</v>
       </c>
       <c r="C20" s="3" t="s">
         <v>11</v>
       </c>
       <c r="D20" s="4">
         <v>28709</v>
       </c>
       <c r="E20" s="4">
         <v>34150</v>
       </c>
       <c r="F20" s="4">
         <v>1688214</v>
       </c>
       <c r="G20" s="4">
         <v>52534</v>
       </c>
       <c r="H20" s="4">
         <v>1027992</v>
       </c>
       <c r="I20" s="4">
         <v>5698385</v>
       </c>
       <c r="J20" s="4">
         <v>21629678</v>
@@ -2330,51 +2331,51 @@
         <v>6641421</v>
       </c>
       <c r="W20" s="5">
         <v>27328113.78712</v>
       </c>
       <c r="X20" s="5">
         <v>632</v>
       </c>
       <c r="Y20" s="5">
         <v>9316.2656500000012</v>
       </c>
       <c r="Z20" s="5">
         <v>153285375</v>
       </c>
       <c r="AA20" s="5">
         <v>855373067.10101998</v>
       </c>
       <c r="AB20" s="5">
         <v>9115</v>
       </c>
       <c r="AC20" s="5">
         <v>8145.8658499999992</v>
       </c>
     </row>
     <row r="21" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B21" s="21">
+      <c r="B21" s="14">
         <v>11</v>
       </c>
       <c r="C21" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D21" s="4">
         <v>2381</v>
       </c>
       <c r="E21" s="4">
         <v>216</v>
       </c>
       <c r="F21" s="4">
         <v>10700</v>
       </c>
       <c r="G21" s="4">
         <v>3568</v>
       </c>
       <c r="H21" s="4">
         <v>148</v>
       </c>
       <c r="I21" s="4">
         <v>1422575</v>
       </c>
       <c r="J21" s="4">
         <v>0</v>
@@ -2416,51 +2417,51 @@
         <v>219455</v>
       </c>
       <c r="W21" s="5">
         <v>608479.67523000005</v>
       </c>
       <c r="X21" s="5">
         <v>737</v>
       </c>
       <c r="Y21" s="5">
         <v>15744.69325</v>
       </c>
       <c r="Z21" s="5">
         <v>6274468</v>
       </c>
       <c r="AA21" s="5">
         <v>31246392.065049998</v>
       </c>
       <c r="AB21" s="5">
         <v>46</v>
       </c>
       <c r="AC21" s="5">
         <v>26.515340000000002</v>
       </c>
     </row>
     <row r="22" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B22" s="21">
+      <c r="B22" s="14">
         <v>12</v>
       </c>
       <c r="C22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="D22" s="4">
         <v>7864</v>
       </c>
       <c r="E22" s="4">
         <v>1198</v>
       </c>
       <c r="F22" s="4">
         <v>54224</v>
       </c>
       <c r="G22" s="4">
         <v>8087</v>
       </c>
       <c r="H22" s="4">
         <v>382947</v>
       </c>
       <c r="I22" s="4">
         <v>292376</v>
       </c>
       <c r="J22" s="4">
         <v>469972</v>
@@ -2505,80 +2506,80 @@
         <v>2657714.0209900001</v>
       </c>
       <c r="X22" s="5">
         <v>2126</v>
       </c>
       <c r="Y22" s="5">
         <v>8775.4339999999993</v>
       </c>
       <c r="Z22" s="5">
         <v>41559292</v>
       </c>
       <c r="AA22" s="5">
         <v>128388926.95999999</v>
       </c>
       <c r="AB22" s="5">
         <v>20</v>
       </c>
       <c r="AC22" s="5">
         <v>3.8010000000000002</v>
       </c>
     </row>
     <row r="23" spans="2:29" x14ac:dyDescent="0.2">
       <c r="B23" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="C23" s="25"/>
+      <c r="C23" s="21"/>
       <c r="D23" s="1"/>
       <c r="E23" s="1"/>
       <c r="F23" s="1"/>
       <c r="G23" s="1"/>
       <c r="H23" s="1"/>
       <c r="I23" s="1"/>
       <c r="J23" s="1"/>
       <c r="K23" s="1"/>
       <c r="L23" s="2"/>
       <c r="M23" s="2"/>
       <c r="N23" s="2"/>
       <c r="O23" s="2"/>
       <c r="P23" s="2"/>
       <c r="Q23" s="2"/>
       <c r="R23" s="2"/>
       <c r="S23" s="2"/>
       <c r="T23" s="5"/>
       <c r="U23" s="5"/>
       <c r="V23" s="5"/>
       <c r="W23" s="5"/>
       <c r="X23" s="5"/>
       <c r="Y23" s="5"/>
       <c r="Z23" s="5"/>
       <c r="AA23" s="5"/>
       <c r="AB23" s="5"/>
       <c r="AC23" s="5"/>
     </row>
     <row r="24" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B24" s="21">
+      <c r="B24" s="14">
         <v>13</v>
       </c>
       <c r="C24" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D24" s="4">
         <v>6550</v>
       </c>
       <c r="E24" s="4">
         <v>6233</v>
       </c>
       <c r="F24" s="4">
         <v>2373258</v>
       </c>
       <c r="G24" s="4">
         <v>0</v>
       </c>
       <c r="H24" s="4">
         <v>530417</v>
       </c>
       <c r="I24" s="4">
         <v>114639236</v>
       </c>
       <c r="J24" s="4">
         <v>15504019</v>
@@ -2620,51 +2621,51 @@
         <v>1676575</v>
       </c>
       <c r="W24" s="5">
         <v>10463233.614049995</v>
       </c>
       <c r="X24" s="5">
         <v>10388</v>
       </c>
       <c r="Y24" s="5">
         <v>271700.08799999999</v>
       </c>
       <c r="Z24" s="5">
         <v>16218316</v>
       </c>
       <c r="AA24" s="5">
         <v>111916848.038</v>
       </c>
       <c r="AB24" s="5">
         <v>0</v>
       </c>
       <c r="AC24" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B25" s="21">
+      <c r="B25" s="14">
         <v>14</v>
       </c>
       <c r="C25" s="3" t="s">
         <v>16</v>
       </c>
       <c r="D25" s="4">
         <v>416</v>
       </c>
       <c r="E25" s="4">
         <v>5</v>
       </c>
       <c r="F25" s="4">
         <v>71275</v>
       </c>
       <c r="G25" s="4">
         <v>0</v>
       </c>
       <c r="H25" s="4">
         <v>38701</v>
       </c>
       <c r="I25" s="4">
         <v>0</v>
       </c>
       <c r="J25" s="4">
         <v>6</v>
@@ -2706,51 +2707,51 @@
         <v>54808</v>
       </c>
       <c r="W25" s="5">
         <v>245797.36306</v>
       </c>
       <c r="X25" s="5">
         <v>0</v>
       </c>
       <c r="Y25" s="5">
         <v>0</v>
       </c>
       <c r="Z25" s="5">
         <v>1971716</v>
       </c>
       <c r="AA25" s="5">
         <v>11349738.779999999</v>
       </c>
       <c r="AB25" s="5">
         <v>11</v>
       </c>
       <c r="AC25" s="5">
         <v>6.5</v>
       </c>
     </row>
     <row r="26" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B26" s="21">
+      <c r="B26" s="14">
         <v>15</v>
       </c>
       <c r="C26" s="3" t="s">
         <v>17</v>
       </c>
       <c r="D26" s="4">
         <v>1251</v>
       </c>
       <c r="E26" s="4">
         <v>448</v>
       </c>
       <c r="F26" s="4">
         <v>7008</v>
       </c>
       <c r="G26" s="4">
         <v>59438</v>
       </c>
       <c r="H26" s="4">
         <v>0</v>
       </c>
       <c r="I26" s="4">
         <v>68710</v>
       </c>
       <c r="J26" s="4">
         <v>55517</v>
@@ -2792,51 +2793,51 @@
         <v>35135</v>
       </c>
       <c r="W26" s="5">
         <v>106952.52935</v>
       </c>
       <c r="X26" s="5">
         <v>0</v>
       </c>
       <c r="Y26" s="5">
         <v>0</v>
       </c>
       <c r="Z26" s="5">
         <v>2142118</v>
       </c>
       <c r="AA26" s="5">
         <v>13480848.90841</v>
       </c>
       <c r="AB26" s="5">
         <v>0</v>
       </c>
       <c r="AC26" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B27" s="21">
+      <c r="B27" s="14">
         <v>16</v>
       </c>
       <c r="C27" s="3" t="s">
         <v>18</v>
       </c>
       <c r="D27" s="4">
         <v>776</v>
       </c>
       <c r="E27" s="4">
         <v>37</v>
       </c>
       <c r="F27" s="4">
         <v>0</v>
       </c>
       <c r="G27" s="4">
         <v>0</v>
       </c>
       <c r="H27" s="4">
         <v>19579</v>
       </c>
       <c r="I27" s="4">
         <v>0</v>
       </c>
       <c r="J27" s="4">
         <v>176011</v>
@@ -2878,51 +2879,51 @@
         <v>7453</v>
       </c>
       <c r="W27" s="5">
         <v>40225.741009999998</v>
       </c>
       <c r="X27" s="5">
         <v>0</v>
       </c>
       <c r="Y27" s="5">
         <v>0</v>
       </c>
       <c r="Z27" s="5">
         <v>372158</v>
       </c>
       <c r="AA27" s="5">
         <v>2031617.5</v>
       </c>
       <c r="AB27" s="5">
         <v>0</v>
       </c>
       <c r="AC27" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B28" s="21">
+      <c r="B28" s="14">
         <v>17</v>
       </c>
       <c r="C28" s="3" t="s">
         <v>19</v>
       </c>
       <c r="D28" s="4">
         <v>436</v>
       </c>
       <c r="E28" s="4">
         <v>5</v>
       </c>
       <c r="F28" s="4">
         <v>0</v>
       </c>
       <c r="G28" s="4">
         <v>0</v>
       </c>
       <c r="H28" s="4">
         <v>0</v>
       </c>
       <c r="I28" s="4">
         <v>0</v>
       </c>
       <c r="J28" s="4">
         <v>1176</v>
@@ -2964,51 +2965,51 @@
         <v>54607</v>
       </c>
       <c r="W28" s="5">
         <v>214473.23788</v>
       </c>
       <c r="X28" s="5">
         <v>176</v>
       </c>
       <c r="Y28" s="5">
         <v>5061.1180000000004</v>
       </c>
       <c r="Z28" s="5">
         <v>229504</v>
       </c>
       <c r="AA28" s="5">
         <v>1539239.635</v>
       </c>
       <c r="AB28" s="5">
         <v>0</v>
       </c>
       <c r="AC28" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B29" s="21">
+      <c r="B29" s="14">
         <v>18</v>
       </c>
       <c r="C29" s="3" t="s">
         <v>20</v>
       </c>
       <c r="D29" s="4">
         <v>243</v>
       </c>
       <c r="E29" s="4">
         <v>38</v>
       </c>
       <c r="F29" s="4">
         <v>1594</v>
       </c>
       <c r="G29" s="4">
         <v>0</v>
       </c>
       <c r="H29" s="4">
         <v>0</v>
       </c>
       <c r="I29" s="4">
         <v>41551</v>
       </c>
       <c r="J29" s="4">
         <v>14539</v>
@@ -3050,51 +3051,51 @@
         <v>3557</v>
       </c>
       <c r="W29" s="5">
         <v>10473.76102</v>
       </c>
       <c r="X29" s="5">
         <v>0</v>
       </c>
       <c r="Y29" s="5">
         <v>0</v>
       </c>
       <c r="Z29" s="5">
         <v>382392</v>
       </c>
       <c r="AA29" s="5">
         <v>1756816.4624300001</v>
       </c>
       <c r="AB29" s="5">
         <v>0</v>
       </c>
       <c r="AC29" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B30" s="21">
+      <c r="B30" s="14">
         <v>19</v>
       </c>
       <c r="C30" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D30" s="4">
         <v>1798</v>
       </c>
       <c r="E30" s="4">
         <v>289</v>
       </c>
       <c r="F30" s="4">
         <v>24074</v>
       </c>
       <c r="G30" s="4">
         <v>0</v>
       </c>
       <c r="H30" s="4">
         <v>0</v>
       </c>
       <c r="I30" s="4">
         <v>6153509</v>
       </c>
       <c r="J30" s="4">
         <v>1713834</v>
@@ -3136,51 +3137,51 @@
         <v>996621</v>
       </c>
       <c r="W30" s="5">
         <v>4170253.4130000002</v>
       </c>
       <c r="X30" s="5">
         <v>3176</v>
       </c>
       <c r="Y30" s="5">
         <v>45213.735070000002</v>
       </c>
       <c r="Z30" s="5">
         <v>6861047</v>
       </c>
       <c r="AA30" s="5">
         <v>37485872.568999998</v>
       </c>
       <c r="AB30" s="5">
         <v>0</v>
       </c>
       <c r="AC30" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B31" s="21">
+      <c r="B31" s="14">
         <v>20</v>
       </c>
       <c r="C31" s="3" t="s">
         <v>22</v>
       </c>
       <c r="D31" s="4">
         <v>12954</v>
       </c>
       <c r="E31" s="4">
         <v>8475</v>
       </c>
       <c r="F31" s="4">
         <v>1779617</v>
       </c>
       <c r="G31" s="4">
         <v>1995</v>
       </c>
       <c r="H31" s="4">
         <v>2276262</v>
       </c>
       <c r="I31" s="4">
         <v>1026115</v>
       </c>
       <c r="J31" s="4">
         <v>25429466</v>
@@ -3222,51 +3223,51 @@
         <v>5843086</v>
       </c>
       <c r="W31" s="5">
         <v>34693432.704320006</v>
       </c>
       <c r="X31" s="5">
         <v>43118</v>
       </c>
       <c r="Y31" s="5">
         <v>837959.08041000005</v>
       </c>
       <c r="Z31" s="5">
         <v>32612269</v>
       </c>
       <c r="AA31" s="5">
         <v>237116795.52332002</v>
       </c>
       <c r="AB31" s="5">
         <v>27</v>
       </c>
       <c r="AC31" s="5">
         <v>28.7</v>
       </c>
     </row>
     <row r="32" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B32" s="21">
+      <c r="B32" s="14">
         <v>21</v>
       </c>
       <c r="C32" s="3" t="s">
         <v>23</v>
       </c>
       <c r="D32" s="4">
         <v>8628</v>
       </c>
       <c r="E32" s="4">
         <v>2607</v>
       </c>
       <c r="F32" s="4">
         <v>2254141</v>
       </c>
       <c r="G32" s="4">
         <v>6225</v>
       </c>
       <c r="H32" s="4">
         <v>605424</v>
       </c>
       <c r="I32" s="4">
         <v>3872028</v>
       </c>
       <c r="J32" s="4">
         <v>18476537</v>
@@ -3308,51 +3309,51 @@
         <v>2839131</v>
       </c>
       <c r="W32" s="5">
         <v>18767722.503169958</v>
       </c>
       <c r="X32" s="5">
         <v>4046</v>
       </c>
       <c r="Y32" s="5">
         <v>86231.409</v>
       </c>
       <c r="Z32" s="5">
         <v>13058400</v>
       </c>
       <c r="AA32" s="5">
         <v>105219190.273</v>
       </c>
       <c r="AB32" s="5">
         <v>0</v>
       </c>
       <c r="AC32" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B33" s="21">
+      <c r="B33" s="14">
         <v>22</v>
       </c>
       <c r="C33" s="3" t="s">
         <v>24</v>
       </c>
       <c r="D33" s="4">
         <v>2352</v>
       </c>
       <c r="E33" s="4">
         <v>639</v>
       </c>
       <c r="F33" s="4">
         <v>13830</v>
       </c>
       <c r="G33" s="4">
         <v>1687</v>
       </c>
       <c r="H33" s="4">
         <v>0</v>
       </c>
       <c r="I33" s="4">
         <v>407303</v>
       </c>
       <c r="J33" s="4">
         <v>45542</v>
@@ -3394,51 +3395,51 @@
         <v>159807</v>
       </c>
       <c r="W33" s="5">
         <v>558869.14033999725</v>
       </c>
       <c r="X33" s="5">
         <v>0</v>
       </c>
       <c r="Y33" s="5">
         <v>0</v>
       </c>
       <c r="Z33" s="5">
         <v>4464883</v>
       </c>
       <c r="AA33" s="5">
         <v>24579867.465999998</v>
       </c>
       <c r="AB33" s="5">
         <v>165</v>
       </c>
       <c r="AC33" s="5">
         <v>48.463999999999999</v>
       </c>
     </row>
     <row r="34" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B34" s="21">
+      <c r="B34" s="14">
         <v>23</v>
       </c>
       <c r="C34" s="3" t="s">
         <v>25</v>
       </c>
       <c r="D34" s="4">
         <v>762</v>
       </c>
       <c r="E34" s="4">
         <v>209</v>
       </c>
       <c r="F34" s="4">
         <v>38801</v>
       </c>
       <c r="G34" s="4">
         <v>7281</v>
       </c>
       <c r="H34" s="4">
         <v>0</v>
       </c>
       <c r="I34" s="4">
         <v>207503</v>
       </c>
       <c r="J34" s="4">
         <v>4141804</v>
@@ -3480,51 +3481,51 @@
         <v>334965</v>
       </c>
       <c r="W34" s="5">
         <v>2738979.86338</v>
       </c>
       <c r="X34" s="5">
         <v>0</v>
       </c>
       <c r="Y34" s="5">
         <v>0</v>
       </c>
       <c r="Z34" s="5">
         <v>3084162</v>
       </c>
       <c r="AA34" s="5">
         <v>18627842.592999998</v>
       </c>
       <c r="AB34" s="5">
         <v>0</v>
       </c>
       <c r="AC34" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B35" s="21">
+      <c r="B35" s="14">
         <v>24</v>
       </c>
       <c r="C35" s="3" t="s">
         <v>26</v>
       </c>
       <c r="D35" s="4">
         <v>2059</v>
       </c>
       <c r="E35" s="4">
         <v>1003</v>
       </c>
       <c r="F35" s="4">
         <v>127876</v>
       </c>
       <c r="G35" s="4">
         <v>0</v>
       </c>
       <c r="H35" s="4">
         <v>12214</v>
       </c>
       <c r="I35" s="4">
         <v>6700485</v>
       </c>
       <c r="J35" s="4">
         <v>3178907</v>
@@ -3566,51 +3567,51 @@
         <v>463809</v>
       </c>
       <c r="W35" s="5">
         <v>2637844.031</v>
       </c>
       <c r="X35" s="5">
         <v>827</v>
       </c>
       <c r="Y35" s="5">
         <v>69505.83988</v>
       </c>
       <c r="Z35" s="5">
         <v>3860718</v>
       </c>
       <c r="AA35" s="5">
         <v>21488015.461745001</v>
       </c>
       <c r="AB35" s="5">
         <v>0</v>
       </c>
       <c r="AC35" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B36" s="21">
+      <c r="B36" s="14">
         <v>25</v>
       </c>
       <c r="C36" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D36" s="4">
         <v>955</v>
       </c>
       <c r="E36" s="4">
         <v>638</v>
       </c>
       <c r="F36" s="4">
         <v>14072</v>
       </c>
       <c r="G36" s="4">
         <v>1319</v>
       </c>
       <c r="H36" s="4">
         <v>0</v>
       </c>
       <c r="I36" s="4">
         <v>645682</v>
       </c>
       <c r="J36" s="4">
         <v>139778</v>
@@ -3652,51 +3653,51 @@
         <v>450350</v>
       </c>
       <c r="W36" s="5">
         <v>483917.50851999997</v>
       </c>
       <c r="X36" s="5">
         <v>0</v>
       </c>
       <c r="Y36" s="5">
         <v>0</v>
       </c>
       <c r="Z36" s="5">
         <v>4872397</v>
       </c>
       <c r="AA36" s="5">
         <v>28488759.988000002</v>
       </c>
       <c r="AB36" s="5">
         <v>0</v>
       </c>
       <c r="AC36" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B37" s="21">
+      <c r="B37" s="14">
         <v>26</v>
       </c>
       <c r="C37" s="3" t="s">
         <v>28</v>
       </c>
       <c r="D37" s="4">
         <v>958</v>
       </c>
       <c r="E37" s="4">
         <v>515</v>
       </c>
       <c r="F37" s="4">
         <v>8711</v>
       </c>
       <c r="G37" s="4">
         <v>0</v>
       </c>
       <c r="H37" s="4">
         <v>0</v>
       </c>
       <c r="I37" s="4">
         <v>138019</v>
       </c>
       <c r="J37" s="4">
         <v>0</v>
@@ -3738,51 +3739,51 @@
         <v>45004</v>
       </c>
       <c r="W37" s="5">
         <v>148821.81449000002</v>
       </c>
       <c r="X37" s="5">
         <v>0</v>
       </c>
       <c r="Y37" s="5">
         <v>0</v>
       </c>
       <c r="Z37" s="5">
         <v>3321449</v>
       </c>
       <c r="AA37" s="5">
         <v>16959786.583999999</v>
       </c>
       <c r="AB37" s="5">
         <v>0</v>
       </c>
       <c r="AC37" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B38" s="21">
+      <c r="B38" s="14">
         <v>27</v>
       </c>
       <c r="C38" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D38" s="4">
         <v>1573</v>
       </c>
       <c r="E38" s="4">
         <v>643</v>
       </c>
       <c r="F38" s="4">
         <v>60</v>
       </c>
       <c r="G38" s="4">
         <v>0</v>
       </c>
       <c r="H38" s="4">
         <v>0</v>
       </c>
       <c r="I38" s="4">
         <v>46635</v>
       </c>
       <c r="J38" s="4">
         <v>9900</v>
@@ -3824,51 +3825,51 @@
         <v>111086</v>
       </c>
       <c r="W38" s="5">
         <v>527293.1466399997</v>
       </c>
       <c r="X38" s="5">
         <v>0</v>
       </c>
       <c r="Y38" s="5">
         <v>0</v>
       </c>
       <c r="Z38" s="5">
         <v>3684142</v>
       </c>
       <c r="AA38" s="5">
         <v>20052808.64677</v>
       </c>
       <c r="AB38" s="5">
         <v>0</v>
       </c>
       <c r="AC38" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B39" s="21">
+      <c r="B39" s="14">
         <v>28</v>
       </c>
       <c r="C39" s="3" t="s">
         <v>30</v>
       </c>
       <c r="D39" s="4">
         <v>1996</v>
       </c>
       <c r="E39" s="4">
         <v>757</v>
       </c>
       <c r="F39" s="4">
         <v>80970</v>
       </c>
       <c r="G39" s="4">
         <v>0</v>
       </c>
       <c r="H39" s="4">
         <v>167867</v>
       </c>
       <c r="I39" s="4">
         <v>721514</v>
       </c>
       <c r="J39" s="4">
         <v>4554468</v>
@@ -3910,51 +3911,51 @@
         <v>1604300</v>
       </c>
       <c r="W39" s="5">
         <v>5616999.3039999995</v>
       </c>
       <c r="X39" s="5">
         <v>0</v>
       </c>
       <c r="Y39" s="5">
         <v>0</v>
       </c>
       <c r="Z39" s="5">
         <v>9356974</v>
       </c>
       <c r="AA39" s="5">
         <v>52341768.229680009</v>
       </c>
       <c r="AB39" s="5">
         <v>0</v>
       </c>
       <c r="AC39" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B40" s="21">
+      <c r="B40" s="14">
         <v>29</v>
       </c>
       <c r="C40" s="3" t="s">
         <v>31</v>
       </c>
       <c r="D40" s="4">
         <v>0</v>
       </c>
       <c r="E40" s="4">
         <v>0</v>
       </c>
       <c r="F40" s="4">
         <v>0</v>
       </c>
       <c r="G40" s="4">
         <v>0</v>
       </c>
       <c r="H40" s="4">
         <v>0</v>
       </c>
       <c r="I40" s="4">
         <v>0</v>
       </c>
       <c r="J40" s="4">
         <v>0</v>
@@ -3996,73 +3997,73 @@
         <v>3041</v>
       </c>
       <c r="W40" s="5">
         <v>11542.89608</v>
       </c>
       <c r="X40" s="5">
         <v>0</v>
       </c>
       <c r="Y40" s="5">
         <v>0</v>
       </c>
       <c r="Z40" s="5">
         <v>64067</v>
       </c>
       <c r="AA40" s="5">
         <v>333900.90000000002</v>
       </c>
       <c r="AB40" s="5">
         <v>0</v>
       </c>
       <c r="AC40" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B41" s="21">
+      <c r="B41" s="14">
         <v>30</v>
       </c>
       <c r="C41" s="3" t="s">
         <v>32</v>
       </c>
       <c r="D41" s="4">
         <v>379</v>
       </c>
       <c r="E41" s="4">
         <v>37</v>
       </c>
       <c r="F41" s="4">
         <v>3415924</v>
       </c>
       <c r="G41" s="4">
         <v>0</v>
       </c>
       <c r="H41" s="4">
         <v>1595</v>
       </c>
       <c r="I41" s="4">
-        <v>144197</v>
+        <v>52709</v>
       </c>
       <c r="J41" s="4">
         <v>4450234</v>
       </c>
       <c r="K41" s="4">
         <v>1654240</v>
       </c>
       <c r="L41" s="5">
         <v>4783520</v>
       </c>
       <c r="M41" s="5">
         <v>28347595.501639999</v>
       </c>
       <c r="N41" s="5">
         <v>6179738</v>
       </c>
       <c r="O41" s="5">
         <v>46366535.838300005</v>
       </c>
       <c r="P41" s="5">
         <v>0</v>
       </c>
       <c r="Q41" s="5">
         <v>0</v>
       </c>
@@ -4082,51 +4083,51 @@
         <v>67024</v>
       </c>
       <c r="W41" s="5">
         <v>448771.05934000004</v>
       </c>
       <c r="X41" s="5">
         <v>57</v>
       </c>
       <c r="Y41" s="5">
         <v>1383.35511</v>
       </c>
       <c r="Z41" s="5">
         <v>412794</v>
       </c>
       <c r="AA41" s="5">
         <v>2381333.9531300003</v>
       </c>
       <c r="AB41" s="5">
         <v>0</v>
       </c>
       <c r="AC41" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B42" s="21">
+      <c r="B42" s="14">
         <v>31</v>
       </c>
       <c r="C42" s="3" t="s">
         <v>33</v>
       </c>
       <c r="D42" s="4">
         <v>910</v>
       </c>
       <c r="E42" s="4">
         <v>359</v>
       </c>
       <c r="F42" s="4">
         <v>13616</v>
       </c>
       <c r="G42" s="4">
         <v>0</v>
       </c>
       <c r="H42" s="4">
         <v>34823</v>
       </c>
       <c r="I42" s="4">
         <v>109685</v>
       </c>
       <c r="J42" s="4">
         <v>358922</v>
@@ -4168,51 +4169,51 @@
         <v>146089</v>
       </c>
       <c r="W42" s="5">
         <v>834959.39648</v>
       </c>
       <c r="X42" s="5">
         <v>0</v>
       </c>
       <c r="Y42" s="5">
         <v>0</v>
       </c>
       <c r="Z42" s="5">
         <v>2471434</v>
       </c>
       <c r="AA42" s="5">
         <v>13263727.191</v>
       </c>
       <c r="AB42" s="5">
         <v>0</v>
       </c>
       <c r="AC42" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B43" s="21">
+      <c r="B43" s="14">
         <v>32</v>
       </c>
       <c r="C43" s="3" t="s">
         <v>34</v>
       </c>
       <c r="D43" s="4">
         <v>505</v>
       </c>
       <c r="E43" s="4">
         <v>648</v>
       </c>
       <c r="F43" s="4">
         <v>2081</v>
       </c>
       <c r="G43" s="4">
         <v>0</v>
       </c>
       <c r="H43" s="4">
         <v>0</v>
       </c>
       <c r="I43" s="4">
         <v>195378</v>
       </c>
       <c r="J43" s="4">
         <v>18927</v>
@@ -4254,51 +4255,51 @@
         <v>23598</v>
       </c>
       <c r="W43" s="5">
         <v>136213.04264</v>
       </c>
       <c r="X43" s="5">
         <v>70</v>
       </c>
       <c r="Y43" s="5">
         <v>232.21199999999999</v>
       </c>
       <c r="Z43" s="5">
         <v>4172150</v>
       </c>
       <c r="AA43" s="5">
         <v>22335504.600000001</v>
       </c>
       <c r="AB43" s="5">
         <v>0</v>
       </c>
       <c r="AC43" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B44" s="21">
+      <c r="B44" s="14">
         <v>33</v>
       </c>
       <c r="C44" s="3" t="s">
         <v>35</v>
       </c>
       <c r="D44" s="4">
         <v>1197</v>
       </c>
       <c r="E44" s="4">
         <v>128</v>
       </c>
       <c r="F44" s="4">
         <v>100403</v>
       </c>
       <c r="G44" s="4">
         <v>77565</v>
       </c>
       <c r="H44" s="4">
         <v>115638</v>
       </c>
       <c r="I44" s="4">
         <v>553298215</v>
       </c>
       <c r="J44" s="4">
         <v>2685768</v>
@@ -4343,80 +4344,80 @@
         <v>765192.25984999689</v>
       </c>
       <c r="X44" s="5">
         <v>68</v>
       </c>
       <c r="Y44" s="5">
         <v>557.75700000000006</v>
       </c>
       <c r="Z44" s="5">
         <v>1814409</v>
       </c>
       <c r="AA44" s="5">
         <v>11183024.446</v>
       </c>
       <c r="AB44" s="5">
         <v>0</v>
       </c>
       <c r="AC44" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="2:29" x14ac:dyDescent="0.2">
       <c r="B45" s="8" t="s">
         <v>36</v>
       </c>
-      <c r="C45" s="25"/>
+      <c r="C45" s="21"/>
       <c r="D45" s="1"/>
       <c r="E45" s="1"/>
       <c r="F45" s="1"/>
       <c r="G45" s="1"/>
       <c r="H45" s="1"/>
       <c r="I45" s="1"/>
       <c r="J45" s="1"/>
       <c r="K45" s="1"/>
       <c r="L45" s="2"/>
       <c r="M45" s="2"/>
       <c r="N45" s="2"/>
       <c r="O45" s="2"/>
       <c r="P45" s="2"/>
       <c r="Q45" s="2"/>
       <c r="R45" s="2"/>
       <c r="S45" s="2"/>
       <c r="T45" s="5"/>
       <c r="U45" s="5"/>
       <c r="V45" s="5"/>
       <c r="W45" s="5"/>
       <c r="X45" s="5"/>
       <c r="Y45" s="5"/>
       <c r="Z45" s="5"/>
       <c r="AA45" s="5"/>
       <c r="AB45" s="5"/>
       <c r="AC45" s="5"/>
     </row>
     <row r="46" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B46" s="21">
+      <c r="B46" s="14">
         <v>34</v>
       </c>
       <c r="C46" s="3" t="s">
         <v>37</v>
       </c>
       <c r="D46" s="4">
         <v>0</v>
       </c>
       <c r="E46" s="4">
         <v>0</v>
       </c>
       <c r="F46" s="4">
         <v>11426</v>
       </c>
       <c r="G46" s="4">
         <v>0</v>
       </c>
       <c r="H46" s="4">
         <v>0</v>
       </c>
       <c r="I46" s="4">
         <v>0</v>
       </c>
       <c r="J46" s="4">
         <v>1347687</v>
@@ -4458,51 +4459,51 @@
         <v>0</v>
       </c>
       <c r="W46" s="5">
         <v>0</v>
       </c>
       <c r="X46" s="5">
         <v>0</v>
       </c>
       <c r="Y46" s="5">
         <v>0</v>
       </c>
       <c r="Z46" s="5">
         <v>0</v>
       </c>
       <c r="AA46" s="5">
         <v>0</v>
       </c>
       <c r="AB46" s="5">
         <v>0</v>
       </c>
       <c r="AC46" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B47" s="21">
+      <c r="B47" s="14">
         <v>35</v>
       </c>
       <c r="C47" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D47" s="4">
         <v>0</v>
       </c>
       <c r="E47" s="4">
         <v>0</v>
       </c>
       <c r="F47" s="4">
         <v>0</v>
       </c>
       <c r="G47" s="4">
         <v>0</v>
       </c>
       <c r="H47" s="4">
         <v>0</v>
       </c>
       <c r="I47" s="4">
         <v>0</v>
       </c>
       <c r="J47" s="4">
         <v>0</v>
@@ -4544,51 +4545,51 @@
         <v>0</v>
       </c>
       <c r="W47" s="5">
         <v>0</v>
       </c>
       <c r="X47" s="5">
         <v>0</v>
       </c>
       <c r="Y47" s="5">
         <v>0</v>
       </c>
       <c r="Z47" s="5">
         <v>0</v>
       </c>
       <c r="AA47" s="5">
         <v>0</v>
       </c>
       <c r="AB47" s="5">
         <v>0</v>
       </c>
       <c r="AC47" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B48" s="21">
+      <c r="B48" s="14">
         <v>36</v>
       </c>
       <c r="C48" s="3" t="s">
         <v>39</v>
       </c>
       <c r="D48" s="4">
         <v>0</v>
       </c>
       <c r="E48" s="4">
         <v>0</v>
       </c>
       <c r="F48" s="4">
         <v>0</v>
       </c>
       <c r="G48" s="4">
         <v>0</v>
       </c>
       <c r="H48" s="4">
         <v>0</v>
       </c>
       <c r="I48" s="4">
         <v>0</v>
       </c>
       <c r="J48" s="4">
         <v>0</v>
@@ -4630,51 +4631,51 @@
         <v>7</v>
       </c>
       <c r="W48" s="5">
         <v>4.5872999999999999</v>
       </c>
       <c r="X48" s="5">
         <v>0</v>
       </c>
       <c r="Y48" s="5">
         <v>0</v>
       </c>
       <c r="Z48" s="5">
         <v>1471</v>
       </c>
       <c r="AA48" s="5">
         <v>7480.76</v>
       </c>
       <c r="AB48" s="5">
         <v>0</v>
       </c>
       <c r="AC48" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B49" s="21">
+      <c r="B49" s="14">
         <v>37</v>
       </c>
       <c r="C49" s="3" t="s">
         <v>40</v>
       </c>
       <c r="D49" s="4">
         <v>0</v>
       </c>
       <c r="E49" s="4">
         <v>0</v>
       </c>
       <c r="F49" s="4">
         <v>0</v>
       </c>
       <c r="G49" s="4">
         <v>0</v>
       </c>
       <c r="H49" s="4">
         <v>1</v>
       </c>
       <c r="I49" s="4">
         <v>0</v>
       </c>
       <c r="J49" s="4">
         <v>0</v>
@@ -4716,51 +4717,51 @@
         <v>0</v>
       </c>
       <c r="W49" s="5">
         <v>0</v>
       </c>
       <c r="X49" s="5">
         <v>0</v>
       </c>
       <c r="Y49" s="5">
         <v>0</v>
       </c>
       <c r="Z49" s="5">
         <v>580</v>
       </c>
       <c r="AA49" s="5">
         <v>5415.5</v>
       </c>
       <c r="AB49" s="5">
         <v>0</v>
       </c>
       <c r="AC49" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B50" s="21">
+      <c r="B50" s="14">
         <v>38</v>
       </c>
       <c r="C50" s="3" t="s">
         <v>41</v>
       </c>
       <c r="D50" s="4">
         <v>0</v>
       </c>
       <c r="E50" s="4">
         <v>0</v>
       </c>
       <c r="F50" s="4">
         <v>0</v>
       </c>
       <c r="G50" s="4">
         <v>0</v>
       </c>
       <c r="H50" s="4">
         <v>0</v>
       </c>
       <c r="I50" s="4">
         <v>0</v>
       </c>
       <c r="J50" s="4">
         <v>256388</v>
@@ -4802,51 +4803,51 @@
         <v>0</v>
       </c>
       <c r="W50" s="5">
         <v>0</v>
       </c>
       <c r="X50" s="5">
         <v>0</v>
       </c>
       <c r="Y50" s="5">
         <v>0</v>
       </c>
       <c r="Z50" s="5">
         <v>0</v>
       </c>
       <c r="AA50" s="5">
         <v>0</v>
       </c>
       <c r="AB50" s="5">
         <v>0</v>
       </c>
       <c r="AC50" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B51" s="21">
+      <c r="B51" s="14">
         <v>39</v>
       </c>
       <c r="C51" s="3" t="s">
         <v>42</v>
       </c>
       <c r="D51" s="4">
         <v>413</v>
       </c>
       <c r="E51" s="4">
         <v>330</v>
       </c>
       <c r="F51" s="4">
         <v>669</v>
       </c>
       <c r="G51" s="4">
         <v>87</v>
       </c>
       <c r="H51" s="4">
         <v>0</v>
       </c>
       <c r="I51" s="4">
         <v>8828</v>
       </c>
       <c r="J51" s="4">
         <v>408530</v>
@@ -4888,73 +4889,73 @@
         <v>58897</v>
       </c>
       <c r="W51" s="5">
         <v>217459.17555999997</v>
       </c>
       <c r="X51" s="5">
         <v>0</v>
       </c>
       <c r="Y51" s="5">
         <v>0</v>
       </c>
       <c r="Z51" s="5">
         <v>627168</v>
       </c>
       <c r="AA51" s="5">
         <v>3831615.2600000435</v>
       </c>
       <c r="AB51" s="5">
         <v>0</v>
       </c>
       <c r="AC51" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B52" s="21">
+      <c r="B52" s="14">
         <v>40</v>
       </c>
       <c r="C52" s="3" t="s">
         <v>43</v>
       </c>
       <c r="D52" s="4">
         <v>12</v>
       </c>
       <c r="E52" s="4">
         <v>3</v>
       </c>
       <c r="F52" s="4">
         <v>0</v>
       </c>
       <c r="G52" s="4">
         <v>0</v>
       </c>
       <c r="H52" s="4">
         <v>0</v>
       </c>
       <c r="I52" s="4">
-        <v>0</v>
+        <v>292</v>
       </c>
       <c r="J52" s="4">
         <v>0</v>
       </c>
       <c r="K52" s="4">
         <v>99705</v>
       </c>
       <c r="L52" s="5">
         <v>0</v>
       </c>
       <c r="M52" s="5">
         <v>0</v>
       </c>
       <c r="N52" s="5">
         <v>0</v>
       </c>
       <c r="O52" s="5">
         <v>0</v>
       </c>
       <c r="P52" s="5">
         <v>0</v>
       </c>
       <c r="Q52" s="5">
         <v>0</v>
       </c>
@@ -4974,51 +4975,51 @@
         <v>14855</v>
       </c>
       <c r="W52" s="5">
         <v>54316.682670000213</v>
       </c>
       <c r="X52" s="5">
         <v>0</v>
       </c>
       <c r="Y52" s="5">
         <v>0</v>
       </c>
       <c r="Z52" s="5">
         <v>25649</v>
       </c>
       <c r="AA52" s="5">
         <v>166726.04500000001</v>
       </c>
       <c r="AB52" s="5">
         <v>0</v>
       </c>
       <c r="AC52" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B53" s="21">
+      <c r="B53" s="14">
         <v>41</v>
       </c>
       <c r="C53" s="3" t="s">
         <v>44</v>
       </c>
       <c r="D53" s="4">
         <v>2</v>
       </c>
       <c r="E53" s="4">
         <v>0</v>
       </c>
       <c r="F53" s="4">
         <v>0</v>
       </c>
       <c r="G53" s="4">
         <v>0</v>
       </c>
       <c r="H53" s="4">
         <v>0</v>
       </c>
       <c r="I53" s="4">
         <v>0</v>
       </c>
       <c r="J53" s="4">
         <v>0</v>
@@ -5060,51 +5061,51 @@
         <v>148</v>
       </c>
       <c r="W53" s="5">
         <v>646.04969999999992</v>
       </c>
       <c r="X53" s="5">
         <v>0</v>
       </c>
       <c r="Y53" s="5">
         <v>0</v>
       </c>
       <c r="Z53" s="5">
         <v>1637</v>
       </c>
       <c r="AA53" s="5">
         <v>10502.5</v>
       </c>
       <c r="AB53" s="5">
         <v>0</v>
       </c>
       <c r="AC53" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B54" s="21">
+      <c r="B54" s="14">
         <v>42</v>
       </c>
       <c r="C54" s="3" t="s">
         <v>45</v>
       </c>
       <c r="D54" s="7">
         <v>46</v>
       </c>
       <c r="E54" s="4">
         <v>25</v>
       </c>
       <c r="F54" s="4">
         <v>0</v>
       </c>
       <c r="G54" s="4">
         <v>0</v>
       </c>
       <c r="H54" s="4">
         <v>0</v>
       </c>
       <c r="I54" s="4">
         <v>0</v>
       </c>
       <c r="J54" s="4">
         <v>954431</v>
@@ -5146,51 +5147,51 @@
         <v>0</v>
       </c>
       <c r="W54" s="5">
         <v>0</v>
       </c>
       <c r="X54" s="5">
         <v>0</v>
       </c>
       <c r="Y54" s="5">
         <v>0</v>
       </c>
       <c r="Z54" s="5">
         <v>258473</v>
       </c>
       <c r="AA54" s="5">
         <v>1668479.10888</v>
       </c>
       <c r="AB54" s="5">
         <v>0</v>
       </c>
       <c r="AC54" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B55" s="21">
+      <c r="B55" s="14">
         <v>43</v>
       </c>
       <c r="C55" s="3" t="s">
         <v>46</v>
       </c>
       <c r="D55" s="4">
         <v>1</v>
       </c>
       <c r="E55" s="4">
         <v>0</v>
       </c>
       <c r="F55" s="4">
         <v>0</v>
       </c>
       <c r="G55" s="4">
         <v>0</v>
       </c>
       <c r="H55" s="4">
         <v>0</v>
       </c>
       <c r="I55" s="4">
         <v>0</v>
       </c>
       <c r="J55" s="4">
         <v>0</v>
@@ -5232,51 +5233,51 @@
         <v>70</v>
       </c>
       <c r="W55" s="5">
         <v>312.08100000000002</v>
       </c>
       <c r="X55" s="5">
         <v>0</v>
       </c>
       <c r="Y55" s="5">
         <v>0</v>
       </c>
       <c r="Z55" s="5">
         <v>188</v>
       </c>
       <c r="AA55" s="5">
         <v>1259.5239999999999</v>
       </c>
       <c r="AB55" s="5">
         <v>0</v>
       </c>
       <c r="AC55" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B56" s="21">
+      <c r="B56" s="14">
         <v>44</v>
       </c>
       <c r="C56" s="3" t="s">
         <v>47</v>
       </c>
       <c r="D56" s="4">
         <v>0</v>
       </c>
       <c r="E56" s="4">
         <v>0</v>
       </c>
       <c r="F56" s="4">
         <v>0</v>
       </c>
       <c r="G56" s="4">
         <v>0</v>
       </c>
       <c r="H56" s="4">
         <v>0</v>
       </c>
       <c r="I56" s="4">
         <v>0</v>
       </c>
       <c r="J56" s="4">
         <v>0</v>
@@ -5321,51 +5322,51 @@
         <v>236.8057</v>
       </c>
       <c r="X56" s="5">
         <v>0</v>
       </c>
       <c r="Y56" s="5">
         <v>0</v>
       </c>
       <c r="Z56" s="5">
         <v>53</v>
       </c>
       <c r="AA56" s="5">
         <v>323</v>
       </c>
       <c r="AB56" s="5">
         <v>0</v>
       </c>
       <c r="AC56" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:29" x14ac:dyDescent="0.2">
       <c r="A57" s="17" t="s">
         <v>48</v>
       </c>
-      <c r="B57" s="21">
+      <c r="B57" s="14">
         <v>45</v>
       </c>
       <c r="C57" s="3" t="s">
         <v>49</v>
       </c>
       <c r="D57" s="4">
         <v>0</v>
       </c>
       <c r="E57" s="4">
         <v>0</v>
       </c>
       <c r="F57" s="4">
         <v>0</v>
       </c>
       <c r="G57" s="4">
         <v>0</v>
       </c>
       <c r="H57" s="4">
         <v>0</v>
       </c>
       <c r="I57" s="4">
         <v>104</v>
       </c>
       <c r="J57" s="4">
         <v>774149</v>
@@ -5407,54 +5408,54 @@
         <v>8821</v>
       </c>
       <c r="W57" s="5">
         <v>40428.127050000003</v>
       </c>
       <c r="X57" s="5">
         <v>0</v>
       </c>
       <c r="Y57" s="5">
         <v>0</v>
       </c>
       <c r="Z57" s="5">
         <v>29108</v>
       </c>
       <c r="AA57" s="5">
         <v>95088.785659999994</v>
       </c>
       <c r="AB57" s="5">
         <v>0</v>
       </c>
       <c r="AC57" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B58" s="21">
+      <c r="B58" s="14">
         <v>46</v>
       </c>
-      <c r="C58" s="25" t="s">
+      <c r="C58" s="21" t="s">
         <v>50</v>
       </c>
       <c r="D58" s="4">
         <v>100</v>
       </c>
       <c r="E58" s="4">
         <v>37</v>
       </c>
       <c r="F58" s="4">
         <v>0</v>
       </c>
       <c r="G58" s="4">
         <v>0</v>
       </c>
       <c r="H58" s="4">
         <v>0</v>
       </c>
       <c r="I58" s="4">
         <v>0</v>
       </c>
       <c r="J58" s="4">
         <v>737801</v>
       </c>
       <c r="K58" s="4">
         <v>851298</v>
@@ -5493,54 +5494,54 @@
         <v>112658</v>
       </c>
       <c r="W58" s="5">
         <v>495186.00024998753</v>
       </c>
       <c r="X58" s="5">
         <v>21</v>
       </c>
       <c r="Y58" s="5">
         <v>318.01115000000004</v>
       </c>
       <c r="Z58" s="5">
         <v>424217</v>
       </c>
       <c r="AA58" s="5">
         <v>2558018.6980200019</v>
       </c>
       <c r="AB58" s="5">
         <v>0</v>
       </c>
       <c r="AC58" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B59" s="21">
+      <c r="B59" s="14">
         <v>47</v>
       </c>
-      <c r="C59" s="25" t="s">
+      <c r="C59" s="21" t="s">
         <v>51</v>
       </c>
       <c r="D59" s="4">
         <v>0</v>
       </c>
       <c r="E59" s="4">
         <v>0</v>
       </c>
       <c r="F59" s="4">
         <v>0</v>
       </c>
       <c r="G59" s="4">
         <v>0</v>
       </c>
       <c r="H59" s="4">
         <v>0</v>
       </c>
       <c r="I59" s="4">
         <v>0</v>
       </c>
       <c r="J59" s="4">
         <v>0</v>
       </c>
       <c r="K59" s="4">
         <v>1448</v>
@@ -5582,81 +5583,81 @@
         <v>2437.3345599999989</v>
       </c>
       <c r="X59" s="5">
         <v>0</v>
       </c>
       <c r="Y59" s="5">
         <v>0</v>
       </c>
       <c r="Z59" s="5">
         <v>59</v>
       </c>
       <c r="AA59" s="5">
         <v>458.92</v>
       </c>
       <c r="AB59" s="5">
         <v>0</v>
       </c>
       <c r="AC59" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:29" x14ac:dyDescent="0.2">
       <c r="B60" s="8" t="s">
         <v>52</v>
       </c>
-      <c r="C60" s="25"/>
+      <c r="C60" s="21"/>
       <c r="D60" s="4"/>
       <c r="E60" s="4"/>
       <c r="F60" s="4"/>
       <c r="G60" s="4"/>
       <c r="H60" s="4"/>
       <c r="I60" s="4"/>
       <c r="J60" s="4"/>
       <c r="K60" s="4"/>
       <c r="L60" s="5"/>
       <c r="M60" s="5"/>
       <c r="N60" s="5"/>
       <c r="O60" s="5"/>
       <c r="P60" s="5"/>
       <c r="Q60" s="5"/>
       <c r="R60" s="5"/>
       <c r="S60" s="5"/>
       <c r="T60" s="5"/>
       <c r="U60" s="5"/>
       <c r="V60" s="5"/>
       <c r="W60" s="5"/>
       <c r="X60" s="5"/>
       <c r="Y60" s="5"/>
       <c r="Z60" s="5"/>
       <c r="AA60" s="5"/>
       <c r="AB60" s="5"/>
       <c r="AC60" s="5"/>
     </row>
-    <row r="61" spans="1:29" s="27" customFormat="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B61" s="22">
+    <row r="61" spans="1:29" s="23" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A61" s="22"/>
+      <c r="B61" s="15">
         <v>48</v>
       </c>
       <c r="C61" s="9" t="s">
         <v>53</v>
       </c>
       <c r="D61" s="10">
         <v>0</v>
       </c>
       <c r="E61" s="10">
         <v>0</v>
       </c>
       <c r="F61" s="10">
         <v>0</v>
       </c>
       <c r="G61" s="10">
         <v>156986</v>
       </c>
       <c r="H61" s="10">
         <v>0</v>
       </c>
       <c r="I61" s="10">
         <v>1182090</v>
       </c>
       <c r="J61" s="10">
         <v>0</v>
@@ -5697,53 +5698,53 @@
       <c r="V61" s="11">
         <v>29916</v>
       </c>
       <c r="W61" s="11">
         <v>39052.830020000001</v>
       </c>
       <c r="X61" s="11">
         <v>0</v>
       </c>
       <c r="Y61" s="11">
         <v>0</v>
       </c>
       <c r="Z61" s="11">
         <v>559835</v>
       </c>
       <c r="AA61" s="11">
         <v>2109481.56409</v>
       </c>
       <c r="AB61" s="11">
         <v>0</v>
       </c>
       <c r="AC61" s="11">
         <v>0</v>
       </c>
     </row>
-    <row r="62" spans="1:29" s="27" customFormat="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B62" s="22">
+    <row r="62" spans="1:29" s="23" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A62" s="22"/>
+      <c r="B62" s="15">
         <v>49</v>
       </c>
       <c r="C62" s="9" t="s">
         <v>54</v>
       </c>
       <c r="D62" s="10">
         <v>0</v>
       </c>
       <c r="E62" s="10">
         <v>0</v>
       </c>
       <c r="F62" s="10">
         <v>0</v>
       </c>
       <c r="G62" s="10">
         <v>465034</v>
       </c>
       <c r="H62" s="10">
         <v>0</v>
       </c>
       <c r="I62" s="10">
         <v>10832</v>
       </c>
       <c r="J62" s="10">
         <v>0</v>
@@ -5784,53 +5785,53 @@
       <c r="V62" s="11">
         <v>1484</v>
       </c>
       <c r="W62" s="11">
         <v>3692.23227</v>
       </c>
       <c r="X62" s="11">
         <v>0</v>
       </c>
       <c r="Y62" s="11">
         <v>0</v>
       </c>
       <c r="Z62" s="11">
         <v>2171807</v>
       </c>
       <c r="AA62" s="11">
         <v>7481209.4129999997</v>
       </c>
       <c r="AB62" s="11">
         <v>0</v>
       </c>
       <c r="AC62" s="11">
         <v>0</v>
       </c>
     </row>
-    <row r="63" spans="1:29" s="27" customFormat="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B63" s="22">
+    <row r="63" spans="1:29" s="23" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A63" s="22"/>
+      <c r="B63" s="15">
         <v>50</v>
       </c>
       <c r="C63" s="9" t="s">
         <v>55</v>
       </c>
       <c r="D63" s="10">
         <v>0</v>
       </c>
       <c r="E63" s="10">
         <v>0</v>
       </c>
       <c r="F63" s="10">
         <v>0</v>
       </c>
       <c r="G63" s="10">
         <v>194270</v>
       </c>
       <c r="H63" s="10">
         <v>0</v>
       </c>
       <c r="I63" s="10">
         <v>2941846</v>
       </c>
       <c r="J63" s="10">
         <v>0</v>
@@ -5871,53 +5872,53 @@
       <c r="V63" s="11">
         <v>70874</v>
       </c>
       <c r="W63" s="11">
         <v>57310.184209999999</v>
       </c>
       <c r="X63" s="11">
         <v>0</v>
       </c>
       <c r="Y63" s="11">
         <v>0</v>
       </c>
       <c r="Z63" s="11">
         <v>0</v>
       </c>
       <c r="AA63" s="11">
         <v>0</v>
       </c>
       <c r="AB63" s="11">
         <v>0</v>
       </c>
       <c r="AC63" s="11">
         <v>0</v>
       </c>
     </row>
-    <row r="64" spans="1:29" s="27" customFormat="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B64" s="22">
+    <row r="64" spans="1:29" s="23" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A64" s="22"/>
+      <c r="B64" s="15">
         <v>51</v>
       </c>
       <c r="C64" s="9" t="s">
         <v>56</v>
       </c>
       <c r="D64" s="10">
         <v>0</v>
       </c>
       <c r="E64" s="10">
         <v>0</v>
       </c>
       <c r="F64" s="10">
         <v>0</v>
       </c>
       <c r="G64" s="10">
         <v>0</v>
       </c>
       <c r="H64" s="10">
         <v>0</v>
       </c>
       <c r="I64" s="10">
         <v>146881</v>
       </c>
       <c r="J64" s="10">
         <v>0</v>
@@ -5958,53 +5959,53 @@
       <c r="V64" s="11">
         <v>32863</v>
       </c>
       <c r="W64" s="11">
         <v>246729.06290000002</v>
       </c>
       <c r="X64" s="11">
         <v>2318</v>
       </c>
       <c r="Y64" s="11">
         <v>1446.16275</v>
       </c>
       <c r="Z64" s="11">
         <v>152695</v>
       </c>
       <c r="AA64" s="11">
         <v>896987.79</v>
       </c>
       <c r="AB64" s="11">
         <v>0</v>
       </c>
       <c r="AC64" s="11">
         <v>0</v>
       </c>
     </row>
-    <row r="65" spans="1:29" s="27" customFormat="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B65" s="22">
+    <row r="65" spans="1:29" s="23" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A65" s="22"/>
+      <c r="B65" s="15">
         <v>52</v>
       </c>
       <c r="C65" s="9" t="s">
         <v>57</v>
       </c>
       <c r="D65" s="10">
         <v>0</v>
       </c>
       <c r="E65" s="10">
         <v>0</v>
       </c>
       <c r="F65" s="10">
         <v>0</v>
       </c>
       <c r="G65" s="10">
         <v>304718</v>
       </c>
       <c r="H65" s="10">
         <v>0</v>
       </c>
       <c r="I65" s="10">
         <v>0</v>
       </c>
       <c r="J65" s="10">
         <v>0</v>
@@ -6045,56 +6046,56 @@
       <c r="V65" s="11">
         <v>13392</v>
       </c>
       <c r="W65" s="11">
         <v>35944.139029999911</v>
       </c>
       <c r="X65" s="11">
         <v>0</v>
       </c>
       <c r="Y65" s="11">
         <v>0</v>
       </c>
       <c r="Z65" s="11">
         <v>524824</v>
       </c>
       <c r="AA65" s="11">
         <v>1511069.6</v>
       </c>
       <c r="AB65" s="11">
         <v>0</v>
       </c>
       <c r="AC65" s="11">
         <v>0</v>
       </c>
     </row>
-    <row r="66" spans="1:29" s="27" customFormat="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B66" s="22">
+    <row r="66" spans="1:29" s="23" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A66" s="22"/>
+      <c r="B66" s="15">
         <v>53</v>
       </c>
-      <c r="C66" s="28" t="s">
+      <c r="C66" s="24" t="s">
         <v>58</v>
       </c>
       <c r="D66" s="10">
         <v>0</v>
       </c>
       <c r="E66" s="10">
         <v>0</v>
       </c>
       <c r="F66" s="10">
         <v>0</v>
       </c>
       <c r="G66" s="10">
         <v>0</v>
       </c>
       <c r="H66" s="10">
         <v>0</v>
       </c>
       <c r="I66" s="10">
         <v>0</v>
       </c>
       <c r="J66" s="10">
         <v>0</v>
       </c>
       <c r="K66" s="10">
         <v>30581720</v>
@@ -6136,80 +6137,80 @@
         <v>9.7336100000000005</v>
       </c>
       <c r="X66" s="11">
         <v>0</v>
       </c>
       <c r="Y66" s="11">
         <v>0</v>
       </c>
       <c r="Z66" s="11">
         <v>27</v>
       </c>
       <c r="AA66" s="11">
         <v>95.5</v>
       </c>
       <c r="AB66" s="11">
         <v>0</v>
       </c>
       <c r="AC66" s="11">
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:29" x14ac:dyDescent="0.2">
       <c r="B67" s="8" t="s">
         <v>59</v>
       </c>
-      <c r="C67" s="25"/>
+      <c r="C67" s="21"/>
       <c r="D67" s="1"/>
       <c r="E67" s="1"/>
       <c r="F67" s="1"/>
       <c r="G67" s="1"/>
       <c r="H67" s="1"/>
       <c r="I67" s="1"/>
       <c r="J67" s="1"/>
       <c r="K67" s="1"/>
       <c r="L67" s="2"/>
       <c r="M67" s="2"/>
       <c r="N67" s="2"/>
       <c r="O67" s="2"/>
       <c r="P67" s="2"/>
       <c r="Q67" s="2"/>
       <c r="R67" s="2"/>
       <c r="S67" s="2"/>
       <c r="T67" s="5"/>
       <c r="U67" s="5"/>
       <c r="V67" s="5"/>
       <c r="W67" s="5"/>
       <c r="X67" s="5"/>
       <c r="Y67" s="5"/>
       <c r="Z67" s="5"/>
       <c r="AA67" s="5"/>
       <c r="AB67" s="5"/>
       <c r="AC67" s="5"/>
     </row>
     <row r="68" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B68" s="21">
+      <c r="B68" s="14">
         <v>54</v>
       </c>
       <c r="C68" s="3" t="s">
         <v>60</v>
       </c>
       <c r="D68" s="4">
         <v>721</v>
       </c>
       <c r="E68" s="4">
         <v>6</v>
       </c>
       <c r="F68" s="4">
         <v>0</v>
       </c>
       <c r="G68" s="4">
         <v>858</v>
       </c>
       <c r="H68" s="4">
         <v>0</v>
       </c>
       <c r="I68" s="4">
         <v>361903</v>
       </c>
       <c r="J68" s="4">
         <v>950337</v>
@@ -6251,51 +6252,51 @@
         <v>150002</v>
       </c>
       <c r="W68" s="5">
         <v>688358.43334997259</v>
       </c>
       <c r="X68" s="5">
         <v>159</v>
       </c>
       <c r="Y68" s="5">
         <v>2387.65</v>
       </c>
       <c r="Z68" s="5">
         <v>1330148</v>
       </c>
       <c r="AA68" s="5">
         <v>7237416.9069999997</v>
       </c>
       <c r="AB68" s="5">
         <v>0</v>
       </c>
       <c r="AC68" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B69" s="21">
+      <c r="B69" s="14">
         <v>55</v>
       </c>
       <c r="C69" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D69" s="4">
         <v>200</v>
       </c>
       <c r="E69" s="4">
         <v>2</v>
       </c>
       <c r="F69" s="4">
         <v>0</v>
       </c>
       <c r="G69" s="4">
         <v>0</v>
       </c>
       <c r="H69" s="4">
         <v>0</v>
       </c>
       <c r="I69" s="4">
         <v>0</v>
       </c>
       <c r="J69" s="4">
         <v>0</v>
@@ -6337,51 +6338,51 @@
         <v>1789</v>
       </c>
       <c r="W69" s="5">
         <v>11668.924429999999</v>
       </c>
       <c r="X69" s="5">
         <v>0</v>
       </c>
       <c r="Y69" s="5">
         <v>0</v>
       </c>
       <c r="Z69" s="5">
         <v>115615</v>
       </c>
       <c r="AA69" s="5">
         <v>686104.6</v>
       </c>
       <c r="AB69" s="5">
         <v>0</v>
       </c>
       <c r="AC69" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B70" s="21">
+      <c r="B70" s="14">
         <v>56</v>
       </c>
       <c r="C70" s="3" t="s">
         <v>62</v>
       </c>
       <c r="D70" s="4">
         <v>382</v>
       </c>
       <c r="E70" s="4">
         <v>4</v>
       </c>
       <c r="F70" s="4">
         <v>2601</v>
       </c>
       <c r="G70" s="4">
         <v>340</v>
       </c>
       <c r="H70" s="4">
         <v>61439</v>
       </c>
       <c r="I70" s="4">
         <v>0</v>
       </c>
       <c r="J70" s="4">
         <v>5090</v>
@@ -6423,51 +6424,51 @@
         <v>15255</v>
       </c>
       <c r="W70" s="5">
         <v>82089.211960000015</v>
       </c>
       <c r="X70" s="5">
         <v>0</v>
       </c>
       <c r="Y70" s="5">
         <v>0</v>
       </c>
       <c r="Z70" s="5">
         <v>1906227</v>
       </c>
       <c r="AA70" s="5">
         <v>5525663.8130000001</v>
       </c>
       <c r="AB70" s="5">
         <v>0</v>
       </c>
       <c r="AC70" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B71" s="21">
+      <c r="B71" s="14">
         <v>57</v>
       </c>
       <c r="C71" s="3" t="s">
         <v>63</v>
       </c>
       <c r="D71" s="4">
         <v>717</v>
       </c>
       <c r="E71" s="4">
         <v>2</v>
       </c>
       <c r="F71" s="4">
         <v>0</v>
       </c>
       <c r="G71" s="4">
         <v>5110</v>
       </c>
       <c r="H71" s="4">
         <v>0</v>
       </c>
       <c r="I71" s="4">
         <v>0</v>
       </c>
       <c r="J71" s="4">
         <v>4270</v>
@@ -6509,51 +6510,51 @@
         <v>8504</v>
       </c>
       <c r="W71" s="5">
         <v>34972.905140000003</v>
       </c>
       <c r="X71" s="5">
         <v>0</v>
       </c>
       <c r="Y71" s="5">
         <v>0</v>
       </c>
       <c r="Z71" s="5">
         <v>729088</v>
       </c>
       <c r="AA71" s="5">
         <v>3773208.44</v>
       </c>
       <c r="AB71" s="5">
         <v>0</v>
       </c>
       <c r="AC71" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B72" s="21">
+      <c r="B72" s="14">
         <v>58</v>
       </c>
       <c r="C72" s="3" t="s">
         <v>64</v>
       </c>
       <c r="D72" s="4">
         <v>57</v>
       </c>
       <c r="E72" s="4">
         <v>5</v>
       </c>
       <c r="F72" s="4">
         <v>0</v>
       </c>
       <c r="G72" s="4">
         <v>173</v>
       </c>
       <c r="H72" s="4">
         <v>0</v>
       </c>
       <c r="I72" s="4">
         <v>513882</v>
       </c>
       <c r="J72" s="4">
         <v>0</v>
@@ -6595,51 +6596,51 @@
         <v>6644</v>
       </c>
       <c r="W72" s="5">
         <v>25884.115959999999</v>
       </c>
       <c r="X72" s="5">
         <v>0</v>
       </c>
       <c r="Y72" s="5">
         <v>0</v>
       </c>
       <c r="Z72" s="5">
         <v>512566</v>
       </c>
       <c r="AA72" s="5">
         <v>1778661.2891199999</v>
       </c>
       <c r="AB72" s="5">
         <v>0</v>
       </c>
       <c r="AC72" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B73" s="21">
+      <c r="B73" s="14">
         <v>59</v>
       </c>
       <c r="C73" s="3" t="s">
         <v>65</v>
       </c>
       <c r="D73" s="4">
         <v>3</v>
       </c>
       <c r="E73" s="4">
         <v>0</v>
       </c>
       <c r="F73" s="4">
         <v>0</v>
       </c>
       <c r="G73" s="4">
         <v>0</v>
       </c>
       <c r="H73" s="4">
         <v>0</v>
       </c>
       <c r="I73" s="4">
         <v>0</v>
       </c>
       <c r="J73" s="4">
         <v>26257</v>
@@ -6681,51 +6682,51 @@
         <v>18155</v>
       </c>
       <c r="W73" s="5">
         <v>88143.566780000008</v>
       </c>
       <c r="X73" s="5">
         <v>0</v>
       </c>
       <c r="Y73" s="5">
         <v>0</v>
       </c>
       <c r="Z73" s="5">
         <v>58442</v>
       </c>
       <c r="AA73" s="5">
         <v>291904.3</v>
       </c>
       <c r="AB73" s="5">
         <v>3161</v>
       </c>
       <c r="AC73" s="5">
         <v>11263.09</v>
       </c>
     </row>
     <row r="74" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B74" s="21">
+      <c r="B74" s="14">
         <v>60</v>
       </c>
       <c r="C74" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D74" s="4">
         <v>0</v>
       </c>
       <c r="E74" s="4">
         <v>0</v>
       </c>
       <c r="F74" s="4">
         <v>0</v>
       </c>
       <c r="G74" s="4">
         <v>0</v>
       </c>
       <c r="H74" s="4">
         <v>0</v>
       </c>
       <c r="I74" s="4">
         <v>0</v>
       </c>
       <c r="J74" s="4">
         <v>0</v>
@@ -6767,51 +6768,51 @@
         <v>465</v>
       </c>
       <c r="W74" s="5">
         <v>1813.2992300000001</v>
       </c>
       <c r="X74" s="5">
         <v>0</v>
       </c>
       <c r="Y74" s="5">
         <v>0</v>
       </c>
       <c r="Z74" s="5">
         <v>16763</v>
       </c>
       <c r="AA74" s="5">
         <v>95158.792000000001</v>
       </c>
       <c r="AB74" s="5">
         <v>0</v>
       </c>
       <c r="AC74" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B75" s="21">
+      <c r="B75" s="14">
         <v>61</v>
       </c>
       <c r="C75" s="3" t="s">
         <v>67</v>
       </c>
       <c r="D75" s="4">
         <v>0</v>
       </c>
       <c r="E75" s="4">
         <v>0</v>
       </c>
       <c r="F75" s="4">
         <v>0</v>
       </c>
       <c r="G75" s="4">
         <v>67</v>
       </c>
       <c r="H75" s="4">
         <v>0</v>
       </c>
       <c r="I75" s="4">
         <v>0</v>
       </c>
       <c r="J75" s="4">
         <v>11057</v>
@@ -6853,51 +6854,51 @@
         <v>1351</v>
       </c>
       <c r="W75" s="5">
         <v>8088.9049999999997</v>
       </c>
       <c r="X75" s="5">
         <v>0</v>
       </c>
       <c r="Y75" s="5">
         <v>0</v>
       </c>
       <c r="Z75" s="5">
         <v>71897</v>
       </c>
       <c r="AA75" s="5">
         <v>331455.06599999999</v>
       </c>
       <c r="AB75" s="5">
         <v>0</v>
       </c>
       <c r="AC75" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B76" s="21">
+      <c r="B76" s="14">
         <v>62</v>
       </c>
       <c r="C76" s="3" t="s">
         <v>68</v>
       </c>
       <c r="D76" s="4">
         <v>609</v>
       </c>
       <c r="E76" s="4">
         <v>4</v>
       </c>
       <c r="F76" s="4">
         <v>0</v>
       </c>
       <c r="G76" s="4">
         <v>0</v>
       </c>
       <c r="H76" s="4">
         <v>0</v>
       </c>
       <c r="I76" s="4">
         <v>557798</v>
       </c>
       <c r="J76" s="4">
         <v>0</v>
@@ -6939,51 +6940,51 @@
         <v>20761</v>
       </c>
       <c r="W76" s="5">
         <v>102348.12815</v>
       </c>
       <c r="X76" s="5">
         <v>0</v>
       </c>
       <c r="Y76" s="5">
         <v>0</v>
       </c>
       <c r="Z76" s="5">
         <v>2810315</v>
       </c>
       <c r="AA76" s="5">
         <v>11284357.4</v>
       </c>
       <c r="AB76" s="5">
         <v>0</v>
       </c>
       <c r="AC76" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B77" s="21">
+      <c r="B77" s="14">
         <v>63</v>
       </c>
       <c r="C77" s="3" t="s">
         <v>69</v>
       </c>
       <c r="D77" s="4">
         <v>182</v>
       </c>
       <c r="E77" s="4">
         <v>0</v>
       </c>
       <c r="F77" s="4">
         <v>0</v>
       </c>
       <c r="G77" s="4">
         <v>0</v>
       </c>
       <c r="H77" s="4">
         <v>0</v>
       </c>
       <c r="I77" s="4">
         <v>0</v>
       </c>
       <c r="J77" s="4">
         <v>75801</v>
@@ -7025,51 +7026,51 @@
         <v>1038</v>
       </c>
       <c r="W77" s="5">
         <v>6036.7790999999997</v>
       </c>
       <c r="X77" s="5">
         <v>0</v>
       </c>
       <c r="Y77" s="5">
         <v>0</v>
       </c>
       <c r="Z77" s="5">
         <v>39769</v>
       </c>
       <c r="AA77" s="5">
         <v>200692.15599999999</v>
       </c>
       <c r="AB77" s="5">
         <v>0</v>
       </c>
       <c r="AC77" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B78" s="21">
+      <c r="B78" s="14">
         <v>64</v>
       </c>
       <c r="C78" s="3" t="s">
         <v>70</v>
       </c>
       <c r="D78" s="4">
         <v>345</v>
       </c>
       <c r="E78" s="4">
         <v>7</v>
       </c>
       <c r="F78" s="4">
         <v>0</v>
       </c>
       <c r="G78" s="4">
         <v>783</v>
       </c>
       <c r="H78" s="4">
         <v>0</v>
       </c>
       <c r="I78" s="4">
         <v>41277</v>
       </c>
       <c r="J78" s="4">
         <v>219546</v>
@@ -7110,79 +7111,79 @@
       <c r="V78" s="5">
         <v>3696</v>
       </c>
       <c r="W78" s="5">
         <v>26798.520820000027</v>
       </c>
       <c r="X78" s="5">
         <v>0</v>
       </c>
       <c r="Y78" s="5">
         <v>0</v>
       </c>
       <c r="Z78" s="5">
         <v>155720</v>
       </c>
       <c r="AA78" s="5">
         <v>987052.32952999999</v>
       </c>
       <c r="AB78" s="5">
         <v>0</v>
       </c>
       <c r="AC78" s="5">
         <v>0</v>
       </c>
     </row>
-    <row r="79" spans="1:29" s="30" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B79" s="38" t="s">
+    <row r="79" spans="1:29" s="26" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A79" s="25"/>
+      <c r="B79" s="34" t="s">
         <v>71</v>
       </c>
-      <c r="C79" s="38"/>
+      <c r="C79" s="35"/>
       <c r="D79" s="12">
         <f t="shared" ref="D79:AC79" si="0">SUM(D11:D78)</f>
         <v>132454</v>
       </c>
       <c r="E79" s="12">
         <f t="shared" si="0"/>
         <v>74923</v>
       </c>
       <c r="F79" s="12">
         <f t="shared" si="0"/>
         <v>12308428</v>
       </c>
       <c r="G79" s="12">
         <f t="shared" si="0"/>
         <v>1464566</v>
       </c>
       <c r="H79" s="12">
         <f t="shared" si="0"/>
         <v>6047707</v>
       </c>
       <c r="I79" s="12">
         <f t="shared" si="0"/>
-        <v>717525064</v>
+        <v>717433868</v>
       </c>
       <c r="J79" s="12">
         <f t="shared" si="0"/>
         <v>114018421</v>
       </c>
       <c r="K79" s="12">
         <f t="shared" si="0"/>
         <v>1027150225</v>
       </c>
       <c r="L79" s="12">
         <f t="shared" si="0"/>
         <v>260941537</v>
       </c>
       <c r="M79" s="12">
         <f t="shared" si="0"/>
         <v>883569958.3516202</v>
       </c>
       <c r="N79" s="12">
         <f t="shared" si="0"/>
         <v>255272591</v>
       </c>
       <c r="O79" s="12">
         <f t="shared" si="0"/>
         <v>1258196081.4092071</v>
       </c>
@@ -7221,1009 +7222,975 @@
       <c r="X79" s="12">
         <f t="shared" si="0"/>
         <v>78957</v>
       </c>
       <c r="Y79" s="12">
         <f t="shared" si="0"/>
         <v>1513486.7608699999</v>
       </c>
       <c r="Z79" s="12">
         <f t="shared" si="0"/>
         <v>463633544</v>
       </c>
       <c r="AA79" s="12">
         <f t="shared" si="0"/>
         <v>2503214543.2638454</v>
       </c>
       <c r="AB79" s="12">
         <f t="shared" si="0"/>
         <v>12577</v>
       </c>
       <c r="AC79" s="12">
         <f t="shared" si="0"/>
         <v>19953.59247</v>
       </c>
     </row>
-    <row r="80" spans="1:29" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B80" s="40" t="s">
+    <row r="80" spans="1:29" x14ac:dyDescent="0.2">
+      <c r="B80" s="30" t="s">
         <v>97</v>
       </c>
-      <c r="C80" s="40"/>
-[...29 lines deleted...]
-      <c r="B81" s="40" t="s">
+      <c r="C80" s="30"/>
+      <c r="D80" s="30"/>
+      <c r="E80" s="30"/>
+      <c r="F80" s="30"/>
+      <c r="G80" s="30"/>
+      <c r="H80" s="30"/>
+      <c r="I80" s="30"/>
+      <c r="J80" s="30"/>
+      <c r="K80" s="30"/>
+      <c r="L80" s="30"/>
+      <c r="M80" s="30"/>
+      <c r="N80" s="30"/>
+      <c r="O80" s="30"/>
+      <c r="P80" s="30"/>
+      <c r="Q80" s="30"/>
+      <c r="R80" s="30"/>
+      <c r="S80" s="30"/>
+      <c r="T80" s="30"/>
+      <c r="U80" s="30"/>
+      <c r="V80" s="30"/>
+      <c r="W80" s="30"/>
+      <c r="X80" s="30"/>
+      <c r="Y80" s="30"/>
+      <c r="Z80" s="30"/>
+      <c r="AA80" s="30"/>
+      <c r="AB80" s="30"/>
+      <c r="AC80" s="30"/>
+    </row>
+    <row r="81" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B81" s="30" t="s">
         <v>98</v>
       </c>
-      <c r="C81" s="40"/>
-[...29 lines deleted...]
-      <c r="B82" s="40" t="s">
+      <c r="C81" s="30"/>
+      <c r="D81" s="30"/>
+      <c r="E81" s="30"/>
+      <c r="F81" s="30"/>
+      <c r="G81" s="30"/>
+      <c r="H81" s="30"/>
+      <c r="I81" s="30"/>
+      <c r="J81" s="30"/>
+      <c r="K81" s="30"/>
+      <c r="L81" s="30"/>
+      <c r="M81" s="30"/>
+      <c r="N81" s="30"/>
+      <c r="O81" s="30"/>
+      <c r="P81" s="30"/>
+      <c r="Q81" s="30"/>
+      <c r="R81" s="30"/>
+      <c r="S81" s="30"/>
+      <c r="T81" s="30"/>
+      <c r="U81" s="30"/>
+      <c r="V81" s="30"/>
+      <c r="W81" s="30"/>
+      <c r="X81" s="30"/>
+      <c r="Y81" s="30"/>
+      <c r="Z81" s="30"/>
+      <c r="AA81" s="30"/>
+      <c r="AB81" s="30"/>
+      <c r="AC81" s="30"/>
+    </row>
+    <row r="82" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B82" s="30" t="s">
         <v>99</v>
       </c>
-      <c r="C82" s="40"/>
-[...29 lines deleted...]
-      <c r="B83" s="40" t="s">
+      <c r="C82" s="30"/>
+      <c r="D82" s="30"/>
+      <c r="E82" s="30"/>
+      <c r="F82" s="30"/>
+      <c r="G82" s="30"/>
+      <c r="H82" s="30"/>
+      <c r="I82" s="30"/>
+      <c r="J82" s="30"/>
+      <c r="K82" s="30"/>
+      <c r="L82" s="30"/>
+      <c r="M82" s="30"/>
+      <c r="N82" s="30"/>
+      <c r="O82" s="30"/>
+      <c r="P82" s="30"/>
+      <c r="Q82" s="30"/>
+      <c r="R82" s="30"/>
+      <c r="S82" s="30"/>
+      <c r="T82" s="30"/>
+      <c r="U82" s="30"/>
+      <c r="V82" s="30"/>
+      <c r="W82" s="30"/>
+      <c r="X82" s="30"/>
+      <c r="Y82" s="30"/>
+      <c r="Z82" s="30"/>
+      <c r="AA82" s="30"/>
+      <c r="AB82" s="30"/>
+      <c r="AC82" s="30"/>
+    </row>
+    <row r="83" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B83" s="30" t="s">
         <v>100</v>
       </c>
-      <c r="C83" s="40"/>
-[...29 lines deleted...]
-      <c r="B84" s="40" t="s">
+      <c r="C83" s="30"/>
+      <c r="D83" s="30"/>
+      <c r="E83" s="30"/>
+      <c r="F83" s="30"/>
+      <c r="G83" s="30"/>
+      <c r="H83" s="30"/>
+      <c r="I83" s="30"/>
+      <c r="J83" s="30"/>
+      <c r="K83" s="30"/>
+      <c r="L83" s="30"/>
+      <c r="M83" s="30"/>
+      <c r="N83" s="30"/>
+      <c r="O83" s="30"/>
+      <c r="P83" s="30"/>
+      <c r="Q83" s="30"/>
+      <c r="R83" s="30"/>
+      <c r="S83" s="30"/>
+      <c r="T83" s="30"/>
+      <c r="U83" s="30"/>
+      <c r="V83" s="30"/>
+      <c r="W83" s="30"/>
+      <c r="X83" s="30"/>
+      <c r="Y83" s="30"/>
+      <c r="Z83" s="30"/>
+      <c r="AA83" s="30"/>
+      <c r="AB83" s="30"/>
+      <c r="AC83" s="30"/>
+    </row>
+    <row r="84" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B84" s="30" t="s">
         <v>101</v>
       </c>
-      <c r="C84" s="40"/>
-[...29 lines deleted...]
-      <c r="B85" s="40" t="s">
+      <c r="C84" s="30"/>
+      <c r="D84" s="30"/>
+      <c r="E84" s="30"/>
+      <c r="F84" s="30"/>
+      <c r="G84" s="30"/>
+      <c r="H84" s="30"/>
+      <c r="I84" s="30"/>
+      <c r="J84" s="30"/>
+      <c r="K84" s="30"/>
+      <c r="L84" s="30"/>
+      <c r="M84" s="30"/>
+      <c r="N84" s="30"/>
+      <c r="O84" s="30"/>
+      <c r="P84" s="30"/>
+      <c r="Q84" s="30"/>
+      <c r="R84" s="30"/>
+      <c r="S84" s="30"/>
+      <c r="T84" s="30"/>
+      <c r="U84" s="30"/>
+      <c r="V84" s="30"/>
+      <c r="W84" s="30"/>
+      <c r="X84" s="30"/>
+      <c r="Y84" s="30"/>
+      <c r="Z84" s="30"/>
+      <c r="AA84" s="30"/>
+      <c r="AB84" s="30"/>
+      <c r="AC84" s="30"/>
+    </row>
+    <row r="85" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B85" s="30" t="s">
         <v>102</v>
       </c>
-      <c r="C85" s="40"/>
-[...29 lines deleted...]
-      <c r="B86" s="40" t="s">
+      <c r="C85" s="30"/>
+      <c r="D85" s="30"/>
+      <c r="E85" s="30"/>
+      <c r="F85" s="30"/>
+      <c r="G85" s="30"/>
+      <c r="H85" s="30"/>
+      <c r="I85" s="30"/>
+      <c r="J85" s="30"/>
+      <c r="K85" s="30"/>
+      <c r="L85" s="30"/>
+      <c r="M85" s="30"/>
+      <c r="N85" s="30"/>
+      <c r="O85" s="30"/>
+      <c r="P85" s="30"/>
+      <c r="Q85" s="30"/>
+      <c r="R85" s="30"/>
+      <c r="S85" s="30"/>
+      <c r="T85" s="30"/>
+      <c r="U85" s="30"/>
+      <c r="V85" s="30"/>
+      <c r="W85" s="30"/>
+      <c r="X85" s="30"/>
+      <c r="Y85" s="30"/>
+      <c r="Z85" s="30"/>
+      <c r="AA85" s="30"/>
+      <c r="AB85" s="30"/>
+      <c r="AC85" s="30"/>
+    </row>
+    <row r="86" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B86" s="30" t="s">
         <v>103</v>
       </c>
-      <c r="C86" s="40"/>
-[...29 lines deleted...]
-      <c r="B87" s="40" t="s">
+      <c r="C86" s="30"/>
+      <c r="D86" s="30"/>
+      <c r="E86" s="30"/>
+      <c r="F86" s="30"/>
+      <c r="G86" s="30"/>
+      <c r="H86" s="30"/>
+      <c r="I86" s="30"/>
+      <c r="J86" s="30"/>
+      <c r="K86" s="30"/>
+      <c r="L86" s="30"/>
+      <c r="M86" s="30"/>
+      <c r="N86" s="30"/>
+      <c r="O86" s="30"/>
+      <c r="P86" s="30"/>
+      <c r="Q86" s="30"/>
+      <c r="R86" s="30"/>
+      <c r="S86" s="30"/>
+      <c r="T86" s="30"/>
+      <c r="U86" s="30"/>
+      <c r="V86" s="30"/>
+      <c r="W86" s="30"/>
+      <c r="X86" s="30"/>
+      <c r="Y86" s="30"/>
+      <c r="Z86" s="30"/>
+      <c r="AA86" s="30"/>
+      <c r="AB86" s="30"/>
+      <c r="AC86" s="30"/>
+    </row>
+    <row r="87" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B87" s="30" t="s">
         <v>104</v>
       </c>
-      <c r="C87" s="40"/>
-[...29 lines deleted...]
-      <c r="B88" s="40" t="s">
+      <c r="C87" s="30"/>
+      <c r="D87" s="30"/>
+      <c r="E87" s="30"/>
+      <c r="F87" s="30"/>
+      <c r="G87" s="30"/>
+      <c r="H87" s="30"/>
+      <c r="I87" s="30"/>
+      <c r="J87" s="30"/>
+      <c r="K87" s="30"/>
+      <c r="L87" s="30"/>
+      <c r="M87" s="30"/>
+      <c r="N87" s="30"/>
+      <c r="O87" s="30"/>
+      <c r="P87" s="30"/>
+      <c r="Q87" s="30"/>
+      <c r="R87" s="30"/>
+      <c r="S87" s="30"/>
+      <c r="T87" s="30"/>
+      <c r="U87" s="30"/>
+      <c r="V87" s="30"/>
+      <c r="W87" s="30"/>
+      <c r="X87" s="30"/>
+      <c r="Y87" s="30"/>
+      <c r="Z87" s="30"/>
+      <c r="AA87" s="30"/>
+      <c r="AB87" s="30"/>
+      <c r="AC87" s="30"/>
+    </row>
+    <row r="88" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B88" s="30" t="s">
         <v>105</v>
       </c>
-      <c r="C88" s="40"/>
-[...29 lines deleted...]
-      <c r="B89" s="40" t="s">
+      <c r="C88" s="30"/>
+      <c r="D88" s="30"/>
+      <c r="E88" s="30"/>
+      <c r="F88" s="30"/>
+      <c r="G88" s="30"/>
+      <c r="H88" s="30"/>
+      <c r="I88" s="30"/>
+      <c r="J88" s="30"/>
+      <c r="K88" s="30"/>
+      <c r="L88" s="30"/>
+      <c r="M88" s="30"/>
+      <c r="N88" s="30"/>
+      <c r="O88" s="30"/>
+      <c r="P88" s="30"/>
+      <c r="Q88" s="30"/>
+      <c r="R88" s="30"/>
+      <c r="S88" s="30"/>
+      <c r="T88" s="30"/>
+      <c r="U88" s="30"/>
+      <c r="V88" s="30"/>
+      <c r="W88" s="30"/>
+      <c r="X88" s="30"/>
+      <c r="Y88" s="30"/>
+      <c r="Z88" s="30"/>
+      <c r="AA88" s="30"/>
+      <c r="AB88" s="30"/>
+      <c r="AC88" s="30"/>
+    </row>
+    <row r="89" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B89" s="30" t="s">
         <v>106</v>
       </c>
-      <c r="C89" s="40"/>
-[...30 lines deleted...]
-      <c r="B90" s="40" t="s">
+      <c r="C89" s="30"/>
+      <c r="D89" s="30"/>
+      <c r="E89" s="30"/>
+      <c r="F89" s="30"/>
+      <c r="G89" s="30"/>
+      <c r="H89" s="30"/>
+      <c r="I89" s="30"/>
+      <c r="J89" s="30"/>
+      <c r="K89" s="30"/>
+      <c r="L89" s="30"/>
+      <c r="M89" s="30"/>
+      <c r="N89" s="30"/>
+      <c r="O89" s="30"/>
+      <c r="P89" s="30"/>
+      <c r="Q89" s="30"/>
+      <c r="R89" s="30"/>
+      <c r="S89" s="30"/>
+      <c r="T89" s="30"/>
+      <c r="U89" s="30"/>
+      <c r="V89" s="30"/>
+      <c r="W89" s="30"/>
+      <c r="X89" s="30"/>
+      <c r="Y89" s="30"/>
+      <c r="Z89" s="30"/>
+      <c r="AA89" s="30"/>
+      <c r="AB89" s="30"/>
+      <c r="AC89" s="30"/>
+    </row>
+    <row r="90" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B90" s="30" t="s">
         <v>107</v>
       </c>
-      <c r="C90" s="40"/>
-[...29 lines deleted...]
-      <c r="B91" s="40" t="s">
+      <c r="C90" s="30"/>
+      <c r="D90" s="30"/>
+      <c r="E90" s="30"/>
+      <c r="F90" s="30"/>
+      <c r="G90" s="30"/>
+      <c r="H90" s="30"/>
+      <c r="I90" s="30"/>
+      <c r="J90" s="30"/>
+      <c r="K90" s="30"/>
+      <c r="L90" s="30"/>
+      <c r="M90" s="30"/>
+      <c r="N90" s="30"/>
+      <c r="O90" s="30"/>
+      <c r="P90" s="30"/>
+      <c r="Q90" s="30"/>
+      <c r="R90" s="30"/>
+      <c r="S90" s="30"/>
+      <c r="T90" s="30"/>
+      <c r="U90" s="30"/>
+      <c r="V90" s="30"/>
+      <c r="W90" s="30"/>
+      <c r="X90" s="30"/>
+      <c r="Y90" s="30"/>
+      <c r="Z90" s="30"/>
+      <c r="AA90" s="30"/>
+      <c r="AB90" s="30"/>
+      <c r="AC90" s="30"/>
+    </row>
+    <row r="91" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B91" s="30" t="s">
         <v>108</v>
       </c>
-      <c r="C91" s="40"/>
-[...30 lines deleted...]
-      <c r="B92" s="40" t="s">
+      <c r="C91" s="30"/>
+      <c r="D91" s="30"/>
+      <c r="E91" s="30"/>
+      <c r="F91" s="30"/>
+      <c r="G91" s="30"/>
+      <c r="H91" s="30"/>
+      <c r="I91" s="30"/>
+      <c r="J91" s="30"/>
+      <c r="K91" s="30"/>
+      <c r="L91" s="30"/>
+      <c r="M91" s="30"/>
+      <c r="N91" s="30"/>
+      <c r="O91" s="30"/>
+      <c r="P91" s="30"/>
+      <c r="Q91" s="30"/>
+      <c r="R91" s="30"/>
+      <c r="S91" s="30"/>
+      <c r="T91" s="30"/>
+      <c r="U91" s="30"/>
+      <c r="V91" s="30"/>
+      <c r="W91" s="30"/>
+      <c r="X91" s="30"/>
+      <c r="Y91" s="30"/>
+      <c r="Z91" s="30"/>
+      <c r="AA91" s="30"/>
+      <c r="AB91" s="30"/>
+      <c r="AC91" s="30"/>
+    </row>
+    <row r="92" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B92" s="30" t="s">
         <v>109</v>
       </c>
-      <c r="C92" s="40"/>
-[...29 lines deleted...]
-      <c r="B93" s="40" t="s">
+      <c r="C92" s="30"/>
+      <c r="D92" s="30"/>
+      <c r="E92" s="30"/>
+      <c r="F92" s="30"/>
+      <c r="G92" s="30"/>
+      <c r="H92" s="30"/>
+      <c r="I92" s="30"/>
+      <c r="J92" s="30"/>
+      <c r="K92" s="30"/>
+      <c r="L92" s="30"/>
+      <c r="M92" s="30"/>
+      <c r="N92" s="30"/>
+      <c r="O92" s="30"/>
+      <c r="P92" s="30"/>
+      <c r="Q92" s="30"/>
+      <c r="R92" s="30"/>
+      <c r="S92" s="30"/>
+      <c r="T92" s="30"/>
+      <c r="U92" s="30"/>
+      <c r="V92" s="30"/>
+      <c r="W92" s="30"/>
+      <c r="X92" s="30"/>
+      <c r="Y92" s="30"/>
+      <c r="Z92" s="30"/>
+      <c r="AA92" s="30"/>
+      <c r="AB92" s="30"/>
+      <c r="AC92" s="30"/>
+    </row>
+    <row r="93" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B93" s="30" t="s">
         <v>110</v>
       </c>
-      <c r="C93" s="40"/>
-[...29 lines deleted...]
-      <c r="B94" s="40" t="s">
+      <c r="C93" s="30"/>
+      <c r="D93" s="30"/>
+      <c r="E93" s="30"/>
+      <c r="F93" s="30"/>
+      <c r="G93" s="30"/>
+      <c r="H93" s="30"/>
+      <c r="I93" s="30"/>
+      <c r="J93" s="30"/>
+      <c r="K93" s="30"/>
+      <c r="L93" s="30"/>
+      <c r="M93" s="30"/>
+      <c r="N93" s="30"/>
+      <c r="O93" s="30"/>
+      <c r="P93" s="30"/>
+      <c r="Q93" s="30"/>
+      <c r="R93" s="30"/>
+      <c r="S93" s="30"/>
+      <c r="T93" s="30"/>
+      <c r="U93" s="30"/>
+      <c r="V93" s="30"/>
+      <c r="W93" s="30"/>
+      <c r="X93" s="30"/>
+      <c r="Y93" s="30"/>
+      <c r="Z93" s="30"/>
+      <c r="AA93" s="30"/>
+      <c r="AB93" s="30"/>
+      <c r="AC93" s="30"/>
+    </row>
+    <row r="94" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B94" s="30" t="s">
         <v>111</v>
       </c>
-      <c r="C94" s="40"/>
-[...29 lines deleted...]
-      <c r="B95" s="40" t="s">
+      <c r="C94" s="30"/>
+      <c r="D94" s="30"/>
+      <c r="E94" s="30"/>
+      <c r="F94" s="30"/>
+      <c r="G94" s="30"/>
+      <c r="H94" s="30"/>
+      <c r="I94" s="30"/>
+      <c r="J94" s="30"/>
+      <c r="K94" s="30"/>
+      <c r="L94" s="30"/>
+      <c r="M94" s="30"/>
+      <c r="N94" s="30"/>
+      <c r="O94" s="30"/>
+      <c r="P94" s="30"/>
+      <c r="Q94" s="30"/>
+      <c r="R94" s="30"/>
+      <c r="S94" s="30"/>
+      <c r="T94" s="30"/>
+      <c r="U94" s="30"/>
+      <c r="V94" s="30"/>
+      <c r="W94" s="30"/>
+      <c r="X94" s="30"/>
+      <c r="Y94" s="30"/>
+      <c r="Z94" s="30"/>
+      <c r="AA94" s="30"/>
+      <c r="AB94" s="30"/>
+      <c r="AC94" s="30"/>
+    </row>
+    <row r="95" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B95" s="30" t="s">
         <v>112</v>
       </c>
-      <c r="C95" s="40"/>
-[...29 lines deleted...]
-      <c r="B96" s="40" t="s">
+      <c r="C95" s="30"/>
+      <c r="D95" s="30"/>
+      <c r="E95" s="30"/>
+      <c r="F95" s="30"/>
+      <c r="G95" s="30"/>
+      <c r="H95" s="30"/>
+      <c r="I95" s="30"/>
+      <c r="J95" s="30"/>
+      <c r="K95" s="30"/>
+      <c r="L95" s="30"/>
+      <c r="M95" s="30"/>
+      <c r="N95" s="30"/>
+      <c r="O95" s="30"/>
+      <c r="P95" s="30"/>
+      <c r="Q95" s="30"/>
+      <c r="R95" s="30"/>
+      <c r="S95" s="30"/>
+      <c r="T95" s="30"/>
+      <c r="U95" s="30"/>
+      <c r="V95" s="30"/>
+      <c r="W95" s="30"/>
+      <c r="X95" s="30"/>
+      <c r="Y95" s="30"/>
+      <c r="Z95" s="30"/>
+      <c r="AA95" s="30"/>
+      <c r="AB95" s="30"/>
+      <c r="AC95" s="30"/>
+    </row>
+    <row r="96" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B96" s="30" t="s">
         <v>113</v>
       </c>
-      <c r="C96" s="40"/>
-[...29 lines deleted...]
-      <c r="B97" s="40" t="s">
+      <c r="C96" s="30"/>
+      <c r="D96" s="30"/>
+      <c r="E96" s="30"/>
+      <c r="F96" s="30"/>
+      <c r="G96" s="30"/>
+      <c r="H96" s="30"/>
+      <c r="I96" s="30"/>
+      <c r="J96" s="30"/>
+      <c r="K96" s="30"/>
+      <c r="L96" s="30"/>
+      <c r="M96" s="30"/>
+      <c r="N96" s="30"/>
+      <c r="O96" s="30"/>
+      <c r="P96" s="30"/>
+      <c r="Q96" s="30"/>
+      <c r="R96" s="30"/>
+      <c r="S96" s="30"/>
+      <c r="T96" s="30"/>
+      <c r="U96" s="30"/>
+      <c r="V96" s="30"/>
+      <c r="W96" s="30"/>
+      <c r="X96" s="30"/>
+      <c r="Y96" s="30"/>
+      <c r="Z96" s="30"/>
+      <c r="AA96" s="30"/>
+      <c r="AB96" s="30"/>
+      <c r="AC96" s="30"/>
+    </row>
+    <row r="97" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B97" s="30" t="s">
         <v>114</v>
       </c>
-      <c r="C97" s="40"/>
-[...29 lines deleted...]
-      <c r="B98" s="40" t="s">
+      <c r="C97" s="30"/>
+      <c r="D97" s="30"/>
+      <c r="E97" s="30"/>
+      <c r="F97" s="30"/>
+      <c r="G97" s="30"/>
+      <c r="H97" s="30"/>
+      <c r="I97" s="30"/>
+      <c r="J97" s="30"/>
+      <c r="K97" s="30"/>
+      <c r="L97" s="30"/>
+      <c r="M97" s="30"/>
+      <c r="N97" s="30"/>
+      <c r="O97" s="30"/>
+      <c r="P97" s="30"/>
+      <c r="Q97" s="30"/>
+      <c r="R97" s="30"/>
+      <c r="S97" s="30"/>
+      <c r="T97" s="30"/>
+      <c r="U97" s="30"/>
+      <c r="V97" s="30"/>
+      <c r="W97" s="30"/>
+      <c r="X97" s="30"/>
+      <c r="Y97" s="30"/>
+      <c r="Z97" s="30"/>
+      <c r="AA97" s="30"/>
+      <c r="AB97" s="30"/>
+      <c r="AC97" s="30"/>
+    </row>
+    <row r="98" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B98" s="30" t="s">
         <v>115</v>
       </c>
-      <c r="C98" s="40"/>
-[...29 lines deleted...]
-      <c r="B99" s="40" t="s">
+      <c r="C98" s="30"/>
+      <c r="D98" s="30"/>
+      <c r="E98" s="30"/>
+      <c r="F98" s="30"/>
+      <c r="G98" s="30"/>
+      <c r="H98" s="30"/>
+      <c r="I98" s="30"/>
+      <c r="J98" s="30"/>
+      <c r="K98" s="30"/>
+      <c r="L98" s="30"/>
+      <c r="M98" s="30"/>
+      <c r="N98" s="30"/>
+      <c r="O98" s="30"/>
+      <c r="P98" s="30"/>
+      <c r="Q98" s="30"/>
+      <c r="R98" s="30"/>
+      <c r="S98" s="30"/>
+      <c r="T98" s="30"/>
+      <c r="U98" s="30"/>
+      <c r="V98" s="30"/>
+      <c r="W98" s="30"/>
+      <c r="X98" s="30"/>
+      <c r="Y98" s="30"/>
+      <c r="Z98" s="30"/>
+      <c r="AA98" s="30"/>
+      <c r="AB98" s="30"/>
+      <c r="AC98" s="30"/>
+    </row>
+    <row r="99" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B99" s="30" t="s">
         <v>116</v>
       </c>
-      <c r="C99" s="40"/>
-[...29 lines deleted...]
-      <c r="B100" s="40" t="s">
+      <c r="C99" s="30"/>
+      <c r="D99" s="30"/>
+      <c r="E99" s="30"/>
+      <c r="F99" s="30"/>
+      <c r="G99" s="30"/>
+      <c r="H99" s="30"/>
+      <c r="I99" s="30"/>
+      <c r="J99" s="30"/>
+      <c r="K99" s="30"/>
+      <c r="L99" s="30"/>
+      <c r="M99" s="30"/>
+      <c r="N99" s="30"/>
+      <c r="O99" s="30"/>
+      <c r="P99" s="30"/>
+      <c r="Q99" s="30"/>
+      <c r="R99" s="30"/>
+      <c r="S99" s="30"/>
+      <c r="T99" s="30"/>
+      <c r="U99" s="30"/>
+      <c r="V99" s="30"/>
+      <c r="W99" s="30"/>
+      <c r="X99" s="30"/>
+      <c r="Y99" s="30"/>
+      <c r="Z99" s="30"/>
+      <c r="AA99" s="30"/>
+      <c r="AB99" s="30"/>
+      <c r="AC99" s="30"/>
+    </row>
+    <row r="100" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B100" s="30" t="s">
         <v>117</v>
       </c>
-      <c r="C100" s="40"/>
-[...31 lines deleted...]
-      <c r="B101" s="40" t="s">
+      <c r="C100" s="30"/>
+      <c r="D100" s="30"/>
+      <c r="E100" s="30"/>
+      <c r="F100" s="30"/>
+      <c r="G100" s="30"/>
+      <c r="H100" s="30"/>
+      <c r="I100" s="30"/>
+      <c r="J100" s="30"/>
+      <c r="K100" s="30"/>
+      <c r="L100" s="30"/>
+      <c r="M100" s="30"/>
+      <c r="N100" s="30"/>
+      <c r="O100" s="30"/>
+      <c r="P100" s="30"/>
+      <c r="Q100" s="30"/>
+      <c r="R100" s="30"/>
+      <c r="S100" s="30"/>
+      <c r="T100" s="30"/>
+      <c r="U100" s="30"/>
+      <c r="V100" s="30"/>
+      <c r="W100" s="30"/>
+      <c r="X100" s="30"/>
+      <c r="Y100" s="30"/>
+      <c r="Z100" s="30"/>
+      <c r="AA100" s="30"/>
+      <c r="AB100" s="30"/>
+      <c r="AC100" s="30"/>
+    </row>
+    <row r="101" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B101" s="30" t="s">
         <v>118</v>
       </c>
-      <c r="C101" s="40"/>
-[...29 lines deleted...]
-      <c r="B102" s="40" t="s">
+      <c r="C101" s="30"/>
+      <c r="D101" s="30"/>
+      <c r="E101" s="30"/>
+      <c r="F101" s="30"/>
+      <c r="G101" s="30"/>
+      <c r="H101" s="30"/>
+      <c r="I101" s="30"/>
+      <c r="J101" s="30"/>
+      <c r="K101" s="30"/>
+      <c r="L101" s="30"/>
+      <c r="M101" s="30"/>
+      <c r="N101" s="30"/>
+      <c r="O101" s="30"/>
+      <c r="P101" s="30"/>
+      <c r="Q101" s="30"/>
+      <c r="R101" s="30"/>
+      <c r="S101" s="30"/>
+      <c r="T101" s="30"/>
+      <c r="U101" s="30"/>
+      <c r="V101" s="30"/>
+      <c r="W101" s="30"/>
+      <c r="X101" s="30"/>
+      <c r="Y101" s="30"/>
+      <c r="Z101" s="30"/>
+      <c r="AA101" s="30"/>
+      <c r="AB101" s="30"/>
+      <c r="AC101" s="30"/>
+    </row>
+    <row r="102" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B102" s="30" t="s">
         <v>119</v>
       </c>
-      <c r="C102" s="40"/>
-[...29 lines deleted...]
-      <c r="B103" s="40" t="s">
+      <c r="C102" s="30"/>
+      <c r="D102" s="30"/>
+      <c r="E102" s="30"/>
+      <c r="F102" s="30"/>
+      <c r="G102" s="30"/>
+      <c r="H102" s="30"/>
+      <c r="I102" s="30"/>
+      <c r="J102" s="30"/>
+      <c r="K102" s="30"/>
+      <c r="L102" s="30"/>
+      <c r="M102" s="30"/>
+      <c r="N102" s="30"/>
+      <c r="O102" s="30"/>
+      <c r="P102" s="30"/>
+      <c r="Q102" s="30"/>
+      <c r="R102" s="30"/>
+      <c r="S102" s="30"/>
+      <c r="T102" s="30"/>
+      <c r="U102" s="30"/>
+      <c r="V102" s="30"/>
+      <c r="W102" s="30"/>
+      <c r="X102" s="30"/>
+      <c r="Y102" s="30"/>
+      <c r="Z102" s="30"/>
+      <c r="AA102" s="30"/>
+      <c r="AB102" s="30"/>
+      <c r="AC102" s="30"/>
+    </row>
+    <row r="103" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B103" s="30" t="s">
         <v>120</v>
       </c>
-      <c r="C103" s="40"/>
-[...29 lines deleted...]
-      <c r="B104" s="40" t="s">
+      <c r="C103" s="30"/>
+      <c r="D103" s="30"/>
+      <c r="E103" s="30"/>
+      <c r="F103" s="30"/>
+      <c r="G103" s="30"/>
+      <c r="H103" s="30"/>
+      <c r="I103" s="30"/>
+      <c r="J103" s="30"/>
+      <c r="K103" s="30"/>
+      <c r="L103" s="30"/>
+      <c r="M103" s="30"/>
+      <c r="N103" s="30"/>
+      <c r="O103" s="30"/>
+      <c r="P103" s="30"/>
+      <c r="Q103" s="30"/>
+      <c r="R103" s="30"/>
+      <c r="S103" s="30"/>
+      <c r="T103" s="30"/>
+      <c r="U103" s="30"/>
+      <c r="V103" s="30"/>
+      <c r="W103" s="30"/>
+      <c r="X103" s="30"/>
+      <c r="Y103" s="30"/>
+      <c r="Z103" s="30"/>
+      <c r="AA103" s="30"/>
+      <c r="AB103" s="30"/>
+      <c r="AC103" s="30"/>
+    </row>
+    <row r="104" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B104" s="30" t="s">
         <v>121</v>
       </c>
-      <c r="C104" s="40"/>
-[...29 lines deleted...]
-      <c r="B105" s="40" t="s">
+      <c r="C104" s="30"/>
+      <c r="D104" s="30"/>
+      <c r="E104" s="30"/>
+      <c r="F104" s="30"/>
+      <c r="G104" s="30"/>
+      <c r="H104" s="30"/>
+      <c r="I104" s="30"/>
+      <c r="J104" s="30"/>
+      <c r="K104" s="30"/>
+      <c r="L104" s="30"/>
+      <c r="M104" s="30"/>
+      <c r="N104" s="30"/>
+      <c r="O104" s="30"/>
+      <c r="P104" s="30"/>
+      <c r="Q104" s="30"/>
+      <c r="R104" s="30"/>
+      <c r="S104" s="30"/>
+      <c r="T104" s="30"/>
+      <c r="U104" s="30"/>
+      <c r="V104" s="30"/>
+      <c r="W104" s="30"/>
+      <c r="X104" s="30"/>
+      <c r="Y104" s="30"/>
+      <c r="Z104" s="30"/>
+      <c r="AA104" s="30"/>
+      <c r="AB104" s="30"/>
+      <c r="AC104" s="30"/>
+    </row>
+    <row r="105" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B105" s="30" t="s">
         <v>122</v>
       </c>
-      <c r="C105" s="40"/>
-[...29 lines deleted...]
-      <c r="B106" s="40" t="s">
+      <c r="C105" s="30"/>
+      <c r="D105" s="30"/>
+      <c r="E105" s="30"/>
+      <c r="F105" s="30"/>
+      <c r="G105" s="30"/>
+      <c r="H105" s="30"/>
+      <c r="I105" s="30"/>
+      <c r="J105" s="30"/>
+      <c r="K105" s="30"/>
+      <c r="L105" s="30"/>
+      <c r="M105" s="30"/>
+      <c r="N105" s="30"/>
+      <c r="O105" s="30"/>
+      <c r="P105" s="30"/>
+      <c r="Q105" s="30"/>
+      <c r="R105" s="30"/>
+      <c r="S105" s="30"/>
+      <c r="T105" s="30"/>
+      <c r="U105" s="30"/>
+      <c r="V105" s="30"/>
+      <c r="W105" s="30"/>
+      <c r="X105" s="30"/>
+      <c r="Y105" s="30"/>
+      <c r="Z105" s="30"/>
+      <c r="AA105" s="30"/>
+      <c r="AB105" s="30"/>
+      <c r="AC105" s="30"/>
+    </row>
+    <row r="106" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B106" s="30" t="s">
         <v>123</v>
       </c>
-      <c r="C106" s="40"/>
-[...28 lines deleted...]
-      <c r="A107" s="33"/>
+      <c r="C106" s="30"/>
+      <c r="D106" s="30"/>
+      <c r="E106" s="30"/>
+      <c r="F106" s="30"/>
+      <c r="G106" s="30"/>
+      <c r="H106" s="30"/>
+      <c r="I106" s="30"/>
+      <c r="J106" s="30"/>
+      <c r="K106" s="30"/>
+      <c r="L106" s="30"/>
+      <c r="M106" s="30"/>
+      <c r="N106" s="30"/>
+      <c r="O106" s="30"/>
+      <c r="P106" s="30"/>
+      <c r="Q106" s="30"/>
+      <c r="R106" s="30"/>
+      <c r="S106" s="30"/>
+      <c r="T106" s="30"/>
+      <c r="U106" s="30"/>
+      <c r="V106" s="30"/>
+      <c r="W106" s="30"/>
+      <c r="X106" s="30"/>
+      <c r="Y106" s="30"/>
+      <c r="Z106" s="30"/>
+      <c r="AA106" s="30"/>
+      <c r="AB106" s="30"/>
+      <c r="AC106" s="30"/>
     </row>
   </sheetData>
   <mergeCells count="56">
-    <mergeCell ref="B98:AC98"/>
     <mergeCell ref="B79:C79"/>
+    <mergeCell ref="B2:AC2"/>
+    <mergeCell ref="B3:B7"/>
+    <mergeCell ref="C3:C7"/>
+    <mergeCell ref="D3:K3"/>
+    <mergeCell ref="L3:AC3"/>
+    <mergeCell ref="D4:K4"/>
+    <mergeCell ref="L4:S4"/>
+    <mergeCell ref="T4:AC4"/>
+    <mergeCell ref="D5:E6"/>
+    <mergeCell ref="F5:F7"/>
+    <mergeCell ref="R5:S5"/>
+    <mergeCell ref="T5:Y5"/>
+    <mergeCell ref="Z5:AC5"/>
+    <mergeCell ref="L6:M6"/>
+    <mergeCell ref="G5:G7"/>
+    <mergeCell ref="H5:H7"/>
+    <mergeCell ref="I5:I7"/>
+    <mergeCell ref="J5:J7"/>
+    <mergeCell ref="K5:K7"/>
+    <mergeCell ref="N6:O6"/>
+    <mergeCell ref="P6:Q6"/>
+    <mergeCell ref="L5:Q5"/>
+    <mergeCell ref="Z6:AA6"/>
+    <mergeCell ref="B99:AC99"/>
+    <mergeCell ref="B100:AC100"/>
+    <mergeCell ref="AB6:AC6"/>
+    <mergeCell ref="B80:AC80"/>
+    <mergeCell ref="B81:AC81"/>
+    <mergeCell ref="B82:AC82"/>
+    <mergeCell ref="B88:AC88"/>
+    <mergeCell ref="B84:AC84"/>
+    <mergeCell ref="B85:AC85"/>
+    <mergeCell ref="B86:AC86"/>
+    <mergeCell ref="B87:AC87"/>
+    <mergeCell ref="R6:S6"/>
+    <mergeCell ref="T6:U6"/>
+    <mergeCell ref="V6:W6"/>
+    <mergeCell ref="X6:Y6"/>
     <mergeCell ref="B83:AC83"/>
     <mergeCell ref="B106:AC106"/>
     <mergeCell ref="B89:AC89"/>
     <mergeCell ref="B102:AC102"/>
     <mergeCell ref="B103:AC103"/>
     <mergeCell ref="B104:AC104"/>
     <mergeCell ref="B105:AC105"/>
     <mergeCell ref="B101:AC101"/>
     <mergeCell ref="B90:AC90"/>
     <mergeCell ref="B91:AC91"/>
     <mergeCell ref="B92:AC92"/>
     <mergeCell ref="B93:AC93"/>
     <mergeCell ref="B94:AC94"/>
     <mergeCell ref="B95:AC95"/>
     <mergeCell ref="B96:AC96"/>
     <mergeCell ref="B97:AC97"/>
-    <mergeCell ref="Z6:AA6"/>
-[...36 lines deleted...]
-    <mergeCell ref="H5:H7"/>
+    <mergeCell ref="B98:AC98"/>
   </mergeCells>
-  <pageMargins left="0" right="7.874015748031496E-2" top="7.874015748031496E-2" bottom="7.874015748031496E-2" header="0" footer="0"/>
-  <pageSetup scale="40" orientation="landscape" r:id="rId1"/>
+  <pageMargins left="0.03" right="0.04" top="0.04" bottom="0.05" header="0.03" footer="0.03"/>
+  <pageSetup scale="45" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>October 2025</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>RBI</Company>
   <LinksUpToDate>false</LinksUpToDate>