--- v0 (2026-01-23)
+++ v1 (2026-02-14)
@@ -3,54 +3,54 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24332"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Gaush\0Dec2025\30-12-2026\Bank-wise ATMPOSCard Statistics - November 2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Gaush\0Feb2026\03-02-2026\Bank-wise ATMPOSCard Statistics - December 2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A7FF20CD-4E58-494C-9FFC-891D246E9962}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7DF78F72-95CA-49EA-A372-7EF455AD7FEE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{59C727AC-7974-4F19-BCFC-C741B5ABB248}"/>
   </bookViews>
   <sheets>
     <sheet name="August 2025" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'August 2025'!$D$8:$AC$79</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
@@ -284,50 +284,53 @@
   <si>
     <t>JANA SMALL FINANCE BANK LTD</t>
   </si>
   <si>
     <t>SLICE SMALL FINANCE BANK LTD</t>
   </si>
   <si>
     <t>SHIVALIK SMALL FINANCE BANK LTD</t>
   </si>
   <si>
     <t>SURYODAY SMALL FINANCE BANK LTD</t>
   </si>
   <si>
     <t>UJJIVAN SMALL FINANCE BANK LTD</t>
   </si>
   <si>
     <t>UNITY SMALL FINANCE BANK LTD</t>
   </si>
   <si>
     <t>UTKARSH SMALL FINANCE BANK LTD</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
+    <t>अगस्त 2025 माह के लिए एटीएम, स्वीकृति अवसंरचना और कार्ड सांख्यिकी</t>
+  </si>
+  <si>
     <t>बैंक का नाम</t>
   </si>
   <si>
     <t xml:space="preserve">आधारभूत संरचना </t>
   </si>
   <si>
     <t>महीने के दौरान कार्ड से भुगतान और नकद निकासी लेनदेन</t>
   </si>
   <si>
     <t>संख्या - बकाया (माह के अंत तक)</t>
   </si>
   <si>
     <t>क्रेडिट कार्ड</t>
   </si>
   <si>
     <t>डेबिट कार्ड</t>
   </si>
   <si>
     <t>एटीएम और सीआरएम</t>
   </si>
   <si>
     <t xml:space="preserve">पीओएस </t>
   </si>
   <si>
     <t xml:space="preserve">माइक्रो एटीएम </t>
@@ -435,91 +438,102 @@
     <t>18 पीओएस टर्मिनलों पर बैंक द्वारा जारी डेबिट कार्ड द्वारा किए गए वित्तीय लेनदेन का कुल मूल्य</t>
   </si>
   <si>
     <t>19 ऑनलाइन और ई-कॉमर्स साइटों पर बैंक द्वारा जारी डेबिट कार्ड द्वारा किए गए वित्तीय लेनदेन की कुल संख्या</t>
   </si>
   <si>
     <t>20 ऑनलाइन और ई-कॉमर्स साइटों पर बैंक द्वारा जारी डेबिट कार्ड द्वारा किए गए वित्तीय लेनदेन का कुल मूल्य</t>
   </si>
   <si>
     <t xml:space="preserve">21 बैंक द्वारा जारी डेबिट कार्ड द्वारा किए गए अन्य वित्तीय लेनदेन की कुल संख्या (उदाहरण: एटीएम पर किए गए डेबिट कार्ड लेनदेन जैसे कार्ड से कार्ड लेनदेन, बिल भुगतान, क्रेडिट कार्ड भुगतान, मोबाइल रिचार्ज आदि) </t>
   </si>
   <si>
     <t>22 बैंक द्वारा जारी डेबिट कार्ड द्वारा किए गए अन्य वित्तीय लेनदेन का कुल मूल्य (उदाहरण: एटीएम पर किए गए डेबिट कार्ड लेनदेन जैसे कार्ड से कार्ड लेनदेन, बिल भुगतान, क्रेडिट कार्ड भुगतान, मोबाइल रिचार्ज आदि)</t>
   </si>
   <si>
     <t>23 एटीएम पर बैंक द्वारा जारी डेबिट कार्ड द्वारा किए गए नकद निकासी लेनदेन की कुल संख्या</t>
   </si>
   <si>
     <t>24 एटीएम पर बैंक द्वारा जारी डेबिट कार्ड द्वारा किए गए नकद निकासी लेनदेन का कुल मूल्य</t>
   </si>
   <si>
     <t>25 पीओएस टर्मिनलों पर बैंक द्वारा जारी डेबिट कार्ड द्वारा किए गए नकद निकासी लेनदेन की कुल संख्या</t>
   </si>
   <si>
     <t xml:space="preserve">26 पीओएस टर्मिनलों पर बैंक द्वारा जारी डेबिट कार्ड द्वारा किए गए नकद निकासी लेनदेन का कुल मूल्य </t>
-  </si>
-[...1 lines deleted...]
-    <t>अगस्त 2025 माह के लिए एटीएम, स्वीकृति अवसंरचना और कार्ड सांख्यिकी</t>
   </si>
   <si>
     <t xml:space="preserve">क्र. सं. </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="5" x14ac:knownFonts="1">
+  <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
+      <color rgb="FF000000"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="10"/>
+      <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="4">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
@@ -549,170 +563,169 @@
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="38">
+  <cellXfs count="37">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="1" fontId="5" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...25 lines deleted...]
-    <xf numFmtId="1" fontId="2" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="5" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...3 lines deleted...]
-    <xf numFmtId="1" fontId="3" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="1" fontId="4" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
-    </xf>
-[...28 lines deleted...]
-      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="1" fontId="4" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="center" vertical="center"/>
+      <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...9 lines deleted...]
-      <protection locked="0"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2 10" xfId="2" xr:uid="{FC9B606B-EDA7-4829-A0A4-4E4028B1A8A7}"/>
     <cellStyle name="Normal 2 2" xfId="1" xr:uid="{257CECD6-8A03-4BBA-87F5-7435E97D55DB}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
@@ -996,7224 +1009,7261 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C5E6EA9B-62DD-4202-8419-0152436D6187}">
-  <dimension ref="A2:AE106"/>
+  <dimension ref="A2:AC106"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+    <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <pane xSplit="3" ySplit="8" topLeftCell="D9" activePane="bottomRight" state="frozen"/>
       <selection activeCell="C49" sqref="C49:AE49"/>
       <selection pane="topRight" activeCell="C49" sqref="C49:AE49"/>
       <selection pane="bottomLeft" activeCell="C49" sqref="C49:AE49"/>
-      <selection pane="bottomRight" activeCell="A2" sqref="A2"/>
+      <selection pane="bottomRight" activeCell="D3" sqref="D3:K3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="4.140625" style="10" customWidth="1"/>
-[...27 lines deleted...]
-    <col min="31" max="16384" width="8.85546875" style="11"/>
+    <col min="1" max="1" width="0.140625" style="28" customWidth="1"/>
+    <col min="2" max="2" width="5" style="15" customWidth="1"/>
+    <col min="3" max="3" width="40.5703125" style="15" customWidth="1"/>
+    <col min="4" max="4" width="7.28515625" style="29" customWidth="1"/>
+    <col min="5" max="5" width="9.28515625" style="29" customWidth="1"/>
+    <col min="6" max="6" width="10.5703125" style="15" customWidth="1"/>
+    <col min="7" max="7" width="9.28515625" style="15" customWidth="1"/>
+    <col min="8" max="8" width="10.42578125" style="15" customWidth="1"/>
+    <col min="9" max="9" width="11.5703125" style="15" customWidth="1"/>
+    <col min="10" max="10" width="10.28515625" style="15" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="11.28515625" style="15" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="11.5703125" style="15" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="11.7109375" style="15" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="11.5703125" style="15" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="11.7109375" style="15" bestFit="1" customWidth="1"/>
+    <col min="16" max="16" width="9.5703125" style="15" bestFit="1" customWidth="1"/>
+    <col min="17" max="17" width="9.7109375" style="15" bestFit="1" customWidth="1"/>
+    <col min="18" max="18" width="9.5703125" style="15" bestFit="1" customWidth="1"/>
+    <col min="19" max="19" width="12" style="15" bestFit="1" customWidth="1"/>
+    <col min="20" max="20" width="11.5703125" style="15" customWidth="1"/>
+    <col min="21" max="23" width="12" style="15" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="10.85546875" style="15" customWidth="1"/>
+    <col min="25" max="25" width="12" style="15" bestFit="1" customWidth="1"/>
+    <col min="26" max="27" width="12.28515625" style="15" customWidth="1"/>
+    <col min="28" max="28" width="10.140625" style="15" customWidth="1"/>
+    <col min="29" max="29" width="10.28515625" style="15" customWidth="1"/>
+    <col min="30" max="30" width="12.28515625" style="15" customWidth="1"/>
+    <col min="31" max="16384" width="8.85546875" style="15"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B2" s="34" t="s">
-[...28 lines deleted...]
-      <c r="AC2" s="34"/>
+      <c r="A2" s="17"/>
+      <c r="B2" s="31" t="s">
+        <v>72</v>
+      </c>
+      <c r="C2" s="31"/>
+      <c r="D2" s="31"/>
+      <c r="E2" s="31"/>
+      <c r="F2" s="31"/>
+      <c r="G2" s="31"/>
+      <c r="H2" s="31"/>
+      <c r="I2" s="31"/>
+      <c r="J2" s="31"/>
+      <c r="K2" s="31"/>
+      <c r="L2" s="31"/>
+      <c r="M2" s="31"/>
+      <c r="N2" s="31"/>
+      <c r="O2" s="31"/>
+      <c r="P2" s="31"/>
+      <c r="Q2" s="31"/>
+      <c r="R2" s="31"/>
+      <c r="S2" s="31"/>
+      <c r="T2" s="31"/>
+      <c r="U2" s="31"/>
+      <c r="V2" s="31"/>
+      <c r="W2" s="31"/>
+      <c r="X2" s="31"/>
+      <c r="Y2" s="31"/>
+      <c r="Z2" s="31"/>
+      <c r="AA2" s="31"/>
+      <c r="AB2" s="31"/>
+      <c r="AC2" s="31"/>
     </row>
     <row r="3" spans="1:29" x14ac:dyDescent="0.2">
+      <c r="A3" s="17"/>
       <c r="B3" s="33" t="s">
         <v>124</v>
       </c>
-      <c r="C3" s="34" t="s">
-[...2 lines deleted...]
-      <c r="D3" s="35" t="s">
+      <c r="C3" s="31" t="s">
         <v>73</v>
       </c>
-      <c r="E3" s="35"/>
-[...6 lines deleted...]
-      <c r="L3" s="34" t="s">
+      <c r="D3" s="32" t="s">
         <v>74</v>
       </c>
-      <c r="M3" s="34"/>
-[...17 lines deleted...]
-    <row r="4" spans="1:29" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="E3" s="32"/>
+      <c r="F3" s="32"/>
+      <c r="G3" s="32"/>
+      <c r="H3" s="32"/>
+      <c r="I3" s="32"/>
+      <c r="J3" s="32"/>
+      <c r="K3" s="32"/>
+      <c r="L3" s="31" t="s">
+        <v>75</v>
+      </c>
+      <c r="M3" s="31"/>
+      <c r="N3" s="31"/>
+      <c r="O3" s="31"/>
+      <c r="P3" s="31"/>
+      <c r="Q3" s="31"/>
+      <c r="R3" s="31"/>
+      <c r="S3" s="31"/>
+      <c r="T3" s="31"/>
+      <c r="U3" s="31"/>
+      <c r="V3" s="31"/>
+      <c r="W3" s="31"/>
+      <c r="X3" s="31"/>
+      <c r="Y3" s="31"/>
+      <c r="Z3" s="31"/>
+      <c r="AA3" s="31"/>
+      <c r="AB3" s="31"/>
+      <c r="AC3" s="31"/>
+    </row>
+    <row r="4" spans="1:29" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="17"/>
       <c r="B4" s="33"/>
-      <c r="C4" s="34"/>
+      <c r="C4" s="31"/>
       <c r="D4" s="33" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="E4" s="33"/>
       <c r="F4" s="33"/>
       <c r="G4" s="33"/>
       <c r="H4" s="33"/>
       <c r="I4" s="33"/>
       <c r="J4" s="33"/>
       <c r="K4" s="33"/>
-      <c r="L4" s="34" t="s">
-[...9 lines deleted...]
-      <c r="T4" s="34" t="s">
+      <c r="L4" s="31" t="s">
         <v>77</v>
       </c>
-      <c r="U4" s="34"/>
-[...9 lines deleted...]
-    <row r="5" spans="1:29" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="M4" s="31"/>
+      <c r="N4" s="31"/>
+      <c r="O4" s="31"/>
+      <c r="P4" s="31"/>
+      <c r="Q4" s="31"/>
+      <c r="R4" s="31"/>
+      <c r="S4" s="31"/>
+      <c r="T4" s="31" t="s">
+        <v>78</v>
+      </c>
+      <c r="U4" s="31"/>
+      <c r="V4" s="31"/>
+      <c r="W4" s="31"/>
+      <c r="X4" s="31"/>
+      <c r="Y4" s="31"/>
+      <c r="Z4" s="31"/>
+      <c r="AA4" s="31"/>
+      <c r="AB4" s="31"/>
+      <c r="AC4" s="31"/>
+    </row>
+    <row r="5" spans="1:29" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="17"/>
       <c r="B5" s="33"/>
-      <c r="C5" s="34"/>
+      <c r="C5" s="31"/>
       <c r="D5" s="33" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="E5" s="33"/>
       <c r="F5" s="33" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="G5" s="33" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="H5" s="33" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="I5" s="33" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="J5" s="33" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="K5" s="33" t="s">
-        <v>77</v>
-[...9 lines deleted...]
-      <c r="R5" s="34" t="s">
+        <v>78</v>
+      </c>
+      <c r="L5" s="31" t="s">
         <v>85</v>
       </c>
-      <c r="S5" s="34"/>
-[...8 lines deleted...]
-      <c r="Z5" s="34" t="s">
+      <c r="M5" s="31"/>
+      <c r="N5" s="31"/>
+      <c r="O5" s="31"/>
+      <c r="P5" s="31"/>
+      <c r="Q5" s="31"/>
+      <c r="R5" s="31" t="s">
+        <v>86</v>
+      </c>
+      <c r="S5" s="31"/>
+      <c r="T5" s="31" t="s">
         <v>85</v>
       </c>
-      <c r="AA5" s="34"/>
-[...3 lines deleted...]
-    <row r="6" spans="1:29" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="U5" s="31"/>
+      <c r="V5" s="31"/>
+      <c r="W5" s="31"/>
+      <c r="X5" s="31"/>
+      <c r="Y5" s="31"/>
+      <c r="Z5" s="31" t="s">
+        <v>86</v>
+      </c>
+      <c r="AA5" s="31"/>
+      <c r="AB5" s="31"/>
+      <c r="AC5" s="31"/>
+    </row>
+    <row r="6" spans="1:29" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="17"/>
       <c r="B6" s="33"/>
-      <c r="C6" s="34"/>
+      <c r="C6" s="31"/>
       <c r="D6" s="33"/>
       <c r="E6" s="33"/>
       <c r="F6" s="33"/>
       <c r="G6" s="33"/>
       <c r="H6" s="33"/>
       <c r="I6" s="33"/>
       <c r="J6" s="33"/>
       <c r="K6" s="33"/>
       <c r="L6" s="33" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="M6" s="33"/>
       <c r="N6" s="33" t="s">
+        <v>88</v>
+      </c>
+      <c r="O6" s="33"/>
+      <c r="P6" s="31" t="s">
+        <v>89</v>
+      </c>
+      <c r="Q6" s="31"/>
+      <c r="R6" s="31" t="s">
+        <v>90</v>
+      </c>
+      <c r="S6" s="31"/>
+      <c r="T6" s="33" t="s">
         <v>87</v>
-      </c>
-[...10 lines deleted...]
-        <v>86</v>
       </c>
       <c r="U6" s="33"/>
       <c r="V6" s="33" t="s">
+        <v>91</v>
+      </c>
+      <c r="W6" s="33"/>
+      <c r="X6" s="31" t="s">
+        <v>92</v>
+      </c>
+      <c r="Y6" s="31"/>
+      <c r="Z6" s="33" t="s">
         <v>90</v>
-      </c>
-[...6 lines deleted...]
-        <v>89</v>
       </c>
       <c r="AA6" s="33"/>
       <c r="AB6" s="33" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="AC6" s="33"/>
     </row>
     <row r="7" spans="1:29" s="21" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
-      <c r="A7" s="20"/>
+      <c r="A7" s="19"/>
       <c r="B7" s="33"/>
-      <c r="C7" s="34"/>
+      <c r="C7" s="31"/>
       <c r="D7" s="30" t="s">
-        <v>92</v>
-[...1 lines deleted...]
-      <c r="E7" s="31" t="s">
         <v>93</v>
+      </c>
+      <c r="E7" s="30" t="s">
+        <v>94</v>
       </c>
       <c r="F7" s="33"/>
       <c r="G7" s="33"/>
       <c r="H7" s="33"/>
       <c r="I7" s="33"/>
       <c r="J7" s="33"/>
       <c r="K7" s="33"/>
-      <c r="L7" s="5" t="s">
-[...2 lines deleted...]
-      <c r="M7" s="5" t="s">
+      <c r="L7" s="20" t="s">
         <v>95</v>
       </c>
-      <c r="N7" s="5" t="s">
-[...2 lines deleted...]
-      <c r="O7" s="5" t="s">
+      <c r="M7" s="20" t="s">
+        <v>96</v>
+      </c>
+      <c r="N7" s="20" t="s">
         <v>95</v>
       </c>
-      <c r="P7" s="5" t="s">
-[...2 lines deleted...]
-      <c r="Q7" s="5" t="s">
+      <c r="O7" s="20" t="s">
+        <v>96</v>
+      </c>
+      <c r="P7" s="20" t="s">
         <v>95</v>
       </c>
-      <c r="R7" s="5" t="s">
-[...2 lines deleted...]
-      <c r="S7" s="5" t="s">
+      <c r="Q7" s="20" t="s">
+        <v>96</v>
+      </c>
+      <c r="R7" s="20" t="s">
         <v>95</v>
       </c>
-      <c r="T7" s="5" t="s">
-[...2 lines deleted...]
-      <c r="U7" s="5" t="s">
+      <c r="S7" s="20" t="s">
+        <v>96</v>
+      </c>
+      <c r="T7" s="20" t="s">
         <v>95</v>
       </c>
-      <c r="V7" s="5" t="s">
-[...2 lines deleted...]
-      <c r="W7" s="5" t="s">
+      <c r="U7" s="20" t="s">
+        <v>96</v>
+      </c>
+      <c r="V7" s="20" t="s">
         <v>95</v>
       </c>
-      <c r="X7" s="5" t="s">
-[...2 lines deleted...]
-      <c r="Y7" s="5" t="s">
+      <c r="W7" s="20" t="s">
+        <v>96</v>
+      </c>
+      <c r="X7" s="20" t="s">
         <v>95</v>
       </c>
-      <c r="Z7" s="5" t="s">
-[...2 lines deleted...]
-      <c r="AA7" s="5" t="s">
+      <c r="Y7" s="20" t="s">
+        <v>96</v>
+      </c>
+      <c r="Z7" s="20" t="s">
         <v>95</v>
       </c>
-      <c r="AB7" s="5" t="s">
-[...2 lines deleted...]
-      <c r="AC7" s="5" t="s">
+      <c r="AA7" s="20" t="s">
+        <v>96</v>
+      </c>
+      <c r="AB7" s="20" t="s">
         <v>95</v>
       </c>
+      <c r="AC7" s="20" t="s">
+        <v>96</v>
+      </c>
     </row>
     <row r="8" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B8" s="6"/>
-[...1 lines deleted...]
-      <c r="D8" s="30">
+      <c r="A8" s="17"/>
+      <c r="B8" s="16"/>
+      <c r="C8" s="16"/>
+      <c r="D8" s="18">
         <v>1</v>
       </c>
-      <c r="E8" s="30">
+      <c r="E8" s="18">
         <v>2</v>
       </c>
-      <c r="F8" s="30">
+      <c r="F8" s="18">
         <v>3</v>
       </c>
-      <c r="G8" s="30">
+      <c r="G8" s="18">
         <v>4</v>
       </c>
-      <c r="H8" s="30">
+      <c r="H8" s="18">
         <v>5</v>
       </c>
-      <c r="I8" s="30">
+      <c r="I8" s="18">
         <v>6</v>
       </c>
-      <c r="J8" s="30">
+      <c r="J8" s="18">
         <v>7</v>
       </c>
-      <c r="K8" s="30">
+      <c r="K8" s="18">
         <v>8</v>
       </c>
-      <c r="L8" s="30">
+      <c r="L8" s="18">
         <v>9</v>
       </c>
-      <c r="M8" s="30">
+      <c r="M8" s="18">
         <v>10</v>
       </c>
-      <c r="N8" s="30">
+      <c r="N8" s="18">
         <v>11</v>
       </c>
-      <c r="O8" s="30">
+      <c r="O8" s="18">
         <v>12</v>
       </c>
-      <c r="P8" s="30">
+      <c r="P8" s="18">
         <v>13</v>
       </c>
-      <c r="Q8" s="30">
+      <c r="Q8" s="18">
         <v>14</v>
       </c>
-      <c r="R8" s="30">
+      <c r="R8" s="18">
         <v>15</v>
       </c>
-      <c r="S8" s="30">
+      <c r="S8" s="18">
         <v>16</v>
       </c>
-      <c r="T8" s="30">
+      <c r="T8" s="18">
         <v>17</v>
       </c>
-      <c r="U8" s="30">
+      <c r="U8" s="18">
         <v>18</v>
       </c>
-      <c r="V8" s="30">
+      <c r="V8" s="18">
         <v>19</v>
       </c>
-      <c r="W8" s="30">
+      <c r="W8" s="18">
         <v>20</v>
       </c>
-      <c r="X8" s="30">
+      <c r="X8" s="18">
         <v>21</v>
       </c>
-      <c r="Y8" s="30">
+      <c r="Y8" s="18">
         <v>22</v>
       </c>
-      <c r="Z8" s="30">
+      <c r="Z8" s="18">
         <v>23</v>
       </c>
-      <c r="AA8" s="30">
+      <c r="AA8" s="18">
         <v>24</v>
       </c>
-      <c r="AB8" s="30">
+      <c r="AB8" s="18">
         <v>25</v>
       </c>
-      <c r="AC8" s="30">
+      <c r="AC8" s="18">
         <v>26</v>
       </c>
     </row>
     <row r="9" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B9" s="12" t="s">
-[...28 lines deleted...]
-      <c r="AC9" s="8"/>
+      <c r="A9" s="17"/>
+      <c r="B9" s="8" t="s">
+        <v>0</v>
+      </c>
+      <c r="C9" s="8"/>
+      <c r="D9" s="1"/>
+      <c r="E9" s="1"/>
+      <c r="F9" s="2"/>
+      <c r="G9" s="2"/>
+      <c r="H9" s="2"/>
+      <c r="I9" s="2"/>
+      <c r="J9" s="2"/>
+      <c r="K9" s="2"/>
+      <c r="L9" s="2"/>
+      <c r="M9" s="2"/>
+      <c r="N9" s="2"/>
+      <c r="O9" s="2"/>
+      <c r="P9" s="2"/>
+      <c r="Q9" s="2"/>
+      <c r="R9" s="2"/>
+      <c r="S9" s="2"/>
+      <c r="T9" s="2"/>
+      <c r="U9" s="2"/>
+      <c r="V9" s="2"/>
+      <c r="W9" s="2"/>
+      <c r="X9" s="2"/>
+      <c r="Y9" s="2"/>
+      <c r="Z9" s="2"/>
+      <c r="AA9" s="2"/>
+      <c r="AB9" s="2"/>
+      <c r="AC9" s="2"/>
     </row>
     <row r="10" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B10" s="12" t="s">
+      <c r="A10" s="17"/>
+      <c r="B10" s="8" t="s">
         <v>1</v>
       </c>
-      <c r="C10" s="13"/>
-[...25 lines deleted...]
-      <c r="AC10" s="8"/>
+      <c r="C10" s="22"/>
+      <c r="D10" s="1"/>
+      <c r="E10" s="1"/>
+      <c r="F10" s="2"/>
+      <c r="G10" s="2"/>
+      <c r="H10" s="2"/>
+      <c r="I10" s="2"/>
+      <c r="J10" s="2"/>
+      <c r="K10" s="2"/>
+      <c r="L10" s="2"/>
+      <c r="M10" s="2"/>
+      <c r="N10" s="2"/>
+      <c r="O10" s="2"/>
+      <c r="P10" s="2"/>
+      <c r="Q10" s="2"/>
+      <c r="R10" s="2"/>
+      <c r="S10" s="2"/>
+      <c r="T10" s="2"/>
+      <c r="U10" s="2"/>
+      <c r="V10" s="2"/>
+      <c r="W10" s="2"/>
+      <c r="X10" s="2"/>
+      <c r="Y10" s="2"/>
+      <c r="Z10" s="2"/>
+      <c r="AA10" s="2"/>
+      <c r="AB10" s="2"/>
+      <c r="AC10" s="2"/>
     </row>
     <row r="11" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B11" s="27">
+      <c r="A11" s="17"/>
+      <c r="B11" s="13">
         <v>1</v>
       </c>
-      <c r="C11" s="1" t="s">
+      <c r="C11" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="D11" s="2">
+      <c r="D11" s="4">
         <v>8929</v>
       </c>
-      <c r="E11" s="2">
+      <c r="E11" s="4">
         <v>2460</v>
       </c>
-      <c r="F11" s="2">
+      <c r="F11" s="4">
         <v>55323</v>
       </c>
-      <c r="G11" s="2">
+      <c r="G11" s="4">
         <v>41494</v>
       </c>
-      <c r="H11" s="2">
+      <c r="H11" s="4">
         <v>24725</v>
       </c>
-      <c r="I11" s="2">
+      <c r="I11" s="4">
         <v>2782894</v>
       </c>
-      <c r="J11" s="2">
+      <c r="J11" s="4">
         <v>3065047</v>
       </c>
-      <c r="K11" s="2">
+      <c r="K11" s="4">
         <v>88702717</v>
       </c>
-      <c r="L11" s="9">
+      <c r="L11" s="5">
         <v>8125641</v>
       </c>
-      <c r="M11" s="9">
+      <c r="M11" s="5">
         <v>14854749.971999999</v>
       </c>
-      <c r="N11" s="9">
+      <c r="N11" s="5">
         <v>3558398</v>
       </c>
-      <c r="O11" s="9">
+      <c r="O11" s="5">
         <v>18777123.491</v>
       </c>
-      <c r="P11" s="9">
-[...5 lines deleted...]
-      <c r="R11" s="9">
+      <c r="P11" s="5">
+        <v>0</v>
+      </c>
+      <c r="Q11" s="5">
+        <v>0</v>
+      </c>
+      <c r="R11" s="5">
         <v>9861</v>
       </c>
-      <c r="S11" s="9">
+      <c r="S11" s="5">
         <v>51135.9</v>
       </c>
-      <c r="T11" s="9">
+      <c r="T11" s="5">
         <v>2838776</v>
       </c>
-      <c r="U11" s="9">
+      <c r="U11" s="5">
         <v>6625697.8518999843</v>
       </c>
-      <c r="V11" s="9">
+      <c r="V11" s="5">
         <v>281390</v>
       </c>
-      <c r="W11" s="9">
+      <c r="W11" s="5">
         <v>2078816.262739975</v>
       </c>
-      <c r="X11" s="9">
+      <c r="X11" s="5">
         <v>9</v>
       </c>
-      <c r="Y11" s="9">
+      <c r="Y11" s="5">
         <v>19.501000000000001</v>
       </c>
-      <c r="Z11" s="9">
+      <c r="Z11" s="5">
         <v>22439381</v>
       </c>
-      <c r="AA11" s="9">
+      <c r="AA11" s="5">
         <v>111812546.14399999</v>
       </c>
-      <c r="AB11" s="9">
+      <c r="AB11" s="5">
         <v>10</v>
       </c>
-      <c r="AC11" s="9">
+      <c r="AC11" s="5">
         <v>11.2</v>
       </c>
     </row>
     <row r="12" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B12" s="27">
+      <c r="A12" s="17"/>
+      <c r="B12" s="13">
         <v>2</v>
       </c>
-      <c r="C12" s="1" t="s">
+      <c r="C12" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="D12" s="2">
+      <c r="D12" s="4">
         <v>5298</v>
       </c>
-      <c r="E12" s="2">
+      <c r="E12" s="4">
         <v>2505</v>
       </c>
-      <c r="F12" s="2">
+      <c r="F12" s="4">
         <v>18471</v>
       </c>
-      <c r="G12" s="2">
+      <c r="G12" s="4">
         <v>24330</v>
       </c>
-      <c r="H12" s="2">
-[...2 lines deleted...]
-      <c r="I12" s="2">
+      <c r="H12" s="4">
+        <v>0</v>
+      </c>
+      <c r="I12" s="4">
         <v>1322455</v>
       </c>
-      <c r="J12" s="2">
+      <c r="J12" s="4">
         <v>85677</v>
       </c>
-      <c r="K12" s="2">
+      <c r="K12" s="4">
         <v>37382264</v>
       </c>
-      <c r="L12" s="9">
+      <c r="L12" s="5">
         <v>345713</v>
       </c>
-      <c r="M12" s="9">
+      <c r="M12" s="5">
         <v>966657.43609999993</v>
       </c>
-      <c r="N12" s="9">
+      <c r="N12" s="5">
         <v>72967</v>
       </c>
-      <c r="O12" s="9">
+      <c r="O12" s="5">
         <v>336319.60480000003</v>
       </c>
-      <c r="P12" s="9">
-[...5 lines deleted...]
-      <c r="R12" s="9">
+      <c r="P12" s="5">
+        <v>0</v>
+      </c>
+      <c r="Q12" s="5">
+        <v>0</v>
+      </c>
+      <c r="R12" s="5">
         <v>7459</v>
       </c>
-      <c r="S12" s="9">
+      <c r="S12" s="5">
         <v>39166.660520000005</v>
       </c>
-      <c r="T12" s="9">
+      <c r="T12" s="5">
         <v>2219664</v>
       </c>
-      <c r="U12" s="9">
+      <c r="U12" s="5">
         <v>4717811.3848900003</v>
       </c>
-      <c r="V12" s="9">
+      <c r="V12" s="5">
         <v>347293</v>
       </c>
-      <c r="W12" s="9">
+      <c r="W12" s="5">
         <v>828393.56696000008</v>
       </c>
-      <c r="X12" s="9">
-[...5 lines deleted...]
-      <c r="Z12" s="9">
+      <c r="X12" s="5">
+        <v>0</v>
+      </c>
+      <c r="Y12" s="5">
+        <v>0</v>
+      </c>
+      <c r="Z12" s="5">
         <v>15107622</v>
       </c>
-      <c r="AA12" s="9">
+      <c r="AA12" s="5">
         <v>63366444.493000001</v>
       </c>
-      <c r="AB12" s="9">
+      <c r="AB12" s="5">
         <v>2</v>
       </c>
-      <c r="AC12" s="9">
+      <c r="AC12" s="5">
         <v>0.53500000000000003</v>
       </c>
     </row>
-    <row r="13" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B13" s="27">
+    <row r="13" spans="1:29" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="17"/>
+      <c r="B13" s="13">
         <v>3</v>
       </c>
-      <c r="C13" s="1" t="s">
+      <c r="C13" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="D13" s="2">
+      <c r="D13" s="7">
         <v>2304</v>
       </c>
-      <c r="E13" s="2">
+      <c r="E13" s="7">
         <v>247</v>
       </c>
-      <c r="F13" s="2">
+      <c r="F13" s="7">
         <v>159</v>
       </c>
-      <c r="G13" s="2">
+      <c r="G13" s="7">
         <v>6002</v>
       </c>
-      <c r="H13" s="2">
+      <c r="H13" s="7">
         <v>355014</v>
       </c>
-      <c r="I13" s="2">
+      <c r="I13" s="7">
         <v>950883</v>
       </c>
-      <c r="J13" s="2">
+      <c r="J13" s="7">
         <v>6184</v>
       </c>
-      <c r="K13" s="2">
+      <c r="K13" s="7">
         <v>13613866</v>
       </c>
-      <c r="L13" s="9">
+      <c r="L13" s="5">
         <v>12222</v>
       </c>
-      <c r="M13" s="9">
+      <c r="M13" s="5">
         <v>47665.176060000005</v>
       </c>
-      <c r="N13" s="9">
+      <c r="N13" s="5">
         <v>6354</v>
       </c>
-      <c r="O13" s="9">
+      <c r="O13" s="5">
         <v>27666.62229000001</v>
       </c>
-      <c r="P13" s="9">
-[...5 lines deleted...]
-      <c r="R13" s="9">
+      <c r="P13" s="5">
+        <v>0</v>
+      </c>
+      <c r="Q13" s="5">
+        <v>0</v>
+      </c>
+      <c r="R13" s="5">
         <v>135</v>
       </c>
-      <c r="S13" s="9">
+      <c r="S13" s="5">
         <v>585</v>
       </c>
-      <c r="T13" s="9">
+      <c r="T13" s="5">
         <v>975459</v>
       </c>
-      <c r="U13" s="9">
+      <c r="U13" s="5">
         <v>2204377.2847500001</v>
       </c>
-      <c r="V13" s="9">
+      <c r="V13" s="5">
         <v>159536</v>
       </c>
-      <c r="W13" s="9">
+      <c r="W13" s="5">
         <v>455572.05631999997</v>
       </c>
-      <c r="X13" s="9">
+      <c r="X13" s="5">
         <v>6235</v>
       </c>
-      <c r="Y13" s="9">
+      <c r="Y13" s="5">
         <v>65474.663099999998</v>
       </c>
-      <c r="Z13" s="9">
+      <c r="Z13" s="5">
         <v>5903029</v>
       </c>
-      <c r="AA13" s="9">
+      <c r="AA13" s="5">
         <v>28853271.3345</v>
       </c>
-      <c r="AB13" s="9">
-[...2 lines deleted...]
-      <c r="AC13" s="9">
+      <c r="AB13" s="5">
+        <v>0</v>
+      </c>
+      <c r="AC13" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B14" s="27">
+      <c r="A14" s="17"/>
+      <c r="B14" s="13">
         <v>4</v>
       </c>
-      <c r="C14" s="1" t="s">
+      <c r="C14" s="3" t="s">
         <v>5</v>
       </c>
-      <c r="D14" s="2">
+      <c r="D14" s="4">
         <v>7276</v>
       </c>
-      <c r="E14" s="2">
+      <c r="E14" s="4">
         <v>3549</v>
       </c>
-      <c r="F14" s="2">
+      <c r="F14" s="4">
         <v>84600</v>
       </c>
-      <c r="G14" s="2">
+      <c r="G14" s="4">
         <v>10711</v>
       </c>
-      <c r="H14" s="2">
-[...2 lines deleted...]
-      <c r="I14" s="2">
+      <c r="H14" s="4">
+        <v>0</v>
+      </c>
+      <c r="I14" s="4">
         <v>3671498</v>
       </c>
-      <c r="J14" s="2">
+      <c r="J14" s="4">
         <v>1082876</v>
       </c>
-      <c r="K14" s="2">
+      <c r="K14" s="4">
         <v>60944142</v>
       </c>
-      <c r="L14" s="9">
+      <c r="L14" s="5">
         <v>1112800</v>
       </c>
-      <c r="M14" s="9">
+      <c r="M14" s="5">
         <v>4380640.0083599994</v>
       </c>
-      <c r="N14" s="9">
+      <c r="N14" s="5">
         <v>525371</v>
       </c>
-      <c r="O14" s="9">
+      <c r="O14" s="5">
         <v>3097694.3661400001</v>
       </c>
-      <c r="P14" s="9">
-[...5 lines deleted...]
-      <c r="R14" s="9">
+      <c r="P14" s="5">
+        <v>0</v>
+      </c>
+      <c r="Q14" s="5">
+        <v>0</v>
+      </c>
+      <c r="R14" s="5">
         <v>86714</v>
       </c>
-      <c r="S14" s="9">
+      <c r="S14" s="5">
         <v>500715.4</v>
       </c>
-      <c r="T14" s="9">
+      <c r="T14" s="5">
         <v>5284669</v>
       </c>
-      <c r="U14" s="9">
+      <c r="U14" s="5">
         <v>15266455.209410001</v>
       </c>
-      <c r="V14" s="9">
+      <c r="V14" s="5">
         <v>793750</v>
       </c>
-      <c r="W14" s="9">
+      <c r="W14" s="5">
         <v>4227453.2000399996</v>
       </c>
-      <c r="X14" s="9">
+      <c r="X14" s="5">
         <v>4615</v>
       </c>
-      <c r="Y14" s="9">
+      <c r="Y14" s="5">
         <v>87266.709000000003</v>
       </c>
-      <c r="Z14" s="9">
+      <c r="Z14" s="5">
         <v>28819330</v>
       </c>
-      <c r="AA14" s="9">
+      <c r="AA14" s="5">
         <v>142212767.884</v>
       </c>
-      <c r="AB14" s="9">
+      <c r="AB14" s="5">
         <v>4</v>
       </c>
-      <c r="AC14" s="9">
+      <c r="AC14" s="5">
         <v>2.76</v>
       </c>
     </row>
     <row r="15" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B15" s="27">
+      <c r="A15" s="17"/>
+      <c r="B15" s="13">
         <v>5</v>
       </c>
-      <c r="C15" s="1" t="s">
+      <c r="C15" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="D15" s="2">
+      <c r="D15" s="4">
         <v>2930</v>
       </c>
-      <c r="E15" s="2">
+      <c r="E15" s="4">
         <v>1205</v>
       </c>
-      <c r="F15" s="2">
+      <c r="F15" s="4">
         <v>3283</v>
       </c>
-      <c r="G15" s="2">
+      <c r="G15" s="4">
         <v>2666</v>
       </c>
-      <c r="H15" s="2">
+      <c r="H15" s="4">
         <v>38138</v>
       </c>
-      <c r="I15" s="2">
+      <c r="I15" s="4">
         <v>2033444</v>
       </c>
-      <c r="J15" s="2">
-[...2 lines deleted...]
-      <c r="K15" s="2">
+      <c r="J15" s="4">
+        <v>0</v>
+      </c>
+      <c r="K15" s="4">
         <v>29448349</v>
       </c>
-      <c r="L15" s="9">
-[...23 lines deleted...]
-      <c r="T15" s="9">
+      <c r="L15" s="5">
+        <v>0</v>
+      </c>
+      <c r="M15" s="5">
+        <v>0</v>
+      </c>
+      <c r="N15" s="5">
+        <v>0</v>
+      </c>
+      <c r="O15" s="5">
+        <v>0</v>
+      </c>
+      <c r="P15" s="5">
+        <v>0</v>
+      </c>
+      <c r="Q15" s="5">
+        <v>0</v>
+      </c>
+      <c r="R15" s="5">
+        <v>0</v>
+      </c>
+      <c r="S15" s="5">
+        <v>0</v>
+      </c>
+      <c r="T15" s="5">
         <v>1118826</v>
       </c>
-      <c r="U15" s="9">
+      <c r="U15" s="5">
         <v>2978636.4610000001</v>
       </c>
-      <c r="V15" s="9">
+      <c r="V15" s="5">
         <v>171929</v>
       </c>
-      <c r="W15" s="9">
+      <c r="W15" s="5">
         <v>661407.08100000001</v>
       </c>
-      <c r="X15" s="9">
-[...5 lines deleted...]
-      <c r="Z15" s="9">
+      <c r="X15" s="5">
+        <v>0</v>
+      </c>
+      <c r="Y15" s="5">
+        <v>0</v>
+      </c>
+      <c r="Z15" s="5">
         <v>7785914</v>
       </c>
-      <c r="AA15" s="9">
+      <c r="AA15" s="5">
         <v>36717265.667000003</v>
       </c>
-      <c r="AB15" s="9">
+      <c r="AB15" s="5">
         <v>9</v>
       </c>
-      <c r="AC15" s="9">
+      <c r="AC15" s="5">
         <v>83.563999999999993</v>
       </c>
     </row>
     <row r="16" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B16" s="27">
+      <c r="A16" s="17"/>
+      <c r="B16" s="13">
         <v>6</v>
       </c>
-      <c r="C16" s="1" t="s">
+      <c r="C16" s="3" t="s">
         <v>7</v>
       </c>
-      <c r="D16" s="2">
+      <c r="D16" s="4">
         <v>4911</v>
       </c>
-      <c r="E16" s="2">
+      <c r="E16" s="4">
         <v>639</v>
       </c>
-      <c r="F16" s="2">
+      <c r="F16" s="4">
         <v>20199</v>
       </c>
-      <c r="G16" s="2">
+      <c r="G16" s="4">
         <v>15396</v>
       </c>
-      <c r="H16" s="2">
-[...2 lines deleted...]
-      <c r="I16" s="2">
+      <c r="H16" s="4">
+        <v>0</v>
+      </c>
+      <c r="I16" s="4">
         <v>2618589</v>
       </c>
-      <c r="J16" s="2">
+      <c r="J16" s="4">
         <v>275996</v>
       </c>
-      <c r="K16" s="2">
+      <c r="K16" s="4">
         <v>34028772</v>
       </c>
-      <c r="L16" s="9">
+      <c r="L16" s="5">
         <v>192867</v>
       </c>
-      <c r="M16" s="9">
+      <c r="M16" s="5">
         <v>866240.75555999996</v>
       </c>
-      <c r="N16" s="9">
+      <c r="N16" s="5">
         <v>137212</v>
       </c>
-      <c r="O16" s="9">
+      <c r="O16" s="5">
         <v>1005009.621</v>
       </c>
-      <c r="P16" s="9">
-[...5 lines deleted...]
-      <c r="R16" s="9">
+      <c r="P16" s="5">
+        <v>0</v>
+      </c>
+      <c r="Q16" s="5">
+        <v>0</v>
+      </c>
+      <c r="R16" s="5">
         <v>3857</v>
       </c>
-      <c r="S16" s="9">
+      <c r="S16" s="5">
         <v>31289.633000000002</v>
       </c>
-      <c r="T16" s="9">
+      <c r="T16" s="5">
         <v>2756636</v>
       </c>
-      <c r="U16" s="9">
+      <c r="U16" s="5">
         <v>6922972.67466</v>
       </c>
-      <c r="V16" s="9">
+      <c r="V16" s="5">
         <v>431453</v>
       </c>
-      <c r="W16" s="9">
+      <c r="W16" s="5">
         <v>1117931.811</v>
       </c>
-      <c r="X16" s="9">
+      <c r="X16" s="5">
         <v>131</v>
       </c>
-      <c r="Y16" s="9">
+      <c r="Y16" s="5">
         <v>405.56599999999997</v>
       </c>
-      <c r="Z16" s="9">
+      <c r="Z16" s="5">
         <v>18473179</v>
       </c>
-      <c r="AA16" s="9">
+      <c r="AA16" s="5">
         <v>91875955.868389979</v>
       </c>
-      <c r="AB16" s="9">
+      <c r="AB16" s="5">
         <v>6</v>
       </c>
-      <c r="AC16" s="9">
+      <c r="AC16" s="5">
         <v>3.9</v>
       </c>
     </row>
-    <row r="17" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B17" s="27">
+    <row r="17" spans="1:29" x14ac:dyDescent="0.2">
+      <c r="A17" s="17"/>
+      <c r="B17" s="13">
         <v>7</v>
       </c>
-      <c r="C17" s="1" t="s">
+      <c r="C17" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="D17" s="2">
+      <c r="D17" s="4">
         <v>2818</v>
       </c>
-      <c r="E17" s="2">
+      <c r="E17" s="4">
         <v>724</v>
       </c>
-      <c r="F17" s="2">
-[...2 lines deleted...]
-      <c r="G17" s="2">
+      <c r="F17" s="4">
+        <v>0</v>
+      </c>
+      <c r="G17" s="4">
         <v>11318</v>
       </c>
-      <c r="H17" s="2">
-[...2 lines deleted...]
-      <c r="I17" s="2">
+      <c r="H17" s="4">
+        <v>0</v>
+      </c>
+      <c r="I17" s="4">
         <v>496027</v>
       </c>
-      <c r="J17" s="2">
+      <c r="J17" s="4">
         <v>90752</v>
       </c>
-      <c r="K17" s="2">
+      <c r="K17" s="4">
         <v>19738512</v>
       </c>
-      <c r="L17" s="9">
+      <c r="L17" s="5">
         <v>243801</v>
       </c>
-      <c r="M17" s="9">
+      <c r="M17" s="5">
         <v>508239.66982999997</v>
       </c>
-      <c r="N17" s="9">
+      <c r="N17" s="5">
         <v>51266</v>
       </c>
-      <c r="O17" s="9">
+      <c r="O17" s="5">
         <v>160870.08783999999</v>
       </c>
-      <c r="P17" s="9">
-[...5 lines deleted...]
-      <c r="R17" s="9">
+      <c r="P17" s="5">
+        <v>0</v>
+      </c>
+      <c r="Q17" s="5">
+        <v>0</v>
+      </c>
+      <c r="R17" s="5">
         <v>4493</v>
       </c>
-      <c r="S17" s="9">
+      <c r="S17" s="5">
         <v>22459.4</v>
       </c>
-      <c r="T17" s="9">
+      <c r="T17" s="5">
         <v>2176059</v>
       </c>
-      <c r="U17" s="9">
+      <c r="U17" s="5">
         <v>5174284.4909399999</v>
       </c>
-      <c r="V17" s="9">
+      <c r="V17" s="5">
         <v>229669</v>
       </c>
-      <c r="W17" s="9">
+      <c r="W17" s="5">
         <v>667448.13245000003</v>
       </c>
-      <c r="X17" s="9">
-[...5 lines deleted...]
-      <c r="Z17" s="9">
+      <c r="X17" s="5">
+        <v>0</v>
+      </c>
+      <c r="Y17" s="5">
+        <v>0</v>
+      </c>
+      <c r="Z17" s="5">
         <v>11631696</v>
       </c>
-      <c r="AA17" s="9">
+      <c r="AA17" s="5">
         <v>52549691.934430003</v>
       </c>
-      <c r="AB17" s="9">
-[...7 lines deleted...]
-      <c r="B18" s="27">
+      <c r="AB17" s="5">
+        <v>0</v>
+      </c>
+      <c r="AC17" s="5">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:29" x14ac:dyDescent="0.2">
+      <c r="A18" s="17"/>
+      <c r="B18" s="13">
         <v>8</v>
       </c>
-      <c r="C18" s="1" t="s">
+      <c r="C18" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="D18" s="2">
+      <c r="D18" s="4">
         <v>1042</v>
       </c>
-      <c r="E18" s="2">
+      <c r="E18" s="4">
         <v>35</v>
       </c>
-      <c r="F18" s="2">
+      <c r="F18" s="4">
         <v>1098</v>
       </c>
-      <c r="G18" s="2">
+      <c r="G18" s="4">
         <v>1900</v>
       </c>
-      <c r="H18" s="2">
+      <c r="H18" s="4">
         <v>1248</v>
       </c>
-      <c r="I18" s="2">
+      <c r="I18" s="4">
         <v>199295</v>
       </c>
-      <c r="J18" s="2">
-[...2 lines deleted...]
-      <c r="K18" s="2">
+      <c r="J18" s="4">
+        <v>0</v>
+      </c>
+      <c r="K18" s="4">
         <v>3681695</v>
       </c>
-      <c r="L18" s="9">
-[...23 lines deleted...]
-      <c r="T18" s="9">
+      <c r="L18" s="5">
+        <v>0</v>
+      </c>
+      <c r="M18" s="5">
+        <v>0</v>
+      </c>
+      <c r="N18" s="5">
+        <v>0</v>
+      </c>
+      <c r="O18" s="5">
+        <v>0</v>
+      </c>
+      <c r="P18" s="5">
+        <v>0</v>
+      </c>
+      <c r="Q18" s="5">
+        <v>0</v>
+      </c>
+      <c r="R18" s="5">
+        <v>0</v>
+      </c>
+      <c r="S18" s="5">
+        <v>0</v>
+      </c>
+      <c r="T18" s="5">
         <v>62940</v>
       </c>
-      <c r="U18" s="9">
+      <c r="U18" s="5">
         <v>208595.15346999999</v>
       </c>
-      <c r="V18" s="9">
+      <c r="V18" s="5">
         <v>160268</v>
       </c>
-      <c r="W18" s="9">
+      <c r="W18" s="5">
         <v>401569.94806000002</v>
       </c>
-      <c r="X18" s="9">
-[...5 lines deleted...]
-      <c r="Z18" s="9">
+      <c r="X18" s="5">
+        <v>0</v>
+      </c>
+      <c r="Y18" s="5">
+        <v>0</v>
+      </c>
+      <c r="Z18" s="5">
         <v>1138898</v>
       </c>
-      <c r="AA18" s="9">
+      <c r="AA18" s="5">
         <v>5520430</v>
       </c>
-      <c r="AB18" s="9">
-[...7 lines deleted...]
-      <c r="B19" s="27">
+      <c r="AB18" s="5">
+        <v>0</v>
+      </c>
+      <c r="AC18" s="5">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:29" x14ac:dyDescent="0.2">
+      <c r="A19" s="17"/>
+      <c r="B19" s="13">
         <v>9</v>
       </c>
-      <c r="C19" s="1" t="s">
+      <c r="C19" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="D19" s="2">
+      <c r="D19" s="4">
         <v>7318</v>
       </c>
-      <c r="E19" s="2">
+      <c r="E19" s="4">
         <v>3883</v>
       </c>
-      <c r="F19" s="2">
+      <c r="F19" s="4">
         <v>24424</v>
       </c>
-      <c r="G19" s="2">
-[...2 lines deleted...]
-      <c r="H19" s="2">
+      <c r="G19" s="4">
+        <v>0</v>
+      </c>
+      <c r="H19" s="4">
         <v>776798</v>
       </c>
-      <c r="I19" s="2">
+      <c r="I19" s="4">
         <v>1300487</v>
       </c>
-      <c r="J19" s="2">
+      <c r="J19" s="4">
         <v>647793</v>
       </c>
-      <c r="K19" s="2">
+      <c r="K19" s="4">
         <v>41766735</v>
       </c>
-      <c r="L19" s="9">
+      <c r="L19" s="5">
         <v>355319</v>
       </c>
-      <c r="M19" s="9">
+      <c r="M19" s="5">
         <v>1588794.9717699999</v>
       </c>
-      <c r="N19" s="9">
+      <c r="N19" s="5">
         <v>285615</v>
       </c>
-      <c r="O19" s="9">
+      <c r="O19" s="5">
         <v>1697629.75532</v>
       </c>
-      <c r="P19" s="9">
+      <c r="P19" s="5">
         <v>3</v>
       </c>
-      <c r="Q19" s="9">
+      <c r="Q19" s="5">
         <v>154.53801999999999</v>
       </c>
-      <c r="R19" s="9">
+      <c r="R19" s="5">
         <v>6229</v>
       </c>
-      <c r="S19" s="9">
+      <c r="S19" s="5">
         <v>19851.224999999999</v>
       </c>
-      <c r="T19" s="9">
+      <c r="T19" s="5">
         <v>3521003</v>
       </c>
-      <c r="U19" s="9">
+      <c r="U19" s="5">
         <v>9007460.6140100006</v>
       </c>
-      <c r="V19" s="9">
+      <c r="V19" s="5">
         <v>888473</v>
       </c>
-      <c r="W19" s="9">
+      <c r="W19" s="5">
         <v>2476008.6417399999</v>
       </c>
-      <c r="X19" s="9">
-[...5 lines deleted...]
-      <c r="Z19" s="9">
+      <c r="X19" s="5">
+        <v>0</v>
+      </c>
+      <c r="Y19" s="5">
+        <v>0</v>
+      </c>
+      <c r="Z19" s="5">
         <v>22863974</v>
       </c>
-      <c r="AA19" s="9">
+      <c r="AA19" s="5">
         <v>115733899.31388001</v>
       </c>
-      <c r="AB19" s="9">
-[...7 lines deleted...]
-      <c r="B20" s="27">
+      <c r="AB19" s="5">
+        <v>0</v>
+      </c>
+      <c r="AC19" s="5">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:29" x14ac:dyDescent="0.2">
+      <c r="A20" s="17"/>
+      <c r="B20" s="13">
         <v>10</v>
       </c>
-      <c r="C20" s="1" t="s">
+      <c r="C20" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="D20" s="2">
+      <c r="D20" s="4">
         <v>27590</v>
       </c>
-      <c r="E20" s="2">
+      <c r="E20" s="4">
         <v>34240</v>
       </c>
-      <c r="F20" s="2">
+      <c r="F20" s="4">
         <v>1604537</v>
       </c>
-      <c r="G20" s="2">
+      <c r="G20" s="4">
         <v>52081</v>
       </c>
-      <c r="H20" s="2">
+      <c r="H20" s="4">
         <v>1020401</v>
       </c>
-      <c r="I20" s="2">
+      <c r="I20" s="4">
         <v>5576576</v>
       </c>
-      <c r="J20" s="2">
+      <c r="J20" s="4">
         <v>21329125</v>
       </c>
-      <c r="K20" s="2">
+      <c r="K20" s="4">
         <v>245707805</v>
       </c>
-      <c r="L20" s="9">
+      <c r="L20" s="5">
         <v>25791742</v>
       </c>
-      <c r="M20" s="9">
+      <c r="M20" s="5">
         <v>115697824.83768</v>
       </c>
-      <c r="N20" s="9">
+      <c r="N20" s="5">
         <v>61343533</v>
       </c>
-      <c r="O20" s="9">
+      <c r="O20" s="5">
         <v>214934744.19224021</v>
       </c>
-      <c r="P20" s="9">
-[...5 lines deleted...]
-      <c r="R20" s="9">
+      <c r="P20" s="5">
+        <v>0</v>
+      </c>
+      <c r="Q20" s="5">
+        <v>0</v>
+      </c>
+      <c r="R20" s="5">
         <v>122110</v>
       </c>
-      <c r="S20" s="9">
+      <c r="S20" s="5">
         <v>525459.57351000002</v>
       </c>
-      <c r="T20" s="9">
+      <c r="T20" s="5">
         <v>27997635</v>
       </c>
-      <c r="U20" s="9">
+      <c r="U20" s="5">
         <v>72769424.8935</v>
       </c>
-      <c r="V20" s="9">
+      <c r="V20" s="5">
         <v>6409813</v>
       </c>
-      <c r="W20" s="9">
+      <c r="W20" s="5">
         <v>21302913.221500002</v>
       </c>
-      <c r="X20" s="9">
+      <c r="X20" s="5">
         <v>698</v>
       </c>
-      <c r="Y20" s="9">
+      <c r="Y20" s="5">
         <v>9724.1859999999997</v>
       </c>
-      <c r="Z20" s="9">
+      <c r="Z20" s="5">
         <v>150444517</v>
       </c>
-      <c r="AA20" s="9">
+      <c r="AA20" s="5">
         <v>817558266.13699996</v>
       </c>
-      <c r="AB20" s="9">
+      <c r="AB20" s="5">
         <v>9567</v>
       </c>
-      <c r="AC20" s="9">
+      <c r="AC20" s="5">
         <v>8387.2077200000003</v>
       </c>
     </row>
-    <row r="21" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B21" s="27">
+    <row r="21" spans="1:29" x14ac:dyDescent="0.2">
+      <c r="A21" s="17"/>
+      <c r="B21" s="13">
         <v>11</v>
       </c>
-      <c r="C21" s="1" t="s">
+      <c r="C21" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="D21" s="2">
+      <c r="D21" s="4">
         <v>2380</v>
       </c>
-      <c r="E21" s="2">
+      <c r="E21" s="4">
         <v>216</v>
       </c>
-      <c r="F21" s="2">
+      <c r="F21" s="4">
         <v>10707</v>
       </c>
-      <c r="G21" s="2">
+      <c r="G21" s="4">
         <v>3568</v>
       </c>
-      <c r="H21" s="2">
+      <c r="H21" s="4">
         <v>151</v>
       </c>
-      <c r="I21" s="2">
+      <c r="I21" s="4">
         <v>1393401</v>
       </c>
-      <c r="J21" s="2">
-[...2 lines deleted...]
-      <c r="K21" s="2">
+      <c r="J21" s="4">
+        <v>0</v>
+      </c>
+      <c r="K21" s="4">
         <v>13250348</v>
       </c>
-      <c r="L21" s="9">
-[...23 lines deleted...]
-      <c r="T21" s="9">
+      <c r="L21" s="5">
+        <v>0</v>
+      </c>
+      <c r="M21" s="5">
+        <v>0</v>
+      </c>
+      <c r="N21" s="5">
+        <v>0</v>
+      </c>
+      <c r="O21" s="5">
+        <v>0</v>
+      </c>
+      <c r="P21" s="5">
+        <v>0</v>
+      </c>
+      <c r="Q21" s="5">
+        <v>0</v>
+      </c>
+      <c r="R21" s="5">
+        <v>0</v>
+      </c>
+      <c r="S21" s="5">
+        <v>0</v>
+      </c>
+      <c r="T21" s="5">
         <v>796190</v>
       </c>
-      <c r="U21" s="9">
+      <c r="U21" s="5">
         <v>2066694.8061199998</v>
       </c>
-      <c r="V21" s="9">
+      <c r="V21" s="5">
         <v>215080</v>
       </c>
-      <c r="W21" s="9">
+      <c r="W21" s="5">
         <v>612597.52960999997</v>
       </c>
-      <c r="X21" s="9">
+      <c r="X21" s="5">
         <v>878</v>
       </c>
-      <c r="Y21" s="9">
+      <c r="Y21" s="5">
         <v>14726.993170000002</v>
       </c>
-      <c r="Z21" s="9">
+      <c r="Z21" s="5">
         <v>6243411</v>
       </c>
-      <c r="AA21" s="9">
+      <c r="AA21" s="5">
         <v>29867497.204040002</v>
       </c>
-      <c r="AB21" s="9">
+      <c r="AB21" s="5">
         <v>26</v>
       </c>
-      <c r="AC21" s="9">
+      <c r="AC21" s="5">
         <v>19.256</v>
       </c>
     </row>
-    <row r="22" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B22" s="27">
+    <row r="22" spans="1:29" x14ac:dyDescent="0.2">
+      <c r="A22" s="17"/>
+      <c r="B22" s="13">
         <v>12</v>
       </c>
-      <c r="C22" s="1" t="s">
+      <c r="C22" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="D22" s="2">
+      <c r="D22" s="4">
         <v>7699</v>
       </c>
-      <c r="E22" s="2">
+      <c r="E22" s="4">
         <v>1196</v>
       </c>
-      <c r="F22" s="2">
+      <c r="F22" s="4">
         <v>52215</v>
       </c>
-      <c r="G22" s="2">
+      <c r="G22" s="4">
         <v>8095</v>
       </c>
-      <c r="H22" s="2">
+      <c r="H22" s="4">
         <v>364365</v>
       </c>
-      <c r="I22" s="2">
+      <c r="I22" s="4">
         <v>290864</v>
       </c>
-      <c r="J22" s="2">
+      <c r="J22" s="4">
         <v>476297</v>
       </c>
-      <c r="K22" s="2">
+      <c r="K22" s="4">
         <v>56997043</v>
       </c>
-      <c r="L22" s="9">
+      <c r="L22" s="5">
         <v>516303</v>
       </c>
-      <c r="M22" s="9">
+      <c r="M22" s="5">
         <v>2243224.406</v>
       </c>
-      <c r="N22" s="9">
+      <c r="N22" s="5">
         <v>1865614</v>
       </c>
-      <c r="O22" s="9">
+      <c r="O22" s="5">
         <v>3276363.3730000001</v>
       </c>
-      <c r="P22" s="9">
-[...5 lines deleted...]
-      <c r="R22" s="9">
+      <c r="P22" s="5">
+        <v>0</v>
+      </c>
+      <c r="Q22" s="5">
+        <v>0</v>
+      </c>
+      <c r="R22" s="5">
         <v>8731</v>
       </c>
-      <c r="S22" s="9">
+      <c r="S22" s="5">
         <v>38403.057000000001</v>
       </c>
-      <c r="T22" s="9">
+      <c r="T22" s="5">
         <v>3887709</v>
       </c>
-      <c r="U22" s="9">
+      <c r="U22" s="5">
         <v>9142561.5769800004</v>
       </c>
-      <c r="V22" s="9">
+      <c r="V22" s="5">
         <v>1031720</v>
       </c>
-      <c r="W22" s="9">
+      <c r="W22" s="5">
         <v>2685757.2694699997</v>
       </c>
-      <c r="X22" s="9">
+      <c r="X22" s="5">
         <v>2145</v>
       </c>
-      <c r="Y22" s="9">
+      <c r="Y22" s="5">
         <v>8678.3349999999991</v>
       </c>
-      <c r="Z22" s="9">
+      <c r="Z22" s="5">
         <v>41658559</v>
       </c>
-      <c r="AA22" s="9">
+      <c r="AA22" s="5">
         <v>122782493.34100001</v>
       </c>
-      <c r="AB22" s="9">
+      <c r="AB22" s="5">
         <v>14</v>
       </c>
-      <c r="AC22" s="9">
+      <c r="AC22" s="5">
         <v>3.55</v>
       </c>
     </row>
-    <row r="23" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B23" s="12" t="s">
+    <row r="23" spans="1:29" x14ac:dyDescent="0.2">
+      <c r="A23" s="17"/>
+      <c r="B23" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="C23" s="13"/>
-[...28 lines deleted...]
-      <c r="B24" s="27">
+      <c r="C23" s="22"/>
+      <c r="D23" s="1"/>
+      <c r="E23" s="1"/>
+      <c r="F23" s="1"/>
+      <c r="G23" s="1"/>
+      <c r="H23" s="1"/>
+      <c r="I23" s="1"/>
+      <c r="J23" s="1"/>
+      <c r="K23" s="1"/>
+      <c r="L23" s="2"/>
+      <c r="M23" s="2"/>
+      <c r="N23" s="2"/>
+      <c r="O23" s="2"/>
+      <c r="P23" s="2"/>
+      <c r="Q23" s="2"/>
+      <c r="R23" s="2"/>
+      <c r="S23" s="2"/>
+      <c r="T23" s="5"/>
+      <c r="U23" s="5"/>
+      <c r="V23" s="5"/>
+      <c r="W23" s="5"/>
+      <c r="X23" s="5"/>
+      <c r="Y23" s="5"/>
+      <c r="Z23" s="5"/>
+      <c r="AA23" s="5"/>
+      <c r="AB23" s="5"/>
+      <c r="AC23" s="5"/>
+    </row>
+    <row r="24" spans="1:29" x14ac:dyDescent="0.2">
+      <c r="A24" s="17"/>
+      <c r="B24" s="13">
         <v>13</v>
       </c>
-      <c r="C24" s="1" t="s">
+      <c r="C24" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="D24" s="2">
+      <c r="D24" s="4">
         <v>6489</v>
       </c>
-      <c r="E24" s="2">
+      <c r="E24" s="4">
         <v>6786</v>
       </c>
-      <c r="F24" s="2">
+      <c r="F24" s="4">
         <v>2465861</v>
       </c>
-      <c r="G24" s="2">
+      <c r="G24" s="4">
         <v>369</v>
       </c>
-      <c r="H24" s="2">
+      <c r="H24" s="4">
         <v>715788</v>
       </c>
-      <c r="I24" s="2">
+      <c r="I24" s="4">
         <v>110520315</v>
       </c>
-      <c r="J24" s="2">
+      <c r="J24" s="4">
         <v>15317835</v>
       </c>
-      <c r="K24" s="2">
+      <c r="K24" s="4">
         <v>41342554</v>
       </c>
-      <c r="L24" s="9">
+      <c r="L24" s="5">
         <v>43922360</v>
       </c>
-      <c r="M24" s="9">
+      <c r="M24" s="5">
         <v>101737448.03648019</v>
       </c>
-      <c r="N24" s="9">
+      <c r="N24" s="5">
         <v>27810044</v>
       </c>
-      <c r="O24" s="9">
+      <c r="O24" s="5">
         <v>115874348.71221986</v>
       </c>
-      <c r="P24" s="9">
-[...5 lines deleted...]
-      <c r="R24" s="9">
+      <c r="P24" s="5">
+        <v>0</v>
+      </c>
+      <c r="Q24" s="5">
+        <v>0</v>
+      </c>
+      <c r="R24" s="5">
         <v>71332</v>
       </c>
-      <c r="S24" s="9">
+      <c r="S24" s="5">
         <v>379881.93981999997</v>
       </c>
-      <c r="T24" s="9">
+      <c r="T24" s="5">
         <v>3916025</v>
       </c>
-      <c r="U24" s="9">
+      <c r="U24" s="5">
         <v>14234874.578829987</v>
       </c>
-      <c r="V24" s="9">
+      <c r="V24" s="5">
         <v>1745494</v>
       </c>
-      <c r="W24" s="9">
+      <c r="W24" s="5">
         <v>10829054.472010002</v>
       </c>
-      <c r="X24" s="9">
+      <c r="X24" s="5">
         <v>10267</v>
       </c>
-      <c r="Y24" s="9">
+      <c r="Y24" s="5">
         <v>268014.86499999999</v>
       </c>
-      <c r="Z24" s="9">
+      <c r="Z24" s="5">
         <v>15941311</v>
       </c>
-      <c r="AA24" s="9">
+      <c r="AA24" s="5">
         <v>106533477.759</v>
       </c>
-      <c r="AB24" s="9">
-[...7 lines deleted...]
-      <c r="B25" s="27">
+      <c r="AB24" s="5">
+        <v>0</v>
+      </c>
+      <c r="AC24" s="5">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:29" x14ac:dyDescent="0.2">
+      <c r="A25" s="17"/>
+      <c r="B25" s="13">
         <v>14</v>
       </c>
-      <c r="C25" s="1" t="s">
+      <c r="C25" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="D25" s="2">
+      <c r="D25" s="4">
         <v>417</v>
       </c>
-      <c r="E25" s="2">
+      <c r="E25" s="4">
         <v>5</v>
       </c>
-      <c r="F25" s="2">
+      <c r="F25" s="4">
         <v>70470</v>
       </c>
-      <c r="G25" s="2">
-[...2 lines deleted...]
-      <c r="H25" s="2">
+      <c r="G25" s="4">
+        <v>0</v>
+      </c>
+      <c r="H25" s="4">
         <v>36047</v>
       </c>
-      <c r="I25" s="2">
-[...2 lines deleted...]
-      <c r="J25" s="2">
+      <c r="I25" s="4">
+        <v>0</v>
+      </c>
+      <c r="J25" s="4">
         <v>6</v>
       </c>
-      <c r="K25" s="2">
+      <c r="K25" s="4">
         <v>6490790</v>
       </c>
-      <c r="L25" s="9">
-[...23 lines deleted...]
-      <c r="T25" s="9">
+      <c r="L25" s="5">
+        <v>0</v>
+      </c>
+      <c r="M25" s="5">
+        <v>0</v>
+      </c>
+      <c r="N25" s="5">
+        <v>0</v>
+      </c>
+      <c r="O25" s="5">
+        <v>0</v>
+      </c>
+      <c r="P25" s="5">
+        <v>0</v>
+      </c>
+      <c r="Q25" s="5">
+        <v>0</v>
+      </c>
+      <c r="R25" s="5">
+        <v>0</v>
+      </c>
+      <c r="S25" s="5">
+        <v>0</v>
+      </c>
+      <c r="T25" s="5">
         <v>194792</v>
       </c>
-      <c r="U25" s="9">
+      <c r="U25" s="5">
         <v>660853.89159999997</v>
       </c>
-      <c r="V25" s="9">
+      <c r="V25" s="5">
         <v>45401</v>
       </c>
-      <c r="W25" s="9">
+      <c r="W25" s="5">
         <v>224959.20291999998</v>
       </c>
-      <c r="X25" s="9">
-[...5 lines deleted...]
-      <c r="Z25" s="9">
+      <c r="X25" s="5">
+        <v>0</v>
+      </c>
+      <c r="Y25" s="5">
+        <v>0</v>
+      </c>
+      <c r="Z25" s="5">
         <v>2072633</v>
       </c>
-      <c r="AA25" s="9">
+      <c r="AA25" s="5">
         <v>11240459.823999999</v>
       </c>
-      <c r="AB25" s="9">
+      <c r="AB25" s="5">
         <v>4</v>
       </c>
-      <c r="AC25" s="9">
+      <c r="AC25" s="5">
         <v>2.9</v>
       </c>
     </row>
-    <row r="26" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B26" s="27">
+    <row r="26" spans="1:29" x14ac:dyDescent="0.2">
+      <c r="A26" s="17"/>
+      <c r="B26" s="13">
         <v>15</v>
       </c>
-      <c r="C26" s="1" t="s">
+      <c r="C26" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="D26" s="2">
+      <c r="D26" s="4">
         <v>1255</v>
       </c>
-      <c r="E26" s="2">
+      <c r="E26" s="4">
         <v>516</v>
       </c>
-      <c r="F26" s="2">
+      <c r="F26" s="4">
         <v>7346</v>
       </c>
-      <c r="G26" s="2">
+      <c r="G26" s="4">
         <v>69387</v>
       </c>
-      <c r="H26" s="2">
-[...2 lines deleted...]
-      <c r="I26" s="2">
+      <c r="H26" s="4">
+        <v>0</v>
+      </c>
+      <c r="I26" s="4">
         <v>66207</v>
       </c>
-      <c r="J26" s="2">
+      <c r="J26" s="4">
         <v>44326</v>
       </c>
-      <c r="K26" s="2">
+      <c r="K26" s="4">
         <v>3264836</v>
       </c>
-      <c r="L26" s="9">
+      <c r="L26" s="5">
         <v>49415</v>
       </c>
-      <c r="M26" s="9">
+      <c r="M26" s="5">
         <v>210132.78035000261</v>
       </c>
-      <c r="N26" s="9">
+      <c r="N26" s="5">
         <v>23095</v>
       </c>
-      <c r="O26" s="9">
+      <c r="O26" s="5">
         <v>231375.12926000016</v>
       </c>
-      <c r="P26" s="9">
-[...5 lines deleted...]
-      <c r="R26" s="9">
+      <c r="P26" s="5">
+        <v>0</v>
+      </c>
+      <c r="Q26" s="5">
+        <v>0</v>
+      </c>
+      <c r="R26" s="5">
         <v>184</v>
       </c>
-      <c r="S26" s="9">
+      <c r="S26" s="5">
         <v>954.8</v>
       </c>
-      <c r="T26" s="9">
+      <c r="T26" s="5">
         <v>449333</v>
       </c>
-      <c r="U26" s="9">
+      <c r="U26" s="5">
         <v>1336039.8073600002</v>
       </c>
-      <c r="V26" s="9">
+      <c r="V26" s="5">
         <v>41131</v>
       </c>
-      <c r="W26" s="9">
+      <c r="W26" s="5">
         <v>116130.41295</v>
       </c>
-      <c r="X26" s="9">
-[...5 lines deleted...]
-      <c r="Z26" s="9">
+      <c r="X26" s="5">
+        <v>0</v>
+      </c>
+      <c r="Y26" s="5">
+        <v>0</v>
+      </c>
+      <c r="Z26" s="5">
         <v>2254889</v>
       </c>
-      <c r="AA26" s="9">
+      <c r="AA26" s="5">
         <v>13630760.51017</v>
       </c>
-      <c r="AB26" s="9">
-[...7 lines deleted...]
-      <c r="B27" s="27">
+      <c r="AB26" s="5">
+        <v>0</v>
+      </c>
+      <c r="AC26" s="5">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="27" spans="1:29" x14ac:dyDescent="0.2">
+      <c r="A27" s="17"/>
+      <c r="B27" s="13">
         <v>16</v>
       </c>
-      <c r="C27" s="1" t="s">
+      <c r="C27" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="D27" s="2">
+      <c r="D27" s="4">
         <v>772</v>
       </c>
-      <c r="E27" s="2">
+      <c r="E27" s="4">
         <v>38</v>
       </c>
-      <c r="F27" s="2">
-[...5 lines deleted...]
-      <c r="H27" s="2">
+      <c r="F27" s="4">
+        <v>0</v>
+      </c>
+      <c r="G27" s="4">
+        <v>0</v>
+      </c>
+      <c r="H27" s="4">
         <v>18956</v>
       </c>
-      <c r="I27" s="2">
-[...2 lines deleted...]
-      <c r="J27" s="2">
+      <c r="I27" s="4">
+        <v>0</v>
+      </c>
+      <c r="J27" s="4">
         <v>168506</v>
       </c>
-      <c r="K27" s="2">
+      <c r="K27" s="4">
         <v>950728</v>
       </c>
-      <c r="L27" s="9">
+      <c r="L27" s="5">
         <v>249717</v>
       </c>
-      <c r="M27" s="9">
+      <c r="M27" s="5">
         <v>655377.70845999999</v>
       </c>
-      <c r="N27" s="9">
+      <c r="N27" s="5">
         <v>1847842</v>
       </c>
-      <c r="O27" s="9">
+      <c r="O27" s="5">
         <v>1693100.0549299999</v>
       </c>
-      <c r="P27" s="9">
-[...11 lines deleted...]
-      <c r="T27" s="9">
+      <c r="P27" s="5">
+        <v>0</v>
+      </c>
+      <c r="Q27" s="5">
+        <v>0</v>
+      </c>
+      <c r="R27" s="5">
+        <v>0</v>
+      </c>
+      <c r="S27" s="5">
+        <v>0</v>
+      </c>
+      <c r="T27" s="5">
         <v>124314</v>
       </c>
-      <c r="U27" s="9">
+      <c r="U27" s="5">
         <v>337134.06864999997</v>
       </c>
-      <c r="V27" s="9">
+      <c r="V27" s="5">
         <v>8186</v>
       </c>
-      <c r="W27" s="9">
+      <c r="W27" s="5">
         <v>34221.688729999994</v>
       </c>
-      <c r="X27" s="9">
-[...5 lines deleted...]
-      <c r="Z27" s="9">
+      <c r="X27" s="5">
+        <v>0</v>
+      </c>
+      <c r="Y27" s="5">
+        <v>0</v>
+      </c>
+      <c r="Z27" s="5">
         <v>375455</v>
       </c>
-      <c r="AA27" s="9">
+      <c r="AA27" s="5">
         <v>2028403.9</v>
       </c>
-      <c r="AB27" s="9">
-[...7 lines deleted...]
-      <c r="B28" s="27">
+      <c r="AB27" s="5">
+        <v>0</v>
+      </c>
+      <c r="AC27" s="5">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="28" spans="1:29" x14ac:dyDescent="0.2">
+      <c r="A28" s="17"/>
+      <c r="B28" s="13">
         <v>17</v>
       </c>
-      <c r="C28" s="1" t="s">
+      <c r="C28" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="D28" s="2">
+      <c r="D28" s="4">
         <v>436</v>
       </c>
-      <c r="E28" s="2">
+      <c r="E28" s="4">
         <v>5</v>
       </c>
-      <c r="F28" s="2">
-[...11 lines deleted...]
-      <c r="J28" s="2">
+      <c r="F28" s="4">
+        <v>0</v>
+      </c>
+      <c r="G28" s="4">
+        <v>0</v>
+      </c>
+      <c r="H28" s="4">
+        <v>0</v>
+      </c>
+      <c r="I28" s="4">
+        <v>0</v>
+      </c>
+      <c r="J28" s="4">
         <v>813</v>
       </c>
-      <c r="K28" s="2">
+      <c r="K28" s="4">
         <v>1080348</v>
       </c>
-      <c r="L28" s="9">
+      <c r="L28" s="5">
         <v>1463</v>
       </c>
-      <c r="M28" s="9">
+      <c r="M28" s="5">
         <v>7454.43426</v>
       </c>
-      <c r="N28" s="9">
+      <c r="N28" s="5">
         <v>1012</v>
       </c>
-      <c r="O28" s="9">
+      <c r="O28" s="5">
         <v>5929.6467800000091</v>
       </c>
-      <c r="P28" s="9">
-[...5 lines deleted...]
-      <c r="R28" s="9">
+      <c r="P28" s="5">
+        <v>0</v>
+      </c>
+      <c r="Q28" s="5">
+        <v>0</v>
+      </c>
+      <c r="R28" s="5">
         <v>35</v>
       </c>
-      <c r="S28" s="9">
+      <c r="S28" s="5">
         <v>243.6</v>
       </c>
-      <c r="T28" s="9">
+      <c r="T28" s="5">
         <v>75131</v>
       </c>
-      <c r="U28" s="9">
+      <c r="U28" s="5">
         <v>226798.70180000001</v>
       </c>
-      <c r="V28" s="9">
+      <c r="V28" s="5">
         <v>49954</v>
       </c>
-      <c r="W28" s="9">
+      <c r="W28" s="5">
         <v>199824.64327</v>
       </c>
-      <c r="X28" s="9">
+      <c r="X28" s="5">
         <v>181</v>
       </c>
-      <c r="Y28" s="9">
+      <c r="Y28" s="5">
         <v>6161.9430000000002</v>
       </c>
-      <c r="Z28" s="9">
+      <c r="Z28" s="5">
         <v>221305</v>
       </c>
-      <c r="AA28" s="9">
+      <c r="AA28" s="5">
         <v>1445431.7819999999</v>
       </c>
-      <c r="AB28" s="9">
-[...7 lines deleted...]
-      <c r="B29" s="27">
+      <c r="AB28" s="5">
+        <v>0</v>
+      </c>
+      <c r="AC28" s="5">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="29" spans="1:29" x14ac:dyDescent="0.2">
+      <c r="A29" s="17"/>
+      <c r="B29" s="13">
         <v>18</v>
       </c>
-      <c r="C29" s="1" t="s">
+      <c r="C29" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="D29" s="2">
+      <c r="D29" s="4">
         <v>242</v>
       </c>
-      <c r="E29" s="2">
+      <c r="E29" s="4">
         <v>38</v>
       </c>
-      <c r="F29" s="2">
+      <c r="F29" s="4">
         <v>1556</v>
       </c>
-      <c r="G29" s="2">
-[...5 lines deleted...]
-      <c r="I29" s="2">
+      <c r="G29" s="4">
+        <v>0</v>
+      </c>
+      <c r="H29" s="4">
+        <v>0</v>
+      </c>
+      <c r="I29" s="4">
         <v>40423</v>
       </c>
-      <c r="J29" s="2">
+      <c r="J29" s="4">
         <v>14205</v>
       </c>
-      <c r="K29" s="2">
+      <c r="K29" s="4">
         <v>604978</v>
       </c>
-      <c r="L29" s="9">
+      <c r="L29" s="5">
         <v>28502</v>
       </c>
-      <c r="M29" s="9">
+      <c r="M29" s="5">
         <v>74149.260640000008</v>
       </c>
-      <c r="N29" s="9">
+      <c r="N29" s="5">
         <v>7645</v>
       </c>
-      <c r="O29" s="9">
+      <c r="O29" s="5">
         <v>33768.414429999997</v>
       </c>
-      <c r="P29" s="9">
-[...5 lines deleted...]
-      <c r="R29" s="9">
+      <c r="P29" s="5">
+        <v>0</v>
+      </c>
+      <c r="Q29" s="5">
+        <v>0</v>
+      </c>
+      <c r="R29" s="5">
         <v>316</v>
       </c>
-      <c r="S29" s="9">
+      <c r="S29" s="5">
         <v>1025.5</v>
       </c>
-      <c r="T29" s="9">
+      <c r="T29" s="5">
         <v>124332</v>
       </c>
-      <c r="U29" s="9">
+      <c r="U29" s="5">
         <v>282285.79021999991</v>
       </c>
-      <c r="V29" s="9">
+      <c r="V29" s="5">
         <v>4439</v>
       </c>
-      <c r="W29" s="9">
+      <c r="W29" s="5">
         <v>11898.245439999997</v>
       </c>
-      <c r="X29" s="9">
-[...5 lines deleted...]
-      <c r="Z29" s="9">
+      <c r="X29" s="5">
+        <v>0</v>
+      </c>
+      <c r="Y29" s="5">
+        <v>0</v>
+      </c>
+      <c r="Z29" s="5">
         <v>404583</v>
       </c>
-      <c r="AA29" s="9">
+      <c r="AA29" s="5">
         <v>1849876.12213</v>
       </c>
-      <c r="AB29" s="9">
-[...7 lines deleted...]
-      <c r="B30" s="27">
+      <c r="AB29" s="5">
+        <v>0</v>
+      </c>
+      <c r="AC29" s="5">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="30" spans="1:29" x14ac:dyDescent="0.2">
+      <c r="A30" s="17"/>
+      <c r="B30" s="13">
         <v>19</v>
       </c>
-      <c r="C30" s="1" t="s">
+      <c r="C30" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="D30" s="2">
+      <c r="D30" s="4">
         <v>1791</v>
       </c>
-      <c r="E30" s="2">
+      <c r="E30" s="4">
         <v>294</v>
       </c>
-      <c r="F30" s="2">
+      <c r="F30" s="4">
         <v>22434</v>
       </c>
-      <c r="G30" s="2">
-[...5 lines deleted...]
-      <c r="I30" s="2">
+      <c r="G30" s="4">
+        <v>0</v>
+      </c>
+      <c r="H30" s="4">
+        <v>0</v>
+      </c>
+      <c r="I30" s="4">
         <v>6120641</v>
       </c>
-      <c r="J30" s="2">
+      <c r="J30" s="4">
         <v>1505570</v>
       </c>
-      <c r="K30" s="2">
+      <c r="K30" s="4">
         <v>14569675</v>
       </c>
-      <c r="L30" s="9">
+      <c r="L30" s="5">
         <v>3386520</v>
       </c>
-      <c r="M30" s="9">
+      <c r="M30" s="5">
         <v>8508294.9580000006</v>
       </c>
-      <c r="N30" s="9">
+      <c r="N30" s="5">
         <v>1935032</v>
       </c>
-      <c r="O30" s="9">
+      <c r="O30" s="5">
         <v>10872652.31584</v>
       </c>
-      <c r="P30" s="9">
-[...5 lines deleted...]
-      <c r="R30" s="9">
+      <c r="P30" s="5">
+        <v>0</v>
+      </c>
+      <c r="Q30" s="5">
+        <v>0</v>
+      </c>
+      <c r="R30" s="5">
         <v>5601</v>
       </c>
-      <c r="S30" s="9">
+      <c r="S30" s="5">
         <v>27135.224999999999</v>
       </c>
-      <c r="T30" s="9">
+      <c r="T30" s="5">
         <v>2725116</v>
       </c>
-      <c r="U30" s="9">
+      <c r="U30" s="5">
         <v>8547716.1549999993</v>
       </c>
-      <c r="V30" s="9">
+      <c r="V30" s="5">
         <v>1100165</v>
       </c>
-      <c r="W30" s="9">
+      <c r="W30" s="5">
         <v>4496189.5930000003</v>
       </c>
-      <c r="X30" s="9">
+      <c r="X30" s="5">
         <v>3113</v>
       </c>
-      <c r="Y30" s="9">
+      <c r="Y30" s="5">
         <v>43538.305240000002</v>
       </c>
-      <c r="Z30" s="9">
+      <c r="Z30" s="5">
         <v>7150468</v>
       </c>
-      <c r="AA30" s="9">
+      <c r="AA30" s="5">
         <v>38990965.975000001</v>
       </c>
-      <c r="AB30" s="9">
-[...7 lines deleted...]
-      <c r="B31" s="27">
+      <c r="AB30" s="5">
+        <v>0</v>
+      </c>
+      <c r="AC30" s="5">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="31" spans="1:29" x14ac:dyDescent="0.2">
+      <c r="A31" s="17"/>
+      <c r="B31" s="13">
         <v>20</v>
       </c>
-      <c r="C31" s="1" t="s">
+      <c r="C31" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="D31" s="2">
+      <c r="D31" s="4">
         <v>12878</v>
       </c>
-      <c r="E31" s="2">
+      <c r="E31" s="4">
         <v>8517</v>
       </c>
-      <c r="F31" s="2">
+      <c r="F31" s="4">
         <v>1695572</v>
       </c>
-      <c r="G31" s="2">
+      <c r="G31" s="4">
         <v>2026</v>
       </c>
-      <c r="H31" s="2">
+      <c r="H31" s="4">
         <v>2231704</v>
       </c>
-      <c r="I31" s="2">
+      <c r="I31" s="4">
         <v>945987</v>
       </c>
-      <c r="J31" s="2">
+      <c r="J31" s="4">
         <v>25026293</v>
       </c>
-      <c r="K31" s="2">
+      <c r="K31" s="4">
         <v>61135406</v>
       </c>
-      <c r="L31" s="9">
+      <c r="L31" s="5">
         <v>93489590</v>
       </c>
-      <c r="M31" s="9">
+      <c r="M31" s="5">
         <v>215721466.73515999</v>
       </c>
-      <c r="N31" s="9">
+      <c r="N31" s="5">
         <v>38971855</v>
       </c>
-      <c r="O31" s="9">
+      <c r="O31" s="5">
         <v>323009012.28500998</v>
       </c>
-      <c r="P31" s="9">
-[...5 lines deleted...]
-      <c r="R31" s="9">
+      <c r="P31" s="5">
+        <v>0</v>
+      </c>
+      <c r="Q31" s="5">
+        <v>0</v>
+      </c>
+      <c r="R31" s="5">
         <v>158775</v>
       </c>
-      <c r="S31" s="9">
+      <c r="S31" s="5">
         <v>1069607.19835</v>
       </c>
-      <c r="T31" s="9">
+      <c r="T31" s="5">
         <v>8536880</v>
       </c>
-      <c r="U31" s="9">
+      <c r="U31" s="5">
         <v>34907802.374880008</v>
       </c>
-      <c r="V31" s="9">
+      <c r="V31" s="5">
         <v>6043921</v>
       </c>
-      <c r="W31" s="9">
+      <c r="W31" s="5">
         <v>34282737.613389999</v>
       </c>
-      <c r="X31" s="9">
+      <c r="X31" s="5">
         <v>43368</v>
       </c>
-      <c r="Y31" s="9">
+      <c r="Y31" s="5">
         <v>782203.50588000007</v>
       </c>
-      <c r="Z31" s="9">
+      <c r="Z31" s="5">
         <v>31838734</v>
       </c>
-      <c r="AA31" s="9">
+      <c r="AA31" s="5">
         <v>221614970.00600001</v>
       </c>
-      <c r="AB31" s="9">
+      <c r="AB31" s="5">
         <v>21</v>
       </c>
-      <c r="AC31" s="9">
+      <c r="AC31" s="5">
         <v>16.510000000000002</v>
       </c>
     </row>
-    <row r="32" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B32" s="27">
+    <row r="32" spans="1:29" x14ac:dyDescent="0.2">
+      <c r="A32" s="17"/>
+      <c r="B32" s="13">
         <v>21</v>
       </c>
-      <c r="C32" s="1" t="s">
+      <c r="C32" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="D32" s="2">
+      <c r="D32" s="4">
         <v>8953</v>
       </c>
-      <c r="E32" s="2">
+      <c r="E32" s="4">
         <v>2892</v>
       </c>
-      <c r="F32" s="2">
+      <c r="F32" s="4">
         <v>2212426</v>
       </c>
-      <c r="G32" s="2">
+      <c r="G32" s="4">
         <v>6235</v>
       </c>
-      <c r="H32" s="2">
+      <c r="H32" s="4">
         <v>604512</v>
       </c>
-      <c r="I32" s="2">
+      <c r="I32" s="4">
         <v>3838389</v>
       </c>
-      <c r="J32" s="2">
+      <c r="J32" s="4">
         <v>18179261</v>
       </c>
-      <c r="K32" s="2">
+      <c r="K32" s="4">
         <v>31489809</v>
       </c>
-      <c r="L32" s="9">
+      <c r="L32" s="5">
         <v>18341341</v>
       </c>
-      <c r="M32" s="9">
+      <c r="M32" s="5">
         <v>100997902.24835971</v>
       </c>
-      <c r="N32" s="9">
+      <c r="N32" s="5">
         <v>68446324</v>
       </c>
-      <c r="O32" s="9">
+      <c r="O32" s="5">
         <v>243926495.09095749</v>
       </c>
-      <c r="P32" s="9">
+      <c r="P32" s="5">
         <v>41</v>
       </c>
-      <c r="Q32" s="9">
+      <c r="Q32" s="5">
         <v>2586.3850000000002</v>
       </c>
-      <c r="R32" s="9">
+      <c r="R32" s="5">
         <v>54104</v>
       </c>
-      <c r="S32" s="9">
+      <c r="S32" s="5">
         <v>280295.592</v>
       </c>
-      <c r="T32" s="9">
+      <c r="T32" s="5">
         <v>4795610</v>
       </c>
-      <c r="U32" s="9">
+      <c r="U32" s="5">
         <v>22293209.988980133</v>
       </c>
-      <c r="V32" s="9">
+      <c r="V32" s="5">
         <v>3056417</v>
       </c>
-      <c r="W32" s="9">
+      <c r="W32" s="5">
         <v>20230195.773160003</v>
       </c>
-      <c r="X32" s="9">
+      <c r="X32" s="5">
         <v>3735</v>
       </c>
-      <c r="Y32" s="9">
+      <c r="Y32" s="5">
         <v>84315.296000000002</v>
       </c>
-      <c r="Z32" s="9">
+      <c r="Z32" s="5">
         <v>13233821</v>
       </c>
-      <c r="AA32" s="9">
+      <c r="AA32" s="5">
         <v>100316469.318</v>
       </c>
-      <c r="AB32" s="9">
-[...7 lines deleted...]
-      <c r="B33" s="27">
+      <c r="AB32" s="5">
+        <v>0</v>
+      </c>
+      <c r="AC32" s="5">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="33" spans="1:29" x14ac:dyDescent="0.2">
+      <c r="A33" s="17"/>
+      <c r="B33" s="13">
         <v>22</v>
       </c>
-      <c r="C33" s="1" t="s">
+      <c r="C33" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="D33" s="2">
+      <c r="D33" s="4">
         <v>2327</v>
       </c>
-      <c r="E33" s="2">
+      <c r="E33" s="4">
         <v>653</v>
       </c>
-      <c r="F33" s="2">
+      <c r="F33" s="4">
         <v>13733</v>
       </c>
-      <c r="G33" s="2">
+      <c r="G33" s="4">
         <v>1377</v>
       </c>
-      <c r="H33" s="2">
-[...2 lines deleted...]
-      <c r="I33" s="2">
+      <c r="H33" s="4">
+        <v>0</v>
+      </c>
+      <c r="I33" s="4">
         <v>397226</v>
       </c>
-      <c r="J33" s="2">
+      <c r="J33" s="4">
         <v>45055</v>
       </c>
-      <c r="K33" s="2">
+      <c r="K33" s="4">
         <v>12017339</v>
       </c>
-      <c r="L33" s="9">
+      <c r="L33" s="5">
         <v>78769</v>
       </c>
-      <c r="M33" s="9">
+      <c r="M33" s="5">
         <v>351889.23930000002</v>
       </c>
-      <c r="N33" s="9">
+      <c r="N33" s="5">
         <v>72074</v>
       </c>
-      <c r="O33" s="9">
+      <c r="O33" s="5">
         <v>312244.18410000001</v>
       </c>
-      <c r="P33" s="9">
-[...5 lines deleted...]
-      <c r="R33" s="9">
+      <c r="P33" s="5">
+        <v>0</v>
+      </c>
+      <c r="Q33" s="5">
+        <v>0</v>
+      </c>
+      <c r="R33" s="5">
         <v>528</v>
       </c>
-      <c r="S33" s="9">
+      <c r="S33" s="5">
         <v>3268.13996</v>
       </c>
-      <c r="T33" s="9">
+      <c r="T33" s="5">
         <v>962905</v>
       </c>
-      <c r="U33" s="9">
+      <c r="U33" s="5">
         <v>2332988.6221400248</v>
       </c>
-      <c r="V33" s="9">
+      <c r="V33" s="5">
         <v>185102</v>
       </c>
-      <c r="W33" s="9">
+      <c r="W33" s="5">
         <v>566735.49849000457</v>
       </c>
-      <c r="X33" s="9">
-[...5 lines deleted...]
-      <c r="Z33" s="9">
+      <c r="X33" s="5">
+        <v>0</v>
+      </c>
+      <c r="Y33" s="5">
+        <v>0</v>
+      </c>
+      <c r="Z33" s="5">
         <v>4505419</v>
       </c>
-      <c r="AA33" s="9">
+      <c r="AA33" s="5">
         <v>23598995.93</v>
       </c>
-      <c r="AB33" s="9">
+      <c r="AB33" s="5">
         <v>115</v>
       </c>
-      <c r="AC33" s="9">
+      <c r="AC33" s="5">
         <v>37.749000000000002</v>
       </c>
     </row>
-    <row r="34" spans="2:29" x14ac:dyDescent="0.2">
-      <c r="B34" s="27">
+    <row r="34" spans="1:29" x14ac:dyDescent="0.2">
+      <c r="A34" s="17"/>
+      <c r="B34" s="13">
         <v>23</v>
       </c>
-      <c r="C34" s="1" t="s">
+      <c r="C34" s="3" t="s">
         <v>25</v>
       </c>
-      <c r="D34" s="2">
+      <c r="D34" s="4">
         <v>751</v>
       </c>
-      <c r="E34" s="2">
+      <c r="E34" s="4">
         <v>226</v>
       </c>
-      <c r="F34" s="2">
+      <c r="F34" s="4">
         <v>39265</v>
       </c>
-      <c r="G34" s="2">
+      <c r="G34" s="4">
         <v>7276</v>
       </c>
-      <c r="H34" s="2">
-[...2 lines deleted...]
-      <c r="I34" s="2">
+      <c r="H34" s="4">
+        <v>0</v>
+      </c>
+      <c r="I34" s="4">
         <v>192118</v>
       </c>
-      <c r="J34" s="2">
+      <c r="J34" s="4">
         <v>3957195</v>
       </c>
-      <c r="K34" s="2">
+      <c r="K34" s="4">
         <v>6859090</v>
       </c>
-      <c r="L34" s="9">
+      <c r="L34" s="5">
         <v>14359217</v>
       </c>
-      <c r="M34" s="9">
+      <c r="M34" s="5">
         <v>23488394.778000001</v>
       </c>
-      <c r="N34" s="9">
+      <c r="N34" s="5">
         <v>2758101</v>
       </c>
-      <c r="O34" s="9">
+      <c r="O34" s="5">
         <v>19177476.772</v>
       </c>
-      <c r="P34" s="9">
-[...5 lines deleted...]
-      <c r="R34" s="9">
+      <c r="P34" s="5">
+        <v>0</v>
+      </c>
+      <c r="Q34" s="5">
+        <v>0</v>
+      </c>
+      <c r="R34" s="5">
         <v>22250</v>
       </c>
-      <c r="S34" s="9">
+      <c r="S34" s="5">
         <v>115001.4</v>
       </c>
-      <c r="T34" s="9">
+      <c r="T34" s="5">
         <v>614835</v>
       </c>
-      <c r="U34" s="9">
+      <c r="U34" s="5">
         <v>2400332.1778600002</v>
       </c>
-      <c r="V34" s="9">
+      <c r="V34" s="5">
         <v>325309</v>
       </c>
-      <c r="W34" s="9">
+      <c r="W34" s="5">
         <v>4110802.8581399997</v>
       </c>
-      <c r="X34" s="9">
-[...5 lines deleted...]
-      <c r="Z34" s="9">
+      <c r="X34" s="5">
+        <v>0</v>
+      </c>
+      <c r="Y34" s="5">
+        <v>0</v>
+      </c>
+      <c r="Z34" s="5">
         <v>3047757</v>
       </c>
-      <c r="AA34" s="9">
+      <c r="AA34" s="5">
         <v>17559698.583000001</v>
       </c>
-      <c r="AB34" s="9">
-[...7 lines deleted...]
-      <c r="B35" s="27">
+      <c r="AB34" s="5">
+        <v>0</v>
+      </c>
+      <c r="AC34" s="5">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="35" spans="1:29" x14ac:dyDescent="0.2">
+      <c r="A35" s="17"/>
+      <c r="B35" s="13">
         <v>24</v>
       </c>
-      <c r="C35" s="1" t="s">
+      <c r="C35" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="D35" s="2">
+      <c r="D35" s="4">
         <v>2050</v>
       </c>
-      <c r="E35" s="2">
+      <c r="E35" s="4">
         <v>1006</v>
       </c>
-      <c r="F35" s="2">
+      <c r="F35" s="4">
         <v>198055</v>
       </c>
-      <c r="G35" s="2">
-[...2 lines deleted...]
-      <c r="H35" s="2">
+      <c r="G35" s="4">
+        <v>0</v>
+      </c>
+      <c r="H35" s="4">
         <v>12242</v>
       </c>
-      <c r="I35" s="2">
+      <c r="I35" s="4">
         <v>7857211</v>
       </c>
-      <c r="J35" s="2">
+      <c r="J35" s="4">
         <v>3186869</v>
       </c>
-      <c r="K35" s="2">
+      <c r="K35" s="4">
         <v>11269018</v>
       </c>
-      <c r="L35" s="9">
+      <c r="L35" s="5">
         <v>4003192</v>
       </c>
-      <c r="M35" s="9">
+      <c r="M35" s="5">
         <v>31721807.243000001</v>
       </c>
-      <c r="N35" s="9">
+      <c r="N35" s="5">
         <v>9320709</v>
       </c>
-      <c r="O35" s="9">
+      <c r="O35" s="5">
         <v>62010298.527000003</v>
       </c>
-      <c r="P35" s="9">
-[...5 lines deleted...]
-      <c r="R35" s="9">
+      <c r="P35" s="5">
+        <v>0</v>
+      </c>
+      <c r="Q35" s="5">
+        <v>0</v>
+      </c>
+      <c r="R35" s="5">
         <v>20692</v>
       </c>
-      <c r="S35" s="9">
+      <c r="S35" s="5">
         <v>112743.91</v>
       </c>
-      <c r="T35" s="9">
+      <c r="T35" s="5">
         <v>576702</v>
       </c>
-      <c r="U35" s="9">
+      <c r="U35" s="5">
         <v>1787084.713</v>
       </c>
-      <c r="V35" s="9">
+      <c r="V35" s="5">
         <v>455640</v>
       </c>
-      <c r="W35" s="9">
+      <c r="W35" s="5">
         <v>2272992.9589999998</v>
       </c>
-      <c r="X35" s="9">
+      <c r="X35" s="5">
         <v>854</v>
       </c>
-      <c r="Y35" s="9">
+      <c r="Y35" s="5">
         <v>63607.76139</v>
       </c>
-      <c r="Z35" s="9">
+      <c r="Z35" s="5">
         <v>3626807</v>
       </c>
-      <c r="AA35" s="9">
+      <c r="AA35" s="5">
         <v>20565646.891576</v>
       </c>
-      <c r="AB35" s="9">
-[...7 lines deleted...]
-      <c r="B36" s="27">
+      <c r="AB35" s="5">
+        <v>0</v>
+      </c>
+      <c r="AC35" s="5">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="36" spans="1:29" x14ac:dyDescent="0.2">
+      <c r="A36" s="17"/>
+      <c r="B36" s="13">
         <v>25</v>
       </c>
-      <c r="C36" s="1" t="s">
+      <c r="C36" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="D36" s="2">
+      <c r="D36" s="4">
         <v>951</v>
       </c>
-      <c r="E36" s="2">
+      <c r="E36" s="4">
         <v>635</v>
       </c>
-      <c r="F36" s="2">
+      <c r="F36" s="4">
         <v>14137</v>
       </c>
-      <c r="G36" s="2">
+      <c r="G36" s="4">
         <v>1336</v>
       </c>
-      <c r="H36" s="2">
-[...2 lines deleted...]
-      <c r="I36" s="2">
+      <c r="H36" s="4">
+        <v>0</v>
+      </c>
+      <c r="I36" s="4">
         <v>639532</v>
       </c>
-      <c r="J36" s="2">
+      <c r="J36" s="4">
         <v>135877</v>
       </c>
-      <c r="K36" s="2">
+      <c r="K36" s="4">
         <v>5034937</v>
       </c>
-      <c r="L36" s="9">
+      <c r="L36" s="5">
         <v>181497</v>
       </c>
-      <c r="M36" s="9">
+      <c r="M36" s="5">
         <v>1640633.9345900002</v>
       </c>
-      <c r="N36" s="9">
+      <c r="N36" s="5">
         <v>100284</v>
       </c>
-      <c r="O36" s="9">
+      <c r="O36" s="5">
         <v>429857.81733000005</v>
       </c>
-      <c r="P36" s="9">
-[...5 lines deleted...]
-      <c r="R36" s="9">
+      <c r="P36" s="5">
+        <v>0</v>
+      </c>
+      <c r="Q36" s="5">
+        <v>0</v>
+      </c>
+      <c r="R36" s="5">
         <v>11281</v>
       </c>
-      <c r="S36" s="9">
+      <c r="S36" s="5">
         <v>49982.71185</v>
       </c>
-      <c r="T36" s="9">
+      <c r="T36" s="5">
         <v>635656</v>
       </c>
-      <c r="U36" s="9">
+      <c r="U36" s="5">
         <v>1535389.6720699999</v>
       </c>
-      <c r="V36" s="9">
+      <c r="V36" s="5">
         <v>570451</v>
       </c>
-      <c r="W36" s="9">
+      <c r="W36" s="5">
         <v>545709.06228999991</v>
       </c>
-      <c r="X36" s="9">
-[...5 lines deleted...]
-      <c r="Z36" s="9">
+      <c r="X36" s="5">
+        <v>0</v>
+      </c>
+      <c r="Y36" s="5">
+        <v>0</v>
+      </c>
+      <c r="Z36" s="5">
         <v>4641231</v>
       </c>
-      <c r="AA36" s="9">
+      <c r="AA36" s="5">
         <v>24710625.403000001</v>
       </c>
-      <c r="AB36" s="9">
-[...7 lines deleted...]
-      <c r="B37" s="27">
+      <c r="AB36" s="5">
+        <v>0</v>
+      </c>
+      <c r="AC36" s="5">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="37" spans="1:29" x14ac:dyDescent="0.2">
+      <c r="A37" s="17"/>
+      <c r="B37" s="13">
         <v>26</v>
       </c>
-      <c r="C37" s="1" t="s">
+      <c r="C37" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="D37" s="2">
+      <c r="D37" s="4">
         <v>955</v>
       </c>
-      <c r="E37" s="2">
+      <c r="E37" s="4">
         <v>538</v>
       </c>
-      <c r="F37" s="2">
+      <c r="F37" s="4">
         <v>9622</v>
       </c>
-      <c r="G37" s="2">
-[...5 lines deleted...]
-      <c r="I37" s="2">
+      <c r="G37" s="4">
+        <v>0</v>
+      </c>
+      <c r="H37" s="4">
+        <v>0</v>
+      </c>
+      <c r="I37" s="4">
         <v>135257</v>
       </c>
-      <c r="J37" s="2">
-[...2 lines deleted...]
-      <c r="K37" s="2">
+      <c r="J37" s="4">
+        <v>0</v>
+      </c>
+      <c r="K37" s="4">
         <v>5655829</v>
       </c>
-      <c r="L37" s="9">
-[...23 lines deleted...]
-      <c r="T37" s="9">
+      <c r="L37" s="5">
+        <v>0</v>
+      </c>
+      <c r="M37" s="5">
+        <v>0</v>
+      </c>
+      <c r="N37" s="5">
+        <v>0</v>
+      </c>
+      <c r="O37" s="5">
+        <v>0</v>
+      </c>
+      <c r="P37" s="5">
+        <v>0</v>
+      </c>
+      <c r="Q37" s="5">
+        <v>0</v>
+      </c>
+      <c r="R37" s="5">
+        <v>0</v>
+      </c>
+      <c r="S37" s="5">
+        <v>0</v>
+      </c>
+      <c r="T37" s="5">
         <v>633520</v>
       </c>
-      <c r="U37" s="9">
+      <c r="U37" s="5">
         <v>1322329.53507</v>
       </c>
-      <c r="V37" s="9">
+      <c r="V37" s="5">
         <v>44415</v>
       </c>
-      <c r="W37" s="9">
+      <c r="W37" s="5">
         <v>147804.07678</v>
       </c>
-      <c r="X37" s="9">
-[...5 lines deleted...]
-      <c r="Z37" s="9">
+      <c r="X37" s="5">
+        <v>0</v>
+      </c>
+      <c r="Y37" s="5">
+        <v>0</v>
+      </c>
+      <c r="Z37" s="5">
         <v>3393727</v>
       </c>
-      <c r="AA37" s="9">
+      <c r="AA37" s="5">
         <v>16825628.592</v>
       </c>
-      <c r="AB37" s="9">
-[...7 lines deleted...]
-      <c r="B38" s="27">
+      <c r="AB37" s="5">
+        <v>0</v>
+      </c>
+      <c r="AC37" s="5">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="38" spans="1:29" x14ac:dyDescent="0.2">
+      <c r="A38" s="17"/>
+      <c r="B38" s="13">
         <v>27</v>
       </c>
-      <c r="C38" s="1" t="s">
+      <c r="C38" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="D38" s="2">
+      <c r="D38" s="4">
         <v>1546</v>
       </c>
-      <c r="E38" s="2">
+      <c r="E38" s="4">
         <v>669</v>
       </c>
-      <c r="F38" s="2">
+      <c r="F38" s="4">
         <v>979</v>
       </c>
-      <c r="G38" s="2">
-[...5 lines deleted...]
-      <c r="I38" s="2">
+      <c r="G38" s="4">
+        <v>0</v>
+      </c>
+      <c r="H38" s="4">
+        <v>0</v>
+      </c>
+      <c r="I38" s="4">
         <v>46192</v>
       </c>
-      <c r="J38" s="2">
+      <c r="J38" s="4">
         <v>10084</v>
       </c>
-      <c r="K38" s="2">
+      <c r="K38" s="4">
         <v>5533197</v>
       </c>
-      <c r="L38" s="9">
+      <c r="L38" s="5">
         <v>23328</v>
       </c>
-      <c r="M38" s="9">
+      <c r="M38" s="5">
         <v>164285.29900999999</v>
       </c>
-      <c r="N38" s="9">
+      <c r="N38" s="5">
         <v>8546</v>
       </c>
-      <c r="O38" s="9">
+      <c r="O38" s="5">
         <v>130143.62018</v>
       </c>
-      <c r="P38" s="9">
-[...5 lines deleted...]
-      <c r="R38" s="9">
+      <c r="P38" s="5">
+        <v>0</v>
+      </c>
+      <c r="Q38" s="5">
+        <v>0</v>
+      </c>
+      <c r="R38" s="5">
         <v>373</v>
       </c>
-      <c r="S38" s="9">
+      <c r="S38" s="5">
         <v>2841.7</v>
       </c>
-      <c r="T38" s="9">
+      <c r="T38" s="5">
         <v>823729</v>
       </c>
-      <c r="U38" s="9">
+      <c r="U38" s="5">
         <v>2212378.8557799999</v>
       </c>
-      <c r="V38" s="9">
+      <c r="V38" s="5">
         <v>122868</v>
       </c>
-      <c r="W38" s="9">
+      <c r="W38" s="5">
         <v>532801.04685999907</v>
       </c>
-      <c r="X38" s="9">
-[...5 lines deleted...]
-      <c r="Z38" s="9">
+      <c r="X38" s="5">
+        <v>0</v>
+      </c>
+      <c r="Y38" s="5">
+        <v>0</v>
+      </c>
+      <c r="Z38" s="5">
         <v>3736358</v>
       </c>
-      <c r="AA38" s="9">
+      <c r="AA38" s="5">
         <v>19596372.159340002</v>
       </c>
-      <c r="AB38" s="9">
-[...7 lines deleted...]
-      <c r="B39" s="27">
+      <c r="AB38" s="5">
+        <v>0</v>
+      </c>
+      <c r="AC38" s="5">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="39" spans="1:29" x14ac:dyDescent="0.2">
+      <c r="A39" s="17"/>
+      <c r="B39" s="13">
         <v>28</v>
       </c>
-      <c r="C39" s="1" t="s">
+      <c r="C39" s="3" t="s">
         <v>30</v>
       </c>
-      <c r="D39" s="2">
+      <c r="D39" s="4">
         <v>1986</v>
       </c>
-      <c r="E39" s="2">
+      <c r="E39" s="4">
         <v>804</v>
       </c>
-      <c r="F39" s="2">
+      <c r="F39" s="4">
         <v>78269</v>
       </c>
-      <c r="G39" s="2">
-[...2 lines deleted...]
-      <c r="H39" s="2">
+      <c r="G39" s="4">
+        <v>0</v>
+      </c>
+      <c r="H39" s="4">
         <v>158977</v>
       </c>
-      <c r="I39" s="2">
+      <c r="I39" s="4">
         <v>728611</v>
       </c>
-      <c r="J39" s="2">
+      <c r="J39" s="4">
         <v>4588479</v>
       </c>
-      <c r="K39" s="2">
+      <c r="K39" s="4">
         <v>36523624</v>
       </c>
-      <c r="L39" s="9">
+      <c r="L39" s="5">
         <v>12843404</v>
       </c>
-      <c r="M39" s="9">
+      <c r="M39" s="5">
         <v>24413025.226270001</v>
       </c>
-      <c r="N39" s="9">
+      <c r="N39" s="5">
         <v>4105661</v>
       </c>
-      <c r="O39" s="9">
+      <c r="O39" s="5">
         <v>31902094.682999998</v>
       </c>
-      <c r="P39" s="9">
-[...5 lines deleted...]
-      <c r="R39" s="9">
+      <c r="P39" s="5">
+        <v>0</v>
+      </c>
+      <c r="Q39" s="5">
+        <v>0</v>
+      </c>
+      <c r="R39" s="5">
         <v>23439</v>
       </c>
-      <c r="S39" s="9">
+      <c r="S39" s="5">
         <v>119183.79724000001</v>
       </c>
-      <c r="T39" s="9">
+      <c r="T39" s="5">
         <v>1695960</v>
       </c>
-      <c r="U39" s="9">
+      <c r="U39" s="5">
         <v>4604691.1629999997</v>
       </c>
-      <c r="V39" s="9">
+      <c r="V39" s="5">
         <v>1559755</v>
       </c>
-      <c r="W39" s="9">
+      <c r="W39" s="5">
         <v>5193225.3949999996</v>
       </c>
-      <c r="X39" s="9">
-[...5 lines deleted...]
-      <c r="Z39" s="9">
+      <c r="X39" s="5">
+        <v>0</v>
+      </c>
+      <c r="Y39" s="5">
+        <v>0</v>
+      </c>
+      <c r="Z39" s="5">
         <v>9159619</v>
       </c>
-      <c r="AA39" s="9">
+      <c r="AA39" s="5">
         <v>48675748.574629992</v>
       </c>
-      <c r="AB39" s="9">
-[...7 lines deleted...]
-      <c r="B40" s="27">
+      <c r="AB39" s="5">
+        <v>0</v>
+      </c>
+      <c r="AC39" s="5">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="40" spans="1:29" x14ac:dyDescent="0.2">
+      <c r="A40" s="17"/>
+      <c r="B40" s="13">
         <v>29</v>
       </c>
-      <c r="C40" s="1" t="s">
+      <c r="C40" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="D40" s="2">
-[...20 lines deleted...]
-      <c r="K40" s="2">
+      <c r="D40" s="4">
+        <v>0</v>
+      </c>
+      <c r="E40" s="4">
+        <v>0</v>
+      </c>
+      <c r="F40" s="4">
+        <v>0</v>
+      </c>
+      <c r="G40" s="4">
+        <v>0</v>
+      </c>
+      <c r="H40" s="4">
+        <v>0</v>
+      </c>
+      <c r="I40" s="4">
+        <v>0</v>
+      </c>
+      <c r="J40" s="4">
+        <v>0</v>
+      </c>
+      <c r="K40" s="4">
         <v>314617</v>
       </c>
-      <c r="L40" s="9">
-[...23 lines deleted...]
-      <c r="T40" s="9">
+      <c r="L40" s="5">
+        <v>0</v>
+      </c>
+      <c r="M40" s="5">
+        <v>0</v>
+      </c>
+      <c r="N40" s="5">
+        <v>0</v>
+      </c>
+      <c r="O40" s="5">
+        <v>0</v>
+      </c>
+      <c r="P40" s="5">
+        <v>0</v>
+      </c>
+      <c r="Q40" s="5">
+        <v>0</v>
+      </c>
+      <c r="R40" s="5">
+        <v>0</v>
+      </c>
+      <c r="S40" s="5">
+        <v>0</v>
+      </c>
+      <c r="T40" s="5">
         <v>11850</v>
       </c>
-      <c r="U40" s="9">
+      <c r="U40" s="5">
         <v>24027.916289999997</v>
       </c>
-      <c r="V40" s="9">
+      <c r="V40" s="5">
         <v>3184</v>
       </c>
-      <c r="W40" s="9">
+      <c r="W40" s="5">
         <v>10484.230449999999</v>
       </c>
-      <c r="X40" s="9">
-[...5 lines deleted...]
-      <c r="Z40" s="9">
+      <c r="X40" s="5">
+        <v>0</v>
+      </c>
+      <c r="Y40" s="5">
+        <v>0</v>
+      </c>
+      <c r="Z40" s="5">
         <v>60453</v>
       </c>
-      <c r="AA40" s="9">
+      <c r="AA40" s="5">
         <v>296552.2</v>
       </c>
-      <c r="AB40" s="9">
-[...7 lines deleted...]
-      <c r="B41" s="27">
+      <c r="AB40" s="5">
+        <v>0</v>
+      </c>
+      <c r="AC40" s="5">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="41" spans="1:29" x14ac:dyDescent="0.2">
+      <c r="A41" s="17"/>
+      <c r="B41" s="13">
         <v>30</v>
       </c>
-      <c r="C41" s="1" t="s">
+      <c r="C41" s="3" t="s">
         <v>32</v>
       </c>
-      <c r="D41" s="2">
+      <c r="D41" s="4">
         <v>378</v>
       </c>
-      <c r="E41" s="2">
+      <c r="E41" s="4">
         <v>37</v>
       </c>
-      <c r="F41" s="2">
+      <c r="F41" s="4">
         <v>3128462</v>
       </c>
-      <c r="G41" s="2">
-[...2 lines deleted...]
-      <c r="H41" s="2">
+      <c r="G41" s="4">
+        <v>0</v>
+      </c>
+      <c r="H41" s="4">
         <v>1596</v>
       </c>
-      <c r="I41" s="2">
-[...2 lines deleted...]
-      <c r="J41" s="2">
+      <c r="I41" s="4">
+        <v>52020</v>
+      </c>
+      <c r="J41" s="4">
         <v>4541171</v>
       </c>
-      <c r="K41" s="2">
+      <c r="K41" s="4">
         <v>1638324</v>
       </c>
-      <c r="L41" s="9">
+      <c r="L41" s="5">
         <v>4712034</v>
       </c>
-      <c r="M41" s="9">
+      <c r="M41" s="5">
         <v>25214793.06058</v>
       </c>
-      <c r="N41" s="9">
+      <c r="N41" s="5">
         <v>5813341</v>
       </c>
-      <c r="O41" s="9">
+      <c r="O41" s="5">
         <v>45595049.23945</v>
       </c>
-      <c r="P41" s="9">
-[...5 lines deleted...]
-      <c r="R41" s="9">
+      <c r="P41" s="5">
+        <v>0</v>
+      </c>
+      <c r="Q41" s="5">
+        <v>0</v>
+      </c>
+      <c r="R41" s="5">
         <v>31708</v>
       </c>
-      <c r="S41" s="9">
+      <c r="S41" s="5">
         <v>158283.55549999999</v>
       </c>
-      <c r="T41" s="9">
+      <c r="T41" s="5">
         <v>119222</v>
       </c>
-      <c r="U41" s="9">
+      <c r="U41" s="5">
         <v>394179.73945000005</v>
       </c>
-      <c r="V41" s="9">
+      <c r="V41" s="5">
         <v>69066</v>
       </c>
-      <c r="W41" s="9">
+      <c r="W41" s="5">
         <v>422623.34985</v>
       </c>
-      <c r="X41" s="9">
+      <c r="X41" s="5">
         <v>60</v>
       </c>
-      <c r="Y41" s="9">
+      <c r="Y41" s="5">
         <v>3476.5720000000001</v>
       </c>
-      <c r="Z41" s="9">
+      <c r="Z41" s="5">
         <v>420852</v>
       </c>
-      <c r="AA41" s="9">
+      <c r="AA41" s="5">
         <v>2356204.92</v>
       </c>
-      <c r="AB41" s="9">
-[...7 lines deleted...]
-      <c r="B42" s="27">
+      <c r="AB41" s="5">
+        <v>0</v>
+      </c>
+      <c r="AC41" s="5">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="42" spans="1:29" x14ac:dyDescent="0.2">
+      <c r="A42" s="17"/>
+      <c r="B42" s="13">
         <v>31</v>
       </c>
-      <c r="C42" s="1" t="s">
+      <c r="C42" s="3" t="s">
         <v>33</v>
       </c>
-      <c r="D42" s="2">
+      <c r="D42" s="4">
         <v>910</v>
       </c>
-      <c r="E42" s="2">
+      <c r="E42" s="4">
         <v>362</v>
       </c>
-      <c r="F42" s="2">
+      <c r="F42" s="4">
         <v>13506</v>
       </c>
-      <c r="G42" s="2">
-[...2 lines deleted...]
-      <c r="H42" s="2">
+      <c r="G42" s="4">
+        <v>0</v>
+      </c>
+      <c r="H42" s="4">
         <v>34996</v>
       </c>
-      <c r="I42" s="2">
+      <c r="I42" s="4">
         <v>107478</v>
       </c>
-      <c r="J42" s="2">
+      <c r="J42" s="4">
         <v>364606</v>
       </c>
-      <c r="K42" s="2">
+      <c r="K42" s="4">
         <v>4050100</v>
       </c>
-      <c r="L42" s="9">
+      <c r="L42" s="5">
         <v>516886</v>
       </c>
-      <c r="M42" s="9">
+      <c r="M42" s="5">
         <v>2084054.82351</v>
       </c>
-      <c r="N42" s="9">
+      <c r="N42" s="5">
         <v>604352</v>
       </c>
-      <c r="O42" s="9">
+      <c r="O42" s="5">
         <v>3909542.1345800003</v>
       </c>
-      <c r="P42" s="9">
-[...11 lines deleted...]
-      <c r="T42" s="9">
+      <c r="P42" s="5">
+        <v>0</v>
+      </c>
+      <c r="Q42" s="5">
+        <v>0</v>
+      </c>
+      <c r="R42" s="5">
+        <v>0</v>
+      </c>
+      <c r="S42" s="5">
+        <v>0</v>
+      </c>
+      <c r="T42" s="5">
         <v>950664</v>
       </c>
-      <c r="U42" s="9">
+      <c r="U42" s="5">
         <v>2865401.3711000001</v>
       </c>
-      <c r="V42" s="9">
+      <c r="V42" s="5">
         <v>158950</v>
       </c>
-      <c r="W42" s="9">
+      <c r="W42" s="5">
         <v>842838.72235000005</v>
       </c>
-      <c r="X42" s="9">
-[...5 lines deleted...]
-      <c r="Z42" s="9">
+      <c r="X42" s="5">
+        <v>0</v>
+      </c>
+      <c r="Y42" s="5">
+        <v>0</v>
+      </c>
+      <c r="Z42" s="5">
         <v>2600060</v>
       </c>
-      <c r="AA42" s="9">
+      <c r="AA42" s="5">
         <v>13831580.699999999</v>
       </c>
-      <c r="AB42" s="9">
-[...7 lines deleted...]
-      <c r="B43" s="27">
+      <c r="AB42" s="5">
+        <v>0</v>
+      </c>
+      <c r="AC42" s="5">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="43" spans="1:29" x14ac:dyDescent="0.2">
+      <c r="A43" s="17"/>
+      <c r="B43" s="13">
         <v>32</v>
       </c>
-      <c r="C43" s="1" t="s">
+      <c r="C43" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="D43" s="2">
+      <c r="D43" s="4">
         <v>505</v>
       </c>
-      <c r="E43" s="2">
+      <c r="E43" s="4">
         <v>647</v>
       </c>
-      <c r="F43" s="2">
+      <c r="F43" s="4">
         <v>2131</v>
       </c>
-      <c r="G43" s="2">
-[...5 lines deleted...]
-      <c r="I43" s="2">
+      <c r="G43" s="4">
+        <v>0</v>
+      </c>
+      <c r="H43" s="4">
+        <v>0</v>
+      </c>
+      <c r="I43" s="4">
         <v>193400</v>
       </c>
-      <c r="J43" s="2">
+      <c r="J43" s="4">
         <v>26035</v>
       </c>
-      <c r="K43" s="2">
+      <c r="K43" s="4">
         <v>2535151</v>
       </c>
-      <c r="L43" s="9">
+      <c r="L43" s="5">
         <v>42326</v>
       </c>
-      <c r="M43" s="9">
+      <c r="M43" s="5">
         <v>197565.40046</v>
       </c>
-      <c r="N43" s="9">
+      <c r="N43" s="5">
         <v>17880</v>
       </c>
-      <c r="O43" s="9">
+      <c r="O43" s="5">
         <v>106385.11301999999</v>
       </c>
-      <c r="P43" s="9">
-[...5 lines deleted...]
-      <c r="R43" s="9">
+      <c r="P43" s="5">
+        <v>0</v>
+      </c>
+      <c r="Q43" s="5">
+        <v>0</v>
+      </c>
+      <c r="R43" s="5">
         <v>1807</v>
       </c>
-      <c r="S43" s="9">
+      <c r="S43" s="5">
         <v>7521.9</v>
       </c>
-      <c r="T43" s="9">
+      <c r="T43" s="5">
         <v>290616</v>
       </c>
-      <c r="U43" s="9">
+      <c r="U43" s="5">
         <v>1066814.3850399998</v>
       </c>
-      <c r="V43" s="9">
+      <c r="V43" s="5">
         <v>26287</v>
       </c>
-      <c r="W43" s="9">
+      <c r="W43" s="5">
         <v>150944.11903999999</v>
       </c>
-      <c r="X43" s="9">
+      <c r="X43" s="5">
         <v>82</v>
       </c>
-      <c r="Y43" s="9">
+      <c r="Y43" s="5">
         <v>231.78800000000001</v>
       </c>
-      <c r="Z43" s="9">
+      <c r="Z43" s="5">
         <v>4340232</v>
       </c>
-      <c r="AA43" s="9">
+      <c r="AA43" s="5">
         <v>22058362</v>
       </c>
-      <c r="AB43" s="9">
-[...7 lines deleted...]
-      <c r="B44" s="27">
+      <c r="AB43" s="5">
+        <v>0</v>
+      </c>
+      <c r="AC43" s="5">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="44" spans="1:29" x14ac:dyDescent="0.2">
+      <c r="A44" s="17"/>
+      <c r="B44" s="13">
         <v>33</v>
       </c>
-      <c r="C44" s="1" t="s">
+      <c r="C44" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="D44" s="2">
+      <c r="D44" s="4">
         <v>1180</v>
       </c>
-      <c r="E44" s="2">
+      <c r="E44" s="4">
         <v>136</v>
       </c>
-      <c r="F44" s="2">
+      <c r="F44" s="4">
         <v>97841</v>
       </c>
-      <c r="G44" s="2">
+      <c r="G44" s="4">
         <v>75767</v>
       </c>
-      <c r="H44" s="2">
+      <c r="H44" s="4">
         <v>116468</v>
       </c>
-      <c r="I44" s="2">
+      <c r="I44" s="4">
         <v>537653130</v>
       </c>
-      <c r="J44" s="2">
+      <c r="J44" s="4">
         <v>2609787</v>
       </c>
-      <c r="K44" s="2">
+      <c r="K44" s="4">
         <v>5350499</v>
       </c>
-      <c r="L44" s="9">
+      <c r="L44" s="5">
         <v>11909494</v>
       </c>
-      <c r="M44" s="9">
+      <c r="M44" s="5">
         <v>19784678.322260004</v>
       </c>
-      <c r="N44" s="9">
+      <c r="N44" s="5">
         <v>1312191</v>
       </c>
-      <c r="O44" s="9">
+      <c r="O44" s="5">
         <v>15489678.652640002</v>
       </c>
-      <c r="P44" s="9">
-[...5 lines deleted...]
-      <c r="R44" s="9">
+      <c r="P44" s="5">
+        <v>0</v>
+      </c>
+      <c r="Q44" s="5">
+        <v>0</v>
+      </c>
+      <c r="R44" s="5">
         <v>8730</v>
       </c>
-      <c r="S44" s="9">
+      <c r="S44" s="5">
         <v>45121.5</v>
       </c>
-      <c r="T44" s="9">
+      <c r="T44" s="5">
         <v>425537</v>
       </c>
-      <c r="U44" s="9">
+      <c r="U44" s="5">
         <v>1321638.9141199877</v>
       </c>
-      <c r="V44" s="9">
+      <c r="V44" s="5">
         <v>124467</v>
       </c>
-      <c r="W44" s="9">
+      <c r="W44" s="5">
         <v>758221.69643999264</v>
       </c>
-      <c r="X44" s="9">
+      <c r="X44" s="5">
         <v>15</v>
       </c>
-      <c r="Y44" s="9">
+      <c r="Y44" s="5">
         <v>179.38200000000001</v>
       </c>
-      <c r="Z44" s="9">
+      <c r="Z44" s="5">
         <v>1760898</v>
       </c>
-      <c r="AA44" s="9">
+      <c r="AA44" s="5">
         <v>10231289.554</v>
       </c>
-      <c r="AB44" s="9">
-[...7 lines deleted...]
-      <c r="B45" s="12" t="s">
+      <c r="AB44" s="5">
+        <v>0</v>
+      </c>
+      <c r="AC44" s="5">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="45" spans="1:29" x14ac:dyDescent="0.2">
+      <c r="A45" s="17"/>
+      <c r="B45" s="8" t="s">
         <v>36</v>
       </c>
-      <c r="C45" s="13"/>
-[...28 lines deleted...]
-      <c r="B46" s="27">
+      <c r="C45" s="22"/>
+      <c r="D45" s="1"/>
+      <c r="E45" s="1"/>
+      <c r="F45" s="1"/>
+      <c r="G45" s="1"/>
+      <c r="H45" s="1"/>
+      <c r="I45" s="1"/>
+      <c r="J45" s="1"/>
+      <c r="K45" s="1"/>
+      <c r="L45" s="2"/>
+      <c r="M45" s="2"/>
+      <c r="N45" s="2"/>
+      <c r="O45" s="2"/>
+      <c r="P45" s="2"/>
+      <c r="Q45" s="2"/>
+      <c r="R45" s="2"/>
+      <c r="S45" s="2"/>
+      <c r="T45" s="5"/>
+      <c r="U45" s="5"/>
+      <c r="V45" s="5"/>
+      <c r="W45" s="5"/>
+      <c r="X45" s="5"/>
+      <c r="Y45" s="5"/>
+      <c r="Z45" s="5"/>
+      <c r="AA45" s="5"/>
+      <c r="AB45" s="5"/>
+      <c r="AC45" s="5"/>
+    </row>
+    <row r="46" spans="1:29" x14ac:dyDescent="0.2">
+      <c r="A46" s="17"/>
+      <c r="B46" s="13">
         <v>34</v>
       </c>
-      <c r="C46" s="1" t="s">
+      <c r="C46" s="3" t="s">
         <v>37</v>
       </c>
-      <c r="D46" s="2">
-[...5 lines deleted...]
-      <c r="F46" s="2">
+      <c r="D46" s="4">
+        <v>0</v>
+      </c>
+      <c r="E46" s="4">
+        <v>0</v>
+      </c>
+      <c r="F46" s="4">
         <v>14735</v>
       </c>
-      <c r="G46" s="2">
-[...8 lines deleted...]
-      <c r="J46" s="2">
+      <c r="G46" s="4">
+        <v>0</v>
+      </c>
+      <c r="H46" s="4">
+        <v>0</v>
+      </c>
+      <c r="I46" s="4">
+        <v>0</v>
+      </c>
+      <c r="J46" s="4">
         <v>1365954</v>
       </c>
-      <c r="K46" s="2">
-[...2 lines deleted...]
-      <c r="L46" s="9">
+      <c r="K46" s="4">
+        <v>0</v>
+      </c>
+      <c r="L46" s="5">
         <v>1633251</v>
       </c>
-      <c r="M46" s="9">
+      <c r="M46" s="5">
         <v>14352583.967</v>
       </c>
-      <c r="N46" s="9">
+      <c r="N46" s="5">
         <v>4118607</v>
       </c>
-      <c r="O46" s="9">
+      <c r="O46" s="5">
         <v>37626956.248000003</v>
       </c>
-      <c r="P46" s="9">
-[...43 lines deleted...]
-      <c r="B47" s="27">
+      <c r="P46" s="5">
+        <v>0</v>
+      </c>
+      <c r="Q46" s="5">
+        <v>0</v>
+      </c>
+      <c r="R46" s="5">
+        <v>0</v>
+      </c>
+      <c r="S46" s="5">
+        <v>0</v>
+      </c>
+      <c r="T46" s="5">
+        <v>0</v>
+      </c>
+      <c r="U46" s="5">
+        <v>0</v>
+      </c>
+      <c r="V46" s="5">
+        <v>0</v>
+      </c>
+      <c r="W46" s="5">
+        <v>0</v>
+      </c>
+      <c r="X46" s="5">
+        <v>0</v>
+      </c>
+      <c r="Y46" s="5">
+        <v>0</v>
+      </c>
+      <c r="Z46" s="5">
+        <v>0</v>
+      </c>
+      <c r="AA46" s="5">
+        <v>0</v>
+      </c>
+      <c r="AB46" s="5">
+        <v>0</v>
+      </c>
+      <c r="AC46" s="5">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="47" spans="1:29" x14ac:dyDescent="0.2">
+      <c r="A47" s="17"/>
+      <c r="B47" s="13">
         <v>35</v>
       </c>
-      <c r="C47" s="1" t="s">
+      <c r="C47" s="3" t="s">
         <v>38</v>
       </c>
-      <c r="D47" s="2">
-[...79 lines deleted...]
-      <c r="B48" s="27">
+      <c r="D47" s="4">
+        <v>0</v>
+      </c>
+      <c r="E47" s="4">
+        <v>0</v>
+      </c>
+      <c r="F47" s="4">
+        <v>0</v>
+      </c>
+      <c r="G47" s="4">
+        <v>0</v>
+      </c>
+      <c r="H47" s="4">
+        <v>0</v>
+      </c>
+      <c r="I47" s="4">
+        <v>0</v>
+      </c>
+      <c r="J47" s="4">
+        <v>0</v>
+      </c>
+      <c r="K47" s="4">
+        <v>0</v>
+      </c>
+      <c r="L47" s="5">
+        <v>0</v>
+      </c>
+      <c r="M47" s="5">
+        <v>0</v>
+      </c>
+      <c r="N47" s="5">
+        <v>0</v>
+      </c>
+      <c r="O47" s="5">
+        <v>0</v>
+      </c>
+      <c r="P47" s="5">
+        <v>0</v>
+      </c>
+      <c r="Q47" s="5">
+        <v>0</v>
+      </c>
+      <c r="R47" s="5">
+        <v>0</v>
+      </c>
+      <c r="S47" s="5">
+        <v>0</v>
+      </c>
+      <c r="T47" s="5">
+        <v>0</v>
+      </c>
+      <c r="U47" s="5">
+        <v>0</v>
+      </c>
+      <c r="V47" s="5">
+        <v>0</v>
+      </c>
+      <c r="W47" s="5">
+        <v>0</v>
+      </c>
+      <c r="X47" s="5">
+        <v>0</v>
+      </c>
+      <c r="Y47" s="5">
+        <v>0</v>
+      </c>
+      <c r="Z47" s="5">
+        <v>0</v>
+      </c>
+      <c r="AA47" s="5">
+        <v>0</v>
+      </c>
+      <c r="AB47" s="5">
+        <v>0</v>
+      </c>
+      <c r="AC47" s="5">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="48" spans="1:29" x14ac:dyDescent="0.2">
+      <c r="A48" s="17"/>
+      <c r="B48" s="13">
         <v>36</v>
       </c>
-      <c r="C48" s="1" t="s">
+      <c r="C48" s="3" t="s">
         <v>39</v>
       </c>
-      <c r="D48" s="2">
-[...20 lines deleted...]
-      <c r="K48" s="2">
+      <c r="D48" s="4">
+        <v>0</v>
+      </c>
+      <c r="E48" s="4">
+        <v>0</v>
+      </c>
+      <c r="F48" s="4">
+        <v>0</v>
+      </c>
+      <c r="G48" s="4">
+        <v>0</v>
+      </c>
+      <c r="H48" s="4">
+        <v>0</v>
+      </c>
+      <c r="I48" s="4">
+        <v>0</v>
+      </c>
+      <c r="J48" s="4">
+        <v>0</v>
+      </c>
+      <c r="K48" s="4">
         <v>1101</v>
       </c>
-      <c r="L48" s="9">
-[...23 lines deleted...]
-      <c r="T48" s="9">
+      <c r="L48" s="5">
+        <v>0</v>
+      </c>
+      <c r="M48" s="5">
+        <v>0</v>
+      </c>
+      <c r="N48" s="5">
+        <v>0</v>
+      </c>
+      <c r="O48" s="5">
+        <v>0</v>
+      </c>
+      <c r="P48" s="5">
+        <v>0</v>
+      </c>
+      <c r="Q48" s="5">
+        <v>0</v>
+      </c>
+      <c r="R48" s="5">
+        <v>0</v>
+      </c>
+      <c r="S48" s="5">
+        <v>0</v>
+      </c>
+      <c r="T48" s="5">
         <v>1003</v>
       </c>
-      <c r="U48" s="9">
+      <c r="U48" s="5">
         <v>3331.5958900000001</v>
       </c>
-      <c r="V48" s="9">
-[...11 lines deleted...]
-      <c r="Z48" s="9">
+      <c r="V48" s="5">
+        <v>0</v>
+      </c>
+      <c r="W48" s="5">
+        <v>0</v>
+      </c>
+      <c r="X48" s="5">
+        <v>0</v>
+      </c>
+      <c r="Y48" s="5">
+        <v>0</v>
+      </c>
+      <c r="Z48" s="5">
         <v>1376</v>
       </c>
-      <c r="AA48" s="9">
+      <c r="AA48" s="5">
         <v>7435.9</v>
       </c>
-      <c r="AB48" s="9">
-[...2 lines deleted...]
-      <c r="AC48" s="9">
+      <c r="AB48" s="5">
+        <v>0</v>
+      </c>
+      <c r="AC48" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B49" s="27">
+      <c r="A49" s="17"/>
+      <c r="B49" s="13">
         <v>37</v>
       </c>
-      <c r="C49" s="1" t="s">
+      <c r="C49" s="3" t="s">
         <v>40</v>
       </c>
-      <c r="D49" s="2">
-[...11 lines deleted...]
-      <c r="H49" s="2">
+      <c r="D49" s="4">
+        <v>0</v>
+      </c>
+      <c r="E49" s="4">
+        <v>0</v>
+      </c>
+      <c r="F49" s="4">
+        <v>0</v>
+      </c>
+      <c r="G49" s="4">
+        <v>0</v>
+      </c>
+      <c r="H49" s="4">
         <v>1</v>
       </c>
-      <c r="I49" s="2">
-[...5 lines deleted...]
-      <c r="K49" s="2">
+      <c r="I49" s="4">
+        <v>0</v>
+      </c>
+      <c r="J49" s="4">
+        <v>0</v>
+      </c>
+      <c r="K49" s="4">
         <v>496</v>
       </c>
-      <c r="L49" s="9">
-[...23 lines deleted...]
-      <c r="T49" s="9">
+      <c r="L49" s="5">
+        <v>0</v>
+      </c>
+      <c r="M49" s="5">
+        <v>0</v>
+      </c>
+      <c r="N49" s="5">
+        <v>0</v>
+      </c>
+      <c r="O49" s="5">
+        <v>0</v>
+      </c>
+      <c r="P49" s="5">
+        <v>0</v>
+      </c>
+      <c r="Q49" s="5">
+        <v>0</v>
+      </c>
+      <c r="R49" s="5">
+        <v>0</v>
+      </c>
+      <c r="S49" s="5">
+        <v>0</v>
+      </c>
+      <c r="T49" s="5">
         <v>130</v>
       </c>
-      <c r="U49" s="9">
+      <c r="U49" s="5">
         <v>213.14520999999999</v>
       </c>
-      <c r="V49" s="9">
-[...11 lines deleted...]
-      <c r="Z49" s="9">
+      <c r="V49" s="5">
+        <v>0</v>
+      </c>
+      <c r="W49" s="5">
+        <v>0</v>
+      </c>
+      <c r="X49" s="5">
+        <v>0</v>
+      </c>
+      <c r="Y49" s="5">
+        <v>0</v>
+      </c>
+      <c r="Z49" s="5">
         <v>501</v>
       </c>
-      <c r="AA49" s="9">
+      <c r="AA49" s="5">
         <v>4653.5</v>
       </c>
-      <c r="AB49" s="9">
-[...2 lines deleted...]
-      <c r="AC49" s="9">
+      <c r="AB49" s="5">
+        <v>0</v>
+      </c>
+      <c r="AC49" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B50" s="27">
+      <c r="A50" s="17"/>
+      <c r="B50" s="13">
         <v>38</v>
       </c>
-      <c r="C50" s="1" t="s">
+      <c r="C50" s="3" t="s">
         <v>41</v>
       </c>
-      <c r="D50" s="2">
-[...17 lines deleted...]
-      <c r="J50" s="2">
+      <c r="D50" s="4">
+        <v>0</v>
+      </c>
+      <c r="E50" s="4">
+        <v>0</v>
+      </c>
+      <c r="F50" s="4">
+        <v>0</v>
+      </c>
+      <c r="G50" s="4">
+        <v>0</v>
+      </c>
+      <c r="H50" s="4">
+        <v>0</v>
+      </c>
+      <c r="I50" s="4">
+        <v>0</v>
+      </c>
+      <c r="J50" s="4">
         <v>249131</v>
       </c>
-      <c r="K50" s="2">
-[...2 lines deleted...]
-      <c r="L50" s="9">
+      <c r="K50" s="4">
+        <v>0</v>
+      </c>
+      <c r="L50" s="5">
         <v>157689</v>
       </c>
-      <c r="M50" s="9">
+      <c r="M50" s="5">
         <v>1019530.072800011</v>
       </c>
-      <c r="N50" s="9">
+      <c r="N50" s="5">
         <v>301177</v>
       </c>
-      <c r="O50" s="9">
+      <c r="O50" s="5">
         <v>3575868.7474295213</v>
       </c>
-      <c r="P50" s="9">
-[...5 lines deleted...]
-      <c r="R50" s="9">
+      <c r="P50" s="5">
+        <v>0</v>
+      </c>
+      <c r="Q50" s="5">
+        <v>0</v>
+      </c>
+      <c r="R50" s="5">
         <v>396</v>
       </c>
-      <c r="S50" s="9">
+      <c r="S50" s="5">
         <v>3255.6</v>
       </c>
-      <c r="T50" s="9">
-[...26 lines deleted...]
-      <c r="AC50" s="9">
+      <c r="T50" s="5">
+        <v>0</v>
+      </c>
+      <c r="U50" s="5">
+        <v>0</v>
+      </c>
+      <c r="V50" s="5">
+        <v>0</v>
+      </c>
+      <c r="W50" s="5">
+        <v>0</v>
+      </c>
+      <c r="X50" s="5">
+        <v>0</v>
+      </c>
+      <c r="Y50" s="5">
+        <v>0</v>
+      </c>
+      <c r="Z50" s="5">
+        <v>0</v>
+      </c>
+      <c r="AA50" s="5">
+        <v>0</v>
+      </c>
+      <c r="AB50" s="5">
+        <v>0</v>
+      </c>
+      <c r="AC50" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B51" s="27">
+      <c r="A51" s="17"/>
+      <c r="B51" s="13">
         <v>39</v>
       </c>
-      <c r="C51" s="1" t="s">
+      <c r="C51" s="3" t="s">
         <v>42</v>
       </c>
-      <c r="D51" s="2">
+      <c r="D51" s="4">
         <v>413</v>
       </c>
-      <c r="E51" s="2">
+      <c r="E51" s="4">
         <v>330</v>
       </c>
-      <c r="F51" s="2">
+      <c r="F51" s="4">
         <v>661</v>
       </c>
-      <c r="G51" s="2">
+      <c r="G51" s="4">
         <v>87</v>
       </c>
-      <c r="H51" s="2">
-[...2 lines deleted...]
-      <c r="I51" s="2">
+      <c r="H51" s="4">
+        <v>0</v>
+      </c>
+      <c r="I51" s="4">
         <v>8688</v>
       </c>
-      <c r="J51" s="2">
+      <c r="J51" s="4">
         <v>419327</v>
       </c>
-      <c r="K51" s="2">
+      <c r="K51" s="4">
         <v>1645943</v>
       </c>
-      <c r="L51" s="9">
+      <c r="L51" s="5">
         <v>404574</v>
       </c>
-      <c r="M51" s="9">
+      <c r="M51" s="5">
         <v>1821847.5334100001</v>
       </c>
-      <c r="N51" s="9">
+      <c r="N51" s="5">
         <v>279663</v>
       </c>
-      <c r="O51" s="9">
+      <c r="O51" s="5">
         <v>2438667.4976999997</v>
       </c>
-      <c r="P51" s="9">
-[...5 lines deleted...]
-      <c r="R51" s="9">
+      <c r="P51" s="5">
+        <v>0</v>
+      </c>
+      <c r="Q51" s="5">
+        <v>0</v>
+      </c>
+      <c r="R51" s="5">
         <v>1523</v>
       </c>
-      <c r="S51" s="9">
+      <c r="S51" s="5">
         <v>4779.5</v>
       </c>
-      <c r="T51" s="9">
+      <c r="T51" s="5">
         <v>164037</v>
       </c>
-      <c r="U51" s="9">
+      <c r="U51" s="5">
         <v>443285.55913999822</v>
       </c>
-      <c r="V51" s="9">
+      <c r="V51" s="5">
         <v>80384</v>
       </c>
-      <c r="W51" s="9">
+      <c r="W51" s="5">
         <v>238440.8927999998</v>
       </c>
-      <c r="X51" s="9">
-[...5 lines deleted...]
-      <c r="Z51" s="9">
+      <c r="X51" s="5">
+        <v>0</v>
+      </c>
+      <c r="Y51" s="5">
+        <v>0</v>
+      </c>
+      <c r="Z51" s="5">
         <v>646989</v>
       </c>
-      <c r="AA51" s="9">
+      <c r="AA51" s="5">
         <v>3743322.7359900386</v>
       </c>
-      <c r="AB51" s="9">
-[...2 lines deleted...]
-      <c r="AC51" s="9">
+      <c r="AB51" s="5">
+        <v>0</v>
+      </c>
+      <c r="AC51" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B52" s="27">
+      <c r="A52" s="17"/>
+      <c r="B52" s="13">
         <v>40</v>
       </c>
-      <c r="C52" s="1" t="s">
+      <c r="C52" s="3" t="s">
         <v>43</v>
       </c>
-      <c r="D52" s="2">
+      <c r="D52" s="4">
         <v>12</v>
       </c>
-      <c r="E52" s="2">
+      <c r="E52" s="4">
         <v>3</v>
       </c>
-      <c r="F52" s="2">
-[...14 lines deleted...]
-      <c r="K52" s="2">
+      <c r="F52" s="4">
+        <v>0</v>
+      </c>
+      <c r="G52" s="4">
+        <v>0</v>
+      </c>
+      <c r="H52" s="4">
+        <v>0</v>
+      </c>
+      <c r="I52" s="4">
+        <v>297</v>
+      </c>
+      <c r="J52" s="4">
+        <v>0</v>
+      </c>
+      <c r="K52" s="4">
         <v>101829</v>
       </c>
-      <c r="L52" s="9">
-[...23 lines deleted...]
-      <c r="T52" s="9">
+      <c r="L52" s="5">
+        <v>0</v>
+      </c>
+      <c r="M52" s="5">
+        <v>0</v>
+      </c>
+      <c r="N52" s="5">
+        <v>0</v>
+      </c>
+      <c r="O52" s="5">
+        <v>0</v>
+      </c>
+      <c r="P52" s="5">
+        <v>0</v>
+      </c>
+      <c r="Q52" s="5">
+        <v>0</v>
+      </c>
+      <c r="R52" s="5">
+        <v>0</v>
+      </c>
+      <c r="S52" s="5">
+        <v>0</v>
+      </c>
+      <c r="T52" s="5">
         <v>20290</v>
       </c>
-      <c r="U52" s="9">
+      <c r="U52" s="5">
         <v>78523.205099999992</v>
       </c>
-      <c r="V52" s="9">
+      <c r="V52" s="5">
         <v>14530</v>
       </c>
-      <c r="W52" s="9">
+      <c r="W52" s="5">
         <v>52126.529609999998</v>
       </c>
-      <c r="X52" s="9">
-[...5 lines deleted...]
-      <c r="Z52" s="9">
+      <c r="X52" s="5">
+        <v>0</v>
+      </c>
+      <c r="Y52" s="5">
+        <v>0</v>
+      </c>
+      <c r="Z52" s="5">
         <v>24778</v>
       </c>
-      <c r="AA52" s="9">
+      <c r="AA52" s="5">
         <v>156976.79999999999</v>
       </c>
-      <c r="AB52" s="9">
-[...2 lines deleted...]
-      <c r="AC52" s="9">
+      <c r="AB52" s="5">
+        <v>0</v>
+      </c>
+      <c r="AC52" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B53" s="27">
+      <c r="A53" s="17"/>
+      <c r="B53" s="13">
         <v>41</v>
       </c>
-      <c r="C53" s="1" t="s">
+      <c r="C53" s="3" t="s">
         <v>44</v>
       </c>
-      <c r="D53" s="2">
+      <c r="D53" s="4">
         <v>2</v>
       </c>
-      <c r="E53" s="2">
-[...17 lines deleted...]
-      <c r="K53" s="2">
+      <c r="E53" s="4">
+        <v>0</v>
+      </c>
+      <c r="F53" s="4">
+        <v>0</v>
+      </c>
+      <c r="G53" s="4">
+        <v>0</v>
+      </c>
+      <c r="H53" s="4">
+        <v>0</v>
+      </c>
+      <c r="I53" s="4">
+        <v>0</v>
+      </c>
+      <c r="J53" s="4">
+        <v>0</v>
+      </c>
+      <c r="K53" s="4">
         <v>23158</v>
       </c>
-      <c r="L53" s="9">
-[...23 lines deleted...]
-      <c r="T53" s="9">
+      <c r="L53" s="5">
+        <v>0</v>
+      </c>
+      <c r="M53" s="5">
+        <v>0</v>
+      </c>
+      <c r="N53" s="5">
+        <v>0</v>
+      </c>
+      <c r="O53" s="5">
+        <v>0</v>
+      </c>
+      <c r="P53" s="5">
+        <v>0</v>
+      </c>
+      <c r="Q53" s="5">
+        <v>0</v>
+      </c>
+      <c r="R53" s="5">
+        <v>0</v>
+      </c>
+      <c r="S53" s="5">
+        <v>0</v>
+      </c>
+      <c r="T53" s="5">
         <v>1217</v>
       </c>
-      <c r="U53" s="9">
+      <c r="U53" s="5">
         <v>4221.3460100000002</v>
       </c>
-      <c r="V53" s="9">
+      <c r="V53" s="5">
         <v>299</v>
       </c>
-      <c r="W53" s="9">
+      <c r="W53" s="5">
         <v>1043.5895600000001</v>
       </c>
-      <c r="X53" s="9">
-[...5 lines deleted...]
-      <c r="Z53" s="9">
+      <c r="X53" s="5">
+        <v>0</v>
+      </c>
+      <c r="Y53" s="5">
+        <v>0</v>
+      </c>
+      <c r="Z53" s="5">
         <v>2057</v>
       </c>
-      <c r="AA53" s="9">
+      <c r="AA53" s="5">
         <v>13234.8</v>
       </c>
-      <c r="AB53" s="9">
-[...2 lines deleted...]
-      <c r="AC53" s="9">
+      <c r="AB53" s="5">
+        <v>0</v>
+      </c>
+      <c r="AC53" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B54" s="27">
+      <c r="A54" s="17"/>
+      <c r="B54" s="13">
         <v>42</v>
       </c>
-      <c r="C54" s="1" t="s">
+      <c r="C54" s="3" t="s">
         <v>45</v>
       </c>
-      <c r="D54" s="2">
+      <c r="D54" s="7">
         <v>46</v>
       </c>
-      <c r="E54" s="2">
+      <c r="E54" s="4">
         <v>25</v>
       </c>
-      <c r="F54" s="2">
-[...11 lines deleted...]
-      <c r="J54" s="2">
+      <c r="F54" s="4">
+        <v>0</v>
+      </c>
+      <c r="G54" s="4">
+        <v>0</v>
+      </c>
+      <c r="H54" s="4">
+        <v>0</v>
+      </c>
+      <c r="I54" s="4">
+        <v>0</v>
+      </c>
+      <c r="J54" s="4">
         <v>964227</v>
       </c>
-      <c r="K54" s="2">
+      <c r="K54" s="4">
         <v>845034</v>
       </c>
-      <c r="L54" s="9">
+      <c r="L54" s="5">
         <v>1167950</v>
       </c>
-      <c r="M54" s="9">
+      <c r="M54" s="5">
         <v>4514068.9597900519</v>
       </c>
-      <c r="N54" s="9">
+      <c r="N54" s="5">
         <v>2088292</v>
       </c>
-      <c r="O54" s="9">
+      <c r="O54" s="5">
         <v>10198341.120160015</v>
       </c>
-      <c r="P54" s="9">
-[...5 lines deleted...]
-      <c r="R54" s="9">
+      <c r="P54" s="5">
+        <v>0</v>
+      </c>
+      <c r="Q54" s="5">
+        <v>0</v>
+      </c>
+      <c r="R54" s="5">
         <v>2695</v>
       </c>
-      <c r="S54" s="9">
+      <c r="S54" s="5">
         <v>19366.460320000006</v>
       </c>
-      <c r="T54" s="9">
+      <c r="T54" s="5">
         <v>290132</v>
       </c>
-      <c r="U54" s="9">
+      <c r="U54" s="5">
         <v>1491579.8599100001</v>
       </c>
-      <c r="V54" s="9">
-[...11 lines deleted...]
-      <c r="Z54" s="9">
+      <c r="V54" s="5">
+        <v>0</v>
+      </c>
+      <c r="W54" s="5">
+        <v>0</v>
+      </c>
+      <c r="X54" s="5">
+        <v>0</v>
+      </c>
+      <c r="Y54" s="5">
+        <v>0</v>
+      </c>
+      <c r="Z54" s="5">
         <v>252451</v>
       </c>
-      <c r="AA54" s="9">
+      <c r="AA54" s="5">
         <v>1574206.32959</v>
       </c>
-      <c r="AB54" s="9">
-[...2 lines deleted...]
-      <c r="AC54" s="9">
+      <c r="AB54" s="5">
+        <v>0</v>
+      </c>
+      <c r="AC54" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B55" s="27">
+      <c r="A55" s="17"/>
+      <c r="B55" s="13">
         <v>43</v>
       </c>
-      <c r="C55" s="1" t="s">
+      <c r="C55" s="3" t="s">
         <v>46</v>
       </c>
-      <c r="D55" s="2">
+      <c r="D55" s="4">
         <v>1</v>
       </c>
-      <c r="E55" s="2">
-[...17 lines deleted...]
-      <c r="K55" s="2">
+      <c r="E55" s="4">
+        <v>0</v>
+      </c>
+      <c r="F55" s="4">
+        <v>0</v>
+      </c>
+      <c r="G55" s="4">
+        <v>0</v>
+      </c>
+      <c r="H55" s="4">
+        <v>0</v>
+      </c>
+      <c r="I55" s="4">
+        <v>0</v>
+      </c>
+      <c r="J55" s="4">
+        <v>0</v>
+      </c>
+      <c r="K55" s="4">
         <v>1768</v>
       </c>
-      <c r="L55" s="9">
-[...23 lines deleted...]
-      <c r="T55" s="9">
+      <c r="L55" s="5">
+        <v>0</v>
+      </c>
+      <c r="M55" s="5">
+        <v>0</v>
+      </c>
+      <c r="N55" s="5">
+        <v>0</v>
+      </c>
+      <c r="O55" s="5">
+        <v>0</v>
+      </c>
+      <c r="P55" s="5">
+        <v>0</v>
+      </c>
+      <c r="Q55" s="5">
+        <v>0</v>
+      </c>
+      <c r="R55" s="5">
+        <v>0</v>
+      </c>
+      <c r="S55" s="5">
+        <v>0</v>
+      </c>
+      <c r="T55" s="5">
         <v>1089</v>
       </c>
-      <c r="U55" s="9">
+      <c r="U55" s="5">
         <v>3598.2750000000001</v>
       </c>
-      <c r="V55" s="9">
+      <c r="V55" s="5">
         <v>100</v>
       </c>
-      <c r="W55" s="9">
+      <c r="W55" s="5">
         <v>544.72299999999996</v>
       </c>
-      <c r="X55" s="9">
-[...5 lines deleted...]
-      <c r="Z55" s="9">
+      <c r="X55" s="5">
+        <v>0</v>
+      </c>
+      <c r="Y55" s="5">
+        <v>0</v>
+      </c>
+      <c r="Z55" s="5">
         <v>187</v>
       </c>
-      <c r="AA55" s="9">
+      <c r="AA55" s="5">
         <v>1168.0999999999999</v>
       </c>
-      <c r="AB55" s="9">
-[...2 lines deleted...]
-      <c r="AC55" s="9">
+      <c r="AB55" s="5">
+        <v>0</v>
+      </c>
+      <c r="AC55" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B56" s="27">
+      <c r="A56" s="17"/>
+      <c r="B56" s="13">
         <v>44</v>
       </c>
-      <c r="C56" s="1" t="s">
+      <c r="C56" s="3" t="s">
         <v>47</v>
       </c>
-      <c r="D56" s="2">
-[...20 lines deleted...]
-      <c r="K56" s="2">
+      <c r="D56" s="4">
+        <v>0</v>
+      </c>
+      <c r="E56" s="4">
+        <v>0</v>
+      </c>
+      <c r="F56" s="4">
+        <v>0</v>
+      </c>
+      <c r="G56" s="4">
+        <v>0</v>
+      </c>
+      <c r="H56" s="4">
+        <v>0</v>
+      </c>
+      <c r="I56" s="4">
+        <v>0</v>
+      </c>
+      <c r="J56" s="4">
+        <v>0</v>
+      </c>
+      <c r="K56" s="4">
         <v>575</v>
       </c>
-      <c r="L56" s="9">
-[...23 lines deleted...]
-      <c r="T56" s="9">
+      <c r="L56" s="5">
+        <v>0</v>
+      </c>
+      <c r="M56" s="5">
+        <v>0</v>
+      </c>
+      <c r="N56" s="5">
+        <v>0</v>
+      </c>
+      <c r="O56" s="5">
+        <v>0</v>
+      </c>
+      <c r="P56" s="5">
+        <v>0</v>
+      </c>
+      <c r="Q56" s="5">
+        <v>0</v>
+      </c>
+      <c r="R56" s="5">
+        <v>0</v>
+      </c>
+      <c r="S56" s="5">
+        <v>0</v>
+      </c>
+      <c r="T56" s="5">
         <v>481</v>
       </c>
-      <c r="U56" s="9">
+      <c r="U56" s="5">
         <v>1531.7542900000001</v>
       </c>
-      <c r="V56" s="9">
+      <c r="V56" s="5">
         <v>153</v>
       </c>
-      <c r="W56" s="9">
+      <c r="W56" s="5">
         <v>341.98098999999996</v>
       </c>
-      <c r="X56" s="9">
-[...5 lines deleted...]
-      <c r="Z56" s="9">
+      <c r="X56" s="5">
+        <v>0</v>
+      </c>
+      <c r="Y56" s="5">
+        <v>0</v>
+      </c>
+      <c r="Z56" s="5">
         <v>75</v>
       </c>
-      <c r="AA56" s="9">
+      <c r="AA56" s="5">
         <v>564.70000000000005</v>
       </c>
-      <c r="AB56" s="9">
-[...2 lines deleted...]
-      <c r="AC56" s="9">
+      <c r="AB56" s="5">
+        <v>0</v>
+      </c>
+      <c r="AC56" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="A57" s="10" t="s">
+      <c r="A57" s="17" t="s">
         <v>48</v>
       </c>
-      <c r="B57" s="27">
+      <c r="B57" s="13">
         <v>45</v>
       </c>
-      <c r="C57" s="1" t="s">
+      <c r="C57" s="3" t="s">
         <v>49</v>
       </c>
-      <c r="D57" s="2">
-[...14 lines deleted...]
-      <c r="I57" s="2">
+      <c r="D57" s="4">
+        <v>0</v>
+      </c>
+      <c r="E57" s="4">
+        <v>0</v>
+      </c>
+      <c r="F57" s="4">
+        <v>0</v>
+      </c>
+      <c r="G57" s="4">
+        <v>0</v>
+      </c>
+      <c r="H57" s="4">
+        <v>0</v>
+      </c>
+      <c r="I57" s="4">
         <v>58</v>
       </c>
-      <c r="J57" s="2">
+      <c r="J57" s="4">
         <v>732720</v>
       </c>
-      <c r="K57" s="2">
+      <c r="K57" s="4">
         <v>838926</v>
       </c>
-      <c r="L57" s="9">
+      <c r="L57" s="5">
         <v>147319</v>
       </c>
-      <c r="M57" s="9">
+      <c r="M57" s="5">
         <v>198953.59077999985</v>
       </c>
-      <c r="N57" s="9">
+      <c r="N57" s="5">
         <v>327896</v>
       </c>
-      <c r="O57" s="9">
+      <c r="O57" s="5">
         <v>434561.88515999971</v>
       </c>
-      <c r="P57" s="9">
-[...5 lines deleted...]
-      <c r="R57" s="9">
+      <c r="P57" s="5">
+        <v>0</v>
+      </c>
+      <c r="Q57" s="5">
+        <v>0</v>
+      </c>
+      <c r="R57" s="5">
         <v>1421</v>
       </c>
-      <c r="S57" s="9">
+      <c r="S57" s="5">
         <v>3880.46252</v>
       </c>
-      <c r="T57" s="9">
+      <c r="T57" s="5">
         <v>8841</v>
       </c>
-      <c r="U57" s="9">
+      <c r="U57" s="5">
         <v>25554.441640000001</v>
       </c>
-      <c r="V57" s="9">
+      <c r="V57" s="5">
         <v>8487</v>
       </c>
-      <c r="W57" s="9">
+      <c r="W57" s="5">
         <v>37117.026450000005</v>
       </c>
-      <c r="X57" s="9">
-[...5 lines deleted...]
-      <c r="Z57" s="9">
+      <c r="X57" s="5">
+        <v>0</v>
+      </c>
+      <c r="Y57" s="5">
+        <v>0</v>
+      </c>
+      <c r="Z57" s="5">
         <v>28330</v>
       </c>
-      <c r="AA57" s="9">
+      <c r="AA57" s="5">
         <v>97386.302559999996</v>
       </c>
-      <c r="AB57" s="9">
-[...2 lines deleted...]
-      <c r="AC57" s="9">
+      <c r="AB57" s="5">
+        <v>0</v>
+      </c>
+      <c r="AC57" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B58" s="27">
+      <c r="A58" s="17"/>
+      <c r="B58" s="13">
         <v>46</v>
       </c>
-      <c r="C58" s="13" t="s">
+      <c r="C58" s="22" t="s">
         <v>50</v>
       </c>
-      <c r="D58" s="2">
+      <c r="D58" s="4">
         <v>101</v>
       </c>
-      <c r="E58" s="2">
+      <c r="E58" s="4">
         <v>38</v>
       </c>
-      <c r="F58" s="2">
-[...11 lines deleted...]
-      <c r="J58" s="2">
+      <c r="F58" s="4">
+        <v>0</v>
+      </c>
+      <c r="G58" s="4">
+        <v>0</v>
+      </c>
+      <c r="H58" s="4">
+        <v>0</v>
+      </c>
+      <c r="I58" s="4">
+        <v>0</v>
+      </c>
+      <c r="J58" s="4">
         <v>786737</v>
       </c>
-      <c r="K58" s="2">
+      <c r="K58" s="4">
         <v>848080</v>
       </c>
-      <c r="L58" s="9">
+      <c r="L58" s="5">
         <v>822416</v>
       </c>
-      <c r="M58" s="9">
+      <c r="M58" s="5">
         <v>3094061.0174900219</v>
       </c>
-      <c r="N58" s="9">
+      <c r="N58" s="5">
         <v>997623</v>
       </c>
-      <c r="O58" s="9">
+      <c r="O58" s="5">
         <v>5472918.0602000225</v>
       </c>
-      <c r="P58" s="9">
-[...5 lines deleted...]
-      <c r="R58" s="9">
+      <c r="P58" s="5">
+        <v>0</v>
+      </c>
+      <c r="Q58" s="5">
+        <v>0</v>
+      </c>
+      <c r="R58" s="5">
         <v>1371</v>
       </c>
-      <c r="S58" s="9">
+      <c r="S58" s="5">
         <v>9500.2250000000004</v>
       </c>
-      <c r="T58" s="9">
+      <c r="T58" s="5">
         <v>230556</v>
       </c>
-      <c r="U58" s="9">
+      <c r="U58" s="5">
         <v>914170.89706999424</v>
       </c>
-      <c r="V58" s="9">
+      <c r="V58" s="5">
         <v>118788</v>
       </c>
-      <c r="W58" s="9">
+      <c r="W58" s="5">
         <v>495015.4905500036</v>
       </c>
-      <c r="X58" s="9">
+      <c r="X58" s="5">
         <v>25</v>
       </c>
-      <c r="Y58" s="9">
+      <c r="Y58" s="5">
         <v>777.00800000000004</v>
       </c>
-      <c r="Z58" s="9">
+      <c r="Z58" s="5">
         <v>435562</v>
       </c>
-      <c r="AA58" s="9">
+      <c r="AA58" s="5">
         <v>2518380.8615499996</v>
       </c>
-      <c r="AB58" s="9">
-[...2 lines deleted...]
-      <c r="AC58" s="9">
+      <c r="AB58" s="5">
+        <v>0</v>
+      </c>
+      <c r="AC58" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B59" s="27">
+      <c r="A59" s="17"/>
+      <c r="B59" s="13">
         <v>47</v>
       </c>
-      <c r="C59" s="13" t="s">
+      <c r="C59" s="22" t="s">
         <v>51</v>
       </c>
-      <c r="D59" s="2">
-[...20 lines deleted...]
-      <c r="K59" s="2">
+      <c r="D59" s="4">
+        <v>0</v>
+      </c>
+      <c r="E59" s="4">
+        <v>0</v>
+      </c>
+      <c r="F59" s="4">
+        <v>0</v>
+      </c>
+      <c r="G59" s="4">
+        <v>0</v>
+      </c>
+      <c r="H59" s="4">
+        <v>0</v>
+      </c>
+      <c r="I59" s="4">
+        <v>0</v>
+      </c>
+      <c r="J59" s="4">
+        <v>0</v>
+      </c>
+      <c r="K59" s="4">
         <v>1427</v>
       </c>
-      <c r="L59" s="9">
-[...23 lines deleted...]
-      <c r="T59" s="9">
+      <c r="L59" s="5">
+        <v>0</v>
+      </c>
+      <c r="M59" s="5">
+        <v>0</v>
+      </c>
+      <c r="N59" s="5">
+        <v>0</v>
+      </c>
+      <c r="O59" s="5">
+        <v>0</v>
+      </c>
+      <c r="P59" s="5">
+        <v>0</v>
+      </c>
+      <c r="Q59" s="5">
+        <v>0</v>
+      </c>
+      <c r="R59" s="5">
+        <v>0</v>
+      </c>
+      <c r="S59" s="5">
+        <v>0</v>
+      </c>
+      <c r="T59" s="5">
         <v>1824</v>
       </c>
-      <c r="U59" s="9">
+      <c r="U59" s="5">
         <v>6321.0555500000046</v>
       </c>
-      <c r="V59" s="9">
+      <c r="V59" s="5">
         <v>747</v>
       </c>
-      <c r="W59" s="9">
+      <c r="W59" s="5">
         <v>1785.3211799999997</v>
       </c>
-      <c r="X59" s="9">
-[...5 lines deleted...]
-      <c r="Z59" s="9">
+      <c r="X59" s="5">
+        <v>0</v>
+      </c>
+      <c r="Y59" s="5">
+        <v>0</v>
+      </c>
+      <c r="Z59" s="5">
         <v>556</v>
       </c>
-      <c r="AA59" s="9">
+      <c r="AA59" s="5">
         <v>4157</v>
       </c>
-      <c r="AB59" s="9">
-[...2 lines deleted...]
-      <c r="AC59" s="9">
+      <c r="AB59" s="5">
+        <v>0</v>
+      </c>
+      <c r="AC59" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B60" s="12" t="s">
+      <c r="A60" s="17"/>
+      <c r="B60" s="8" t="s">
         <v>52</v>
       </c>
-      <c r="C60" s="13"/>
-[...29 lines deleted...]
-      <c r="B61" s="28">
+      <c r="C60" s="22"/>
+      <c r="D60" s="4"/>
+      <c r="E60" s="4"/>
+      <c r="F60" s="4"/>
+      <c r="G60" s="4"/>
+      <c r="H60" s="4"/>
+      <c r="I60" s="4"/>
+      <c r="J60" s="4"/>
+      <c r="K60" s="4"/>
+      <c r="L60" s="5"/>
+      <c r="M60" s="5"/>
+      <c r="N60" s="5"/>
+      <c r="O60" s="5"/>
+      <c r="P60" s="5"/>
+      <c r="Q60" s="5"/>
+      <c r="R60" s="5"/>
+      <c r="S60" s="5"/>
+      <c r="T60" s="5"/>
+      <c r="U60" s="5"/>
+      <c r="V60" s="5"/>
+      <c r="W60" s="5"/>
+      <c r="X60" s="5"/>
+      <c r="Y60" s="5"/>
+      <c r="Z60" s="5"/>
+      <c r="AA60" s="5"/>
+      <c r="AB60" s="5"/>
+      <c r="AC60" s="5"/>
+    </row>
+    <row r="61" spans="1:29" s="24" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A61" s="23"/>
+      <c r="B61" s="14">
         <v>48</v>
       </c>
-      <c r="C61" s="3" t="s">
+      <c r="C61" s="9" t="s">
         <v>53</v>
       </c>
-      <c r="D61" s="4">
-[...8 lines deleted...]
-      <c r="G61" s="4">
+      <c r="D61" s="10">
+        <v>0</v>
+      </c>
+      <c r="E61" s="10">
+        <v>0</v>
+      </c>
+      <c r="F61" s="10">
+        <v>0</v>
+      </c>
+      <c r="G61" s="10">
         <v>154883</v>
       </c>
-      <c r="H61" s="4">
-[...2 lines deleted...]
-      <c r="I61" s="4">
+      <c r="H61" s="10">
+        <v>0</v>
+      </c>
+      <c r="I61" s="10">
         <v>1173594</v>
       </c>
-      <c r="J61" s="4">
-[...2 lines deleted...]
-      <c r="K61" s="4">
+      <c r="J61" s="10">
+        <v>0</v>
+      </c>
+      <c r="K61" s="10">
         <v>7622032</v>
       </c>
-      <c r="L61" s="14">
-[...23 lines deleted...]
-      <c r="T61" s="14">
+      <c r="L61" s="11">
+        <v>0</v>
+      </c>
+      <c r="M61" s="11">
+        <v>0</v>
+      </c>
+      <c r="N61" s="11">
+        <v>0</v>
+      </c>
+      <c r="O61" s="11">
+        <v>0</v>
+      </c>
+      <c r="P61" s="11">
+        <v>0</v>
+      </c>
+      <c r="Q61" s="11">
+        <v>0</v>
+      </c>
+      <c r="R61" s="11">
+        <v>0</v>
+      </c>
+      <c r="S61" s="11">
+        <v>0</v>
+      </c>
+      <c r="T61" s="11">
         <v>535119</v>
       </c>
-      <c r="U61" s="14">
+      <c r="U61" s="11">
         <v>35649.80861</v>
       </c>
-      <c r="V61" s="14">
+      <c r="V61" s="11">
         <v>37715</v>
       </c>
-      <c r="W61" s="14">
+      <c r="W61" s="11">
         <v>54881.452369999999</v>
       </c>
-      <c r="X61" s="14">
-[...5 lines deleted...]
-      <c r="Z61" s="14">
+      <c r="X61" s="11">
+        <v>0</v>
+      </c>
+      <c r="Y61" s="11">
+        <v>0</v>
+      </c>
+      <c r="Z61" s="11">
         <v>527053</v>
       </c>
-      <c r="AA61" s="14">
+      <c r="AA61" s="11">
         <v>1957213.1793900002</v>
       </c>
-      <c r="AB61" s="14">
-[...8 lines deleted...]
-      <c r="B62" s="28">
+      <c r="AB61" s="11">
+        <v>0</v>
+      </c>
+      <c r="AC61" s="11">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="62" spans="1:29" s="24" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A62" s="23"/>
+      <c r="B62" s="14">
         <v>49</v>
       </c>
-      <c r="C62" s="3" t="s">
+      <c r="C62" s="9" t="s">
         <v>54</v>
       </c>
-      <c r="D62" s="4">
-[...8 lines deleted...]
-      <c r="G62" s="4">
+      <c r="D62" s="10">
+        <v>0</v>
+      </c>
+      <c r="E62" s="10">
+        <v>0</v>
+      </c>
+      <c r="F62" s="10">
+        <v>0</v>
+      </c>
+      <c r="G62" s="10">
         <v>461599</v>
       </c>
-      <c r="H62" s="4">
-[...2 lines deleted...]
-      <c r="I62" s="4">
+      <c r="H62" s="10">
+        <v>0</v>
+      </c>
+      <c r="I62" s="10">
         <v>11052</v>
       </c>
-      <c r="J62" s="4">
-[...2 lines deleted...]
-      <c r="K62" s="4">
+      <c r="J62" s="10">
+        <v>0</v>
+      </c>
+      <c r="K62" s="10">
         <v>10786644</v>
       </c>
-      <c r="L62" s="14">
-[...23 lines deleted...]
-      <c r="T62" s="14">
+      <c r="L62" s="11">
+        <v>0</v>
+      </c>
+      <c r="M62" s="11">
+        <v>0</v>
+      </c>
+      <c r="N62" s="11">
+        <v>0</v>
+      </c>
+      <c r="O62" s="11">
+        <v>0</v>
+      </c>
+      <c r="P62" s="11">
+        <v>0</v>
+      </c>
+      <c r="Q62" s="11">
+        <v>0</v>
+      </c>
+      <c r="R62" s="11">
+        <v>0</v>
+      </c>
+      <c r="S62" s="11">
+        <v>0</v>
+      </c>
+      <c r="T62" s="11">
         <v>125637</v>
       </c>
-      <c r="U62" s="14">
+      <c r="U62" s="11">
         <v>260743.78768000001</v>
       </c>
-      <c r="V62" s="14">
+      <c r="V62" s="11">
         <v>2218</v>
       </c>
-      <c r="W62" s="14">
+      <c r="W62" s="11">
         <v>5919.8608099999992</v>
       </c>
-      <c r="X62" s="14">
-[...5 lines deleted...]
-      <c r="Z62" s="14">
+      <c r="X62" s="11">
+        <v>0</v>
+      </c>
+      <c r="Y62" s="11">
+        <v>0</v>
+      </c>
+      <c r="Z62" s="11">
         <v>2235674</v>
       </c>
-      <c r="AA62" s="14">
+      <c r="AA62" s="11">
         <v>7389156.949</v>
       </c>
-      <c r="AB62" s="14">
-[...8 lines deleted...]
-      <c r="B63" s="28">
+      <c r="AB62" s="11">
+        <v>0</v>
+      </c>
+      <c r="AC62" s="11">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="63" spans="1:29" s="24" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A63" s="23"/>
+      <c r="B63" s="14">
         <v>50</v>
       </c>
-      <c r="C63" s="3" t="s">
+      <c r="C63" s="9" t="s">
         <v>55</v>
       </c>
-      <c r="D63" s="4">
-[...8 lines deleted...]
-      <c r="G63" s="4">
+      <c r="D63" s="10">
+        <v>0</v>
+      </c>
+      <c r="E63" s="10">
+        <v>0</v>
+      </c>
+      <c r="F63" s="10">
+        <v>0</v>
+      </c>
+      <c r="G63" s="10">
         <v>196757</v>
       </c>
-      <c r="H63" s="4">
-[...2 lines deleted...]
-      <c r="I63" s="4">
+      <c r="H63" s="10">
+        <v>0</v>
+      </c>
+      <c r="I63" s="10">
         <v>2772468</v>
       </c>
-      <c r="J63" s="4">
-[...2 lines deleted...]
-      <c r="K63" s="4">
+      <c r="J63" s="10">
+        <v>0</v>
+      </c>
+      <c r="K63" s="10">
         <v>28026190</v>
       </c>
-      <c r="L63" s="14">
-[...29 lines deleted...]
-      <c r="V63" s="14">
+      <c r="L63" s="11">
+        <v>0</v>
+      </c>
+      <c r="M63" s="11">
+        <v>0</v>
+      </c>
+      <c r="N63" s="11">
+        <v>0</v>
+      </c>
+      <c r="O63" s="11">
+        <v>0</v>
+      </c>
+      <c r="P63" s="11">
+        <v>0</v>
+      </c>
+      <c r="Q63" s="11">
+        <v>0</v>
+      </c>
+      <c r="R63" s="11">
+        <v>0</v>
+      </c>
+      <c r="S63" s="11">
+        <v>0</v>
+      </c>
+      <c r="T63" s="11">
+        <v>0</v>
+      </c>
+      <c r="U63" s="11">
+        <v>0</v>
+      </c>
+      <c r="V63" s="11">
         <v>225881</v>
       </c>
-      <c r="W63" s="14">
+      <c r="W63" s="11">
         <v>348684.33262</v>
       </c>
-      <c r="X63" s="14">
-[...20 lines deleted...]
-      <c r="B64" s="28">
+      <c r="X63" s="11">
+        <v>0</v>
+      </c>
+      <c r="Y63" s="11">
+        <v>0</v>
+      </c>
+      <c r="Z63" s="11">
+        <v>0</v>
+      </c>
+      <c r="AA63" s="11">
+        <v>0</v>
+      </c>
+      <c r="AB63" s="11">
+        <v>0</v>
+      </c>
+      <c r="AC63" s="11">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="64" spans="1:29" s="24" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A64" s="23"/>
+      <c r="B64" s="14">
         <v>51</v>
       </c>
-      <c r="C64" s="3" t="s">
+      <c r="C64" s="9" t="s">
         <v>56</v>
       </c>
-      <c r="D64" s="4">
-[...14 lines deleted...]
-      <c r="I64" s="4">
+      <c r="D64" s="10">
+        <v>0</v>
+      </c>
+      <c r="E64" s="10">
+        <v>0</v>
+      </c>
+      <c r="F64" s="10">
+        <v>0</v>
+      </c>
+      <c r="G64" s="10">
+        <v>0</v>
+      </c>
+      <c r="H64" s="10">
+        <v>0</v>
+      </c>
+      <c r="I64" s="10">
         <v>140658</v>
       </c>
-      <c r="J64" s="4">
-[...2 lines deleted...]
-      <c r="K64" s="4">
+      <c r="J64" s="10">
+        <v>0</v>
+      </c>
+      <c r="K64" s="10">
         <v>1262817</v>
       </c>
-      <c r="L64" s="14">
-[...23 lines deleted...]
-      <c r="T64" s="14">
+      <c r="L64" s="11">
+        <v>0</v>
+      </c>
+      <c r="M64" s="11">
+        <v>0</v>
+      </c>
+      <c r="N64" s="11">
+        <v>0</v>
+      </c>
+      <c r="O64" s="11">
+        <v>0</v>
+      </c>
+      <c r="P64" s="11">
+        <v>0</v>
+      </c>
+      <c r="Q64" s="11">
+        <v>0</v>
+      </c>
+      <c r="R64" s="11">
+        <v>0</v>
+      </c>
+      <c r="S64" s="11">
+        <v>0</v>
+      </c>
+      <c r="T64" s="11">
         <v>15711</v>
       </c>
-      <c r="U64" s="14">
+      <c r="U64" s="11">
         <v>29134.566640000001</v>
       </c>
-      <c r="V64" s="14">
+      <c r="V64" s="11">
         <v>23142</v>
       </c>
-      <c r="W64" s="14">
+      <c r="W64" s="11">
         <v>112284.8786</v>
       </c>
-      <c r="X64" s="14">
+      <c r="X64" s="11">
         <v>2324</v>
       </c>
-      <c r="Y64" s="14">
+      <c r="Y64" s="11">
         <v>1424.36609</v>
       </c>
-      <c r="Z64" s="14">
+      <c r="Z64" s="11">
         <v>115466</v>
       </c>
-      <c r="AA64" s="14">
+      <c r="AA64" s="11">
         <v>597185.62</v>
       </c>
-      <c r="AB64" s="14">
-[...8 lines deleted...]
-      <c r="B65" s="28">
+      <c r="AB64" s="11">
+        <v>0</v>
+      </c>
+      <c r="AC64" s="11">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="65" spans="1:29" s="24" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A65" s="23"/>
+      <c r="B65" s="14">
         <v>52</v>
       </c>
-      <c r="C65" s="3" t="s">
+      <c r="C65" s="9" t="s">
         <v>57</v>
       </c>
-      <c r="D65" s="4">
-[...8 lines deleted...]
-      <c r="G65" s="4">
+      <c r="D65" s="10">
+        <v>0</v>
+      </c>
+      <c r="E65" s="10">
+        <v>0</v>
+      </c>
+      <c r="F65" s="10">
+        <v>0</v>
+      </c>
+      <c r="G65" s="10">
         <v>309517</v>
       </c>
-      <c r="H65" s="4">
-[...8 lines deleted...]
-      <c r="K65" s="4">
+      <c r="H65" s="10">
+        <v>0</v>
+      </c>
+      <c r="I65" s="10">
+        <v>0</v>
+      </c>
+      <c r="J65" s="10">
+        <v>0</v>
+      </c>
+      <c r="K65" s="10">
         <v>977733</v>
       </c>
-      <c r="L65" s="14">
-[...23 lines deleted...]
-      <c r="T65" s="14">
+      <c r="L65" s="11">
+        <v>0</v>
+      </c>
+      <c r="M65" s="11">
+        <v>0</v>
+      </c>
+      <c r="N65" s="11">
+        <v>0</v>
+      </c>
+      <c r="O65" s="11">
+        <v>0</v>
+      </c>
+      <c r="P65" s="11">
+        <v>0</v>
+      </c>
+      <c r="Q65" s="11">
+        <v>0</v>
+      </c>
+      <c r="R65" s="11">
+        <v>0</v>
+      </c>
+      <c r="S65" s="11">
+        <v>0</v>
+      </c>
+      <c r="T65" s="11">
         <v>17496</v>
       </c>
-      <c r="U65" s="14">
+      <c r="U65" s="11">
         <v>25683.546850000002</v>
       </c>
-      <c r="V65" s="14">
+      <c r="V65" s="11">
         <v>14094</v>
       </c>
-      <c r="W65" s="14">
+      <c r="W65" s="11">
         <v>34691.032530000004</v>
       </c>
-      <c r="X65" s="14">
-[...5 lines deleted...]
-      <c r="Z65" s="14">
+      <c r="X65" s="11">
+        <v>0</v>
+      </c>
+      <c r="Y65" s="11">
+        <v>0</v>
+      </c>
+      <c r="Z65" s="11">
         <v>495026</v>
       </c>
-      <c r="AA65" s="14">
+      <c r="AA65" s="11">
         <v>1346366.4</v>
       </c>
-      <c r="AB65" s="14">
-[...8 lines deleted...]
-      <c r="B66" s="28">
+      <c r="AB65" s="11">
+        <v>0</v>
+      </c>
+      <c r="AC65" s="11">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="66" spans="1:29" s="24" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A66" s="23"/>
+      <c r="B66" s="14">
         <v>53</v>
       </c>
-      <c r="C66" s="15" t="s">
+      <c r="C66" s="25" t="s">
         <v>58</v>
       </c>
-      <c r="D66" s="4">
-[...20 lines deleted...]
-      <c r="K66" s="4">
+      <c r="D66" s="10">
+        <v>0</v>
+      </c>
+      <c r="E66" s="10">
+        <v>0</v>
+      </c>
+      <c r="F66" s="10">
+        <v>0</v>
+      </c>
+      <c r="G66" s="10">
+        <v>0</v>
+      </c>
+      <c r="H66" s="10">
+        <v>0</v>
+      </c>
+      <c r="I66" s="10">
+        <v>0</v>
+      </c>
+      <c r="J66" s="10">
+        <v>0</v>
+      </c>
+      <c r="K66" s="10">
         <v>30584604</v>
       </c>
-      <c r="L66" s="14">
-[...23 lines deleted...]
-      <c r="T66" s="14">
+      <c r="L66" s="11">
+        <v>0</v>
+      </c>
+      <c r="M66" s="11">
+        <v>0</v>
+      </c>
+      <c r="N66" s="11">
+        <v>0</v>
+      </c>
+      <c r="O66" s="11">
+        <v>0</v>
+      </c>
+      <c r="P66" s="11">
+        <v>0</v>
+      </c>
+      <c r="Q66" s="11">
+        <v>0</v>
+      </c>
+      <c r="R66" s="11">
+        <v>0</v>
+      </c>
+      <c r="S66" s="11">
+        <v>0</v>
+      </c>
+      <c r="T66" s="11">
         <v>60</v>
       </c>
-      <c r="U66" s="14">
+      <c r="U66" s="11">
         <v>13.964139999999999</v>
       </c>
-      <c r="V66" s="14">
+      <c r="V66" s="11">
         <v>268</v>
       </c>
-      <c r="W66" s="14">
+      <c r="W66" s="11">
         <v>14.381270000000001</v>
       </c>
-      <c r="X66" s="14">
-[...5 lines deleted...]
-      <c r="Z66" s="14">
+      <c r="X66" s="11">
+        <v>0</v>
+      </c>
+      <c r="Y66" s="11">
+        <v>0</v>
+      </c>
+      <c r="Z66" s="11">
         <v>44</v>
       </c>
-      <c r="AA66" s="14">
+      <c r="AA66" s="11">
         <v>71.099999999999994</v>
       </c>
-      <c r="AB66" s="14">
-[...2 lines deleted...]
-      <c r="AC66" s="14">
+      <c r="AB66" s="11">
+        <v>0</v>
+      </c>
+      <c r="AC66" s="11">
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B67" s="12" t="s">
+      <c r="A67" s="17"/>
+      <c r="B67" s="8" t="s">
         <v>59</v>
       </c>
-      <c r="C67" s="13"/>
-[...25 lines deleted...]
-      <c r="AC67" s="9"/>
+      <c r="C67" s="22"/>
+      <c r="D67" s="1"/>
+      <c r="E67" s="1"/>
+      <c r="F67" s="1"/>
+      <c r="G67" s="1"/>
+      <c r="H67" s="1"/>
+      <c r="I67" s="1"/>
+      <c r="J67" s="1"/>
+      <c r="K67" s="1"/>
+      <c r="L67" s="2"/>
+      <c r="M67" s="2"/>
+      <c r="N67" s="2"/>
+      <c r="O67" s="2"/>
+      <c r="P67" s="2"/>
+      <c r="Q67" s="2"/>
+      <c r="R67" s="2"/>
+      <c r="S67" s="2"/>
+      <c r="T67" s="5"/>
+      <c r="U67" s="5"/>
+      <c r="V67" s="5"/>
+      <c r="W67" s="5"/>
+      <c r="X67" s="5"/>
+      <c r="Y67" s="5"/>
+      <c r="Z67" s="5"/>
+      <c r="AA67" s="5"/>
+      <c r="AB67" s="5"/>
+      <c r="AC67" s="5"/>
     </row>
     <row r="68" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B68" s="27">
+      <c r="A68" s="17"/>
+      <c r="B68" s="13">
         <v>54</v>
       </c>
-      <c r="C68" s="1" t="s">
+      <c r="C68" s="3" t="s">
         <v>60</v>
       </c>
-      <c r="D68" s="2">
+      <c r="D68" s="4">
         <v>695</v>
       </c>
-      <c r="E68" s="2">
+      <c r="E68" s="4">
         <v>6</v>
       </c>
-      <c r="F68" s="2">
-[...2 lines deleted...]
-      <c r="G68" s="2">
+      <c r="F68" s="4">
+        <v>0</v>
+      </c>
+      <c r="G68" s="4">
         <v>857</v>
       </c>
-      <c r="H68" s="2">
-[...2 lines deleted...]
-      <c r="I68" s="2">
+      <c r="H68" s="4">
+        <v>0</v>
+      </c>
+      <c r="I68" s="4">
         <v>353897</v>
       </c>
-      <c r="J68" s="2">
+      <c r="J68" s="4">
         <v>968886</v>
       </c>
-      <c r="K68" s="2">
+      <c r="K68" s="4">
         <v>8784455</v>
       </c>
-      <c r="L68" s="9">
+      <c r="L68" s="5">
         <v>840147</v>
       </c>
-      <c r="M68" s="9">
+      <c r="M68" s="5">
         <v>4229143.3565199999</v>
       </c>
-      <c r="N68" s="9">
+      <c r="N68" s="5">
         <v>2377541</v>
       </c>
-      <c r="O68" s="9">
+      <c r="O68" s="5">
         <v>5776838.7769599995</v>
       </c>
-      <c r="P68" s="9">
+      <c r="P68" s="5">
         <v>177</v>
       </c>
-      <c r="Q68" s="9">
+      <c r="Q68" s="5">
         <v>145.72300000000001</v>
       </c>
-      <c r="R68" s="9">
+      <c r="R68" s="5">
         <v>2192</v>
       </c>
-      <c r="S68" s="9">
+      <c r="S68" s="5">
         <v>11568.8</v>
       </c>
-      <c r="T68" s="9">
+      <c r="T68" s="5">
         <v>165858</v>
       </c>
-      <c r="U68" s="9">
+      <c r="U68" s="5">
         <v>448379.175519999</v>
       </c>
-      <c r="V68" s="9">
+      <c r="V68" s="5">
         <v>166415</v>
       </c>
-      <c r="W68" s="9">
+      <c r="W68" s="5">
         <v>678388.83830997115</v>
       </c>
-      <c r="X68" s="9">
+      <c r="X68" s="5">
         <v>137</v>
       </c>
-      <c r="Y68" s="9">
+      <c r="Y68" s="5">
         <v>1673.518</v>
       </c>
-      <c r="Z68" s="9">
+      <c r="Z68" s="5">
         <v>1363253</v>
       </c>
-      <c r="AA68" s="9">
+      <c r="AA68" s="5">
         <v>7025322.9570000004</v>
       </c>
-      <c r="AB68" s="9">
-[...2 lines deleted...]
-      <c r="AC68" s="9">
+      <c r="AB68" s="5">
+        <v>0</v>
+      </c>
+      <c r="AC68" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B69" s="27">
+      <c r="A69" s="17"/>
+      <c r="B69" s="13">
         <v>55</v>
       </c>
-      <c r="C69" s="1" t="s">
+      <c r="C69" s="3" t="s">
         <v>61</v>
       </c>
-      <c r="D69" s="2">
+      <c r="D69" s="4">
         <v>194</v>
       </c>
-      <c r="E69" s="2">
+      <c r="E69" s="4">
         <v>2</v>
       </c>
-      <c r="F69" s="2">
-[...14 lines deleted...]
-      <c r="K69" s="2">
+      <c r="F69" s="4">
+        <v>0</v>
+      </c>
+      <c r="G69" s="4">
+        <v>0</v>
+      </c>
+      <c r="H69" s="4">
+        <v>0</v>
+      </c>
+      <c r="I69" s="4">
+        <v>0</v>
+      </c>
+      <c r="J69" s="4">
+        <v>0</v>
+      </c>
+      <c r="K69" s="4">
         <v>244497</v>
       </c>
-      <c r="L69" s="9">
-[...23 lines deleted...]
-      <c r="T69" s="9">
+      <c r="L69" s="5">
+        <v>0</v>
+      </c>
+      <c r="M69" s="5">
+        <v>0</v>
+      </c>
+      <c r="N69" s="5">
+        <v>0</v>
+      </c>
+      <c r="O69" s="5">
+        <v>0</v>
+      </c>
+      <c r="P69" s="5">
+        <v>0</v>
+      </c>
+      <c r="Q69" s="5">
+        <v>0</v>
+      </c>
+      <c r="R69" s="5">
+        <v>0</v>
+      </c>
+      <c r="S69" s="5">
+        <v>0</v>
+      </c>
+      <c r="T69" s="5">
         <v>22442</v>
       </c>
-      <c r="U69" s="9">
+      <c r="U69" s="5">
         <v>60618.793669999999</v>
       </c>
-      <c r="V69" s="9">
+      <c r="V69" s="5">
         <v>2062</v>
       </c>
-      <c r="W69" s="9">
+      <c r="W69" s="5">
         <v>14467.863810000001</v>
       </c>
-      <c r="X69" s="9">
-[...5 lines deleted...]
-      <c r="Z69" s="9">
+      <c r="X69" s="5">
+        <v>0</v>
+      </c>
+      <c r="Y69" s="5">
+        <v>0</v>
+      </c>
+      <c r="Z69" s="5">
         <v>106543</v>
       </c>
-      <c r="AA69" s="9">
+      <c r="AA69" s="5">
         <v>601491.19999999995</v>
       </c>
-      <c r="AB69" s="9">
-[...2 lines deleted...]
-      <c r="AC69" s="9">
+      <c r="AB69" s="5">
+        <v>0</v>
+      </c>
+      <c r="AC69" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B70" s="27">
+      <c r="A70" s="17"/>
+      <c r="B70" s="13">
         <v>56</v>
       </c>
-      <c r="C70" s="1" t="s">
+      <c r="C70" s="3" t="s">
         <v>62</v>
       </c>
-      <c r="D70" s="2">
+      <c r="D70" s="4">
         <v>377</v>
       </c>
-      <c r="E70" s="2">
+      <c r="E70" s="4">
         <v>4</v>
       </c>
-      <c r="F70" s="2">
+      <c r="F70" s="4">
         <v>2536</v>
       </c>
-      <c r="G70" s="2">
+      <c r="G70" s="4">
         <v>336</v>
       </c>
-      <c r="H70" s="2">
+      <c r="H70" s="4">
         <v>60955</v>
       </c>
-      <c r="I70" s="2">
-[...2 lines deleted...]
-      <c r="J70" s="2">
+      <c r="I70" s="4">
+        <v>0</v>
+      </c>
+      <c r="J70" s="4">
         <v>2734</v>
       </c>
-      <c r="K70" s="2">
+      <c r="K70" s="4">
         <v>1251581</v>
       </c>
-      <c r="L70" s="9">
+      <c r="L70" s="5">
         <v>12311</v>
       </c>
-      <c r="M70" s="9">
+      <c r="M70" s="5">
         <v>42125.026649999963</v>
       </c>
-      <c r="N70" s="9">
+      <c r="N70" s="5">
         <v>3029</v>
       </c>
-      <c r="O70" s="9">
+      <c r="O70" s="5">
         <v>36429.063050000012</v>
       </c>
-      <c r="P70" s="9">
-[...5 lines deleted...]
-      <c r="R70" s="9">
+      <c r="P70" s="5">
+        <v>0</v>
+      </c>
+      <c r="Q70" s="5">
+        <v>0</v>
+      </c>
+      <c r="R70" s="5">
         <v>124</v>
       </c>
-      <c r="S70" s="9">
+      <c r="S70" s="5">
         <v>832.3</v>
       </c>
-      <c r="T70" s="9">
+      <c r="T70" s="5">
         <v>87692</v>
       </c>
-      <c r="U70" s="9">
+      <c r="U70" s="5">
         <v>217578.44790999999</v>
       </c>
-      <c r="V70" s="9">
+      <c r="V70" s="5">
         <v>19419</v>
       </c>
-      <c r="W70" s="9">
+      <c r="W70" s="5">
         <v>110339.89456999999</v>
       </c>
-      <c r="X70" s="9">
-[...5 lines deleted...]
-      <c r="Z70" s="9">
+      <c r="X70" s="5">
+        <v>0</v>
+      </c>
+      <c r="Y70" s="5">
+        <v>0</v>
+      </c>
+      <c r="Z70" s="5">
         <v>1992398</v>
       </c>
-      <c r="AA70" s="9">
+      <c r="AA70" s="5">
         <v>5518494.3890000004</v>
       </c>
-      <c r="AB70" s="9">
-[...2 lines deleted...]
-      <c r="AC70" s="9">
+      <c r="AB70" s="5">
+        <v>0</v>
+      </c>
+      <c r="AC70" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B71" s="27">
+      <c r="A71" s="17"/>
+      <c r="B71" s="13">
         <v>57</v>
       </c>
-      <c r="C71" s="1" t="s">
+      <c r="C71" s="3" t="s">
         <v>63</v>
       </c>
-      <c r="D71" s="2">
+      <c r="D71" s="4">
         <v>716</v>
       </c>
-      <c r="E71" s="2">
+      <c r="E71" s="4">
         <v>2</v>
       </c>
-      <c r="F71" s="2">
-[...2 lines deleted...]
-      <c r="G71" s="2">
+      <c r="F71" s="4">
+        <v>0</v>
+      </c>
+      <c r="G71" s="4">
         <v>5034</v>
       </c>
-      <c r="H71" s="2">
-[...5 lines deleted...]
-      <c r="J71" s="2">
+      <c r="H71" s="4">
+        <v>0</v>
+      </c>
+      <c r="I71" s="4">
+        <v>0</v>
+      </c>
+      <c r="J71" s="4">
         <v>3502</v>
       </c>
-      <c r="K71" s="2">
+      <c r="K71" s="4">
         <v>5666580</v>
       </c>
-      <c r="L71" s="9">
+      <c r="L71" s="5">
         <v>2624</v>
       </c>
-      <c r="M71" s="9">
+      <c r="M71" s="5">
         <v>5568.4997200000053</v>
       </c>
-      <c r="N71" s="9">
+      <c r="N71" s="5">
         <v>20875</v>
       </c>
-      <c r="O71" s="9">
+      <c r="O71" s="5">
         <v>16359.079910000011</v>
       </c>
-      <c r="P71" s="9">
-[...5 lines deleted...]
-      <c r="R71" s="9">
+      <c r="P71" s="5">
+        <v>0</v>
+      </c>
+      <c r="Q71" s="5">
+        <v>0</v>
+      </c>
+      <c r="R71" s="5">
         <v>13</v>
       </c>
-      <c r="S71" s="9">
+      <c r="S71" s="5">
         <v>22.5</v>
       </c>
-      <c r="T71" s="9">
+      <c r="T71" s="5">
         <v>129354</v>
       </c>
-      <c r="U71" s="9">
+      <c r="U71" s="5">
         <v>288774.40690000006</v>
       </c>
-      <c r="V71" s="9">
+      <c r="V71" s="5">
         <v>7682</v>
       </c>
-      <c r="W71" s="9">
+      <c r="W71" s="5">
         <v>30396.411609999999</v>
       </c>
-      <c r="X71" s="9">
-[...5 lines deleted...]
-      <c r="Z71" s="9">
+      <c r="X71" s="5">
+        <v>0</v>
+      </c>
+      <c r="Y71" s="5">
+        <v>0</v>
+      </c>
+      <c r="Z71" s="5">
         <v>728893</v>
       </c>
-      <c r="AA71" s="9">
+      <c r="AA71" s="5">
         <v>3662892.358</v>
       </c>
-      <c r="AB71" s="9">
+      <c r="AB71" s="5">
         <v>1</v>
       </c>
-      <c r="AC71" s="9">
+      <c r="AC71" s="5">
         <v>0.2</v>
       </c>
     </row>
     <row r="72" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B72" s="27">
+      <c r="A72" s="17"/>
+      <c r="B72" s="13">
         <v>58</v>
       </c>
-      <c r="C72" s="1" t="s">
+      <c r="C72" s="3" t="s">
         <v>64</v>
       </c>
-      <c r="D72" s="2">
+      <c r="D72" s="4">
         <v>58</v>
       </c>
-      <c r="E72" s="2">
+      <c r="E72" s="4">
         <v>3</v>
       </c>
-      <c r="F72" s="2">
-[...2 lines deleted...]
-      <c r="G72" s="2">
+      <c r="F72" s="4">
+        <v>0</v>
+      </c>
+      <c r="G72" s="4">
         <v>173</v>
       </c>
-      <c r="H72" s="2">
-[...2 lines deleted...]
-      <c r="I72" s="2">
+      <c r="H72" s="4">
+        <v>0</v>
+      </c>
+      <c r="I72" s="4">
         <v>511590</v>
       </c>
-      <c r="J72" s="2">
-[...2 lines deleted...]
-      <c r="K72" s="2">
+      <c r="J72" s="4">
+        <v>0</v>
+      </c>
+      <c r="K72" s="4">
         <v>4066277</v>
       </c>
-      <c r="L72" s="9">
-[...23 lines deleted...]
-      <c r="T72" s="9">
+      <c r="L72" s="5">
+        <v>0</v>
+      </c>
+      <c r="M72" s="5">
+        <v>0</v>
+      </c>
+      <c r="N72" s="5">
+        <v>0</v>
+      </c>
+      <c r="O72" s="5">
+        <v>0</v>
+      </c>
+      <c r="P72" s="5">
+        <v>0</v>
+      </c>
+      <c r="Q72" s="5">
+        <v>0</v>
+      </c>
+      <c r="R72" s="5">
+        <v>0</v>
+      </c>
+      <c r="S72" s="5">
+        <v>0</v>
+      </c>
+      <c r="T72" s="5">
         <v>42394</v>
       </c>
-      <c r="U72" s="9">
+      <c r="U72" s="5">
         <v>96996.618159999998</v>
       </c>
-      <c r="V72" s="9">
+      <c r="V72" s="5">
         <v>6597</v>
       </c>
-      <c r="W72" s="9">
+      <c r="W72" s="5">
         <v>26627.646920000003</v>
       </c>
-      <c r="X72" s="9">
-[...5 lines deleted...]
-      <c r="Z72" s="9">
+      <c r="X72" s="5">
+        <v>0</v>
+      </c>
+      <c r="Y72" s="5">
+        <v>0</v>
+      </c>
+      <c r="Z72" s="5">
         <v>501956</v>
       </c>
-      <c r="AA72" s="9">
+      <c r="AA72" s="5">
         <v>1874252.0911300001</v>
       </c>
-      <c r="AB72" s="9">
-[...2 lines deleted...]
-      <c r="AC72" s="9">
+      <c r="AB72" s="5">
+        <v>0</v>
+      </c>
+      <c r="AC72" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B73" s="27">
+      <c r="A73" s="17"/>
+      <c r="B73" s="13">
         <v>59</v>
       </c>
-      <c r="C73" s="1" t="s">
+      <c r="C73" s="3" t="s">
         <v>65</v>
       </c>
-      <c r="D73" s="2">
+      <c r="D73" s="4">
         <v>18</v>
       </c>
-      <c r="E73" s="2">
+      <c r="E73" s="4">
         <v>1</v>
       </c>
-      <c r="F73" s="2">
-[...11 lines deleted...]
-      <c r="J73" s="2">
+      <c r="F73" s="4">
+        <v>0</v>
+      </c>
+      <c r="G73" s="4">
+        <v>0</v>
+      </c>
+      <c r="H73" s="4">
+        <v>0</v>
+      </c>
+      <c r="I73" s="4">
+        <v>0</v>
+      </c>
+      <c r="J73" s="4">
         <v>1764</v>
       </c>
-      <c r="K73" s="2">
+      <c r="K73" s="4">
         <v>2086500</v>
       </c>
-      <c r="L73" s="29">
+      <c r="L73" s="5">
         <v>110793</v>
       </c>
-      <c r="M73" s="29">
+      <c r="M73" s="5">
         <v>63444.840530000001</v>
       </c>
-      <c r="N73" s="29">
+      <c r="N73" s="5">
         <v>24386</v>
       </c>
-      <c r="O73" s="29">
+      <c r="O73" s="5">
         <v>49613.103929999997</v>
       </c>
-      <c r="P73" s="9">
-[...11 lines deleted...]
-      <c r="T73" s="9">
+      <c r="P73" s="5">
+        <v>0</v>
+      </c>
+      <c r="Q73" s="5">
+        <v>0</v>
+      </c>
+      <c r="R73" s="5">
+        <v>0</v>
+      </c>
+      <c r="S73" s="5">
+        <v>0</v>
+      </c>
+      <c r="T73" s="5">
         <v>6770</v>
       </c>
-      <c r="U73" s="9">
+      <c r="U73" s="5">
         <v>13218.562019999999</v>
       </c>
-      <c r="V73" s="9">
+      <c r="V73" s="5">
         <v>16609</v>
       </c>
-      <c r="W73" s="9">
+      <c r="W73" s="5">
         <v>89231.672299999991</v>
       </c>
-      <c r="X73" s="9">
-[...5 lines deleted...]
-      <c r="Z73" s="9">
+      <c r="X73" s="5">
+        <v>0</v>
+      </c>
+      <c r="Y73" s="5">
+        <v>0</v>
+      </c>
+      <c r="Z73" s="5">
         <v>106603</v>
       </c>
-      <c r="AA73" s="9">
+      <c r="AA73" s="5">
         <v>379617.6</v>
       </c>
-      <c r="AB73" s="9">
+      <c r="AB73" s="5">
         <v>358</v>
       </c>
-      <c r="AC73" s="9">
+      <c r="AC73" s="5">
         <v>1587.2900900000002</v>
       </c>
     </row>
     <row r="74" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B74" s="27">
+      <c r="A74" s="17"/>
+      <c r="B74" s="13">
         <v>60</v>
       </c>
-      <c r="C74" s="1" t="s">
+      <c r="C74" s="3" t="s">
         <v>66</v>
       </c>
-      <c r="D74" s="2">
-[...20 lines deleted...]
-      <c r="K74" s="2">
+      <c r="D74" s="4">
+        <v>0</v>
+      </c>
+      <c r="E74" s="4">
+        <v>0</v>
+      </c>
+      <c r="F74" s="4">
+        <v>0</v>
+      </c>
+      <c r="G74" s="4">
+        <v>0</v>
+      </c>
+      <c r="H74" s="4">
+        <v>0</v>
+      </c>
+      <c r="I74" s="4">
+        <v>0</v>
+      </c>
+      <c r="J74" s="4">
+        <v>0</v>
+      </c>
+      <c r="K74" s="4">
         <v>33828</v>
       </c>
-      <c r="L74" s="9">
-[...23 lines deleted...]
-      <c r="T74" s="9">
+      <c r="L74" s="5">
+        <v>0</v>
+      </c>
+      <c r="M74" s="5">
+        <v>0</v>
+      </c>
+      <c r="N74" s="5">
+        <v>0</v>
+      </c>
+      <c r="O74" s="5">
+        <v>0</v>
+      </c>
+      <c r="P74" s="5">
+        <v>0</v>
+      </c>
+      <c r="Q74" s="5">
+        <v>0</v>
+      </c>
+      <c r="R74" s="5">
+        <v>0</v>
+      </c>
+      <c r="S74" s="5">
+        <v>0</v>
+      </c>
+      <c r="T74" s="5">
         <v>2593</v>
       </c>
-      <c r="U74" s="9">
+      <c r="U74" s="5">
         <v>7065.09717</v>
       </c>
-      <c r="V74" s="9">
+      <c r="V74" s="5">
         <v>1594</v>
       </c>
-      <c r="W74" s="9">
+      <c r="W74" s="5">
         <v>8509.4729800000005</v>
       </c>
-      <c r="X74" s="9">
-[...5 lines deleted...]
-      <c r="Z74" s="9">
+      <c r="X74" s="5">
+        <v>0</v>
+      </c>
+      <c r="Y74" s="5">
+        <v>0</v>
+      </c>
+      <c r="Z74" s="5">
         <v>21803</v>
       </c>
-      <c r="AA74" s="9">
+      <c r="AA74" s="5">
         <v>115888.181</v>
       </c>
-      <c r="AB74" s="9">
-[...2 lines deleted...]
-      <c r="AC74" s="9">
+      <c r="AB74" s="5">
+        <v>0</v>
+      </c>
+      <c r="AC74" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B75" s="27">
+      <c r="A75" s="17"/>
+      <c r="B75" s="13">
         <v>61</v>
       </c>
-      <c r="C75" s="1" t="s">
+      <c r="C75" s="3" t="s">
         <v>67</v>
       </c>
-      <c r="D75" s="2">
-[...8 lines deleted...]
-      <c r="G75" s="2">
+      <c r="D75" s="4">
+        <v>0</v>
+      </c>
+      <c r="E75" s="4">
+        <v>0</v>
+      </c>
+      <c r="F75" s="4">
+        <v>0</v>
+      </c>
+      <c r="G75" s="4">
         <v>67</v>
       </c>
-      <c r="H75" s="2">
-[...5 lines deleted...]
-      <c r="J75" s="2">
+      <c r="H75" s="4">
+        <v>0</v>
+      </c>
+      <c r="I75" s="4">
+        <v>0</v>
+      </c>
+      <c r="J75" s="4">
         <v>3962</v>
       </c>
-      <c r="K75" s="2">
+      <c r="K75" s="4">
         <v>897804</v>
       </c>
-      <c r="L75" s="9">
+      <c r="L75" s="5">
         <v>1624</v>
       </c>
-      <c r="M75" s="9">
+      <c r="M75" s="5">
         <v>6585.9988300000005</v>
       </c>
-      <c r="N75" s="9">
+      <c r="N75" s="5">
         <v>3023</v>
       </c>
-      <c r="O75" s="9">
+      <c r="O75" s="5">
         <v>12332.87276</v>
       </c>
-      <c r="P75" s="9">
-[...11 lines deleted...]
-      <c r="T75" s="9">
+      <c r="P75" s="5">
+        <v>0</v>
+      </c>
+      <c r="Q75" s="5">
+        <v>0</v>
+      </c>
+      <c r="R75" s="5">
+        <v>0</v>
+      </c>
+      <c r="S75" s="5">
+        <v>0</v>
+      </c>
+      <c r="T75" s="5">
         <v>7389</v>
       </c>
-      <c r="U75" s="9">
+      <c r="U75" s="5">
         <v>14621.279</v>
       </c>
-      <c r="V75" s="9">
+      <c r="V75" s="5">
         <v>1761</v>
       </c>
-      <c r="W75" s="9">
+      <c r="W75" s="5">
         <v>10521.548000000001</v>
       </c>
-      <c r="X75" s="9">
-[...5 lines deleted...]
-      <c r="Z75" s="9">
+      <c r="X75" s="5">
+        <v>0</v>
+      </c>
+      <c r="Y75" s="5">
+        <v>0</v>
+      </c>
+      <c r="Z75" s="5">
         <v>72987</v>
       </c>
-      <c r="AA75" s="9">
+      <c r="AA75" s="5">
         <v>325755.30800000002</v>
       </c>
-      <c r="AB75" s="9">
-[...2 lines deleted...]
-      <c r="AC75" s="9">
+      <c r="AB75" s="5">
+        <v>0</v>
+      </c>
+      <c r="AC75" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B76" s="27">
+      <c r="A76" s="17"/>
+      <c r="B76" s="13">
         <v>62</v>
       </c>
-      <c r="C76" s="1" t="s">
+      <c r="C76" s="3" t="s">
         <v>68</v>
       </c>
-      <c r="D76" s="2">
+      <c r="D76" s="4">
         <v>609</v>
       </c>
-      <c r="E76" s="2">
+      <c r="E76" s="4">
         <v>4</v>
       </c>
-      <c r="F76" s="2">
-[...8 lines deleted...]
-      <c r="I76" s="2">
+      <c r="F76" s="4">
+        <v>0</v>
+      </c>
+      <c r="G76" s="4">
+        <v>0</v>
+      </c>
+      <c r="H76" s="4">
+        <v>0</v>
+      </c>
+      <c r="I76" s="4">
         <v>563378</v>
       </c>
-      <c r="J76" s="2">
-[...2 lines deleted...]
-      <c r="K76" s="2">
+      <c r="J76" s="4">
+        <v>0</v>
+      </c>
+      <c r="K76" s="4">
         <v>6622751</v>
       </c>
-      <c r="L76" s="9">
-[...23 lines deleted...]
-      <c r="T76" s="9">
+      <c r="L76" s="5">
+        <v>0</v>
+      </c>
+      <c r="M76" s="5">
+        <v>0</v>
+      </c>
+      <c r="N76" s="5">
+        <v>0</v>
+      </c>
+      <c r="O76" s="5">
+        <v>0</v>
+      </c>
+      <c r="P76" s="5">
+        <v>0</v>
+      </c>
+      <c r="Q76" s="5">
+        <v>0</v>
+      </c>
+      <c r="R76" s="5">
+        <v>0</v>
+      </c>
+      <c r="S76" s="5">
+        <v>0</v>
+      </c>
+      <c r="T76" s="5">
         <v>134807</v>
       </c>
-      <c r="U76" s="9">
+      <c r="U76" s="5">
         <v>292188.21244999999</v>
       </c>
-      <c r="V76" s="9">
+      <c r="V76" s="5">
         <v>26987</v>
       </c>
-      <c r="W76" s="9">
+      <c r="W76" s="5">
         <v>110850.69103</v>
       </c>
-      <c r="X76" s="9">
-[...5 lines deleted...]
-      <c r="Z76" s="9">
+      <c r="X76" s="5">
+        <v>0</v>
+      </c>
+      <c r="Y76" s="5">
+        <v>0</v>
+      </c>
+      <c r="Z76" s="5">
         <v>2986073</v>
       </c>
-      <c r="AA76" s="9">
+      <c r="AA76" s="5">
         <v>12050516.790999999</v>
       </c>
-      <c r="AB76" s="9">
-[...2 lines deleted...]
-      <c r="AC76" s="9">
+      <c r="AB76" s="5">
+        <v>0</v>
+      </c>
+      <c r="AC76" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B77" s="27">
+      <c r="A77" s="17"/>
+      <c r="B77" s="13">
         <v>63</v>
       </c>
-      <c r="C77" s="1" t="s">
+      <c r="C77" s="3" t="s">
         <v>69</v>
       </c>
-      <c r="D77" s="2">
+      <c r="D77" s="4">
         <v>193</v>
       </c>
-      <c r="E77" s="2">
-[...14 lines deleted...]
-      <c r="J77" s="2">
+      <c r="E77" s="4">
+        <v>0</v>
+      </c>
+      <c r="F77" s="4">
+        <v>0</v>
+      </c>
+      <c r="G77" s="4">
+        <v>0</v>
+      </c>
+      <c r="H77" s="4">
+        <v>0</v>
+      </c>
+      <c r="I77" s="4">
+        <v>0</v>
+      </c>
+      <c r="J77" s="4">
         <v>29227</v>
       </c>
-      <c r="K77" s="2">
+      <c r="K77" s="4">
         <v>103229</v>
       </c>
-      <c r="L77" s="9">
+      <c r="L77" s="5">
         <v>12504</v>
       </c>
-      <c r="M77" s="9">
+      <c r="M77" s="5">
         <v>42511.759859999998</v>
       </c>
-      <c r="N77" s="9">
+      <c r="N77" s="5">
         <v>20460</v>
       </c>
-      <c r="O77" s="9">
+      <c r="O77" s="5">
         <v>95221.232800000056</v>
       </c>
-      <c r="P77" s="9">
-[...5 lines deleted...]
-      <c r="R77" s="9">
+      <c r="P77" s="5">
+        <v>0</v>
+      </c>
+      <c r="Q77" s="5">
+        <v>0</v>
+      </c>
+      <c r="R77" s="5">
         <v>164</v>
       </c>
-      <c r="S77" s="9">
+      <c r="S77" s="5">
         <v>400.2</v>
       </c>
-      <c r="T77" s="9">
+      <c r="T77" s="5">
         <v>8309</v>
       </c>
-      <c r="U77" s="9">
+      <c r="U77" s="5">
         <v>23076.591359999999</v>
       </c>
-      <c r="V77" s="9">
+      <c r="V77" s="5">
         <v>1233</v>
       </c>
-      <c r="W77" s="9">
+      <c r="W77" s="5">
         <v>5923.8762200000001</v>
       </c>
-      <c r="X77" s="9">
-[...5 lines deleted...]
-      <c r="Z77" s="9">
+      <c r="X77" s="5">
+        <v>0</v>
+      </c>
+      <c r="Y77" s="5">
+        <v>0</v>
+      </c>
+      <c r="Z77" s="5">
         <v>38378</v>
       </c>
-      <c r="AA77" s="9">
+      <c r="AA77" s="5">
         <v>183415.27499999999</v>
       </c>
-      <c r="AB77" s="9">
-[...2 lines deleted...]
-      <c r="AC77" s="9">
+      <c r="AB77" s="5">
+        <v>0</v>
+      </c>
+      <c r="AC77" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="B78" s="27">
+      <c r="A78" s="17"/>
+      <c r="B78" s="13">
         <v>64</v>
       </c>
-      <c r="C78" s="1" t="s">
+      <c r="C78" s="3" t="s">
         <v>70</v>
       </c>
-      <c r="D78" s="2">
+      <c r="D78" s="4">
         <v>195</v>
       </c>
-      <c r="E78" s="2">
+      <c r="E78" s="4">
         <v>1</v>
       </c>
-      <c r="F78" s="2">
-[...2 lines deleted...]
-      <c r="G78" s="2">
+      <c r="F78" s="4">
+        <v>0</v>
+      </c>
+      <c r="G78" s="4">
         <v>778</v>
       </c>
-      <c r="H78" s="2">
-[...2 lines deleted...]
-      <c r="I78" s="2">
+      <c r="H78" s="4">
+        <v>0</v>
+      </c>
+      <c r="I78" s="4">
         <v>41001</v>
       </c>
-      <c r="J78" s="2">
+      <c r="J78" s="4">
         <v>185701</v>
       </c>
-      <c r="K78" s="2">
+      <c r="K78" s="4">
         <v>1743494</v>
       </c>
-      <c r="L78" s="9">
+      <c r="L78" s="5">
         <v>13877</v>
       </c>
-      <c r="M78" s="9">
+      <c r="M78" s="5">
         <v>15415.107390000001</v>
       </c>
-      <c r="N78" s="9">
+      <c r="N78" s="5">
         <v>53771</v>
       </c>
-      <c r="O78" s="9">
+      <c r="O78" s="5">
         <v>53993.432769999999</v>
       </c>
-      <c r="P78" s="9">
+      <c r="P78" s="5">
         <v>1795752</v>
       </c>
-      <c r="Q78" s="9">
+      <c r="Q78" s="5">
         <v>351900.92050000001</v>
       </c>
-      <c r="R78" s="9">
+      <c r="R78" s="5">
         <v>520</v>
       </c>
-      <c r="S78" s="9">
+      <c r="S78" s="5">
         <v>611.9</v>
       </c>
-      <c r="T78" s="9">
+      <c r="T78" s="5">
         <v>19952</v>
       </c>
-      <c r="U78" s="9">
+      <c r="U78" s="5">
         <v>63158.312710000122</v>
       </c>
-      <c r="V78" s="9">
+      <c r="V78" s="5">
         <v>3781</v>
       </c>
-      <c r="W78" s="9">
+      <c r="W78" s="5">
         <v>28617.066550000043</v>
       </c>
-      <c r="X78" s="9">
-[...5 lines deleted...]
-      <c r="Z78" s="9">
+      <c r="X78" s="5">
+        <v>0</v>
+      </c>
+      <c r="Y78" s="5">
+        <v>0</v>
+      </c>
+      <c r="Z78" s="5">
         <v>155575</v>
       </c>
-      <c r="AA78" s="9">
+      <c r="AA78" s="5">
         <v>874334.89622</v>
       </c>
-      <c r="AB78" s="9">
-[...8 lines deleted...]
-      <c r="B79" s="36" t="s">
+      <c r="AB78" s="5">
+        <v>0</v>
+      </c>
+      <c r="AC78" s="5">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="79" spans="1:29" s="27" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A79" s="26"/>
+      <c r="B79" s="35" t="s">
         <v>71</v>
       </c>
-      <c r="C79" s="37"/>
-      <c r="D79" s="16">
+      <c r="C79" s="36"/>
+      <c r="D79" s="12">
         <f>SUM(D11:D78)</f>
         <v>130897</v>
       </c>
-      <c r="E79" s="16">
+      <c r="E79" s="12">
         <f>SUM(E11:E78)</f>
         <v>76122</v>
       </c>
-      <c r="F79" s="16">
+      <c r="F79" s="12">
         <f t="shared" ref="F79:AC79" si="0">SUM(F11:F78)</f>
         <v>11964613</v>
       </c>
-      <c r="G79" s="16">
+      <c r="G79" s="12">
         <f t="shared" si="0"/>
         <v>1471422</v>
       </c>
-      <c r="H79" s="16">
+      <c r="H79" s="12">
         <f t="shared" si="0"/>
         <v>6573082</v>
       </c>
-      <c r="I79" s="16">
+      <c r="I79" s="12">
         <f t="shared" si="0"/>
-        <v>697838118</v>
-[...1 lines deleted...]
-      <c r="J79" s="16">
+        <v>697747231</v>
+      </c>
+      <c r="J79" s="12">
         <f t="shared" si="0"/>
         <v>112495592</v>
       </c>
-      <c r="K79" s="16">
+      <c r="K79" s="12">
         <f t="shared" si="0"/>
         <v>1018042450</v>
       </c>
-      <c r="L79" s="16">
+      <c r="L79" s="12">
         <f t="shared" si="0"/>
         <v>250162542</v>
       </c>
-      <c r="M79" s="16">
+      <c r="M79" s="12">
         <f t="shared" si="0"/>
         <v>727533230.45282018</v>
       </c>
-      <c r="N79" s="16">
+      <c r="N79" s="12">
         <f t="shared" si="0"/>
         <v>241618661</v>
       </c>
-      <c r="O79" s="16">
+      <c r="O79" s="12">
         <f t="shared" si="0"/>
         <v>1183810974.627187</v>
       </c>
-      <c r="P79" s="16">
+      <c r="P79" s="12">
         <f t="shared" si="0"/>
         <v>1795973</v>
       </c>
-      <c r="Q79" s="16">
+      <c r="Q79" s="12">
         <f t="shared" si="0"/>
         <v>354787.56651999999</v>
       </c>
-      <c r="R79" s="16">
+      <c r="R79" s="12">
         <f t="shared" si="0"/>
         <v>671163</v>
       </c>
-      <c r="S79" s="16">
+      <c r="S79" s="12">
         <f t="shared" si="0"/>
         <v>3656376.2665900006</v>
       </c>
-      <c r="T79" s="16">
+      <c r="T79" s="12">
         <f t="shared" si="0"/>
         <v>84359478</v>
       </c>
-      <c r="U79" s="16">
+      <c r="U79" s="12">
         <f t="shared" si="0"/>
         <v>246628177.12947008</v>
       </c>
-      <c r="V79" s="16">
+      <c r="V79" s="12">
         <f t="shared" si="0"/>
         <v>27641922</v>
       </c>
-      <c r="W79" s="16">
+      <c r="W79" s="12">
         <f t="shared" si="0"/>
         <v>125993029.85508995</v>
       </c>
-      <c r="X79" s="16">
+      <c r="X79" s="12">
         <f t="shared" si="0"/>
         <v>78872</v>
       </c>
-      <c r="Y79" s="16">
+      <c r="Y79" s="12">
         <f t="shared" si="0"/>
         <v>1441900.2638699997</v>
       </c>
-      <c r="Z79" s="16">
+      <c r="Z79" s="12">
         <f t="shared" si="0"/>
         <v>460136709</v>
       </c>
-      <c r="AA79" s="16">
+      <c r="AA79" s="12">
         <f t="shared" si="0"/>
         <v>2388831511.349514</v>
       </c>
-      <c r="AB79" s="16">
+      <c r="AB79" s="12">
         <f t="shared" si="0"/>
         <v>10137</v>
       </c>
-      <c r="AC79" s="16">
+      <c r="AC79" s="12">
         <f t="shared" si="0"/>
         <v>10156.621810000001</v>
       </c>
     </row>
-    <row r="80" spans="1:29" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...34 lines deleted...]
-      <c r="B81" s="32" t="s">
+    <row r="80" spans="1:29" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B80" s="34" t="s">
         <v>97</v>
       </c>
-      <c r="C81" s="32"/>
-[...29 lines deleted...]
-      <c r="B82" s="32" t="s">
+      <c r="C80" s="34"/>
+      <c r="D80" s="34"/>
+      <c r="E80" s="34"/>
+      <c r="F80" s="34"/>
+      <c r="G80" s="34"/>
+      <c r="H80" s="34"/>
+      <c r="I80" s="34"/>
+      <c r="J80" s="34"/>
+      <c r="K80" s="34"/>
+      <c r="L80" s="34"/>
+      <c r="M80" s="34"/>
+      <c r="N80" s="34"/>
+      <c r="O80" s="34"/>
+      <c r="P80" s="34"/>
+      <c r="Q80" s="34"/>
+      <c r="R80" s="34"/>
+      <c r="S80" s="34"/>
+      <c r="T80" s="34"/>
+      <c r="U80" s="34"/>
+      <c r="V80" s="34"/>
+      <c r="W80" s="34"/>
+      <c r="X80" s="34"/>
+      <c r="Y80" s="34"/>
+      <c r="Z80" s="34"/>
+      <c r="AA80" s="34"/>
+      <c r="AB80" s="34"/>
+      <c r="AC80" s="34"/>
+    </row>
+    <row r="81" spans="2:29" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B81" s="34" t="s">
         <v>98</v>
       </c>
-      <c r="C82" s="32"/>
-[...29 lines deleted...]
-      <c r="B83" s="32" t="s">
+      <c r="C81" s="34"/>
+      <c r="D81" s="34"/>
+      <c r="E81" s="34"/>
+      <c r="F81" s="34"/>
+      <c r="G81" s="34"/>
+      <c r="H81" s="34"/>
+      <c r="I81" s="34"/>
+      <c r="J81" s="34"/>
+      <c r="K81" s="34"/>
+      <c r="L81" s="34"/>
+      <c r="M81" s="34"/>
+      <c r="N81" s="34"/>
+      <c r="O81" s="34"/>
+      <c r="P81" s="34"/>
+      <c r="Q81" s="34"/>
+      <c r="R81" s="34"/>
+      <c r="S81" s="34"/>
+      <c r="T81" s="34"/>
+      <c r="U81" s="34"/>
+      <c r="V81" s="34"/>
+      <c r="W81" s="34"/>
+      <c r="X81" s="34"/>
+      <c r="Y81" s="34"/>
+      <c r="Z81" s="34"/>
+      <c r="AA81" s="34"/>
+      <c r="AB81" s="34"/>
+      <c r="AC81" s="34"/>
+    </row>
+    <row r="82" spans="2:29" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B82" s="34" t="s">
         <v>99</v>
       </c>
-      <c r="C83" s="32"/>
-[...29 lines deleted...]
-      <c r="B84" s="32" t="s">
+      <c r="C82" s="34"/>
+      <c r="D82" s="34"/>
+      <c r="E82" s="34"/>
+      <c r="F82" s="34"/>
+      <c r="G82" s="34"/>
+      <c r="H82" s="34"/>
+      <c r="I82" s="34"/>
+      <c r="J82" s="34"/>
+      <c r="K82" s="34"/>
+      <c r="L82" s="34"/>
+      <c r="M82" s="34"/>
+      <c r="N82" s="34"/>
+      <c r="O82" s="34"/>
+      <c r="P82" s="34"/>
+      <c r="Q82" s="34"/>
+      <c r="R82" s="34"/>
+      <c r="S82" s="34"/>
+      <c r="T82" s="34"/>
+      <c r="U82" s="34"/>
+      <c r="V82" s="34"/>
+      <c r="W82" s="34"/>
+      <c r="X82" s="34"/>
+      <c r="Y82" s="34"/>
+      <c r="Z82" s="34"/>
+      <c r="AA82" s="34"/>
+      <c r="AB82" s="34"/>
+      <c r="AC82" s="34"/>
+    </row>
+    <row r="83" spans="2:29" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B83" s="34" t="s">
         <v>100</v>
       </c>
-      <c r="C84" s="32"/>
-[...29 lines deleted...]
-      <c r="B85" s="32" t="s">
+      <c r="C83" s="34"/>
+      <c r="D83" s="34"/>
+      <c r="E83" s="34"/>
+      <c r="F83" s="34"/>
+      <c r="G83" s="34"/>
+      <c r="H83" s="34"/>
+      <c r="I83" s="34"/>
+      <c r="J83" s="34"/>
+      <c r="K83" s="34"/>
+      <c r="L83" s="34"/>
+      <c r="M83" s="34"/>
+      <c r="N83" s="34"/>
+      <c r="O83" s="34"/>
+      <c r="P83" s="34"/>
+      <c r="Q83" s="34"/>
+      <c r="R83" s="34"/>
+      <c r="S83" s="34"/>
+      <c r="T83" s="34"/>
+      <c r="U83" s="34"/>
+      <c r="V83" s="34"/>
+      <c r="W83" s="34"/>
+      <c r="X83" s="34"/>
+      <c r="Y83" s="34"/>
+      <c r="Z83" s="34"/>
+      <c r="AA83" s="34"/>
+      <c r="AB83" s="34"/>
+      <c r="AC83" s="34"/>
+    </row>
+    <row r="84" spans="2:29" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B84" s="34" t="s">
         <v>101</v>
       </c>
-      <c r="C85" s="32"/>
-[...29 lines deleted...]
-      <c r="B86" s="32" t="s">
+      <c r="C84" s="34"/>
+      <c r="D84" s="34"/>
+      <c r="E84" s="34"/>
+      <c r="F84" s="34"/>
+      <c r="G84" s="34"/>
+      <c r="H84" s="34"/>
+      <c r="I84" s="34"/>
+      <c r="J84" s="34"/>
+      <c r="K84" s="34"/>
+      <c r="L84" s="34"/>
+      <c r="M84" s="34"/>
+      <c r="N84" s="34"/>
+      <c r="O84" s="34"/>
+      <c r="P84" s="34"/>
+      <c r="Q84" s="34"/>
+      <c r="R84" s="34"/>
+      <c r="S84" s="34"/>
+      <c r="T84" s="34"/>
+      <c r="U84" s="34"/>
+      <c r="V84" s="34"/>
+      <c r="W84" s="34"/>
+      <c r="X84" s="34"/>
+      <c r="Y84" s="34"/>
+      <c r="Z84" s="34"/>
+      <c r="AA84" s="34"/>
+      <c r="AB84" s="34"/>
+      <c r="AC84" s="34"/>
+    </row>
+    <row r="85" spans="2:29" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B85" s="34" t="s">
         <v>102</v>
       </c>
-      <c r="C86" s="32"/>
-[...29 lines deleted...]
-      <c r="B87" s="32" t="s">
+      <c r="C85" s="34"/>
+      <c r="D85" s="34"/>
+      <c r="E85" s="34"/>
+      <c r="F85" s="34"/>
+      <c r="G85" s="34"/>
+      <c r="H85" s="34"/>
+      <c r="I85" s="34"/>
+      <c r="J85" s="34"/>
+      <c r="K85" s="34"/>
+      <c r="L85" s="34"/>
+      <c r="M85" s="34"/>
+      <c r="N85" s="34"/>
+      <c r="O85" s="34"/>
+      <c r="P85" s="34"/>
+      <c r="Q85" s="34"/>
+      <c r="R85" s="34"/>
+      <c r="S85" s="34"/>
+      <c r="T85" s="34"/>
+      <c r="U85" s="34"/>
+      <c r="V85" s="34"/>
+      <c r="W85" s="34"/>
+      <c r="X85" s="34"/>
+      <c r="Y85" s="34"/>
+      <c r="Z85" s="34"/>
+      <c r="AA85" s="34"/>
+      <c r="AB85" s="34"/>
+      <c r="AC85" s="34"/>
+    </row>
+    <row r="86" spans="2:29" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B86" s="34" t="s">
         <v>103</v>
       </c>
-      <c r="C87" s="32"/>
-[...29 lines deleted...]
-      <c r="B88" s="32" t="s">
+      <c r="C86" s="34"/>
+      <c r="D86" s="34"/>
+      <c r="E86" s="34"/>
+      <c r="F86" s="34"/>
+      <c r="G86" s="34"/>
+      <c r="H86" s="34"/>
+      <c r="I86" s="34"/>
+      <c r="J86" s="34"/>
+      <c r="K86" s="34"/>
+      <c r="L86" s="34"/>
+      <c r="M86" s="34"/>
+      <c r="N86" s="34"/>
+      <c r="O86" s="34"/>
+      <c r="P86" s="34"/>
+      <c r="Q86" s="34"/>
+      <c r="R86" s="34"/>
+      <c r="S86" s="34"/>
+      <c r="T86" s="34"/>
+      <c r="U86" s="34"/>
+      <c r="V86" s="34"/>
+      <c r="W86" s="34"/>
+      <c r="X86" s="34"/>
+      <c r="Y86" s="34"/>
+      <c r="Z86" s="34"/>
+      <c r="AA86" s="34"/>
+      <c r="AB86" s="34"/>
+      <c r="AC86" s="34"/>
+    </row>
+    <row r="87" spans="2:29" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B87" s="34" t="s">
         <v>104</v>
       </c>
-      <c r="C88" s="32"/>
-[...29 lines deleted...]
-      <c r="B89" s="32" t="s">
+      <c r="C87" s="34"/>
+      <c r="D87" s="34"/>
+      <c r="E87" s="34"/>
+      <c r="F87" s="34"/>
+      <c r="G87" s="34"/>
+      <c r="H87" s="34"/>
+      <c r="I87" s="34"/>
+      <c r="J87" s="34"/>
+      <c r="K87" s="34"/>
+      <c r="L87" s="34"/>
+      <c r="M87" s="34"/>
+      <c r="N87" s="34"/>
+      <c r="O87" s="34"/>
+      <c r="P87" s="34"/>
+      <c r="Q87" s="34"/>
+      <c r="R87" s="34"/>
+      <c r="S87" s="34"/>
+      <c r="T87" s="34"/>
+      <c r="U87" s="34"/>
+      <c r="V87" s="34"/>
+      <c r="W87" s="34"/>
+      <c r="X87" s="34"/>
+      <c r="Y87" s="34"/>
+      <c r="Z87" s="34"/>
+      <c r="AA87" s="34"/>
+      <c r="AB87" s="34"/>
+      <c r="AC87" s="34"/>
+    </row>
+    <row r="88" spans="2:29" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B88" s="34" t="s">
         <v>105</v>
       </c>
-      <c r="C89" s="32"/>
-[...30 lines deleted...]
-      <c r="B90" s="32" t="s">
+      <c r="C88" s="34"/>
+      <c r="D88" s="34"/>
+      <c r="E88" s="34"/>
+      <c r="F88" s="34"/>
+      <c r="G88" s="34"/>
+      <c r="H88" s="34"/>
+      <c r="I88" s="34"/>
+      <c r="J88" s="34"/>
+      <c r="K88" s="34"/>
+      <c r="L88" s="34"/>
+      <c r="M88" s="34"/>
+      <c r="N88" s="34"/>
+      <c r="O88" s="34"/>
+      <c r="P88" s="34"/>
+      <c r="Q88" s="34"/>
+      <c r="R88" s="34"/>
+      <c r="S88" s="34"/>
+      <c r="T88" s="34"/>
+      <c r="U88" s="34"/>
+      <c r="V88" s="34"/>
+      <c r="W88" s="34"/>
+      <c r="X88" s="34"/>
+      <c r="Y88" s="34"/>
+      <c r="Z88" s="34"/>
+      <c r="AA88" s="34"/>
+      <c r="AB88" s="34"/>
+      <c r="AC88" s="34"/>
+    </row>
+    <row r="89" spans="2:29" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B89" s="34" t="s">
         <v>106</v>
       </c>
-      <c r="C90" s="32"/>
-[...29 lines deleted...]
-      <c r="B91" s="32" t="s">
+      <c r="C89" s="34"/>
+      <c r="D89" s="34"/>
+      <c r="E89" s="34"/>
+      <c r="F89" s="34"/>
+      <c r="G89" s="34"/>
+      <c r="H89" s="34"/>
+      <c r="I89" s="34"/>
+      <c r="J89" s="34"/>
+      <c r="K89" s="34"/>
+      <c r="L89" s="34"/>
+      <c r="M89" s="34"/>
+      <c r="N89" s="34"/>
+      <c r="O89" s="34"/>
+      <c r="P89" s="34"/>
+      <c r="Q89" s="34"/>
+      <c r="R89" s="34"/>
+      <c r="S89" s="34"/>
+      <c r="T89" s="34"/>
+      <c r="U89" s="34"/>
+      <c r="V89" s="34"/>
+      <c r="W89" s="34"/>
+      <c r="X89" s="34"/>
+      <c r="Y89" s="34"/>
+      <c r="Z89" s="34"/>
+      <c r="AA89" s="34"/>
+      <c r="AB89" s="34"/>
+      <c r="AC89" s="34"/>
+    </row>
+    <row r="90" spans="2:29" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B90" s="34" t="s">
         <v>107</v>
       </c>
-      <c r="C91" s="32"/>
-[...30 lines deleted...]
-      <c r="B92" s="32" t="s">
+      <c r="C90" s="34"/>
+      <c r="D90" s="34"/>
+      <c r="E90" s="34"/>
+      <c r="F90" s="34"/>
+      <c r="G90" s="34"/>
+      <c r="H90" s="34"/>
+      <c r="I90" s="34"/>
+      <c r="J90" s="34"/>
+      <c r="K90" s="34"/>
+      <c r="L90" s="34"/>
+      <c r="M90" s="34"/>
+      <c r="N90" s="34"/>
+      <c r="O90" s="34"/>
+      <c r="P90" s="34"/>
+      <c r="Q90" s="34"/>
+      <c r="R90" s="34"/>
+      <c r="S90" s="34"/>
+      <c r="T90" s="34"/>
+      <c r="U90" s="34"/>
+      <c r="V90" s="34"/>
+      <c r="W90" s="34"/>
+      <c r="X90" s="34"/>
+      <c r="Y90" s="34"/>
+      <c r="Z90" s="34"/>
+      <c r="AA90" s="34"/>
+      <c r="AB90" s="34"/>
+      <c r="AC90" s="34"/>
+    </row>
+    <row r="91" spans="2:29" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B91" s="34" t="s">
         <v>108</v>
       </c>
-      <c r="C92" s="32"/>
-[...29 lines deleted...]
-      <c r="B93" s="32" t="s">
+      <c r="C91" s="34"/>
+      <c r="D91" s="34"/>
+      <c r="E91" s="34"/>
+      <c r="F91" s="34"/>
+      <c r="G91" s="34"/>
+      <c r="H91" s="34"/>
+      <c r="I91" s="34"/>
+      <c r="J91" s="34"/>
+      <c r="K91" s="34"/>
+      <c r="L91" s="34"/>
+      <c r="M91" s="34"/>
+      <c r="N91" s="34"/>
+      <c r="O91" s="34"/>
+      <c r="P91" s="34"/>
+      <c r="Q91" s="34"/>
+      <c r="R91" s="34"/>
+      <c r="S91" s="34"/>
+      <c r="T91" s="34"/>
+      <c r="U91" s="34"/>
+      <c r="V91" s="34"/>
+      <c r="W91" s="34"/>
+      <c r="X91" s="34"/>
+      <c r="Y91" s="34"/>
+      <c r="Z91" s="34"/>
+      <c r="AA91" s="34"/>
+      <c r="AB91" s="34"/>
+      <c r="AC91" s="34"/>
+    </row>
+    <row r="92" spans="2:29" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B92" s="34" t="s">
         <v>109</v>
       </c>
-      <c r="C93" s="32"/>
-[...29 lines deleted...]
-      <c r="B94" s="32" t="s">
+      <c r="C92" s="34"/>
+      <c r="D92" s="34"/>
+      <c r="E92" s="34"/>
+      <c r="F92" s="34"/>
+      <c r="G92" s="34"/>
+      <c r="H92" s="34"/>
+      <c r="I92" s="34"/>
+      <c r="J92" s="34"/>
+      <c r="K92" s="34"/>
+      <c r="L92" s="34"/>
+      <c r="M92" s="34"/>
+      <c r="N92" s="34"/>
+      <c r="O92" s="34"/>
+      <c r="P92" s="34"/>
+      <c r="Q92" s="34"/>
+      <c r="R92" s="34"/>
+      <c r="S92" s="34"/>
+      <c r="T92" s="34"/>
+      <c r="U92" s="34"/>
+      <c r="V92" s="34"/>
+      <c r="W92" s="34"/>
+      <c r="X92" s="34"/>
+      <c r="Y92" s="34"/>
+      <c r="Z92" s="34"/>
+      <c r="AA92" s="34"/>
+      <c r="AB92" s="34"/>
+      <c r="AC92" s="34"/>
+    </row>
+    <row r="93" spans="2:29" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B93" s="34" t="s">
         <v>110</v>
       </c>
-      <c r="C94" s="32"/>
-[...29 lines deleted...]
-      <c r="B95" s="32" t="s">
+      <c r="C93" s="34"/>
+      <c r="D93" s="34"/>
+      <c r="E93" s="34"/>
+      <c r="F93" s="34"/>
+      <c r="G93" s="34"/>
+      <c r="H93" s="34"/>
+      <c r="I93" s="34"/>
+      <c r="J93" s="34"/>
+      <c r="K93" s="34"/>
+      <c r="L93" s="34"/>
+      <c r="M93" s="34"/>
+      <c r="N93" s="34"/>
+      <c r="O93" s="34"/>
+      <c r="P93" s="34"/>
+      <c r="Q93" s="34"/>
+      <c r="R93" s="34"/>
+      <c r="S93" s="34"/>
+      <c r="T93" s="34"/>
+      <c r="U93" s="34"/>
+      <c r="V93" s="34"/>
+      <c r="W93" s="34"/>
+      <c r="X93" s="34"/>
+      <c r="Y93" s="34"/>
+      <c r="Z93" s="34"/>
+      <c r="AA93" s="34"/>
+      <c r="AB93" s="34"/>
+      <c r="AC93" s="34"/>
+    </row>
+    <row r="94" spans="2:29" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B94" s="34" t="s">
         <v>111</v>
       </c>
-      <c r="C95" s="32"/>
-[...29 lines deleted...]
-      <c r="B96" s="32" t="s">
+      <c r="C94" s="34"/>
+      <c r="D94" s="34"/>
+      <c r="E94" s="34"/>
+      <c r="F94" s="34"/>
+      <c r="G94" s="34"/>
+      <c r="H94" s="34"/>
+      <c r="I94" s="34"/>
+      <c r="J94" s="34"/>
+      <c r="K94" s="34"/>
+      <c r="L94" s="34"/>
+      <c r="M94" s="34"/>
+      <c r="N94" s="34"/>
+      <c r="O94" s="34"/>
+      <c r="P94" s="34"/>
+      <c r="Q94" s="34"/>
+      <c r="R94" s="34"/>
+      <c r="S94" s="34"/>
+      <c r="T94" s="34"/>
+      <c r="U94" s="34"/>
+      <c r="V94" s="34"/>
+      <c r="W94" s="34"/>
+      <c r="X94" s="34"/>
+      <c r="Y94" s="34"/>
+      <c r="Z94" s="34"/>
+      <c r="AA94" s="34"/>
+      <c r="AB94" s="34"/>
+      <c r="AC94" s="34"/>
+    </row>
+    <row r="95" spans="2:29" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B95" s="34" t="s">
         <v>112</v>
       </c>
-      <c r="C96" s="32"/>
-[...29 lines deleted...]
-      <c r="B97" s="32" t="s">
+      <c r="C95" s="34"/>
+      <c r="D95" s="34"/>
+      <c r="E95" s="34"/>
+      <c r="F95" s="34"/>
+      <c r="G95" s="34"/>
+      <c r="H95" s="34"/>
+      <c r="I95" s="34"/>
+      <c r="J95" s="34"/>
+      <c r="K95" s="34"/>
+      <c r="L95" s="34"/>
+      <c r="M95" s="34"/>
+      <c r="N95" s="34"/>
+      <c r="O95" s="34"/>
+      <c r="P95" s="34"/>
+      <c r="Q95" s="34"/>
+      <c r="R95" s="34"/>
+      <c r="S95" s="34"/>
+      <c r="T95" s="34"/>
+      <c r="U95" s="34"/>
+      <c r="V95" s="34"/>
+      <c r="W95" s="34"/>
+      <c r="X95" s="34"/>
+      <c r="Y95" s="34"/>
+      <c r="Z95" s="34"/>
+      <c r="AA95" s="34"/>
+      <c r="AB95" s="34"/>
+      <c r="AC95" s="34"/>
+    </row>
+    <row r="96" spans="2:29" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B96" s="34" t="s">
         <v>113</v>
       </c>
-      <c r="C97" s="32"/>
-[...29 lines deleted...]
-      <c r="B98" s="32" t="s">
+      <c r="C96" s="34"/>
+      <c r="D96" s="34"/>
+      <c r="E96" s="34"/>
+      <c r="F96" s="34"/>
+      <c r="G96" s="34"/>
+      <c r="H96" s="34"/>
+      <c r="I96" s="34"/>
+      <c r="J96" s="34"/>
+      <c r="K96" s="34"/>
+      <c r="L96" s="34"/>
+      <c r="M96" s="34"/>
+      <c r="N96" s="34"/>
+      <c r="O96" s="34"/>
+      <c r="P96" s="34"/>
+      <c r="Q96" s="34"/>
+      <c r="R96" s="34"/>
+      <c r="S96" s="34"/>
+      <c r="T96" s="34"/>
+      <c r="U96" s="34"/>
+      <c r="V96" s="34"/>
+      <c r="W96" s="34"/>
+      <c r="X96" s="34"/>
+      <c r="Y96" s="34"/>
+      <c r="Z96" s="34"/>
+      <c r="AA96" s="34"/>
+      <c r="AB96" s="34"/>
+      <c r="AC96" s="34"/>
+    </row>
+    <row r="97" spans="2:29" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B97" s="34" t="s">
         <v>114</v>
       </c>
-      <c r="C98" s="32"/>
-[...29 lines deleted...]
-      <c r="B99" s="32" t="s">
+      <c r="C97" s="34"/>
+      <c r="D97" s="34"/>
+      <c r="E97" s="34"/>
+      <c r="F97" s="34"/>
+      <c r="G97" s="34"/>
+      <c r="H97" s="34"/>
+      <c r="I97" s="34"/>
+      <c r="J97" s="34"/>
+      <c r="K97" s="34"/>
+      <c r="L97" s="34"/>
+      <c r="M97" s="34"/>
+      <c r="N97" s="34"/>
+      <c r="O97" s="34"/>
+      <c r="P97" s="34"/>
+      <c r="Q97" s="34"/>
+      <c r="R97" s="34"/>
+      <c r="S97" s="34"/>
+      <c r="T97" s="34"/>
+      <c r="U97" s="34"/>
+      <c r="V97" s="34"/>
+      <c r="W97" s="34"/>
+      <c r="X97" s="34"/>
+      <c r="Y97" s="34"/>
+      <c r="Z97" s="34"/>
+      <c r="AA97" s="34"/>
+      <c r="AB97" s="34"/>
+      <c r="AC97" s="34"/>
+    </row>
+    <row r="98" spans="2:29" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B98" s="34" t="s">
         <v>115</v>
       </c>
-      <c r="C99" s="32"/>
-[...29 lines deleted...]
-      <c r="B100" s="32" t="s">
+      <c r="C98" s="34"/>
+      <c r="D98" s="34"/>
+      <c r="E98" s="34"/>
+      <c r="F98" s="34"/>
+      <c r="G98" s="34"/>
+      <c r="H98" s="34"/>
+      <c r="I98" s="34"/>
+      <c r="J98" s="34"/>
+      <c r="K98" s="34"/>
+      <c r="L98" s="34"/>
+      <c r="M98" s="34"/>
+      <c r="N98" s="34"/>
+      <c r="O98" s="34"/>
+      <c r="P98" s="34"/>
+      <c r="Q98" s="34"/>
+      <c r="R98" s="34"/>
+      <c r="S98" s="34"/>
+      <c r="T98" s="34"/>
+      <c r="U98" s="34"/>
+      <c r="V98" s="34"/>
+      <c r="W98" s="34"/>
+      <c r="X98" s="34"/>
+      <c r="Y98" s="34"/>
+      <c r="Z98" s="34"/>
+      <c r="AA98" s="34"/>
+      <c r="AB98" s="34"/>
+      <c r="AC98" s="34"/>
+    </row>
+    <row r="99" spans="2:29" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B99" s="34" t="s">
         <v>116</v>
       </c>
-      <c r="C100" s="32"/>
-[...31 lines deleted...]
-      <c r="B101" s="32" t="s">
+      <c r="C99" s="34"/>
+      <c r="D99" s="34"/>
+      <c r="E99" s="34"/>
+      <c r="F99" s="34"/>
+      <c r="G99" s="34"/>
+      <c r="H99" s="34"/>
+      <c r="I99" s="34"/>
+      <c r="J99" s="34"/>
+      <c r="K99" s="34"/>
+      <c r="L99" s="34"/>
+      <c r="M99" s="34"/>
+      <c r="N99" s="34"/>
+      <c r="O99" s="34"/>
+      <c r="P99" s="34"/>
+      <c r="Q99" s="34"/>
+      <c r="R99" s="34"/>
+      <c r="S99" s="34"/>
+      <c r="T99" s="34"/>
+      <c r="U99" s="34"/>
+      <c r="V99" s="34"/>
+      <c r="W99" s="34"/>
+      <c r="X99" s="34"/>
+      <c r="Y99" s="34"/>
+      <c r="Z99" s="34"/>
+      <c r="AA99" s="34"/>
+      <c r="AB99" s="34"/>
+      <c r="AC99" s="34"/>
+    </row>
+    <row r="100" spans="2:29" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B100" s="34" t="s">
         <v>117</v>
       </c>
-      <c r="C101" s="32"/>
-[...29 lines deleted...]
-      <c r="B102" s="32" t="s">
+      <c r="C100" s="34"/>
+      <c r="D100" s="34"/>
+      <c r="E100" s="34"/>
+      <c r="F100" s="34"/>
+      <c r="G100" s="34"/>
+      <c r="H100" s="34"/>
+      <c r="I100" s="34"/>
+      <c r="J100" s="34"/>
+      <c r="K100" s="34"/>
+      <c r="L100" s="34"/>
+      <c r="M100" s="34"/>
+      <c r="N100" s="34"/>
+      <c r="O100" s="34"/>
+      <c r="P100" s="34"/>
+      <c r="Q100" s="34"/>
+      <c r="R100" s="34"/>
+      <c r="S100" s="34"/>
+      <c r="T100" s="34"/>
+      <c r="U100" s="34"/>
+      <c r="V100" s="34"/>
+      <c r="W100" s="34"/>
+      <c r="X100" s="34"/>
+      <c r="Y100" s="34"/>
+      <c r="Z100" s="34"/>
+      <c r="AA100" s="34"/>
+      <c r="AB100" s="34"/>
+      <c r="AC100" s="34"/>
+    </row>
+    <row r="101" spans="2:29" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B101" s="34" t="s">
         <v>118</v>
       </c>
-      <c r="C102" s="32"/>
-[...29 lines deleted...]
-      <c r="B103" s="32" t="s">
+      <c r="C101" s="34"/>
+      <c r="D101" s="34"/>
+      <c r="E101" s="34"/>
+      <c r="F101" s="34"/>
+      <c r="G101" s="34"/>
+      <c r="H101" s="34"/>
+      <c r="I101" s="34"/>
+      <c r="J101" s="34"/>
+      <c r="K101" s="34"/>
+      <c r="L101" s="34"/>
+      <c r="M101" s="34"/>
+      <c r="N101" s="34"/>
+      <c r="O101" s="34"/>
+      <c r="P101" s="34"/>
+      <c r="Q101" s="34"/>
+      <c r="R101" s="34"/>
+      <c r="S101" s="34"/>
+      <c r="T101" s="34"/>
+      <c r="U101" s="34"/>
+      <c r="V101" s="34"/>
+      <c r="W101" s="34"/>
+      <c r="X101" s="34"/>
+      <c r="Y101" s="34"/>
+      <c r="Z101" s="34"/>
+      <c r="AA101" s="34"/>
+      <c r="AB101" s="34"/>
+      <c r="AC101" s="34"/>
+    </row>
+    <row r="102" spans="2:29" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B102" s="34" t="s">
         <v>119</v>
       </c>
-      <c r="C103" s="32"/>
-[...29 lines deleted...]
-      <c r="B104" s="32" t="s">
+      <c r="C102" s="34"/>
+      <c r="D102" s="34"/>
+      <c r="E102" s="34"/>
+      <c r="F102" s="34"/>
+      <c r="G102" s="34"/>
+      <c r="H102" s="34"/>
+      <c r="I102" s="34"/>
+      <c r="J102" s="34"/>
+      <c r="K102" s="34"/>
+      <c r="L102" s="34"/>
+      <c r="M102" s="34"/>
+      <c r="N102" s="34"/>
+      <c r="O102" s="34"/>
+      <c r="P102" s="34"/>
+      <c r="Q102" s="34"/>
+      <c r="R102" s="34"/>
+      <c r="S102" s="34"/>
+      <c r="T102" s="34"/>
+      <c r="U102" s="34"/>
+      <c r="V102" s="34"/>
+      <c r="W102" s="34"/>
+      <c r="X102" s="34"/>
+      <c r="Y102" s="34"/>
+      <c r="Z102" s="34"/>
+      <c r="AA102" s="34"/>
+      <c r="AB102" s="34"/>
+      <c r="AC102" s="34"/>
+    </row>
+    <row r="103" spans="2:29" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B103" s="34" t="s">
         <v>120</v>
       </c>
-      <c r="C104" s="32"/>
-[...29 lines deleted...]
-      <c r="B105" s="32" t="s">
+      <c r="C103" s="34"/>
+      <c r="D103" s="34"/>
+      <c r="E103" s="34"/>
+      <c r="F103" s="34"/>
+      <c r="G103" s="34"/>
+      <c r="H103" s="34"/>
+      <c r="I103" s="34"/>
+      <c r="J103" s="34"/>
+      <c r="K103" s="34"/>
+      <c r="L103" s="34"/>
+      <c r="M103" s="34"/>
+      <c r="N103" s="34"/>
+      <c r="O103" s="34"/>
+      <c r="P103" s="34"/>
+      <c r="Q103" s="34"/>
+      <c r="R103" s="34"/>
+      <c r="S103" s="34"/>
+      <c r="T103" s="34"/>
+      <c r="U103" s="34"/>
+      <c r="V103" s="34"/>
+      <c r="W103" s="34"/>
+      <c r="X103" s="34"/>
+      <c r="Y103" s="34"/>
+      <c r="Z103" s="34"/>
+      <c r="AA103" s="34"/>
+      <c r="AB103" s="34"/>
+      <c r="AC103" s="34"/>
+    </row>
+    <row r="104" spans="2:29" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B104" s="34" t="s">
         <v>121</v>
       </c>
-      <c r="C105" s="32"/>
-[...29 lines deleted...]
-      <c r="B106" s="32" t="s">
+      <c r="C104" s="34"/>
+      <c r="D104" s="34"/>
+      <c r="E104" s="34"/>
+      <c r="F104" s="34"/>
+      <c r="G104" s="34"/>
+      <c r="H104" s="34"/>
+      <c r="I104" s="34"/>
+      <c r="J104" s="34"/>
+      <c r="K104" s="34"/>
+      <c r="L104" s="34"/>
+      <c r="M104" s="34"/>
+      <c r="N104" s="34"/>
+      <c r="O104" s="34"/>
+      <c r="P104" s="34"/>
+      <c r="Q104" s="34"/>
+      <c r="R104" s="34"/>
+      <c r="S104" s="34"/>
+      <c r="T104" s="34"/>
+      <c r="U104" s="34"/>
+      <c r="V104" s="34"/>
+      <c r="W104" s="34"/>
+      <c r="X104" s="34"/>
+      <c r="Y104" s="34"/>
+      <c r="Z104" s="34"/>
+      <c r="AA104" s="34"/>
+      <c r="AB104" s="34"/>
+      <c r="AC104" s="34"/>
+    </row>
+    <row r="105" spans="2:29" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B105" s="34" t="s">
         <v>122</v>
       </c>
-      <c r="C106" s="32"/>
-[...25 lines deleted...]
-      <c r="AC106" s="32"/>
+      <c r="C105" s="34"/>
+      <c r="D105" s="34"/>
+      <c r="E105" s="34"/>
+      <c r="F105" s="34"/>
+      <c r="G105" s="34"/>
+      <c r="H105" s="34"/>
+      <c r="I105" s="34"/>
+      <c r="J105" s="34"/>
+      <c r="K105" s="34"/>
+      <c r="L105" s="34"/>
+      <c r="M105" s="34"/>
+      <c r="N105" s="34"/>
+      <c r="O105" s="34"/>
+      <c r="P105" s="34"/>
+      <c r="Q105" s="34"/>
+      <c r="R105" s="34"/>
+      <c r="S105" s="34"/>
+      <c r="T105" s="34"/>
+      <c r="U105" s="34"/>
+      <c r="V105" s="34"/>
+      <c r="W105" s="34"/>
+      <c r="X105" s="34"/>
+      <c r="Y105" s="34"/>
+      <c r="Z105" s="34"/>
+      <c r="AA105" s="34"/>
+      <c r="AB105" s="34"/>
+      <c r="AC105" s="34"/>
+    </row>
+    <row r="106" spans="2:29" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B106" s="34" t="s">
+        <v>123</v>
+      </c>
+      <c r="C106" s="34"/>
+      <c r="D106" s="34"/>
+      <c r="E106" s="34"/>
+      <c r="F106" s="34"/>
+      <c r="G106" s="34"/>
+      <c r="H106" s="34"/>
+      <c r="I106" s="34"/>
+      <c r="J106" s="34"/>
+      <c r="K106" s="34"/>
+      <c r="L106" s="34"/>
+      <c r="M106" s="34"/>
+      <c r="N106" s="34"/>
+      <c r="O106" s="34"/>
+      <c r="P106" s="34"/>
+      <c r="Q106" s="34"/>
+      <c r="R106" s="34"/>
+      <c r="S106" s="34"/>
+      <c r="T106" s="34"/>
+      <c r="U106" s="34"/>
+      <c r="V106" s="34"/>
+      <c r="W106" s="34"/>
+      <c r="X106" s="34"/>
+      <c r="Y106" s="34"/>
+      <c r="Z106" s="34"/>
+      <c r="AA106" s="34"/>
+      <c r="AB106" s="34"/>
+      <c r="AC106" s="34"/>
     </row>
   </sheetData>
   <mergeCells count="56">
     <mergeCell ref="B79:C79"/>
+    <mergeCell ref="B98:AC98"/>
+    <mergeCell ref="B83:AC83"/>
+    <mergeCell ref="B106:AC106"/>
+    <mergeCell ref="B89:AC89"/>
+    <mergeCell ref="B102:AC102"/>
+    <mergeCell ref="B103:AC103"/>
+    <mergeCell ref="B104:AC104"/>
+    <mergeCell ref="B105:AC105"/>
+    <mergeCell ref="B101:AC101"/>
+    <mergeCell ref="B90:AC90"/>
+    <mergeCell ref="B91:AC91"/>
+    <mergeCell ref="B92:AC92"/>
+    <mergeCell ref="B93:AC93"/>
+    <mergeCell ref="B94:AC94"/>
+    <mergeCell ref="B95:AC95"/>
+    <mergeCell ref="B96:AC96"/>
+    <mergeCell ref="B97:AC97"/>
+    <mergeCell ref="Z6:AA6"/>
+    <mergeCell ref="B99:AC99"/>
+    <mergeCell ref="B100:AC100"/>
+    <mergeCell ref="AB6:AC6"/>
+    <mergeCell ref="B80:AC80"/>
+    <mergeCell ref="B81:AC81"/>
+    <mergeCell ref="B82:AC82"/>
+    <mergeCell ref="B88:AC88"/>
+    <mergeCell ref="B84:AC84"/>
+    <mergeCell ref="B85:AC85"/>
+    <mergeCell ref="B86:AC86"/>
+    <mergeCell ref="B87:AC87"/>
+    <mergeCell ref="R6:S6"/>
+    <mergeCell ref="T6:U6"/>
+    <mergeCell ref="V6:W6"/>
+    <mergeCell ref="X6:Y6"/>
+    <mergeCell ref="I5:I7"/>
+    <mergeCell ref="J5:J7"/>
+    <mergeCell ref="K5:K7"/>
+    <mergeCell ref="N6:O6"/>
+    <mergeCell ref="P6:Q6"/>
+    <mergeCell ref="L5:Q5"/>
     <mergeCell ref="B2:AC2"/>
     <mergeCell ref="B3:B7"/>
     <mergeCell ref="C3:C7"/>
     <mergeCell ref="D3:K3"/>
     <mergeCell ref="L3:AC3"/>
     <mergeCell ref="D4:K4"/>
     <mergeCell ref="L4:S4"/>
     <mergeCell ref="T4:AC4"/>
     <mergeCell ref="D5:E6"/>
     <mergeCell ref="F5:F7"/>
     <mergeCell ref="R5:S5"/>
     <mergeCell ref="T5:Y5"/>
     <mergeCell ref="Z5:AC5"/>
     <mergeCell ref="L6:M6"/>
     <mergeCell ref="G5:G7"/>
     <mergeCell ref="H5:H7"/>
-    <mergeCell ref="X6:Y6"/>
-[...37 lines deleted...]
-    <mergeCell ref="B96:AC96"/>
   </mergeCells>
-  <pageMargins left="7.874015748031496E-2" right="0" top="7.874015748031496E-2" bottom="0.11811023622047245" header="7.874015748031496E-2" footer="0"/>
-  <pageSetup scale="40" orientation="landscape" r:id="rId1"/>
+  <pageMargins left="3.937007874015748E-2" right="0" top="0.11811023622047245" bottom="0.11811023622047245" header="7.874015748031496E-2" footer="7.874015748031496E-2"/>
+  <pageSetup scale="43" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>August 2025</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>RBI</Company>
   <LinksUpToDate>false</LinksUpToDate>