--- v0 (2026-01-22)
+++ v1 (2026-02-22)
@@ -3,54 +3,54 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24332"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Gaush\0Dec2025\30-12-2026\Bank-wise ATMPOSCard Statistics - November 2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Gaush\0Feb2026\03-02-2026\Bank-wise ATMPOSCard Statistics - December 2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CD651B23-07CB-4D44-B979-53015CC15866}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8D9106AA-8F24-4CF2-9D80-E110CF35E71C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{B2ABEFD4-4023-4E7C-BDB7-C568872CE5BB}"/>
   </bookViews>
   <sheets>
     <sheet name="September 2025" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'September 2025'!$D$8:$AC$79</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
@@ -66,51 +66,51 @@
   <c r="AB79" i="1"/>
   <c r="AA79" i="1"/>
   <c r="Z79" i="1"/>
   <c r="Y79" i="1"/>
   <c r="X79" i="1"/>
   <c r="W79" i="1"/>
   <c r="V79" i="1"/>
   <c r="U79" i="1"/>
   <c r="T79" i="1"/>
   <c r="S79" i="1"/>
   <c r="Q79" i="1"/>
   <c r="P79" i="1"/>
   <c r="O79" i="1"/>
   <c r="N79" i="1"/>
   <c r="M79" i="1"/>
   <c r="L79" i="1"/>
   <c r="K79" i="1"/>
   <c r="J79" i="1"/>
   <c r="I79" i="1"/>
   <c r="H79" i="1"/>
   <c r="G79" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="147" uniqueCount="125">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="146" uniqueCount="124">
   <si>
     <t>Scheduled Commercial Banks</t>
   </si>
   <si>
     <t>Public Sector Banks</t>
   </si>
   <si>
     <t>BANK OF BARODA</t>
   </si>
   <si>
     <t>BANK OF INDIA</t>
   </si>
   <si>
     <t>BANK OF MAHARASHTRA</t>
   </si>
   <si>
     <t>CANARA BANK</t>
   </si>
   <si>
     <t>CENTRAL BANK OF INDIA</t>
   </si>
   <si>
     <t>INDIAN BANK</t>
   </si>
   <si>
@@ -212,53 +212,50 @@
   <si>
     <t>BARCLAYS BANK PLC</t>
   </si>
   <si>
     <t>CITI BANK</t>
   </si>
   <si>
     <t>DBS INDIA BANK LTD</t>
   </si>
   <si>
     <t>DEUTSCHE BANK LTD</t>
   </si>
   <si>
     <t>DOHA BANK Q.P.S.C.</t>
   </si>
   <si>
     <t>HSBC LTD</t>
   </si>
   <si>
     <t>KEB HANA BANK</t>
   </si>
   <si>
     <t>KOOKMIN BANK</t>
   </si>
   <si>
-    <t xml:space="preserve"> </t>
-[...1 lines deleted...]
-  <si>
     <t>SBM BANK INDIA LTD</t>
   </si>
   <si>
     <t>STANDARD CHARTERED BANK LTD</t>
   </si>
   <si>
     <t>WOORI BANK</t>
   </si>
   <si>
     <t>Payment Banks</t>
   </si>
   <si>
     <t>AIRTEL PAYMENTS BANK</t>
   </si>
   <si>
     <t>FINO PAYMENTS BANK</t>
   </si>
   <si>
     <t>INDIA POST PAYMENTS BANK</t>
   </si>
   <si>
     <t xml:space="preserve">JIO PAYMENTS BANK </t>
   </si>
   <si>
     <t>NSDL PAYMENTS BANK</t>
@@ -284,50 +281,56 @@
   <si>
     <t>JANA SMALL FINANCE BANK LTD</t>
   </si>
   <si>
     <t>SLICE SMALL FINANCE BANK LTD</t>
   </si>
   <si>
     <t>SHIVALIK SMALL FINANCE BANK LTD</t>
   </si>
   <si>
     <t>SURYODAY SMALL FINANCE BANK LTD</t>
   </si>
   <si>
     <t>UJJIVAN SMALL FINANCE BANK LTD</t>
   </si>
   <si>
     <t>UNITY SMALL FINANCE BANK LTD</t>
   </si>
   <si>
     <t>UTKARSH SMALL FINANCE BANK LTD</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
+    <t>सितंबर 2025 माह के लिए एटीएम, स्वीकृति अवसंरचना और कार्ड सांख्यिकी</t>
+  </si>
+  <si>
+    <t xml:space="preserve">क्र.सं. </t>
+  </si>
+  <si>
     <t>बैंक का नाम</t>
   </si>
   <si>
     <t xml:space="preserve">आधारभूत संरचना </t>
   </si>
   <si>
     <t>महीने के दौरान कार्ड से भुगतान और नकद निकासी लेनदेन</t>
   </si>
   <si>
     <t>संख्या - बकाया (माह के अंत तक)</t>
   </si>
   <si>
     <t>क्रेडिट कार्ड</t>
   </si>
   <si>
     <t>डेबिट कार्ड</t>
   </si>
   <si>
     <t>एटीएम और सीआरएम</t>
   </si>
   <si>
     <t xml:space="preserve">पीओएस </t>
   </si>
   <si>
     <t xml:space="preserve">माइक्रो एटीएम </t>
@@ -435,133 +438,93 @@
     <t>18 पीओएस टर्मिनलों पर बैंक द्वारा जारी डेबिट कार्ड द्वारा किए गए वित्तीय लेनदेन का कुल मूल्य</t>
   </si>
   <si>
     <t>19 ऑनलाइन और ई-कॉमर्स साइटों पर बैंक द्वारा जारी डेबिट कार्ड द्वारा किए गए वित्तीय लेनदेन की कुल संख्या</t>
   </si>
   <si>
     <t>20 ऑनलाइन और ई-कॉमर्स साइटों पर बैंक द्वारा जारी डेबिट कार्ड द्वारा किए गए वित्तीय लेनदेन का कुल मूल्य</t>
   </si>
   <si>
     <t xml:space="preserve">21 बैंक द्वारा जारी डेबिट कार्ड द्वारा किए गए अन्य वित्तीय लेनदेन की कुल संख्या (उदाहरण: एटीएम पर किए गए डेबिट कार्ड लेनदेन जैसे कार्ड से कार्ड लेनदेन, बिल भुगतान, क्रेडिट कार्ड भुगतान, मोबाइल रिचार्ज आदि) </t>
   </si>
   <si>
     <t>22 बैंक द्वारा जारी डेबिट कार्ड द्वारा किए गए अन्य वित्तीय लेनदेन का कुल मूल्य (उदाहरण: एटीएम पर किए गए डेबिट कार्ड लेनदेन जैसे कार्ड से कार्ड लेनदेन, बिल भुगतान, क्रेडिट कार्ड भुगतान, मोबाइल रिचार्ज आदि)</t>
   </si>
   <si>
     <t>23 एटीएम पर बैंक द्वारा जारी डेबिट कार्ड द्वारा किए गए नकद निकासी लेनदेन की कुल संख्या</t>
   </si>
   <si>
     <t>24 एटीएम पर बैंक द्वारा जारी डेबिट कार्ड द्वारा किए गए नकद निकासी लेनदेन का कुल मूल्य</t>
   </si>
   <si>
     <t>25 पीओएस टर्मिनलों पर बैंक द्वारा जारी डेबिट कार्ड द्वारा किए गए नकद निकासी लेनदेन की कुल संख्या</t>
   </si>
   <si>
     <t xml:space="preserve">26 पीओएस टर्मिनलों पर बैंक द्वारा जारी डेबिट कार्ड द्वारा किए गए नकद निकासी लेनदेन का कुल मूल्य </t>
-  </si>
-[...4 lines deleted...]
-    <t xml:space="preserve">क्र. सं. </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="12" x14ac:knownFonts="1">
+  <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="11"/>
-[...13 lines deleted...]
-      <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
-      <name val="Arial"/>
-[...17 lines deleted...]
-      <color rgb="FFFF0000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="4">
@@ -594,195 +557,156 @@
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="45">
+  <cellXfs count="32">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="1" fontId="7" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="1" fontId="5" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="1" fontId="5" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="1" fontId="4" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="left" vertical="center"/>
-[...81 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...15 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2 10" xfId="2" xr:uid="{5387314C-ED7E-4D6A-B8A5-A106BC4ADD05}"/>
     <cellStyle name="Normal 2 2" xfId="1" xr:uid="{BE57A17A-24AB-4981-AA94-F4D552A73350}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
@@ -1066,514 +990,518 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{019ABA17-C578-4867-9E88-606BBC9512E5}">
-  <dimension ref="A2:AE106"/>
+  <dimension ref="B2:AC106"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="B3" sqref="B3:B7"/>
+      <pane xSplit="3" ySplit="9" topLeftCell="D10" activePane="bottomRight" state="frozen"/>
+      <selection pane="topRight" activeCell="D1" sqref="D1"/>
+      <selection pane="bottomLeft" activeCell="A10" sqref="A10"/>
+      <selection pane="bottomRight" activeCell="L4" sqref="L4:S4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="2.85546875" style="8" customWidth="1"/>
-[...27 lines deleted...]
-    <col min="31" max="16384" width="8.85546875" style="9"/>
+    <col min="1" max="1" width="2" style="14" customWidth="1"/>
+    <col min="2" max="2" width="4.28515625" style="14" customWidth="1"/>
+    <col min="3" max="3" width="42.28515625" style="14" customWidth="1"/>
+    <col min="4" max="4" width="8.28515625" style="15" customWidth="1"/>
+    <col min="5" max="5" width="8.7109375" style="15" customWidth="1"/>
+    <col min="6" max="6" width="9.7109375" style="14" customWidth="1"/>
+    <col min="7" max="7" width="9.28515625" style="14" customWidth="1"/>
+    <col min="8" max="8" width="10.42578125" style="14" customWidth="1"/>
+    <col min="9" max="9" width="11.5703125" style="14" customWidth="1"/>
+    <col min="10" max="10" width="11" style="14" customWidth="1"/>
+    <col min="11" max="11" width="11.28515625" style="14" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="10.28515625" style="14" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="12" style="14" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="10" style="14" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="12" style="14" bestFit="1" customWidth="1"/>
+    <col min="16" max="16" width="8.85546875" style="14" customWidth="1"/>
+    <col min="17" max="17" width="8.42578125" style="14" customWidth="1"/>
+    <col min="18" max="18" width="9.5703125" style="14" customWidth="1"/>
+    <col min="19" max="19" width="9.85546875" style="14" customWidth="1"/>
+    <col min="20" max="20" width="10" style="14" bestFit="1" customWidth="1"/>
+    <col min="21" max="21" width="9.85546875" style="14" customWidth="1"/>
+    <col min="22" max="22" width="12" style="14" bestFit="1" customWidth="1"/>
+    <col min="23" max="23" width="10.7109375" style="14" customWidth="1"/>
+    <col min="24" max="24" width="10.85546875" style="14" customWidth="1"/>
+    <col min="25" max="25" width="9.5703125" style="14" customWidth="1"/>
+    <col min="26" max="26" width="10" style="14" bestFit="1" customWidth="1"/>
+    <col min="27" max="27" width="11" style="14" bestFit="1" customWidth="1"/>
+    <col min="28" max="28" width="6.85546875" style="14" customWidth="1"/>
+    <col min="29" max="29" width="8.7109375" style="14" customWidth="1"/>
+    <col min="30" max="30" width="12.28515625" style="14" customWidth="1"/>
+    <col min="31" max="16384" width="8.85546875" style="14"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:29" x14ac:dyDescent="0.25">
-[...35 lines deleted...]
-      <c r="C3" s="39" t="s">
+    <row r="2" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B2" s="28" t="s">
+        <v>71</v>
+      </c>
+      <c r="C2" s="28"/>
+      <c r="D2" s="28"/>
+      <c r="E2" s="28"/>
+      <c r="F2" s="28"/>
+      <c r="G2" s="28"/>
+      <c r="H2" s="28"/>
+      <c r="I2" s="28"/>
+      <c r="J2" s="28"/>
+      <c r="K2" s="28"/>
+      <c r="L2" s="28"/>
+      <c r="M2" s="28"/>
+      <c r="N2" s="28"/>
+      <c r="O2" s="28"/>
+      <c r="P2" s="28"/>
+      <c r="Q2" s="28"/>
+      <c r="R2" s="28"/>
+      <c r="S2" s="28"/>
+      <c r="T2" s="28"/>
+      <c r="U2" s="28"/>
+      <c r="V2" s="28"/>
+      <c r="W2" s="28"/>
+      <c r="X2" s="28"/>
+      <c r="Y2" s="28"/>
+      <c r="Z2" s="28"/>
+      <c r="AA2" s="28"/>
+      <c r="AB2" s="28"/>
+      <c r="AC2" s="28"/>
+    </row>
+    <row r="3" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B3" s="27" t="s">
         <v>72</v>
       </c>
-      <c r="D3" s="40" t="s">
+      <c r="C3" s="28" t="s">
         <v>73</v>
       </c>
-      <c r="E3" s="40"/>
-[...6 lines deleted...]
-      <c r="L3" s="39" t="s">
+      <c r="D3" s="29" t="s">
         <v>74</v>
       </c>
-      <c r="M3" s="39"/>
-[...20 lines deleted...]
-      <c r="D4" s="41" t="s">
+      <c r="E3" s="29"/>
+      <c r="F3" s="29"/>
+      <c r="G3" s="29"/>
+      <c r="H3" s="29"/>
+      <c r="I3" s="29"/>
+      <c r="J3" s="29"/>
+      <c r="K3" s="29"/>
+      <c r="L3" s="28" t="s">
         <v>75</v>
       </c>
-      <c r="E4" s="41"/>
-[...6 lines deleted...]
-      <c r="L4" s="39" t="s">
+      <c r="M3" s="28"/>
+      <c r="N3" s="28"/>
+      <c r="O3" s="28"/>
+      <c r="P3" s="28"/>
+      <c r="Q3" s="28"/>
+      <c r="R3" s="28"/>
+      <c r="S3" s="28"/>
+      <c r="T3" s="28"/>
+      <c r="U3" s="28"/>
+      <c r="V3" s="28"/>
+      <c r="W3" s="28"/>
+      <c r="X3" s="28"/>
+      <c r="Y3" s="28"/>
+      <c r="Z3" s="28"/>
+      <c r="AA3" s="28"/>
+      <c r="AB3" s="28"/>
+      <c r="AC3" s="28"/>
+    </row>
+    <row r="4" spans="2:29" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B4" s="27"/>
+      <c r="C4" s="28"/>
+      <c r="D4" s="27" t="s">
         <v>76</v>
       </c>
-      <c r="M4" s="39"/>
-[...6 lines deleted...]
-      <c r="T4" s="39" t="s">
+      <c r="E4" s="27"/>
+      <c r="F4" s="27"/>
+      <c r="G4" s="27"/>
+      <c r="H4" s="27"/>
+      <c r="I4" s="27"/>
+      <c r="J4" s="27"/>
+      <c r="K4" s="27"/>
+      <c r="L4" s="28" t="s">
         <v>77</v>
       </c>
-      <c r="U4" s="39"/>
-[...12 lines deleted...]
-      <c r="D5" s="41" t="s">
+      <c r="M4" s="28"/>
+      <c r="N4" s="28"/>
+      <c r="O4" s="28"/>
+      <c r="P4" s="28"/>
+      <c r="Q4" s="28"/>
+      <c r="R4" s="28"/>
+      <c r="S4" s="28"/>
+      <c r="T4" s="28" t="s">
         <v>78</v>
       </c>
-      <c r="E5" s="41"/>
-      <c r="F5" s="41" t="s">
+      <c r="U4" s="28"/>
+      <c r="V4" s="28"/>
+      <c r="W4" s="28"/>
+      <c r="X4" s="28"/>
+      <c r="Y4" s="28"/>
+      <c r="Z4" s="28"/>
+      <c r="AA4" s="28"/>
+      <c r="AB4" s="28"/>
+      <c r="AC4" s="28"/>
+    </row>
+    <row r="5" spans="2:29" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B5" s="27"/>
+      <c r="C5" s="28"/>
+      <c r="D5" s="27" t="s">
         <v>79</v>
       </c>
-      <c r="G5" s="41" t="s">
+      <c r="E5" s="27"/>
+      <c r="F5" s="27" t="s">
         <v>80</v>
       </c>
-      <c r="H5" s="41" t="s">
+      <c r="G5" s="27" t="s">
         <v>81</v>
       </c>
-      <c r="I5" s="41" t="s">
+      <c r="H5" s="27" t="s">
         <v>82</v>
       </c>
-      <c r="J5" s="41" t="s">
+      <c r="I5" s="27" t="s">
         <v>83</v>
       </c>
-      <c r="K5" s="41" t="s">
-[...2 lines deleted...]
-      <c r="L5" s="39" t="s">
+      <c r="J5" s="27" t="s">
         <v>84</v>
       </c>
-      <c r="M5" s="39"/>
-[...4 lines deleted...]
-      <c r="R5" s="39" t="s">
+      <c r="K5" s="27" t="s">
+        <v>78</v>
+      </c>
+      <c r="L5" s="28" t="s">
         <v>85</v>
       </c>
-      <c r="S5" s="39"/>
-[...8 lines deleted...]
-      <c r="Z5" s="39" t="s">
+      <c r="M5" s="28"/>
+      <c r="N5" s="28"/>
+      <c r="O5" s="28"/>
+      <c r="P5" s="28"/>
+      <c r="Q5" s="28"/>
+      <c r="R5" s="28" t="s">
+        <v>86</v>
+      </c>
+      <c r="S5" s="28"/>
+      <c r="T5" s="28" t="s">
         <v>85</v>
       </c>
-      <c r="AA5" s="39"/>
-[...14 lines deleted...]
-      <c r="L6" s="41" t="s">
+      <c r="U5" s="28"/>
+      <c r="V5" s="28"/>
+      <c r="W5" s="28"/>
+      <c r="X5" s="28"/>
+      <c r="Y5" s="28"/>
+      <c r="Z5" s="28" t="s">
         <v>86</v>
       </c>
-      <c r="M6" s="41"/>
-      <c r="N6" s="41" t="s">
+      <c r="AA5" s="28"/>
+      <c r="AB5" s="28"/>
+      <c r="AC5" s="28"/>
+    </row>
+    <row r="6" spans="2:29" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B6" s="27"/>
+      <c r="C6" s="28"/>
+      <c r="D6" s="27"/>
+      <c r="E6" s="27"/>
+      <c r="F6" s="27"/>
+      <c r="G6" s="27"/>
+      <c r="H6" s="27"/>
+      <c r="I6" s="27"/>
+      <c r="J6" s="27"/>
+      <c r="K6" s="27"/>
+      <c r="L6" s="27" t="s">
         <v>87</v>
       </c>
-      <c r="O6" s="41"/>
-      <c r="P6" s="39" t="s">
+      <c r="M6" s="27"/>
+      <c r="N6" s="27" t="s">
         <v>88</v>
       </c>
-      <c r="Q6" s="39"/>
-      <c r="R6" s="39" t="s">
+      <c r="O6" s="27"/>
+      <c r="P6" s="28" t="s">
         <v>89</v>
       </c>
-      <c r="S6" s="39"/>
-[...4 lines deleted...]
-      <c r="V6" s="41" t="s">
+      <c r="Q6" s="28"/>
+      <c r="R6" s="28" t="s">
         <v>90</v>
       </c>
-      <c r="W6" s="41"/>
-      <c r="X6" s="39" t="s">
+      <c r="S6" s="28"/>
+      <c r="T6" s="27" t="s">
+        <v>87</v>
+      </c>
+      <c r="U6" s="27"/>
+      <c r="V6" s="27" t="s">
         <v>91</v>
       </c>
-      <c r="Y6" s="39"/>
-[...13 lines deleted...]
-      <c r="D7" s="38" t="s">
+      <c r="W6" s="27"/>
+      <c r="X6" s="28" t="s">
         <v>92</v>
       </c>
-      <c r="E7" s="37" t="s">
+      <c r="Y6" s="28"/>
+      <c r="Z6" s="27" t="s">
+        <v>90</v>
+      </c>
+      <c r="AA6" s="27"/>
+      <c r="AB6" s="27" t="s">
+        <v>87</v>
+      </c>
+      <c r="AC6" s="27"/>
+    </row>
+    <row r="7" spans="2:29" s="17" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+      <c r="B7" s="27"/>
+      <c r="C7" s="28"/>
+      <c r="D7" s="24" t="s">
         <v>93</v>
       </c>
-      <c r="F7" s="41"/>
-[...5 lines deleted...]
-      <c r="L7" s="19" t="s">
+      <c r="E7" s="25" t="s">
         <v>94</v>
       </c>
-      <c r="M7" s="19" t="s">
+      <c r="F7" s="27"/>
+      <c r="G7" s="27"/>
+      <c r="H7" s="27"/>
+      <c r="I7" s="27"/>
+      <c r="J7" s="27"/>
+      <c r="K7" s="27"/>
+      <c r="L7" s="16" t="s">
         <v>95</v>
       </c>
-      <c r="N7" s="19" t="s">
-[...2 lines deleted...]
-      <c r="O7" s="19" t="s">
+      <c r="M7" s="16" t="s">
+        <v>96</v>
+      </c>
+      <c r="N7" s="16" t="s">
         <v>95</v>
       </c>
-      <c r="P7" s="19" t="s">
-[...2 lines deleted...]
-      <c r="Q7" s="19" t="s">
+      <c r="O7" s="16" t="s">
+        <v>96</v>
+      </c>
+      <c r="P7" s="16" t="s">
         <v>95</v>
       </c>
-      <c r="R7" s="19" t="s">
-[...2 lines deleted...]
-      <c r="S7" s="19" t="s">
+      <c r="Q7" s="16" t="s">
+        <v>96</v>
+      </c>
+      <c r="R7" s="16" t="s">
         <v>95</v>
       </c>
-      <c r="T7" s="19" t="s">
-[...2 lines deleted...]
-      <c r="U7" s="19" t="s">
+      <c r="S7" s="16" t="s">
+        <v>96</v>
+      </c>
+      <c r="T7" s="16" t="s">
         <v>95</v>
       </c>
-      <c r="V7" s="19" t="s">
-[...2 lines deleted...]
-      <c r="W7" s="19" t="s">
+      <c r="U7" s="16" t="s">
+        <v>96</v>
+      </c>
+      <c r="V7" s="16" t="s">
         <v>95</v>
       </c>
-      <c r="X7" s="19" t="s">
-[...2 lines deleted...]
-      <c r="Y7" s="19" t="s">
+      <c r="W7" s="16" t="s">
+        <v>96</v>
+      </c>
+      <c r="X7" s="16" t="s">
         <v>95</v>
       </c>
-      <c r="Z7" s="19" t="s">
-[...2 lines deleted...]
-      <c r="AA7" s="19" t="s">
+      <c r="Y7" s="16" t="s">
+        <v>96</v>
+      </c>
+      <c r="Z7" s="16" t="s">
         <v>95</v>
       </c>
-      <c r="AB7" s="19" t="s">
-[...2 lines deleted...]
-      <c r="AC7" s="19" t="s">
+      <c r="AA7" s="16" t="s">
+        <v>96</v>
+      </c>
+      <c r="AB7" s="16" t="s">
         <v>95</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="D8" s="38">
+      <c r="AC7" s="16" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="8" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B8" s="13"/>
+      <c r="C8" s="13"/>
+      <c r="D8" s="24">
         <v>1</v>
       </c>
-      <c r="E8" s="38">
+      <c r="E8" s="24">
         <v>2</v>
       </c>
-      <c r="F8" s="38">
+      <c r="F8" s="24">
         <v>3</v>
       </c>
-      <c r="G8" s="38">
+      <c r="G8" s="24">
         <v>4</v>
       </c>
-      <c r="H8" s="38">
+      <c r="H8" s="24">
         <v>5</v>
       </c>
-      <c r="I8" s="38">
+      <c r="I8" s="24">
         <v>6</v>
       </c>
-      <c r="J8" s="38">
+      <c r="J8" s="24">
         <v>7</v>
       </c>
-      <c r="K8" s="38">
+      <c r="K8" s="24">
         <v>8</v>
       </c>
-      <c r="L8" s="38">
+      <c r="L8" s="24">
         <v>9</v>
       </c>
-      <c r="M8" s="38">
+      <c r="M8" s="24">
         <v>10</v>
       </c>
-      <c r="N8" s="38">
+      <c r="N8" s="24">
         <v>11</v>
       </c>
-      <c r="O8" s="38">
+      <c r="O8" s="24">
         <v>12</v>
       </c>
-      <c r="P8" s="38">
+      <c r="P8" s="24">
         <v>13</v>
       </c>
-      <c r="Q8" s="38">
+      <c r="Q8" s="24">
         <v>14</v>
       </c>
-      <c r="R8" s="38">
+      <c r="R8" s="24">
         <v>15</v>
       </c>
-      <c r="S8" s="38">
+      <c r="S8" s="24">
         <v>16</v>
       </c>
-      <c r="T8" s="38">
+      <c r="T8" s="24">
         <v>17</v>
       </c>
-      <c r="U8" s="38">
+      <c r="U8" s="24">
         <v>18</v>
       </c>
-      <c r="V8" s="38">
+      <c r="V8" s="24">
         <v>19</v>
       </c>
-      <c r="W8" s="38">
+      <c r="W8" s="24">
         <v>20</v>
       </c>
-      <c r="X8" s="38">
+      <c r="X8" s="24">
         <v>21</v>
       </c>
-      <c r="Y8" s="38">
+      <c r="Y8" s="24">
         <v>22</v>
       </c>
-      <c r="Z8" s="38">
+      <c r="Z8" s="24">
         <v>23</v>
       </c>
-      <c r="AA8" s="38">
+      <c r="AA8" s="24">
         <v>24</v>
       </c>
-      <c r="AB8" s="38">
+      <c r="AB8" s="24">
         <v>25</v>
       </c>
-      <c r="AC8" s="38">
+      <c r="AC8" s="24">
         <v>26</v>
       </c>
     </row>
-    <row r="9" spans="1:29" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="C9" s="10"/>
+    <row r="9" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B9" s="8" t="s">
+        <v>0</v>
+      </c>
+      <c r="C9" s="8"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="2"/>
       <c r="G9" s="2"/>
       <c r="H9" s="2"/>
       <c r="I9" s="2"/>
       <c r="J9" s="2"/>
       <c r="K9" s="2"/>
       <c r="L9" s="2"/>
       <c r="M9" s="2"/>
       <c r="N9" s="2"/>
       <c r="O9" s="2"/>
       <c r="P9" s="2"/>
       <c r="Q9" s="2"/>
       <c r="R9" s="2"/>
       <c r="S9" s="2"/>
       <c r="T9" s="2"/>
       <c r="U9" s="2"/>
       <c r="V9" s="2"/>
       <c r="W9" s="2"/>
       <c r="X9" s="2"/>
       <c r="Y9" s="2"/>
       <c r="Z9" s="2"/>
       <c r="AA9" s="2"/>
       <c r="AB9" s="2"/>
       <c r="AC9" s="2"/>
     </row>
-    <row r="10" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="B10" s="10" t="s">
+    <row r="10" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B10" s="8" t="s">
         <v>1</v>
       </c>
-      <c r="C10" s="11"/>
+      <c r="C10" s="18"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="2"/>
       <c r="G10" s="2"/>
       <c r="H10" s="2"/>
       <c r="I10" s="2"/>
       <c r="J10" s="2"/>
       <c r="K10" s="2"/>
       <c r="L10" s="2"/>
       <c r="M10" s="2"/>
       <c r="N10" s="2"/>
       <c r="O10" s="2"/>
       <c r="P10" s="2"/>
       <c r="Q10" s="2"/>
       <c r="R10" s="2"/>
       <c r="S10" s="2"/>
       <c r="T10" s="2"/>
       <c r="U10" s="2"/>
       <c r="V10" s="2"/>
       <c r="W10" s="2"/>
       <c r="X10" s="2"/>
       <c r="Y10" s="2"/>
       <c r="Z10" s="2"/>
       <c r="AA10" s="2"/>
       <c r="AB10" s="2"/>
       <c r="AC10" s="2"/>
     </row>
-    <row r="11" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="B11" s="32">
+    <row r="11" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B11" s="22">
         <v>1</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D11" s="4">
         <v>8976</v>
       </c>
       <c r="E11" s="4">
         <v>2481</v>
       </c>
       <c r="F11" s="4">
         <v>55231</v>
       </c>
       <c r="G11" s="4">
         <v>42235</v>
       </c>
       <c r="H11" s="4">
         <v>24709</v>
       </c>
       <c r="I11" s="4">
         <v>2847996</v>
       </c>
       <c r="J11" s="4">
         <v>3072859</v>
@@ -1614,52 +1542,52 @@
       <c r="V11" s="5">
         <v>298595</v>
       </c>
       <c r="W11" s="5">
         <v>2065523.6116900002</v>
       </c>
       <c r="X11" s="5">
         <v>5</v>
       </c>
       <c r="Y11" s="5">
         <v>9.1</v>
       </c>
       <c r="Z11" s="5">
         <v>21365652</v>
       </c>
       <c r="AA11" s="5">
         <v>107863256.831</v>
       </c>
       <c r="AB11" s="5">
         <v>1</v>
       </c>
       <c r="AC11" s="5">
         <v>0.5</v>
       </c>
     </row>
-    <row r="12" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="B12" s="32">
+    <row r="12" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B12" s="22">
         <v>2</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D12" s="4">
         <v>5196</v>
       </c>
       <c r="E12" s="4">
         <v>2500</v>
       </c>
       <c r="F12" s="4">
         <v>18750</v>
       </c>
       <c r="G12" s="4">
         <v>24886</v>
       </c>
       <c r="H12" s="4">
         <v>0</v>
       </c>
       <c r="I12" s="4">
         <v>1337146</v>
       </c>
       <c r="J12" s="4">
         <v>88400</v>
@@ -1700,53 +1628,52 @@
       <c r="V12" s="5">
         <v>324206</v>
       </c>
       <c r="W12" s="5">
         <v>789123.37372999999</v>
       </c>
       <c r="X12" s="5">
         <v>0</v>
       </c>
       <c r="Y12" s="5">
         <v>0</v>
       </c>
       <c r="Z12" s="5">
         <v>13834045</v>
       </c>
       <c r="AA12" s="5">
         <v>59415231.211999997</v>
       </c>
       <c r="AB12" s="5">
         <v>0</v>
       </c>
       <c r="AC12" s="5">
         <v>0</v>
       </c>
     </row>
-    <row r="13" spans="1:29" s="23" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B13" s="32">
+    <row r="13" spans="2:29" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B13" s="22">
         <v>3</v>
       </c>
       <c r="C13" s="6" t="s">
         <v>4</v>
       </c>
       <c r="D13" s="7">
         <v>2321</v>
       </c>
       <c r="E13" s="7">
         <v>250</v>
       </c>
       <c r="F13" s="7">
         <v>159</v>
       </c>
       <c r="G13" s="7">
         <v>5997</v>
       </c>
       <c r="H13" s="7">
         <v>355014</v>
       </c>
       <c r="I13" s="7">
         <v>952740</v>
       </c>
       <c r="J13" s="7">
         <v>2444</v>
@@ -1787,52 +1714,52 @@
       <c r="V13" s="5">
         <v>124767</v>
       </c>
       <c r="W13" s="5">
         <v>421211.46245999995</v>
       </c>
       <c r="X13" s="5">
         <v>5708</v>
       </c>
       <c r="Y13" s="5">
         <v>58632.748270000004</v>
       </c>
       <c r="Z13" s="5">
         <v>5489038</v>
       </c>
       <c r="AA13" s="5">
         <v>26656670.183119997</v>
       </c>
       <c r="AB13" s="5">
         <v>0</v>
       </c>
       <c r="AC13" s="5">
         <v>0</v>
       </c>
     </row>
-    <row r="14" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="B14" s="32">
+    <row r="14" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B14" s="22">
         <v>4</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D14" s="4">
         <v>7332</v>
       </c>
       <c r="E14" s="4">
         <v>3532</v>
       </c>
       <c r="F14" s="4">
         <v>86392</v>
       </c>
       <c r="G14" s="4">
         <v>11076</v>
       </c>
       <c r="H14" s="4">
         <v>0</v>
       </c>
       <c r="I14" s="4">
         <v>3855241</v>
       </c>
       <c r="J14" s="4">
         <v>1055201</v>
@@ -1873,52 +1800,52 @@
       <c r="V14" s="5">
         <v>780337</v>
       </c>
       <c r="W14" s="5">
         <v>4116827.1477399999</v>
       </c>
       <c r="X14" s="5">
         <v>4401</v>
       </c>
       <c r="Y14" s="5">
         <v>88995.447</v>
       </c>
       <c r="Z14" s="5">
         <v>27414380</v>
       </c>
       <c r="AA14" s="5">
         <v>137580890.93700001</v>
       </c>
       <c r="AB14" s="5">
         <v>0</v>
       </c>
       <c r="AC14" s="5">
         <v>0</v>
       </c>
     </row>
-    <row r="15" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="B15" s="32">
+    <row r="15" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B15" s="22">
         <v>5</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>6</v>
       </c>
       <c r="D15" s="4">
         <v>2948</v>
       </c>
       <c r="E15" s="4">
         <v>1218</v>
       </c>
       <c r="F15" s="4">
         <v>3370</v>
       </c>
       <c r="G15" s="4">
         <v>2741</v>
       </c>
       <c r="H15" s="4">
         <v>38138</v>
       </c>
       <c r="I15" s="4">
         <v>2074385</v>
       </c>
       <c r="J15" s="4">
         <v>0</v>
@@ -1959,52 +1886,52 @@
       <c r="V15" s="5">
         <v>164804</v>
       </c>
       <c r="W15" s="5">
         <v>619963.70349999995</v>
       </c>
       <c r="X15" s="5">
         <v>0</v>
       </c>
       <c r="Y15" s="5">
         <v>0</v>
       </c>
       <c r="Z15" s="5">
         <v>7280973</v>
       </c>
       <c r="AA15" s="5">
         <v>34912852.311999999</v>
       </c>
       <c r="AB15" s="5">
         <v>18</v>
       </c>
       <c r="AC15" s="5">
         <v>332.20299999999997</v>
       </c>
     </row>
-    <row r="16" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="B16" s="32">
+    <row r="16" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B16" s="22">
         <v>6</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>7</v>
       </c>
       <c r="D16" s="4">
         <v>4925</v>
       </c>
       <c r="E16" s="4">
         <v>640</v>
       </c>
       <c r="F16" s="4">
         <v>20277</v>
       </c>
       <c r="G16" s="4">
         <v>15597</v>
       </c>
       <c r="H16" s="4">
         <v>0</v>
       </c>
       <c r="I16" s="4">
         <v>2590962</v>
       </c>
       <c r="J16" s="4">
         <v>274482</v>
@@ -2045,52 +1972,52 @@
       <c r="V16" s="5">
         <v>408860</v>
       </c>
       <c r="W16" s="5">
         <v>1061851.2919999999</v>
       </c>
       <c r="X16" s="5">
         <v>143</v>
       </c>
       <c r="Y16" s="5">
         <v>412.42399999999998</v>
       </c>
       <c r="Z16" s="5">
         <v>17748259</v>
       </c>
       <c r="AA16" s="5">
         <v>89909508.34059</v>
       </c>
       <c r="AB16" s="5">
         <v>6</v>
       </c>
       <c r="AC16" s="5">
         <v>3.5</v>
       </c>
     </row>
-    <row r="17" spans="2:29" x14ac:dyDescent="0.25">
-      <c r="B17" s="32">
+    <row r="17" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B17" s="22">
         <v>7</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="4">
         <v>2841</v>
       </c>
       <c r="E17" s="4">
         <v>726</v>
       </c>
       <c r="F17" s="4">
         <v>0</v>
       </c>
       <c r="G17" s="4">
         <v>11467</v>
       </c>
       <c r="H17" s="4">
         <v>0</v>
       </c>
       <c r="I17" s="4">
         <v>504075</v>
       </c>
       <c r="J17" s="4">
         <v>99731</v>
@@ -2131,52 +2058,52 @@
       <c r="V17" s="5">
         <v>218732</v>
       </c>
       <c r="W17" s="5">
         <v>629944.16082000011</v>
       </c>
       <c r="X17" s="5">
         <v>0</v>
       </c>
       <c r="Y17" s="5">
         <v>0</v>
       </c>
       <c r="Z17" s="5">
         <v>11102423</v>
       </c>
       <c r="AA17" s="5">
         <v>50906168.006130002</v>
       </c>
       <c r="AB17" s="5">
         <v>0</v>
       </c>
       <c r="AC17" s="5">
         <v>0</v>
       </c>
     </row>
-    <row r="18" spans="2:29" x14ac:dyDescent="0.25">
-      <c r="B18" s="32">
+    <row r="18" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B18" s="22">
         <v>8</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>9</v>
       </c>
       <c r="D18" s="4">
         <v>1053</v>
       </c>
       <c r="E18" s="4">
         <v>37</v>
       </c>
       <c r="F18" s="4">
         <v>1107</v>
       </c>
       <c r="G18" s="4">
         <v>1919</v>
       </c>
       <c r="H18" s="4">
         <v>1253</v>
       </c>
       <c r="I18" s="4">
         <v>205466</v>
       </c>
       <c r="J18" s="4">
         <v>0</v>
@@ -2217,52 +2144,52 @@
       <c r="V18" s="5">
         <v>165946</v>
       </c>
       <c r="W18" s="5">
         <v>411856.22499999998</v>
       </c>
       <c r="X18" s="5">
         <v>0</v>
       </c>
       <c r="Y18" s="5">
         <v>0</v>
       </c>
       <c r="Z18" s="5">
         <v>1155533</v>
       </c>
       <c r="AA18" s="5">
         <v>5652057.0999999996</v>
       </c>
       <c r="AB18" s="5">
         <v>0</v>
       </c>
       <c r="AC18" s="5">
         <v>0</v>
       </c>
     </row>
-    <row r="19" spans="2:29" x14ac:dyDescent="0.25">
-      <c r="B19" s="32">
+    <row r="19" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B19" s="22">
         <v>9</v>
       </c>
       <c r="C19" s="3" t="s">
         <v>10</v>
       </c>
       <c r="D19" s="4">
         <v>7304</v>
       </c>
       <c r="E19" s="4">
         <v>3883</v>
       </c>
       <c r="F19" s="4">
         <v>23815</v>
       </c>
       <c r="G19" s="4">
         <v>0</v>
       </c>
       <c r="H19" s="4">
         <v>351363</v>
       </c>
       <c r="I19" s="4">
         <v>1351586</v>
       </c>
       <c r="J19" s="4">
         <v>655841</v>
@@ -2303,52 +2230,52 @@
       <c r="V19" s="5">
         <v>829818</v>
       </c>
       <c r="W19" s="5">
         <v>2216381.1126199998</v>
       </c>
       <c r="X19" s="5">
         <v>0</v>
       </c>
       <c r="Y19" s="5">
         <v>0</v>
       </c>
       <c r="Z19" s="5">
         <v>22087977</v>
       </c>
       <c r="AA19" s="5">
         <v>113849675.90000001</v>
       </c>
       <c r="AB19" s="5">
         <v>0</v>
       </c>
       <c r="AC19" s="5">
         <v>0</v>
       </c>
     </row>
-    <row r="20" spans="2:29" x14ac:dyDescent="0.25">
-      <c r="B20" s="32">
+    <row r="20" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B20" s="22">
         <v>10</v>
       </c>
       <c r="C20" s="3" t="s">
         <v>11</v>
       </c>
       <c r="D20" s="4">
         <v>28848</v>
       </c>
       <c r="E20" s="4">
         <v>33728</v>
       </c>
       <c r="F20" s="4">
         <v>1645821</v>
       </c>
       <c r="G20" s="4">
         <v>52719</v>
       </c>
       <c r="H20" s="4">
         <v>1023057</v>
       </c>
       <c r="I20" s="4">
         <v>5640748</v>
       </c>
       <c r="J20" s="4">
         <v>21502248</v>
@@ -2389,52 +2316,52 @@
       <c r="V20" s="5">
         <v>6841761</v>
       </c>
       <c r="W20" s="5">
         <v>31143042.271000002</v>
       </c>
       <c r="X20" s="5">
         <v>609</v>
       </c>
       <c r="Y20" s="5">
         <v>7987.66489</v>
       </c>
       <c r="Z20" s="5">
         <v>143954696</v>
       </c>
       <c r="AA20" s="5">
         <v>789492846.56586003</v>
       </c>
       <c r="AB20" s="5">
         <v>8548</v>
       </c>
       <c r="AC20" s="5">
         <v>7924.8706199999997</v>
       </c>
     </row>
-    <row r="21" spans="2:29" x14ac:dyDescent="0.25">
-      <c r="B21" s="32">
+    <row r="21" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B21" s="22">
         <v>11</v>
       </c>
       <c r="C21" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D21" s="4">
         <v>2377</v>
       </c>
       <c r="E21" s="4">
         <v>216</v>
       </c>
       <c r="F21" s="4">
         <v>10709</v>
       </c>
       <c r="G21" s="4">
         <v>3568</v>
       </c>
       <c r="H21" s="4">
         <v>151</v>
       </c>
       <c r="I21" s="4">
         <v>1410260</v>
       </c>
       <c r="J21" s="4">
         <v>0</v>
@@ -2475,52 +2402,52 @@
       <c r="V21" s="5">
         <v>216505</v>
       </c>
       <c r="W21" s="5">
         <v>590565.20680999989</v>
       </c>
       <c r="X21" s="5">
         <v>788</v>
       </c>
       <c r="Y21" s="5">
         <v>15366.994549999999</v>
       </c>
       <c r="Z21" s="5">
         <v>6074865</v>
       </c>
       <c r="AA21" s="5">
         <v>29886204.39562</v>
       </c>
       <c r="AB21" s="5">
         <v>32</v>
       </c>
       <c r="AC21" s="5">
         <v>21.305900000000001</v>
       </c>
     </row>
-    <row r="22" spans="2:29" x14ac:dyDescent="0.25">
-      <c r="B22" s="32">
+    <row r="22" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B22" s="22">
         <v>12</v>
       </c>
       <c r="C22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="D22" s="4">
         <v>7866</v>
       </c>
       <c r="E22" s="4">
         <v>1196</v>
       </c>
       <c r="F22" s="4">
         <v>53428</v>
       </c>
       <c r="G22" s="4">
         <v>8059</v>
       </c>
       <c r="H22" s="4">
         <v>369473</v>
       </c>
       <c r="I22" s="4">
         <v>291785</v>
       </c>
       <c r="J22" s="4">
         <v>475427</v>
@@ -2561,84 +2488,84 @@
       <c r="V22" s="5">
         <v>908024</v>
       </c>
       <c r="W22" s="5">
         <v>2442384.88026</v>
       </c>
       <c r="X22" s="5">
         <v>2150</v>
       </c>
       <c r="Y22" s="5">
         <v>8722.9539999999997</v>
       </c>
       <c r="Z22" s="5">
         <v>40386186</v>
       </c>
       <c r="AA22" s="5">
         <v>118809305.35600001</v>
       </c>
       <c r="AB22" s="5">
         <v>11</v>
       </c>
       <c r="AC22" s="5">
         <v>2.2000000000000002</v>
       </c>
     </row>
-    <row r="23" spans="2:29" x14ac:dyDescent="0.25">
-      <c r="B23" s="10" t="s">
+    <row r="23" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B23" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="C23" s="11"/>
+      <c r="C23" s="18"/>
       <c r="D23" s="1"/>
       <c r="E23" s="1"/>
       <c r="F23" s="1"/>
       <c r="G23" s="1"/>
       <c r="H23" s="1"/>
       <c r="I23" s="1"/>
       <c r="J23" s="1"/>
       <c r="K23" s="1"/>
       <c r="L23" s="2"/>
       <c r="M23" s="2"/>
       <c r="N23" s="2"/>
       <c r="O23" s="2"/>
       <c r="P23" s="2"/>
       <c r="Q23" s="2"/>
       <c r="R23" s="2"/>
       <c r="S23" s="2"/>
       <c r="T23" s="5"/>
       <c r="U23" s="5"/>
       <c r="V23" s="5"/>
       <c r="W23" s="5"/>
       <c r="X23" s="5"/>
       <c r="Y23" s="5"/>
       <c r="Z23" s="5"/>
       <c r="AA23" s="5"/>
       <c r="AB23" s="5"/>
       <c r="AC23" s="5"/>
     </row>
-    <row r="24" spans="2:29" x14ac:dyDescent="0.25">
-      <c r="B24" s="32">
+    <row r="24" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B24" s="22">
         <v>13</v>
       </c>
       <c r="C24" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D24" s="4">
         <v>6534</v>
       </c>
       <c r="E24" s="4">
         <v>6643</v>
       </c>
       <c r="F24" s="4">
         <v>2404312</v>
       </c>
       <c r="G24" s="4">
         <v>0</v>
       </c>
       <c r="H24" s="4">
         <v>606263</v>
       </c>
       <c r="I24" s="4">
         <v>112658201</v>
       </c>
       <c r="J24" s="4">
         <v>15424177</v>
@@ -2679,52 +2606,52 @@
       <c r="V24" s="5">
         <v>1665849</v>
       </c>
       <c r="W24" s="5">
         <v>11019161.642519992</v>
       </c>
       <c r="X24" s="5">
         <v>10494</v>
       </c>
       <c r="Y24" s="5">
         <v>274106.59899999999</v>
       </c>
       <c r="Z24" s="5">
         <v>14780875</v>
       </c>
       <c r="AA24" s="5">
         <v>100127686.616</v>
       </c>
       <c r="AB24" s="5">
         <v>0</v>
       </c>
       <c r="AC24" s="5">
         <v>0</v>
       </c>
     </row>
-    <row r="25" spans="2:29" x14ac:dyDescent="0.25">
-      <c r="B25" s="32">
+    <row r="25" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B25" s="22">
         <v>14</v>
       </c>
       <c r="C25" s="3" t="s">
         <v>16</v>
       </c>
       <c r="D25" s="4">
         <v>417</v>
       </c>
       <c r="E25" s="4">
         <v>5</v>
       </c>
       <c r="F25" s="4">
         <v>70913</v>
       </c>
       <c r="G25" s="4">
         <v>0</v>
       </c>
       <c r="H25" s="4">
         <v>37510</v>
       </c>
       <c r="I25" s="4">
         <v>0</v>
       </c>
       <c r="J25" s="4">
         <v>6</v>
@@ -2765,52 +2692,52 @@
       <c r="V25" s="5">
         <v>53662</v>
       </c>
       <c r="W25" s="5">
         <v>248139.95866</v>
       </c>
       <c r="X25" s="5">
         <v>0</v>
       </c>
       <c r="Y25" s="5">
         <v>0</v>
       </c>
       <c r="Z25" s="5">
         <v>2016344</v>
       </c>
       <c r="AA25" s="5">
         <v>11513330.438999999</v>
       </c>
       <c r="AB25" s="5">
         <v>6</v>
       </c>
       <c r="AC25" s="5">
         <v>4.5999999999999996</v>
       </c>
     </row>
-    <row r="26" spans="2:29" x14ac:dyDescent="0.25">
-      <c r="B26" s="32">
+    <row r="26" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B26" s="22">
         <v>15</v>
       </c>
       <c r="C26" s="3" t="s">
         <v>17</v>
       </c>
       <c r="D26" s="4">
         <v>1252</v>
       </c>
       <c r="E26" s="4">
         <v>457</v>
       </c>
       <c r="F26" s="4">
         <v>7127</v>
       </c>
       <c r="G26" s="4">
         <v>63051</v>
       </c>
       <c r="H26" s="4">
         <v>0</v>
       </c>
       <c r="I26" s="4">
         <v>67258</v>
       </c>
       <c r="J26" s="4">
         <v>54116</v>
@@ -2851,52 +2778,52 @@
       <c r="V26" s="5">
         <v>38705</v>
       </c>
       <c r="W26" s="5">
         <v>108675.30265</v>
       </c>
       <c r="X26" s="5">
         <v>0</v>
       </c>
       <c r="Y26" s="5">
         <v>0</v>
       </c>
       <c r="Z26" s="5">
         <v>2147892</v>
       </c>
       <c r="AA26" s="5">
         <v>13151036.009780001</v>
       </c>
       <c r="AB26" s="5">
         <v>0</v>
       </c>
       <c r="AC26" s="5">
         <v>0</v>
       </c>
     </row>
-    <row r="27" spans="2:29" x14ac:dyDescent="0.25">
-      <c r="B27" s="32">
+    <row r="27" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B27" s="22">
         <v>16</v>
       </c>
       <c r="C27" s="3" t="s">
         <v>18</v>
       </c>
       <c r="D27" s="4">
         <v>773</v>
       </c>
       <c r="E27" s="4">
         <v>37</v>
       </c>
       <c r="F27" s="4">
         <v>0</v>
       </c>
       <c r="G27" s="4">
         <v>0</v>
       </c>
       <c r="H27" s="4">
         <v>19379</v>
       </c>
       <c r="I27" s="4">
         <v>0</v>
       </c>
       <c r="J27" s="4">
         <v>173670</v>
@@ -2937,71 +2864,71 @@
       <c r="V27" s="5">
         <v>7449</v>
       </c>
       <c r="W27" s="5">
         <v>32879.294580000002</v>
       </c>
       <c r="X27" s="5">
         <v>0</v>
       </c>
       <c r="Y27" s="5">
         <v>0</v>
       </c>
       <c r="Z27" s="5">
         <v>354014</v>
       </c>
       <c r="AA27" s="5">
         <v>1920907.7</v>
       </c>
       <c r="AB27" s="5">
         <v>0</v>
       </c>
       <c r="AC27" s="5">
         <v>0</v>
       </c>
     </row>
-    <row r="28" spans="2:29" x14ac:dyDescent="0.25">
-      <c r="B28" s="32">
+    <row r="28" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B28" s="22">
         <v>17</v>
       </c>
       <c r="C28" s="3" t="s">
         <v>19</v>
       </c>
       <c r="D28" s="4">
         <v>436</v>
       </c>
       <c r="E28" s="4">
         <v>5</v>
       </c>
       <c r="F28" s="4">
-        <v>0</v>
+        <v>8346</v>
       </c>
       <c r="G28" s="4">
         <v>0</v>
       </c>
       <c r="H28" s="4">
-        <v>0</v>
+        <v>24867</v>
       </c>
       <c r="I28" s="4">
         <v>0</v>
       </c>
       <c r="J28" s="4">
         <v>957</v>
       </c>
       <c r="K28" s="4">
         <v>1125151</v>
       </c>
       <c r="L28" s="5">
         <v>1431</v>
       </c>
       <c r="M28" s="5">
         <v>6807.7693399999998</v>
       </c>
       <c r="N28" s="5">
         <v>1129</v>
       </c>
       <c r="O28" s="5">
         <v>8825.1739499999985</v>
       </c>
       <c r="P28" s="5">
         <v>0</v>
       </c>
@@ -3023,52 +2950,52 @@
       <c r="V28" s="5">
         <v>57620</v>
       </c>
       <c r="W28" s="5">
         <v>227424.2782</v>
       </c>
       <c r="X28" s="5">
         <v>173</v>
       </c>
       <c r="Y28" s="5">
         <v>5142.0649999999996</v>
       </c>
       <c r="Z28" s="5">
         <v>216698</v>
       </c>
       <c r="AA28" s="5">
         <v>1430320.969</v>
       </c>
       <c r="AB28" s="5">
         <v>0</v>
       </c>
       <c r="AC28" s="5">
         <v>0</v>
       </c>
     </row>
-    <row r="29" spans="2:29" x14ac:dyDescent="0.25">
-      <c r="B29" s="32">
+    <row r="29" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B29" s="22">
         <v>18</v>
       </c>
       <c r="C29" s="3" t="s">
         <v>20</v>
       </c>
       <c r="D29" s="4">
         <v>243</v>
       </c>
       <c r="E29" s="4">
         <v>38</v>
       </c>
       <c r="F29" s="4">
         <v>1549</v>
       </c>
       <c r="G29" s="4">
         <v>0</v>
       </c>
       <c r="H29" s="4">
         <v>0</v>
       </c>
       <c r="I29" s="4">
         <v>40811</v>
       </c>
       <c r="J29" s="4">
         <v>14361</v>
@@ -3109,52 +3036,52 @@
       <c r="V29" s="5">
         <v>3872</v>
       </c>
       <c r="W29" s="5">
         <v>11523.698239999998</v>
       </c>
       <c r="X29" s="5">
         <v>0</v>
       </c>
       <c r="Y29" s="5">
         <v>0</v>
       </c>
       <c r="Z29" s="5">
         <v>375744</v>
       </c>
       <c r="AA29" s="5">
         <v>1755952.6842100001</v>
       </c>
       <c r="AB29" s="5">
         <v>0</v>
       </c>
       <c r="AC29" s="5">
         <v>0</v>
       </c>
     </row>
-    <row r="30" spans="2:29" x14ac:dyDescent="0.25">
-      <c r="B30" s="32">
+    <row r="30" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B30" s="22">
         <v>19</v>
       </c>
       <c r="C30" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D30" s="4">
         <v>1793</v>
       </c>
       <c r="E30" s="4">
         <v>289</v>
       </c>
       <c r="F30" s="4">
         <v>23206</v>
       </c>
       <c r="G30" s="4">
         <v>0</v>
       </c>
       <c r="H30" s="4">
         <v>0</v>
       </c>
       <c r="I30" s="4">
         <v>6097934</v>
       </c>
       <c r="J30" s="4">
         <v>1610622</v>
@@ -3195,52 +3122,52 @@
       <c r="V30" s="5">
         <v>1032889</v>
       </c>
       <c r="W30" s="5">
         <v>4269668.7300000004</v>
       </c>
       <c r="X30" s="5">
         <v>3027</v>
       </c>
       <c r="Y30" s="5">
         <v>42386.961630000005</v>
       </c>
       <c r="Z30" s="5">
         <v>6706232</v>
       </c>
       <c r="AA30" s="5">
         <v>36640796.817000002</v>
       </c>
       <c r="AB30" s="5">
         <v>1</v>
       </c>
       <c r="AC30" s="5">
         <v>0.8</v>
       </c>
     </row>
-    <row r="31" spans="2:29" x14ac:dyDescent="0.25">
-      <c r="B31" s="32">
+    <row r="31" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B31" s="22">
         <v>20</v>
       </c>
       <c r="C31" s="3" t="s">
         <v>22</v>
       </c>
       <c r="D31" s="4">
         <v>12918</v>
       </c>
       <c r="E31" s="4">
         <v>8499</v>
       </c>
       <c r="F31" s="4">
         <v>1716995</v>
       </c>
       <c r="G31" s="4">
         <v>1981</v>
       </c>
       <c r="H31" s="4">
         <v>2253065</v>
       </c>
       <c r="I31" s="4">
         <v>966706</v>
       </c>
       <c r="J31" s="4">
         <v>25285047</v>
@@ -3281,52 +3208,52 @@
       <c r="V31" s="5">
         <v>5834853</v>
       </c>
       <c r="W31" s="5">
         <v>35772031.848909989</v>
       </c>
       <c r="X31" s="5">
         <v>44547</v>
       </c>
       <c r="Y31" s="5">
         <v>836421.55475999997</v>
       </c>
       <c r="Z31" s="5">
         <v>29592195</v>
       </c>
       <c r="AA31" s="5">
         <v>209826917.18099999</v>
       </c>
       <c r="AB31" s="5">
         <v>19</v>
       </c>
       <c r="AC31" s="5">
         <v>22.400089999999999</v>
       </c>
     </row>
-    <row r="32" spans="2:29" x14ac:dyDescent="0.25">
-      <c r="B32" s="32">
+    <row r="32" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B32" s="22">
         <v>21</v>
       </c>
       <c r="C32" s="3" t="s">
         <v>23</v>
       </c>
       <c r="D32" s="4">
         <v>7981</v>
       </c>
       <c r="E32" s="4">
         <v>2628</v>
       </c>
       <c r="F32" s="4">
         <v>2239561</v>
       </c>
       <c r="G32" s="4">
         <v>6252</v>
       </c>
       <c r="H32" s="4">
         <v>605152</v>
       </c>
       <c r="I32" s="4">
         <v>3857032</v>
       </c>
       <c r="J32" s="4">
         <v>18372151</v>
@@ -3367,52 +3294,52 @@
       <c r="V32" s="5">
         <v>2929191</v>
       </c>
       <c r="W32" s="5">
         <v>23084187.841339845</v>
       </c>
       <c r="X32" s="5">
         <v>3844</v>
       </c>
       <c r="Y32" s="5">
         <v>84912.884000000005</v>
       </c>
       <c r="Z32" s="5">
         <v>11940307</v>
       </c>
       <c r="AA32" s="5">
         <v>93466837.783999994</v>
       </c>
       <c r="AB32" s="5">
         <v>0</v>
       </c>
       <c r="AC32" s="5">
         <v>0</v>
       </c>
     </row>
-    <row r="33" spans="2:29" x14ac:dyDescent="0.25">
-      <c r="B33" s="32">
+    <row r="33" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B33" s="22">
         <v>22</v>
       </c>
       <c r="C33" s="3" t="s">
         <v>24</v>
       </c>
       <c r="D33" s="4">
         <v>2344</v>
       </c>
       <c r="E33" s="4">
         <v>642</v>
       </c>
       <c r="F33" s="4">
         <v>13836</v>
       </c>
       <c r="G33" s="4">
         <v>1572</v>
       </c>
       <c r="H33" s="4">
         <v>0</v>
       </c>
       <c r="I33" s="4">
         <v>400612</v>
       </c>
       <c r="J33" s="4">
         <v>45272</v>
@@ -3453,52 +3380,52 @@
       <c r="V33" s="5">
         <v>167071</v>
       </c>
       <c r="W33" s="5">
         <v>539100.09039999999</v>
       </c>
       <c r="X33" s="5">
         <v>0</v>
       </c>
       <c r="Y33" s="5">
         <v>0</v>
       </c>
       <c r="Z33" s="5">
         <v>4201432</v>
       </c>
       <c r="AA33" s="5">
         <v>22472006.936999999</v>
       </c>
       <c r="AB33" s="5">
         <v>154</v>
       </c>
       <c r="AC33" s="5">
         <v>59.33417</v>
       </c>
     </row>
-    <row r="34" spans="2:29" x14ac:dyDescent="0.25">
-      <c r="B34" s="32">
+    <row r="34" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B34" s="22">
         <v>23</v>
       </c>
       <c r="C34" s="3" t="s">
         <v>25</v>
       </c>
       <c r="D34" s="4">
         <v>754</v>
       </c>
       <c r="E34" s="4">
         <v>211</v>
       </c>
       <c r="F34" s="4">
         <v>39145</v>
       </c>
       <c r="G34" s="4">
         <v>7226</v>
       </c>
       <c r="H34" s="4">
         <v>0</v>
       </c>
       <c r="I34" s="4">
         <v>200972</v>
       </c>
       <c r="J34" s="4">
         <v>4049878</v>
@@ -3539,52 +3466,52 @@
       <c r="V34" s="5">
         <v>285698</v>
       </c>
       <c r="W34" s="5">
         <v>3378560.0442499998</v>
       </c>
       <c r="X34" s="5">
         <v>0</v>
       </c>
       <c r="Y34" s="5">
         <v>0</v>
       </c>
       <c r="Z34" s="5">
         <v>2883260</v>
       </c>
       <c r="AA34" s="5">
         <v>16900519.335999999</v>
       </c>
       <c r="AB34" s="5">
         <v>0</v>
       </c>
       <c r="AC34" s="5">
         <v>0</v>
       </c>
     </row>
-    <row r="35" spans="2:29" x14ac:dyDescent="0.25">
-      <c r="B35" s="32">
+    <row r="35" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B35" s="22">
         <v>24</v>
       </c>
       <c r="C35" s="3" t="s">
         <v>26</v>
       </c>
       <c r="D35" s="4">
         <v>2052</v>
       </c>
       <c r="E35" s="4">
         <v>1002</v>
       </c>
       <c r="F35" s="4">
         <v>129013</v>
       </c>
       <c r="G35" s="4">
         <v>0</v>
       </c>
       <c r="H35" s="4">
         <v>12222</v>
       </c>
       <c r="I35" s="4">
         <v>7950893</v>
       </c>
       <c r="J35" s="4">
         <v>3180135</v>
@@ -3625,52 +3552,52 @@
       <c r="V35" s="5">
         <v>413105</v>
       </c>
       <c r="W35" s="5">
         <v>2253382.531</v>
       </c>
       <c r="X35" s="5">
         <v>811</v>
       </c>
       <c r="Y35" s="5">
         <v>58934.47</v>
       </c>
       <c r="Z35" s="5">
         <v>3548701</v>
       </c>
       <c r="AA35" s="5">
         <v>19997410.283795003</v>
       </c>
       <c r="AB35" s="5">
         <v>0</v>
       </c>
       <c r="AC35" s="5">
         <v>0</v>
       </c>
     </row>
-    <row r="36" spans="2:29" x14ac:dyDescent="0.25">
-      <c r="B36" s="32">
+    <row r="36" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B36" s="22">
         <v>25</v>
       </c>
       <c r="C36" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D36" s="4">
         <v>954</v>
       </c>
       <c r="E36" s="4">
         <v>636</v>
       </c>
       <c r="F36" s="4">
         <v>14106</v>
       </c>
       <c r="G36" s="4">
         <v>1307</v>
       </c>
       <c r="H36" s="4">
         <v>0</v>
       </c>
       <c r="I36" s="4">
         <v>642719</v>
       </c>
       <c r="J36" s="4">
         <v>138355</v>
@@ -3711,52 +3638,52 @@
       <c r="V36" s="5">
         <v>457578</v>
       </c>
       <c r="W36" s="5">
         <v>465485.30798999994</v>
       </c>
       <c r="X36" s="5">
         <v>0</v>
       </c>
       <c r="Y36" s="5">
         <v>0</v>
       </c>
       <c r="Z36" s="5">
         <v>4393899</v>
       </c>
       <c r="AA36" s="5">
         <v>24613879.157000002</v>
       </c>
       <c r="AB36" s="5">
         <v>0</v>
       </c>
       <c r="AC36" s="5">
         <v>0</v>
       </c>
     </row>
-    <row r="37" spans="2:29" x14ac:dyDescent="0.25">
-      <c r="B37" s="32">
+    <row r="37" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B37" s="22">
         <v>26</v>
       </c>
       <c r="C37" s="3" t="s">
         <v>28</v>
       </c>
       <c r="D37" s="4">
         <v>954</v>
       </c>
       <c r="E37" s="4">
         <v>534</v>
       </c>
       <c r="F37" s="4">
         <v>8705</v>
       </c>
       <c r="G37" s="4">
         <v>0</v>
       </c>
       <c r="H37" s="4">
         <v>0</v>
       </c>
       <c r="I37" s="4">
         <v>136574</v>
       </c>
       <c r="J37" s="4">
         <v>0</v>
@@ -3797,52 +3724,52 @@
       <c r="V37" s="5">
         <v>42721</v>
       </c>
       <c r="W37" s="5">
         <v>154257.35093000002</v>
       </c>
       <c r="X37" s="5">
         <v>0</v>
       </c>
       <c r="Y37" s="5">
         <v>0</v>
       </c>
       <c r="Z37" s="5">
         <v>3210061</v>
       </c>
       <c r="AA37" s="5">
         <v>16293093.923</v>
       </c>
       <c r="AB37" s="5">
         <v>0</v>
       </c>
       <c r="AC37" s="5">
         <v>0</v>
       </c>
     </row>
-    <row r="38" spans="2:29" x14ac:dyDescent="0.25">
-      <c r="B38" s="32">
+    <row r="38" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B38" s="22">
         <v>27</v>
       </c>
       <c r="C38" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D38" s="4">
         <v>1569</v>
       </c>
       <c r="E38" s="4">
         <v>656</v>
       </c>
       <c r="F38" s="4">
         <v>753</v>
       </c>
       <c r="G38" s="4">
         <v>0</v>
       </c>
       <c r="H38" s="4">
         <v>0</v>
       </c>
       <c r="I38" s="4">
         <v>46448</v>
       </c>
       <c r="J38" s="4">
         <v>9969</v>
@@ -3883,52 +3810,52 @@
       <c r="V38" s="5">
         <v>114341</v>
       </c>
       <c r="W38" s="5">
         <v>510375.52230999985</v>
       </c>
       <c r="X38" s="5">
         <v>0</v>
       </c>
       <c r="Y38" s="5">
         <v>0</v>
       </c>
       <c r="Z38" s="5">
         <v>3610575</v>
       </c>
       <c r="AA38" s="5">
         <v>19221746.249790002</v>
       </c>
       <c r="AB38" s="5">
         <v>0</v>
       </c>
       <c r="AC38" s="5">
         <v>0</v>
       </c>
     </row>
-    <row r="39" spans="2:29" x14ac:dyDescent="0.25">
-      <c r="B39" s="32">
+    <row r="39" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B39" s="22">
         <v>28</v>
       </c>
       <c r="C39" s="3" t="s">
         <v>30</v>
       </c>
       <c r="D39" s="4">
         <v>1995</v>
       </c>
       <c r="E39" s="4">
         <v>763</v>
       </c>
       <c r="F39" s="4">
         <v>79234</v>
       </c>
       <c r="G39" s="4">
         <v>0</v>
       </c>
       <c r="H39" s="4">
         <v>160627</v>
       </c>
       <c r="I39" s="4">
         <v>728858</v>
       </c>
       <c r="J39" s="4">
         <v>4553703</v>
@@ -3969,52 +3896,52 @@
       <c r="V39" s="5">
         <v>1544720</v>
       </c>
       <c r="W39" s="5">
         <v>5419727.5669999998</v>
       </c>
       <c r="X39" s="5">
         <v>0</v>
       </c>
       <c r="Y39" s="5">
         <v>0</v>
       </c>
       <c r="Z39" s="5">
         <v>8655488</v>
       </c>
       <c r="AA39" s="5">
         <v>47009259.163560003</v>
       </c>
       <c r="AB39" s="5">
         <v>0</v>
       </c>
       <c r="AC39" s="5">
         <v>0</v>
       </c>
     </row>
-    <row r="40" spans="2:29" x14ac:dyDescent="0.25">
-      <c r="B40" s="32">
+    <row r="40" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B40" s="22">
         <v>29</v>
       </c>
       <c r="C40" s="3" t="s">
         <v>31</v>
       </c>
       <c r="D40" s="4">
         <v>0</v>
       </c>
       <c r="E40" s="4">
         <v>0</v>
       </c>
       <c r="F40" s="4">
         <v>0</v>
       </c>
       <c r="G40" s="4">
         <v>0</v>
       </c>
       <c r="H40" s="4">
         <v>0</v>
       </c>
       <c r="I40" s="4">
         <v>0</v>
       </c>
       <c r="J40" s="4">
         <v>0</v>
@@ -4055,74 +3982,74 @@
       <c r="V40" s="5">
         <v>3110</v>
       </c>
       <c r="W40" s="5">
         <v>10119.832769999999</v>
       </c>
       <c r="X40" s="5">
         <v>0</v>
       </c>
       <c r="Y40" s="5">
         <v>0</v>
       </c>
       <c r="Z40" s="5">
         <v>60064</v>
       </c>
       <c r="AA40" s="5">
         <v>294060.7</v>
       </c>
       <c r="AB40" s="5">
         <v>0</v>
       </c>
       <c r="AC40" s="5">
         <v>0</v>
       </c>
     </row>
-    <row r="41" spans="2:29" x14ac:dyDescent="0.25">
-      <c r="B41" s="32">
+    <row r="41" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B41" s="22">
         <v>30</v>
       </c>
       <c r="C41" s="3" t="s">
         <v>32</v>
       </c>
       <c r="D41" s="4">
         <v>378</v>
       </c>
       <c r="E41" s="4">
         <v>37</v>
       </c>
       <c r="F41" s="4">
         <v>3314358</v>
       </c>
       <c r="G41" s="4">
         <v>0</v>
       </c>
       <c r="H41" s="4">
         <v>1596</v>
       </c>
       <c r="I41" s="4">
-        <v>143788</v>
+        <v>52326</v>
       </c>
       <c r="J41" s="4">
         <v>4468445</v>
       </c>
       <c r="K41" s="4">
         <v>1645368</v>
       </c>
       <c r="L41" s="5">
         <v>4407117</v>
       </c>
       <c r="M41" s="5">
         <v>24174304.55711</v>
       </c>
       <c r="N41" s="5">
         <v>5806548</v>
       </c>
       <c r="O41" s="5">
         <v>44575366.524499997</v>
       </c>
       <c r="P41" s="5">
         <v>0</v>
       </c>
       <c r="Q41" s="5">
         <v>0</v>
       </c>
@@ -4141,52 +4068,52 @@
       <c r="V41" s="5">
         <v>69602</v>
       </c>
       <c r="W41" s="5">
         <v>445333.56311999989</v>
       </c>
       <c r="X41" s="5">
         <v>39</v>
       </c>
       <c r="Y41" s="5">
         <v>1884.153</v>
       </c>
       <c r="Z41" s="5">
         <v>394126</v>
       </c>
       <c r="AA41" s="5">
         <v>2230477.0699999998</v>
       </c>
       <c r="AB41" s="5">
         <v>0</v>
       </c>
       <c r="AC41" s="5">
         <v>0</v>
       </c>
     </row>
-    <row r="42" spans="2:29" x14ac:dyDescent="0.25">
-      <c r="B42" s="32">
+    <row r="42" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B42" s="22">
         <v>31</v>
       </c>
       <c r="C42" s="3" t="s">
         <v>33</v>
       </c>
       <c r="D42" s="4">
         <v>910</v>
       </c>
       <c r="E42" s="4">
         <v>359</v>
       </c>
       <c r="F42" s="4">
         <v>13477</v>
       </c>
       <c r="G42" s="4">
         <v>0</v>
       </c>
       <c r="H42" s="4">
         <v>34884</v>
       </c>
       <c r="I42" s="4">
         <v>108626</v>
       </c>
       <c r="J42" s="4">
         <v>361348</v>
@@ -4227,52 +4154,52 @@
       <c r="V42" s="5">
         <v>146972</v>
       </c>
       <c r="W42" s="5">
         <v>820931.51800000004</v>
       </c>
       <c r="X42" s="5">
         <v>0</v>
       </c>
       <c r="Y42" s="5">
         <v>0</v>
       </c>
       <c r="Z42" s="5">
         <v>2445011</v>
       </c>
       <c r="AA42" s="5">
         <v>13080250.927999999</v>
       </c>
       <c r="AB42" s="5">
         <v>0</v>
       </c>
       <c r="AC42" s="5">
         <v>0</v>
       </c>
     </row>
-    <row r="43" spans="2:29" x14ac:dyDescent="0.25">
-      <c r="B43" s="32">
+    <row r="43" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B43" s="22">
         <v>32</v>
       </c>
       <c r="C43" s="3" t="s">
         <v>34</v>
       </c>
       <c r="D43" s="4">
         <v>505</v>
       </c>
       <c r="E43" s="4">
         <v>648</v>
       </c>
       <c r="F43" s="4">
         <v>2143</v>
       </c>
       <c r="G43" s="4">
         <v>0</v>
       </c>
       <c r="H43" s="4">
         <v>0</v>
       </c>
       <c r="I43" s="4">
         <v>194532</v>
       </c>
       <c r="J43" s="4">
         <v>22418</v>
@@ -4313,52 +4240,52 @@
       <c r="V43" s="5">
         <v>25074</v>
       </c>
       <c r="W43" s="5">
         <v>143645.44753999999</v>
       </c>
       <c r="X43" s="5">
         <v>87</v>
       </c>
       <c r="Y43" s="5">
         <v>258.90100000000001</v>
       </c>
       <c r="Z43" s="5">
         <v>3987462</v>
       </c>
       <c r="AA43" s="5">
         <v>20631672.399999999</v>
       </c>
       <c r="AB43" s="5">
         <v>0</v>
       </c>
       <c r="AC43" s="5">
         <v>0</v>
       </c>
     </row>
-    <row r="44" spans="2:29" x14ac:dyDescent="0.25">
-      <c r="B44" s="32">
+    <row r="44" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B44" s="22">
         <v>33</v>
       </c>
       <c r="C44" s="3" t="s">
         <v>35</v>
       </c>
       <c r="D44" s="4">
         <v>1188</v>
       </c>
       <c r="E44" s="4">
         <v>128</v>
       </c>
       <c r="F44" s="4">
         <v>100668</v>
       </c>
       <c r="G44" s="4">
         <v>78109</v>
       </c>
       <c r="H44" s="4">
         <v>115378</v>
       </c>
       <c r="I44" s="4">
         <v>546106442</v>
       </c>
       <c r="J44" s="4">
         <v>2652060</v>
@@ -4399,84 +4326,84 @@
       <c r="V44" s="5">
         <v>116553</v>
       </c>
       <c r="W44" s="5">
         <v>777696.70079999859</v>
       </c>
       <c r="X44" s="5">
         <v>21</v>
       </c>
       <c r="Y44" s="5">
         <v>256.74799999999999</v>
       </c>
       <c r="Z44" s="5">
         <v>1663845</v>
       </c>
       <c r="AA44" s="5">
         <v>9965341.6960000005</v>
       </c>
       <c r="AB44" s="5">
         <v>0</v>
       </c>
       <c r="AC44" s="5">
         <v>0</v>
       </c>
     </row>
-    <row r="45" spans="2:29" x14ac:dyDescent="0.25">
-      <c r="B45" s="10" t="s">
+    <row r="45" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B45" s="8" t="s">
         <v>36</v>
       </c>
-      <c r="C45" s="11"/>
+      <c r="C45" s="18"/>
       <c r="D45" s="1"/>
       <c r="E45" s="1"/>
       <c r="F45" s="1"/>
       <c r="G45" s="1"/>
       <c r="H45" s="1"/>
       <c r="I45" s="1"/>
       <c r="J45" s="1"/>
       <c r="K45" s="1"/>
       <c r="L45" s="2"/>
       <c r="M45" s="2"/>
       <c r="N45" s="2"/>
       <c r="O45" s="2"/>
       <c r="P45" s="2"/>
       <c r="Q45" s="2"/>
       <c r="R45" s="2"/>
       <c r="S45" s="2"/>
       <c r="T45" s="5"/>
       <c r="U45" s="5"/>
       <c r="V45" s="5"/>
       <c r="W45" s="5"/>
       <c r="X45" s="5"/>
       <c r="Y45" s="5"/>
       <c r="Z45" s="5"/>
       <c r="AA45" s="5"/>
       <c r="AB45" s="5"/>
       <c r="AC45" s="5"/>
     </row>
-    <row r="46" spans="2:29" x14ac:dyDescent="0.25">
-      <c r="B46" s="32">
+    <row r="46" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B46" s="22">
         <v>34</v>
       </c>
       <c r="C46" s="3" t="s">
         <v>37</v>
       </c>
       <c r="D46" s="4">
         <v>0</v>
       </c>
       <c r="E46" s="4">
         <v>0</v>
       </c>
       <c r="F46" s="4">
         <v>14732</v>
       </c>
       <c r="G46" s="4">
         <v>0</v>
       </c>
       <c r="H46" s="4">
         <v>0</v>
       </c>
       <c r="I46" s="4">
         <v>0</v>
       </c>
       <c r="J46" s="4">
         <v>1350152</v>
@@ -4517,52 +4444,52 @@
       <c r="V46" s="5">
         <v>0</v>
       </c>
       <c r="W46" s="5">
         <v>0</v>
       </c>
       <c r="X46" s="5">
         <v>0</v>
       </c>
       <c r="Y46" s="5">
         <v>0</v>
       </c>
       <c r="Z46" s="5">
         <v>0</v>
       </c>
       <c r="AA46" s="5">
         <v>0</v>
       </c>
       <c r="AB46" s="5">
         <v>0</v>
       </c>
       <c r="AC46" s="5">
         <v>0</v>
       </c>
     </row>
-    <row r="47" spans="2:29" x14ac:dyDescent="0.25">
-      <c r="B47" s="32">
+    <row r="47" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B47" s="22">
         <v>35</v>
       </c>
       <c r="C47" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D47" s="4">
         <v>0</v>
       </c>
       <c r="E47" s="4">
         <v>0</v>
       </c>
       <c r="F47" s="4">
         <v>0</v>
       </c>
       <c r="G47" s="4">
         <v>0</v>
       </c>
       <c r="H47" s="4">
         <v>0</v>
       </c>
       <c r="I47" s="4">
         <v>0</v>
       </c>
       <c r="J47" s="4">
         <v>0</v>
@@ -4603,52 +4530,52 @@
       <c r="V47" s="5">
         <v>0</v>
       </c>
       <c r="W47" s="5">
         <v>0</v>
       </c>
       <c r="X47" s="5">
         <v>0</v>
       </c>
       <c r="Y47" s="5">
         <v>0</v>
       </c>
       <c r="Z47" s="5">
         <v>0</v>
       </c>
       <c r="AA47" s="5">
         <v>0</v>
       </c>
       <c r="AB47" s="5">
         <v>0</v>
       </c>
       <c r="AC47" s="5">
         <v>0</v>
       </c>
     </row>
-    <row r="48" spans="2:29" x14ac:dyDescent="0.25">
-      <c r="B48" s="32">
+    <row r="48" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B48" s="22">
         <v>36</v>
       </c>
       <c r="C48" s="3" t="s">
         <v>39</v>
       </c>
       <c r="D48" s="4">
         <v>0</v>
       </c>
       <c r="E48" s="4">
         <v>0</v>
       </c>
       <c r="F48" s="4">
         <v>0</v>
       </c>
       <c r="G48" s="4">
         <v>0</v>
       </c>
       <c r="H48" s="4">
         <v>0</v>
       </c>
       <c r="I48" s="4">
         <v>0</v>
       </c>
       <c r="J48" s="4">
         <v>0</v>
@@ -4689,52 +4616,52 @@
       <c r="V48" s="5">
         <v>0</v>
       </c>
       <c r="W48" s="5">
         <v>0</v>
       </c>
       <c r="X48" s="5">
         <v>0</v>
       </c>
       <c r="Y48" s="5">
         <v>0</v>
       </c>
       <c r="Z48" s="5">
         <v>1273</v>
       </c>
       <c r="AA48" s="5">
         <v>6544.71</v>
       </c>
       <c r="AB48" s="5">
         <v>0</v>
       </c>
       <c r="AC48" s="5">
         <v>0</v>
       </c>
     </row>
-    <row r="49" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="B49" s="32">
+    <row r="49" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B49" s="22">
         <v>37</v>
       </c>
       <c r="C49" s="3" t="s">
         <v>40</v>
       </c>
       <c r="D49" s="4">
         <v>0</v>
       </c>
       <c r="E49" s="4">
         <v>0</v>
       </c>
       <c r="F49" s="4">
         <v>0</v>
       </c>
       <c r="G49" s="4">
         <v>0</v>
       </c>
       <c r="H49" s="4">
         <v>1</v>
       </c>
       <c r="I49" s="4">
         <v>0</v>
       </c>
       <c r="J49" s="4">
         <v>0</v>
@@ -4775,52 +4702,52 @@
       <c r="V49" s="5">
         <v>0</v>
       </c>
       <c r="W49" s="5">
         <v>0</v>
       </c>
       <c r="X49" s="5">
         <v>0</v>
       </c>
       <c r="Y49" s="5">
         <v>0</v>
       </c>
       <c r="Z49" s="5">
         <v>603</v>
       </c>
       <c r="AA49" s="5">
         <v>5580.4</v>
       </c>
       <c r="AB49" s="5">
         <v>0</v>
       </c>
       <c r="AC49" s="5">
         <v>0</v>
       </c>
     </row>
-    <row r="50" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="B50" s="32">
+    <row r="50" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B50" s="22">
         <v>38</v>
       </c>
       <c r="C50" s="3" t="s">
         <v>41</v>
       </c>
       <c r="D50" s="4">
         <v>0</v>
       </c>
       <c r="E50" s="4">
         <v>0</v>
       </c>
       <c r="F50" s="4">
         <v>0</v>
       </c>
       <c r="G50" s="4">
         <v>0</v>
       </c>
       <c r="H50" s="4">
         <v>0</v>
       </c>
       <c r="I50" s="4">
         <v>0</v>
       </c>
       <c r="J50" s="4">
         <v>252574</v>
@@ -4861,52 +4788,52 @@
       <c r="V50" s="5">
         <v>0</v>
       </c>
       <c r="W50" s="5">
         <v>0</v>
       </c>
       <c r="X50" s="5">
         <v>0</v>
       </c>
       <c r="Y50" s="5">
         <v>0</v>
       </c>
       <c r="Z50" s="5">
         <v>0</v>
       </c>
       <c r="AA50" s="5">
         <v>0</v>
       </c>
       <c r="AB50" s="5">
         <v>0</v>
       </c>
       <c r="AC50" s="5">
         <v>0</v>
       </c>
     </row>
-    <row r="51" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="B51" s="32">
+    <row r="51" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B51" s="22">
         <v>39</v>
       </c>
       <c r="C51" s="3" t="s">
         <v>42</v>
       </c>
       <c r="D51" s="4">
         <v>413</v>
       </c>
       <c r="E51" s="4">
         <v>331</v>
       </c>
       <c r="F51" s="4">
         <v>662</v>
       </c>
       <c r="G51" s="4">
         <v>87</v>
       </c>
       <c r="H51" s="4">
         <v>0</v>
       </c>
       <c r="I51" s="4">
         <v>8789</v>
       </c>
       <c r="J51" s="4">
         <v>412418</v>
@@ -4947,74 +4874,74 @@
       <c r="V51" s="5">
         <v>62399</v>
       </c>
       <c r="W51" s="5">
         <v>214250.16318999982</v>
       </c>
       <c r="X51" s="5">
         <v>0</v>
       </c>
       <c r="Y51" s="5">
         <v>0</v>
       </c>
       <c r="Z51" s="5">
         <v>613381</v>
       </c>
       <c r="AA51" s="5">
         <v>3655193.6943000439</v>
       </c>
       <c r="AB51" s="5">
         <v>0</v>
       </c>
       <c r="AC51" s="5">
         <v>0</v>
       </c>
     </row>
-    <row r="52" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="B52" s="32">
+    <row r="52" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B52" s="22">
         <v>40</v>
       </c>
       <c r="C52" s="3" t="s">
         <v>43</v>
       </c>
       <c r="D52" s="4">
         <v>12</v>
       </c>
       <c r="E52" s="4">
         <v>3</v>
       </c>
       <c r="F52" s="4">
         <v>0</v>
       </c>
       <c r="G52" s="4">
         <v>0</v>
       </c>
       <c r="H52" s="4">
         <v>0</v>
       </c>
       <c r="I52" s="4">
-        <v>0</v>
+        <v>294</v>
       </c>
       <c r="J52" s="4">
         <v>0</v>
       </c>
       <c r="K52" s="4">
         <v>99790</v>
       </c>
       <c r="L52" s="5">
         <v>0</v>
       </c>
       <c r="M52" s="5">
         <v>0</v>
       </c>
       <c r="N52" s="5">
         <v>0</v>
       </c>
       <c r="O52" s="5">
         <v>0</v>
       </c>
       <c r="P52" s="5">
         <v>0</v>
       </c>
       <c r="Q52" s="5">
         <v>0</v>
       </c>
@@ -5033,52 +4960,52 @@
       <c r="V52" s="5">
         <v>14030</v>
       </c>
       <c r="W52" s="5">
         <v>51633.506039999935</v>
       </c>
       <c r="X52" s="5">
         <v>0</v>
       </c>
       <c r="Y52" s="5">
         <v>0</v>
       </c>
       <c r="Z52" s="5">
         <v>21914</v>
       </c>
       <c r="AA52" s="5">
         <v>140106.4</v>
       </c>
       <c r="AB52" s="5">
         <v>0</v>
       </c>
       <c r="AC52" s="5">
         <v>0</v>
       </c>
     </row>
-    <row r="53" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="B53" s="32">
+    <row r="53" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B53" s="22">
         <v>41</v>
       </c>
       <c r="C53" s="3" t="s">
         <v>44</v>
       </c>
       <c r="D53" s="4">
         <v>2</v>
       </c>
       <c r="E53" s="4">
         <v>0</v>
       </c>
       <c r="F53" s="4">
         <v>0</v>
       </c>
       <c r="G53" s="4">
         <v>0</v>
       </c>
       <c r="H53" s="4">
         <v>0</v>
       </c>
       <c r="I53" s="4">
         <v>0</v>
       </c>
       <c r="J53" s="4">
         <v>0</v>
@@ -5119,58 +5046,58 @@
       <c r="V53" s="5">
         <v>127</v>
       </c>
       <c r="W53" s="5">
         <v>323.05867000000001</v>
       </c>
       <c r="X53" s="5">
         <v>0</v>
       </c>
       <c r="Y53" s="5">
         <v>0</v>
       </c>
       <c r="Z53" s="5">
         <v>1535</v>
       </c>
       <c r="AA53" s="5">
         <v>9455.7999999999993</v>
       </c>
       <c r="AB53" s="5">
         <v>0</v>
       </c>
       <c r="AC53" s="5">
         <v>0</v>
       </c>
     </row>
-    <row r="54" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="B54" s="32">
+    <row r="54" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B54" s="22">
         <v>42</v>
       </c>
       <c r="C54" s="3" t="s">
         <v>45</v>
       </c>
-      <c r="D54" s="31">
+      <c r="D54" s="7">
         <v>46</v>
       </c>
       <c r="E54" s="4">
         <v>25</v>
       </c>
       <c r="F54" s="4">
         <v>0</v>
       </c>
       <c r="G54" s="4">
         <v>0</v>
       </c>
       <c r="H54" s="4">
         <v>0</v>
       </c>
       <c r="I54" s="4">
         <v>0</v>
       </c>
       <c r="J54" s="4">
         <v>974071</v>
       </c>
       <c r="K54" s="4">
         <v>859010</v>
       </c>
       <c r="L54" s="5">
         <v>1046460</v>
@@ -5205,52 +5132,52 @@
       <c r="V54" s="5">
         <v>0</v>
       </c>
       <c r="W54" s="5">
         <v>0</v>
       </c>
       <c r="X54" s="5">
         <v>0</v>
       </c>
       <c r="Y54" s="5">
         <v>0</v>
       </c>
       <c r="Z54" s="5">
         <v>218855</v>
       </c>
       <c r="AA54" s="5">
         <v>1382949.7691699998</v>
       </c>
       <c r="AB54" s="5">
         <v>0</v>
       </c>
       <c r="AC54" s="5">
         <v>0</v>
       </c>
     </row>
-    <row r="55" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="B55" s="32">
+    <row r="55" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B55" s="22">
         <v>43</v>
       </c>
       <c r="C55" s="3" t="s">
         <v>46</v>
       </c>
       <c r="D55" s="4">
         <v>1</v>
       </c>
       <c r="E55" s="4">
         <v>0</v>
       </c>
       <c r="F55" s="4">
         <v>0</v>
       </c>
       <c r="G55" s="4">
         <v>0</v>
       </c>
       <c r="H55" s="4">
         <v>0</v>
       </c>
       <c r="I55" s="4">
         <v>0</v>
       </c>
       <c r="J55" s="4">
         <v>0</v>
@@ -5291,52 +5218,52 @@
       <c r="V55" s="5">
         <v>100</v>
       </c>
       <c r="W55" s="5">
         <v>261.90899999999999</v>
       </c>
       <c r="X55" s="5">
         <v>0</v>
       </c>
       <c r="Y55" s="5">
         <v>0</v>
       </c>
       <c r="Z55" s="5">
         <v>261</v>
       </c>
       <c r="AA55" s="5">
         <v>1884.5</v>
       </c>
       <c r="AB55" s="5">
         <v>0</v>
       </c>
       <c r="AC55" s="5">
         <v>0</v>
       </c>
     </row>
-    <row r="56" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="B56" s="32">
+    <row r="56" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B56" s="22">
         <v>44</v>
       </c>
       <c r="C56" s="3" t="s">
         <v>47</v>
       </c>
       <c r="D56" s="4">
         <v>0</v>
       </c>
       <c r="E56" s="4">
         <v>0</v>
       </c>
       <c r="F56" s="4">
         <v>0</v>
       </c>
       <c r="G56" s="4">
         <v>0</v>
       </c>
       <c r="H56" s="4">
         <v>0</v>
       </c>
       <c r="I56" s="4">
         <v>0</v>
       </c>
       <c r="J56" s="4">
         <v>0</v>
@@ -5377,59 +5304,56 @@
       <c r="V56" s="5">
         <v>145</v>
       </c>
       <c r="W56" s="5">
         <v>475.77017999999998</v>
       </c>
       <c r="X56" s="5">
         <v>0</v>
       </c>
       <c r="Y56" s="5">
         <v>0</v>
       </c>
       <c r="Z56" s="5">
         <v>87</v>
       </c>
       <c r="AA56" s="5">
         <v>559.20000000000005</v>
       </c>
       <c r="AB56" s="5">
         <v>0</v>
       </c>
       <c r="AC56" s="5">
         <v>0</v>
       </c>
     </row>
-    <row r="57" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A57" s="8" t="s">
+    <row r="57" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B57" s="22">
+        <v>45</v>
+      </c>
+      <c r="C57" s="3" t="s">
         <v>48</v>
-      </c>
-[...4 lines deleted...]
-        <v>49</v>
       </c>
       <c r="D57" s="4">
         <v>0</v>
       </c>
       <c r="E57" s="4">
         <v>0</v>
       </c>
       <c r="F57" s="4">
         <v>0</v>
       </c>
       <c r="G57" s="4">
         <v>0</v>
       </c>
       <c r="H57" s="4">
         <v>0</v>
       </c>
       <c r="I57" s="4">
         <v>98</v>
       </c>
       <c r="J57" s="4">
         <v>754897</v>
       </c>
       <c r="K57" s="4">
         <v>842915</v>
       </c>
@@ -5466,56 +5390,56 @@
       <c r="V57" s="5">
         <v>8595</v>
       </c>
       <c r="W57" s="5">
         <v>37456.262300000002</v>
       </c>
       <c r="X57" s="5">
         <v>0</v>
       </c>
       <c r="Y57" s="5">
         <v>0</v>
       </c>
       <c r="Z57" s="5">
         <v>28174</v>
       </c>
       <c r="AA57" s="5">
         <v>91043.853770000002</v>
       </c>
       <c r="AB57" s="5">
         <v>0</v>
       </c>
       <c r="AC57" s="5">
         <v>0</v>
       </c>
     </row>
-    <row r="58" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="B58" s="32">
+    <row r="58" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B58" s="22">
         <v>46</v>
       </c>
-      <c r="C58" s="11" t="s">
-        <v>50</v>
+      <c r="C58" s="18" t="s">
+        <v>49</v>
       </c>
       <c r="D58" s="4">
         <v>100</v>
       </c>
       <c r="E58" s="4">
         <v>37</v>
       </c>
       <c r="F58" s="4">
         <v>0</v>
       </c>
       <c r="G58" s="4">
         <v>0</v>
       </c>
       <c r="H58" s="4">
         <v>0</v>
       </c>
       <c r="I58" s="4">
         <v>0</v>
       </c>
       <c r="J58" s="4">
         <v>763773</v>
       </c>
       <c r="K58" s="4">
         <v>851169</v>
       </c>
@@ -5552,56 +5476,56 @@
       <c r="V58" s="5">
         <v>108916</v>
       </c>
       <c r="W58" s="5">
         <v>491079.1063899874</v>
       </c>
       <c r="X58" s="5">
         <v>19</v>
       </c>
       <c r="Y58" s="5">
         <v>531.69500000000005</v>
       </c>
       <c r="Z58" s="5">
         <v>376452</v>
       </c>
       <c r="AA58" s="5">
         <v>2191170.7268500002</v>
       </c>
       <c r="AB58" s="5">
         <v>0</v>
       </c>
       <c r="AC58" s="5">
         <v>0</v>
       </c>
     </row>
-    <row r="59" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="B59" s="32">
+    <row r="59" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B59" s="22">
         <v>47</v>
       </c>
-      <c r="C59" s="11" t="s">
-        <v>51</v>
+      <c r="C59" s="18" t="s">
+        <v>50</v>
       </c>
       <c r="D59" s="4">
         <v>0</v>
       </c>
       <c r="E59" s="4">
         <v>0</v>
       </c>
       <c r="F59" s="4">
         <v>0</v>
       </c>
       <c r="G59" s="4">
         <v>0</v>
       </c>
       <c r="H59" s="4">
         <v>0</v>
       </c>
       <c r="I59" s="4">
         <v>0</v>
       </c>
       <c r="J59" s="4">
         <v>0</v>
       </c>
       <c r="K59" s="4">
         <v>1448</v>
       </c>
@@ -5638,642 +5562,636 @@
       <c r="V59" s="5">
         <v>684</v>
       </c>
       <c r="W59" s="5">
         <v>1921.8756400000002</v>
       </c>
       <c r="X59" s="5">
         <v>0</v>
       </c>
       <c r="Y59" s="5">
         <v>0</v>
       </c>
       <c r="Z59" s="5">
         <v>575</v>
       </c>
       <c r="AA59" s="5">
         <v>4816.6000000000004</v>
       </c>
       <c r="AB59" s="5">
         <v>0</v>
       </c>
       <c r="AC59" s="5">
         <v>0</v>
       </c>
     </row>
-    <row r="60" spans="1:29" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="C60" s="11"/>
+    <row r="60" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B60" s="8" t="s">
+        <v>51</v>
+      </c>
+      <c r="C60" s="18"/>
       <c r="D60" s="4"/>
       <c r="E60" s="4"/>
       <c r="F60" s="4"/>
       <c r="G60" s="4"/>
       <c r="H60" s="4"/>
       <c r="I60" s="4"/>
       <c r="J60" s="4"/>
       <c r="K60" s="4"/>
       <c r="L60" s="5"/>
       <c r="M60" s="5"/>
       <c r="N60" s="5"/>
       <c r="O60" s="5"/>
       <c r="P60" s="5"/>
       <c r="Q60" s="5"/>
       <c r="R60" s="5"/>
       <c r="S60" s="5"/>
       <c r="T60" s="5"/>
       <c r="U60" s="5"/>
       <c r="V60" s="5"/>
       <c r="W60" s="5"/>
       <c r="X60" s="5"/>
       <c r="Y60" s="5"/>
       <c r="Z60" s="5"/>
       <c r="AA60" s="5"/>
       <c r="AB60" s="5"/>
       <c r="AC60" s="5"/>
     </row>
-    <row r="61" spans="1:29" s="26" customFormat="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B61" s="33">
+    <row r="61" spans="2:29" s="19" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B61" s="23">
         <v>48</v>
       </c>
-      <c r="C61" s="12" t="s">
+      <c r="C61" s="9" t="s">
+        <v>52</v>
+      </c>
+      <c r="D61" s="10">
+        <v>0</v>
+      </c>
+      <c r="E61" s="10">
+        <v>0</v>
+      </c>
+      <c r="F61" s="10">
+        <v>0</v>
+      </c>
+      <c r="G61" s="10">
+        <v>155988</v>
+      </c>
+      <c r="H61" s="10">
+        <v>0</v>
+      </c>
+      <c r="I61" s="10">
+        <v>1175114</v>
+      </c>
+      <c r="J61" s="10">
+        <v>0</v>
+      </c>
+      <c r="K61" s="10">
+        <v>8029234</v>
+      </c>
+      <c r="L61" s="11">
+        <v>0</v>
+      </c>
+      <c r="M61" s="11">
+        <v>0</v>
+      </c>
+      <c r="N61" s="11">
+        <v>0</v>
+      </c>
+      <c r="O61" s="11">
+        <v>0</v>
+      </c>
+      <c r="P61" s="11">
+        <v>0</v>
+      </c>
+      <c r="Q61" s="11">
+        <v>0</v>
+      </c>
+      <c r="R61" s="11">
+        <v>0</v>
+      </c>
+      <c r="S61" s="11">
+        <v>0</v>
+      </c>
+      <c r="T61" s="11">
+        <v>931859</v>
+      </c>
+      <c r="U61" s="11">
+        <v>50464.856319999999</v>
+      </c>
+      <c r="V61" s="11">
+        <v>36441</v>
+      </c>
+      <c r="W61" s="11">
+        <v>52294.150950000003</v>
+      </c>
+      <c r="X61" s="11">
+        <v>0</v>
+      </c>
+      <c r="Y61" s="11">
+        <v>0</v>
+      </c>
+      <c r="Z61" s="11">
+        <v>509341</v>
+      </c>
+      <c r="AA61" s="11">
+        <v>1885193.8053900001</v>
+      </c>
+      <c r="AB61" s="11">
+        <v>0</v>
+      </c>
+      <c r="AC61" s="11">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="62" spans="2:29" s="19" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B62" s="23">
+        <v>49</v>
+      </c>
+      <c r="C62" s="9" t="s">
         <v>53</v>
       </c>
-      <c r="D61" s="13">
-[...83 lines deleted...]
-      <c r="C62" s="12" t="s">
+      <c r="D62" s="10">
+        <v>0</v>
+      </c>
+      <c r="E62" s="10">
+        <v>0</v>
+      </c>
+      <c r="F62" s="10">
+        <v>0</v>
+      </c>
+      <c r="G62" s="10">
+        <v>463307</v>
+      </c>
+      <c r="H62" s="10">
+        <v>0</v>
+      </c>
+      <c r="I62" s="10">
+        <v>10993</v>
+      </c>
+      <c r="J62" s="10">
+        <v>0</v>
+      </c>
+      <c r="K62" s="10">
+        <v>10682723</v>
+      </c>
+      <c r="L62" s="11">
+        <v>0</v>
+      </c>
+      <c r="M62" s="11">
+        <v>0</v>
+      </c>
+      <c r="N62" s="11">
+        <v>0</v>
+      </c>
+      <c r="O62" s="11">
+        <v>0</v>
+      </c>
+      <c r="P62" s="11">
+        <v>0</v>
+      </c>
+      <c r="Q62" s="11">
+        <v>0</v>
+      </c>
+      <c r="R62" s="11">
+        <v>0</v>
+      </c>
+      <c r="S62" s="11">
+        <v>0</v>
+      </c>
+      <c r="T62" s="11">
+        <v>115890</v>
+      </c>
+      <c r="U62" s="11">
+        <v>229969.81969</v>
+      </c>
+      <c r="V62" s="11">
+        <v>1768</v>
+      </c>
+      <c r="W62" s="11">
+        <v>4597.6460099999995</v>
+      </c>
+      <c r="X62" s="11">
+        <v>0</v>
+      </c>
+      <c r="Y62" s="11">
+        <v>0</v>
+      </c>
+      <c r="Z62" s="11">
+        <v>2014146</v>
+      </c>
+      <c r="AA62" s="11">
+        <v>6794167.142</v>
+      </c>
+      <c r="AB62" s="11">
+        <v>0</v>
+      </c>
+      <c r="AC62" s="11">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="63" spans="2:29" s="19" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B63" s="23">
+        <v>50</v>
+      </c>
+      <c r="C63" s="9" t="s">
         <v>54</v>
       </c>
-      <c r="D62" s="13">
-[...83 lines deleted...]
-      <c r="C63" s="12" t="s">
+      <c r="D63" s="10">
+        <v>0</v>
+      </c>
+      <c r="E63" s="10">
+        <v>0</v>
+      </c>
+      <c r="F63" s="10">
+        <v>0</v>
+      </c>
+      <c r="G63" s="10">
+        <v>200096</v>
+      </c>
+      <c r="H63" s="10">
+        <v>0</v>
+      </c>
+      <c r="I63" s="10">
+        <v>2842670</v>
+      </c>
+      <c r="J63" s="10">
+        <v>0</v>
+      </c>
+      <c r="K63" s="10">
+        <v>29140680</v>
+      </c>
+      <c r="L63" s="11">
+        <v>0</v>
+      </c>
+      <c r="M63" s="11">
+        <v>0</v>
+      </c>
+      <c r="N63" s="11">
+        <v>0</v>
+      </c>
+      <c r="O63" s="11">
+        <v>0</v>
+      </c>
+      <c r="P63" s="11">
+        <v>0</v>
+      </c>
+      <c r="Q63" s="11">
+        <v>0</v>
+      </c>
+      <c r="R63" s="11">
+        <v>0</v>
+      </c>
+      <c r="S63" s="11">
+        <v>0</v>
+      </c>
+      <c r="T63" s="11">
+        <v>0</v>
+      </c>
+      <c r="U63" s="11">
+        <v>0</v>
+      </c>
+      <c r="V63" s="11">
+        <v>91898</v>
+      </c>
+      <c r="W63" s="11">
+        <v>76502.497319999995</v>
+      </c>
+      <c r="X63" s="11">
+        <v>0</v>
+      </c>
+      <c r="Y63" s="11">
+        <v>0</v>
+      </c>
+      <c r="Z63" s="11">
+        <v>0</v>
+      </c>
+      <c r="AA63" s="11">
+        <v>0</v>
+      </c>
+      <c r="AB63" s="11">
+        <v>0</v>
+      </c>
+      <c r="AC63" s="11">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="64" spans="2:29" s="19" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B64" s="23">
+        <v>51</v>
+      </c>
+      <c r="C64" s="9" t="s">
         <v>55</v>
       </c>
-      <c r="D63" s="13">
-[...83 lines deleted...]
-      <c r="C64" s="12" t="s">
+      <c r="D64" s="10">
+        <v>0</v>
+      </c>
+      <c r="E64" s="10">
+        <v>0</v>
+      </c>
+      <c r="F64" s="10">
+        <v>0</v>
+      </c>
+      <c r="G64" s="10">
+        <v>0</v>
+      </c>
+      <c r="H64" s="10">
+        <v>0</v>
+      </c>
+      <c r="I64" s="10">
+        <v>142411</v>
+      </c>
+      <c r="J64" s="10">
+        <v>0</v>
+      </c>
+      <c r="K64" s="10">
+        <v>1257080</v>
+      </c>
+      <c r="L64" s="11">
+        <v>0</v>
+      </c>
+      <c r="M64" s="11">
+        <v>0</v>
+      </c>
+      <c r="N64" s="11">
+        <v>0</v>
+      </c>
+      <c r="O64" s="11">
+        <v>0</v>
+      </c>
+      <c r="P64" s="11">
+        <v>0</v>
+      </c>
+      <c r="Q64" s="11">
+        <v>0</v>
+      </c>
+      <c r="R64" s="11">
+        <v>0</v>
+      </c>
+      <c r="S64" s="11">
+        <v>0</v>
+      </c>
+      <c r="T64" s="11">
+        <v>14489</v>
+      </c>
+      <c r="U64" s="11">
+        <v>33081.975610000001</v>
+      </c>
+      <c r="V64" s="11">
+        <v>33958</v>
+      </c>
+      <c r="W64" s="11">
+        <v>202581.79812999902</v>
+      </c>
+      <c r="X64" s="11">
+        <v>2056</v>
+      </c>
+      <c r="Y64" s="11">
+        <v>1252.4708999999998</v>
+      </c>
+      <c r="Z64" s="11">
+        <v>125111</v>
+      </c>
+      <c r="AA64" s="11">
+        <v>682746.88</v>
+      </c>
+      <c r="AB64" s="11">
+        <v>0</v>
+      </c>
+      <c r="AC64" s="11">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="65" spans="2:29" s="19" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B65" s="23">
+        <v>52</v>
+      </c>
+      <c r="C65" s="9" t="s">
         <v>56</v>
       </c>
-      <c r="D64" s="13">
-[...83 lines deleted...]
-      <c r="C65" s="12" t="s">
+      <c r="D65" s="10">
+        <v>0</v>
+      </c>
+      <c r="E65" s="10">
+        <v>0</v>
+      </c>
+      <c r="F65" s="10">
+        <v>0</v>
+      </c>
+      <c r="G65" s="10">
+        <v>293451</v>
+      </c>
+      <c r="H65" s="10">
+        <v>0</v>
+      </c>
+      <c r="I65" s="10">
+        <v>0</v>
+      </c>
+      <c r="J65" s="10">
+        <v>0</v>
+      </c>
+      <c r="K65" s="10">
+        <v>2234796</v>
+      </c>
+      <c r="L65" s="11">
+        <v>0</v>
+      </c>
+      <c r="M65" s="11">
+        <v>0</v>
+      </c>
+      <c r="N65" s="11">
+        <v>0</v>
+      </c>
+      <c r="O65" s="11">
+        <v>0</v>
+      </c>
+      <c r="P65" s="11">
+        <v>0</v>
+      </c>
+      <c r="Q65" s="11">
+        <v>0</v>
+      </c>
+      <c r="R65" s="11">
+        <v>0</v>
+      </c>
+      <c r="S65" s="11">
+        <v>0</v>
+      </c>
+      <c r="T65" s="11">
+        <v>17316</v>
+      </c>
+      <c r="U65" s="11">
+        <v>29435.738409999984</v>
+      </c>
+      <c r="V65" s="11">
+        <v>13566</v>
+      </c>
+      <c r="W65" s="11">
+        <v>36921.502109999958</v>
+      </c>
+      <c r="X65" s="11">
+        <v>0</v>
+      </c>
+      <c r="Y65" s="11">
+        <v>0</v>
+      </c>
+      <c r="Z65" s="11">
+        <v>485784</v>
+      </c>
+      <c r="AA65" s="11">
+        <v>1410867.8</v>
+      </c>
+      <c r="AB65" s="11">
+        <v>0</v>
+      </c>
+      <c r="AC65" s="11">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="66" spans="2:29" s="19" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B66" s="23">
+        <v>53</v>
+      </c>
+      <c r="C66" s="20" t="s">
         <v>57</v>
       </c>
-      <c r="D65" s="13">
-[...83 lines deleted...]
-      <c r="C66" s="15" t="s">
+      <c r="D66" s="10">
+        <v>0</v>
+      </c>
+      <c r="E66" s="10">
+        <v>0</v>
+      </c>
+      <c r="F66" s="10">
+        <v>0</v>
+      </c>
+      <c r="G66" s="10">
+        <v>0</v>
+      </c>
+      <c r="H66" s="10">
+        <v>0</v>
+      </c>
+      <c r="I66" s="10">
+        <v>0</v>
+      </c>
+      <c r="J66" s="10">
+        <v>0</v>
+      </c>
+      <c r="K66" s="10">
+        <v>30582984</v>
+      </c>
+      <c r="L66" s="11">
+        <v>0</v>
+      </c>
+      <c r="M66" s="11">
+        <v>0</v>
+      </c>
+      <c r="N66" s="11">
+        <v>0</v>
+      </c>
+      <c r="O66" s="11">
+        <v>0</v>
+      </c>
+      <c r="P66" s="11">
+        <v>0</v>
+      </c>
+      <c r="Q66" s="11">
+        <v>0</v>
+      </c>
+      <c r="R66" s="11">
+        <v>0</v>
+      </c>
+      <c r="S66" s="11">
+        <v>0</v>
+      </c>
+      <c r="T66" s="11">
+        <v>71</v>
+      </c>
+      <c r="U66" s="11">
+        <v>20.205299999999998</v>
+      </c>
+      <c r="V66" s="11">
+        <v>283</v>
+      </c>
+      <c r="W66" s="11">
+        <v>28.83896</v>
+      </c>
+      <c r="X66" s="11">
+        <v>0</v>
+      </c>
+      <c r="Y66" s="11">
+        <v>0</v>
+      </c>
+      <c r="Z66" s="11">
+        <v>38</v>
+      </c>
+      <c r="AA66" s="11">
+        <v>72.599999999999994</v>
+      </c>
+      <c r="AB66" s="11">
+        <v>0</v>
+      </c>
+      <c r="AC66" s="11">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="67" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B67" s="8" t="s">
         <v>58</v>
       </c>
-      <c r="D66" s="13">
-[...82 lines deleted...]
-      <c r="C67" s="11"/>
+      <c r="C67" s="18"/>
       <c r="D67" s="1"/>
       <c r="E67" s="1"/>
       <c r="F67" s="1"/>
       <c r="G67" s="1"/>
       <c r="H67" s="1"/>
       <c r="I67" s="1"/>
       <c r="J67" s="1"/>
       <c r="K67" s="1"/>
       <c r="L67" s="2"/>
       <c r="M67" s="2"/>
       <c r="N67" s="2"/>
       <c r="O67" s="2"/>
       <c r="P67" s="2"/>
       <c r="Q67" s="2"/>
       <c r="R67" s="2"/>
       <c r="S67" s="2"/>
       <c r="T67" s="5"/>
       <c r="U67" s="5"/>
       <c r="V67" s="5"/>
       <c r="W67" s="5"/>
       <c r="X67" s="5"/>
       <c r="Y67" s="5"/>
       <c r="Z67" s="5"/>
       <c r="AA67" s="5"/>
       <c r="AB67" s="5"/>
       <c r="AC67" s="5"/>
     </row>
-    <row r="68" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="B68" s="32">
+    <row r="68" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B68" s="22">
         <v>54</v>
       </c>
       <c r="C68" s="3" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="D68" s="4">
         <v>701</v>
       </c>
       <c r="E68" s="4">
         <v>6</v>
       </c>
       <c r="F68" s="4">
         <v>0</v>
       </c>
       <c r="G68" s="4">
         <v>858</v>
       </c>
       <c r="H68" s="4">
         <v>0</v>
       </c>
       <c r="I68" s="4">
         <v>357758</v>
       </c>
       <c r="J68" s="4">
         <v>956080</v>
       </c>
       <c r="K68" s="4">
         <v>8826049</v>
       </c>
@@ -6310,56 +6228,56 @@
       <c r="V68" s="5">
         <v>154466</v>
       </c>
       <c r="W68" s="5">
         <v>733880.73361998796</v>
       </c>
       <c r="X68" s="5">
         <v>107</v>
       </c>
       <c r="Y68" s="5">
         <v>1270.52</v>
       </c>
       <c r="Z68" s="5">
         <v>1205705</v>
       </c>
       <c r="AA68" s="5">
         <v>6266669.0980000002</v>
       </c>
       <c r="AB68" s="5">
         <v>0</v>
       </c>
       <c r="AC68" s="5">
         <v>0</v>
       </c>
     </row>
-    <row r="69" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="B69" s="32">
+    <row r="69" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B69" s="22">
         <v>55</v>
       </c>
       <c r="C69" s="3" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="D69" s="4">
         <v>199</v>
       </c>
       <c r="E69" s="4">
         <v>2</v>
       </c>
       <c r="F69" s="4">
         <v>0</v>
       </c>
       <c r="G69" s="4">
         <v>0</v>
       </c>
       <c r="H69" s="4">
         <v>0</v>
       </c>
       <c r="I69" s="4">
         <v>0</v>
       </c>
       <c r="J69" s="4">
         <v>0</v>
       </c>
       <c r="K69" s="4">
         <v>229732</v>
       </c>
@@ -6396,56 +6314,56 @@
       <c r="V69" s="5">
         <v>1854</v>
       </c>
       <c r="W69" s="5">
         <v>12252.072380000001</v>
       </c>
       <c r="X69" s="5">
         <v>0</v>
       </c>
       <c r="Y69" s="5">
         <v>0</v>
       </c>
       <c r="Z69" s="5">
         <v>107738</v>
       </c>
       <c r="AA69" s="5">
         <v>601279.6</v>
       </c>
       <c r="AB69" s="5">
         <v>0</v>
       </c>
       <c r="AC69" s="5">
         <v>0</v>
       </c>
     </row>
-    <row r="70" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="B70" s="32">
+    <row r="70" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B70" s="22">
         <v>56</v>
       </c>
       <c r="C70" s="3" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="D70" s="4">
         <v>378</v>
       </c>
       <c r="E70" s="4">
         <v>4</v>
       </c>
       <c r="F70" s="4">
         <v>2548</v>
       </c>
       <c r="G70" s="4">
         <v>337</v>
       </c>
       <c r="H70" s="4">
         <v>61293</v>
       </c>
       <c r="I70" s="4">
         <v>0</v>
       </c>
       <c r="J70" s="4">
         <v>3848</v>
       </c>
       <c r="K70" s="4">
         <v>1246990</v>
       </c>
@@ -6482,56 +6400,56 @@
       <c r="V70" s="5">
         <v>17952</v>
       </c>
       <c r="W70" s="5">
         <v>104979.59744</v>
       </c>
       <c r="X70" s="5">
         <v>0</v>
       </c>
       <c r="Y70" s="5">
         <v>0</v>
       </c>
       <c r="Z70" s="5">
         <v>1776608</v>
       </c>
       <c r="AA70" s="5">
         <v>5116214.625</v>
       </c>
       <c r="AB70" s="5">
         <v>0</v>
       </c>
       <c r="AC70" s="5">
         <v>0</v>
       </c>
     </row>
-    <row r="71" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="B71" s="32">
+    <row r="71" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B71" s="22">
         <v>57</v>
       </c>
       <c r="C71" s="3" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D71" s="4">
         <v>716</v>
       </c>
       <c r="E71" s="4">
         <v>2</v>
       </c>
       <c r="F71" s="4">
         <v>0</v>
       </c>
       <c r="G71" s="4">
         <v>5041</v>
       </c>
       <c r="H71" s="4">
         <v>0</v>
       </c>
       <c r="I71" s="4">
         <v>0</v>
       </c>
       <c r="J71" s="4">
         <v>3843</v>
       </c>
       <c r="K71" s="4">
         <v>5651363</v>
       </c>
@@ -6568,56 +6486,56 @@
       <c r="V71" s="5">
         <v>7767</v>
       </c>
       <c r="W71" s="5">
         <v>32474.539109999998</v>
       </c>
       <c r="X71" s="5">
         <v>0</v>
       </c>
       <c r="Y71" s="5">
         <v>0</v>
       </c>
       <c r="Z71" s="5">
         <v>706320</v>
       </c>
       <c r="AA71" s="5">
         <v>3611511.665</v>
       </c>
       <c r="AB71" s="5">
         <v>0</v>
       </c>
       <c r="AC71" s="5">
         <v>0</v>
       </c>
     </row>
-    <row r="72" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="B72" s="32">
+    <row r="72" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B72" s="22">
         <v>58</v>
       </c>
       <c r="C72" s="3" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="D72" s="4">
         <v>57</v>
       </c>
       <c r="E72" s="4">
         <v>4</v>
       </c>
       <c r="F72" s="4">
         <v>0</v>
       </c>
       <c r="G72" s="4">
         <v>173</v>
       </c>
       <c r="H72" s="4">
         <v>0</v>
       </c>
       <c r="I72" s="4">
         <v>512616</v>
       </c>
       <c r="J72" s="4">
         <v>0</v>
       </c>
       <c r="K72" s="4">
         <v>4119059</v>
       </c>
@@ -6654,56 +6572,56 @@
       <c r="V72" s="5">
         <v>8179</v>
       </c>
       <c r="W72" s="5">
         <v>28414.111219999999</v>
       </c>
       <c r="X72" s="5">
         <v>0</v>
       </c>
       <c r="Y72" s="5">
         <v>0</v>
       </c>
       <c r="Z72" s="5">
         <v>510632</v>
       </c>
       <c r="AA72" s="5">
         <v>1883009.3279200001</v>
       </c>
       <c r="AB72" s="5">
         <v>0</v>
       </c>
       <c r="AC72" s="5">
         <v>0</v>
       </c>
     </row>
-    <row r="73" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="B73" s="32">
+    <row r="73" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B73" s="22">
         <v>59</v>
       </c>
       <c r="C73" s="3" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="D73" s="4">
         <v>3</v>
       </c>
       <c r="E73" s="4">
         <v>0</v>
       </c>
       <c r="F73" s="4">
         <v>0</v>
       </c>
       <c r="G73" s="4">
         <v>0</v>
       </c>
       <c r="H73" s="4">
         <v>0</v>
       </c>
       <c r="I73" s="4">
         <v>0</v>
       </c>
       <c r="J73" s="4">
         <v>11565</v>
       </c>
       <c r="K73" s="4">
         <v>2405238</v>
       </c>
@@ -6740,56 +6658,56 @@
       <c r="V73" s="5">
         <v>17172</v>
       </c>
       <c r="W73" s="5">
         <v>104823.61215999999</v>
       </c>
       <c r="X73" s="5">
         <v>0</v>
       </c>
       <c r="Y73" s="5">
         <v>0</v>
       </c>
       <c r="Z73" s="5">
         <v>105443</v>
       </c>
       <c r="AA73" s="5">
         <v>376564.7</v>
       </c>
       <c r="AB73" s="5">
         <v>943</v>
       </c>
       <c r="AC73" s="5">
         <v>3829.3701599999999</v>
       </c>
     </row>
-    <row r="74" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="B74" s="32">
+    <row r="74" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B74" s="22">
         <v>60</v>
       </c>
       <c r="C74" s="3" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="D74" s="4">
         <v>0</v>
       </c>
       <c r="E74" s="4">
         <v>0</v>
       </c>
       <c r="F74" s="4">
         <v>0</v>
       </c>
       <c r="G74" s="4">
         <v>0</v>
       </c>
       <c r="H74" s="4">
         <v>0</v>
       </c>
       <c r="I74" s="4">
         <v>0</v>
       </c>
       <c r="J74" s="4">
         <v>0</v>
       </c>
       <c r="K74" s="4">
         <v>35516</v>
       </c>
@@ -6826,56 +6744,56 @@
       <c r="V74" s="5">
         <v>481</v>
       </c>
       <c r="W74" s="5">
         <v>4018.4112100000002</v>
       </c>
       <c r="X74" s="5">
         <v>0</v>
       </c>
       <c r="Y74" s="5">
         <v>0</v>
       </c>
       <c r="Z74" s="5">
         <v>15447</v>
       </c>
       <c r="AA74" s="5">
         <v>88501.710999999996</v>
       </c>
       <c r="AB74" s="5">
         <v>0</v>
       </c>
       <c r="AC74" s="5">
         <v>0</v>
       </c>
     </row>
-    <row r="75" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="B75" s="32">
+    <row r="75" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B75" s="22">
         <v>61</v>
       </c>
       <c r="C75" s="3" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="D75" s="4">
         <v>0</v>
       </c>
       <c r="E75" s="4">
         <v>0</v>
       </c>
       <c r="F75" s="4">
         <v>0</v>
       </c>
       <c r="G75" s="4">
         <v>67</v>
       </c>
       <c r="H75" s="4">
         <v>0</v>
       </c>
       <c r="I75" s="4">
         <v>0</v>
       </c>
       <c r="J75" s="4">
         <v>5066</v>
       </c>
       <c r="K75" s="4">
         <v>905376</v>
       </c>
@@ -6912,56 +6830,56 @@
       <c r="V75" s="5">
         <v>1661</v>
       </c>
       <c r="W75" s="5">
         <v>10702.084000000001</v>
       </c>
       <c r="X75" s="5">
         <v>0</v>
       </c>
       <c r="Y75" s="5">
         <v>0</v>
       </c>
       <c r="Z75" s="5">
         <v>71786</v>
       </c>
       <c r="AA75" s="5">
         <v>329543.26</v>
       </c>
       <c r="AB75" s="5">
         <v>0</v>
       </c>
       <c r="AC75" s="5">
         <v>0</v>
       </c>
     </row>
-    <row r="76" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="B76" s="32">
+    <row r="76" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B76" s="22">
         <v>62</v>
       </c>
       <c r="C76" s="3" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="D76" s="4">
         <v>609</v>
       </c>
       <c r="E76" s="4">
         <v>4</v>
       </c>
       <c r="F76" s="4">
         <v>0</v>
       </c>
       <c r="G76" s="4">
         <v>0</v>
       </c>
       <c r="H76" s="4">
         <v>0</v>
       </c>
       <c r="I76" s="4">
         <v>563427</v>
       </c>
       <c r="J76" s="4">
         <v>0</v>
       </c>
       <c r="K76" s="4">
         <v>6516027</v>
       </c>
@@ -6998,56 +6916,56 @@
       <c r="V76" s="5">
         <v>23687</v>
       </c>
       <c r="W76" s="5">
         <v>106987.548</v>
       </c>
       <c r="X76" s="5">
         <v>0</v>
       </c>
       <c r="Y76" s="5">
         <v>0</v>
       </c>
       <c r="Z76" s="5">
         <v>2922270</v>
       </c>
       <c r="AA76" s="5">
         <v>12013801.392000001</v>
       </c>
       <c r="AB76" s="5">
         <v>1</v>
       </c>
       <c r="AC76" s="5">
         <v>1.5</v>
       </c>
     </row>
-    <row r="77" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="B77" s="32">
+    <row r="77" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B77" s="22">
         <v>63</v>
       </c>
       <c r="C77" s="3" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="D77" s="4">
         <v>189</v>
       </c>
       <c r="E77" s="4">
         <v>0</v>
       </c>
       <c r="F77" s="4">
         <v>0</v>
       </c>
       <c r="G77" s="4">
         <v>0</v>
       </c>
       <c r="H77" s="4">
         <v>0</v>
       </c>
       <c r="I77" s="4">
         <v>0</v>
       </c>
       <c r="J77" s="4">
         <v>51267</v>
       </c>
       <c r="K77" s="4">
         <v>107119</v>
       </c>
@@ -7084,56 +7002,56 @@
       <c r="V77" s="5">
         <v>1070</v>
       </c>
       <c r="W77" s="5">
         <v>5767.8007900000039</v>
       </c>
       <c r="X77" s="5">
         <v>0</v>
       </c>
       <c r="Y77" s="5">
         <v>0</v>
       </c>
       <c r="Z77" s="5">
         <v>38324</v>
       </c>
       <c r="AA77" s="5">
         <v>188181.2</v>
       </c>
       <c r="AB77" s="5">
         <v>0</v>
       </c>
       <c r="AC77" s="5">
         <v>0</v>
       </c>
     </row>
-    <row r="78" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="B78" s="32">
+    <row r="78" spans="2:29" x14ac:dyDescent="0.2">
+      <c r="B78" s="22">
         <v>64</v>
       </c>
       <c r="C78" s="3" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="D78" s="4">
         <v>301</v>
       </c>
       <c r="E78" s="4">
         <v>5</v>
       </c>
       <c r="F78" s="4">
         <v>0</v>
       </c>
       <c r="G78" s="4">
         <v>778</v>
       </c>
       <c r="H78" s="4">
         <v>0</v>
       </c>
       <c r="I78" s="4">
         <v>41236</v>
       </c>
       <c r="J78" s="4">
         <v>207618</v>
       </c>
       <c r="K78" s="4">
         <v>1579417</v>
       </c>
@@ -7170,1117 +7088,1085 @@
       <c r="V78" s="5">
         <v>3982</v>
       </c>
       <c r="W78" s="5">
         <v>27133.715530000005</v>
       </c>
       <c r="X78" s="5">
         <v>1</v>
       </c>
       <c r="Y78" s="5">
         <v>0.5</v>
       </c>
       <c r="Z78" s="5">
         <v>154064</v>
       </c>
       <c r="AA78" s="5">
         <v>918043.60600000003</v>
       </c>
       <c r="AB78" s="5">
         <v>0</v>
       </c>
       <c r="AC78" s="5">
         <v>0</v>
       </c>
     </row>
-    <row r="79" spans="1:29" s="28" customFormat="1" x14ac:dyDescent="0.25">
-[...5 lines deleted...]
-      <c r="D79" s="16">
+    <row r="79" spans="2:29" s="21" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B79" s="30" t="s">
+        <v>70</v>
+      </c>
+      <c r="C79" s="31"/>
+      <c r="D79" s="12">
         <f>SUM(D11:D78)</f>
         <v>131664</v>
       </c>
-      <c r="E79" s="16">
+      <c r="E79" s="12">
         <f>SUM(E11:E78)</f>
         <v>75047</v>
       </c>
-      <c r="F79" s="16">
+      <c r="F79" s="12">
         <f t="shared" ref="F79:AC79" si="0">SUM(F11:F78)</f>
-        <v>12116102</v>
-[...1 lines deleted...]
-      <c r="G79" s="16">
+        <v>12124448</v>
+      </c>
+      <c r="G79" s="12">
         <f t="shared" si="0"/>
         <v>1459945</v>
       </c>
-      <c r="H79" s="16">
+      <c r="H79" s="12">
         <f t="shared" si="0"/>
-        <v>6070528</v>
-[...1 lines deleted...]
-      <c r="I79" s="16">
+        <v>6095395</v>
+      </c>
+      <c r="I79" s="12">
         <f t="shared" si="0"/>
-        <v>709065908</v>
-[...1 lines deleted...]
-      <c r="J79" s="16">
+        <v>708974740</v>
+      </c>
+      <c r="J79" s="12">
         <f t="shared" si="0"/>
         <v>113390495</v>
       </c>
-      <c r="K79" s="16">
+      <c r="K79" s="12">
         <f t="shared" si="0"/>
         <v>1024808790</v>
       </c>
-      <c r="L79" s="16">
+      <c r="L79" s="12">
         <f t="shared" si="0"/>
         <v>241614615</v>
       </c>
-      <c r="M79" s="16">
+      <c r="M79" s="12">
         <f t="shared" si="0"/>
         <v>725438997.95660996</v>
       </c>
-      <c r="N79" s="16">
+      <c r="N79" s="12">
         <f t="shared" si="0"/>
         <v>251718295</v>
       </c>
-      <c r="O79" s="16">
+      <c r="O79" s="12">
         <f t="shared" si="0"/>
         <v>1441177813.6440434</v>
       </c>
-      <c r="P79" s="16">
+      <c r="P79" s="12">
         <f t="shared" si="0"/>
         <v>1907738</v>
       </c>
-      <c r="Q79" s="16">
+      <c r="Q79" s="12">
         <f t="shared" si="0"/>
         <v>453096.0526</v>
       </c>
-      <c r="R79" s="16">
+      <c r="R79" s="12">
         <f t="shared" si="0"/>
         <v>668889</v>
       </c>
-      <c r="S79" s="16">
+      <c r="S79" s="12">
         <f t="shared" si="0"/>
         <v>3688141.5156399999</v>
       </c>
-      <c r="T79" s="16">
+      <c r="T79" s="12">
         <f t="shared" si="0"/>
         <v>77755830</v>
       </c>
-      <c r="U79" s="16">
+      <c r="U79" s="12">
         <f t="shared" si="0"/>
         <v>227726759.10043007</v>
       </c>
-      <c r="V79" s="16">
+      <c r="V79" s="12">
         <f t="shared" si="0"/>
         <v>26904171</v>
       </c>
-      <c r="W79" s="16">
+      <c r="W79" s="12">
         <f t="shared" si="0"/>
         <v>138542744.8291899</v>
       </c>
-      <c r="X79" s="16">
+      <c r="X79" s="12">
         <f t="shared" si="0"/>
         <v>79030</v>
       </c>
-      <c r="Y79" s="16">
+      <c r="Y79" s="12">
         <f t="shared" si="0"/>
         <v>1487486.8550000002</v>
       </c>
-      <c r="Z79" s="16">
+      <c r="Z79" s="12">
         <f t="shared" si="0"/>
         <v>437090119</v>
       </c>
-      <c r="AA79" s="16">
+      <c r="AA79" s="12">
         <f t="shared" si="0"/>
         <v>2297133845.2498555</v>
       </c>
-      <c r="AB79" s="16">
+      <c r="AB79" s="12">
         <f t="shared" si="0"/>
         <v>9740</v>
       </c>
-      <c r="AC79" s="16">
+      <c r="AC79" s="12">
         <f t="shared" si="0"/>
         <v>12202.583939999999</v>
       </c>
     </row>
-    <row r="80" spans="1:29" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...34 lines deleted...]
-      <c r="B81" s="42" t="s">
+    <row r="80" spans="2:29" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B80" s="26" t="s">
         <v>97</v>
       </c>
-      <c r="C81" s="42"/>
-[...29 lines deleted...]
-      <c r="B82" s="42" t="s">
+      <c r="C80" s="26"/>
+      <c r="D80" s="26"/>
+      <c r="E80" s="26"/>
+      <c r="F80" s="26"/>
+      <c r="G80" s="26"/>
+      <c r="H80" s="26"/>
+      <c r="I80" s="26"/>
+      <c r="J80" s="26"/>
+      <c r="K80" s="26"/>
+      <c r="L80" s="26"/>
+      <c r="M80" s="26"/>
+      <c r="N80" s="26"/>
+      <c r="O80" s="26"/>
+      <c r="P80" s="26"/>
+      <c r="Q80" s="26"/>
+      <c r="R80" s="26"/>
+      <c r="S80" s="26"/>
+      <c r="T80" s="26"/>
+      <c r="U80" s="26"/>
+      <c r="V80" s="26"/>
+      <c r="W80" s="26"/>
+      <c r="X80" s="26"/>
+      <c r="Y80" s="26"/>
+      <c r="Z80" s="26"/>
+      <c r="AA80" s="26"/>
+      <c r="AB80" s="26"/>
+      <c r="AC80" s="26"/>
+    </row>
+    <row r="81" spans="2:29" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B81" s="26" t="s">
         <v>98</v>
       </c>
-      <c r="C82" s="42"/>
-[...29 lines deleted...]
-      <c r="B83" s="42" t="s">
+      <c r="C81" s="26"/>
+      <c r="D81" s="26"/>
+      <c r="E81" s="26"/>
+      <c r="F81" s="26"/>
+      <c r="G81" s="26"/>
+      <c r="H81" s="26"/>
+      <c r="I81" s="26"/>
+      <c r="J81" s="26"/>
+      <c r="K81" s="26"/>
+      <c r="L81" s="26"/>
+      <c r="M81" s="26"/>
+      <c r="N81" s="26"/>
+      <c r="O81" s="26"/>
+      <c r="P81" s="26"/>
+      <c r="Q81" s="26"/>
+      <c r="R81" s="26"/>
+      <c r="S81" s="26"/>
+      <c r="T81" s="26"/>
+      <c r="U81" s="26"/>
+      <c r="V81" s="26"/>
+      <c r="W81" s="26"/>
+      <c r="X81" s="26"/>
+      <c r="Y81" s="26"/>
+      <c r="Z81" s="26"/>
+      <c r="AA81" s="26"/>
+      <c r="AB81" s="26"/>
+      <c r="AC81" s="26"/>
+    </row>
+    <row r="82" spans="2:29" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B82" s="26" t="s">
         <v>99</v>
       </c>
-      <c r="C83" s="42"/>
-[...29 lines deleted...]
-      <c r="B84" s="42" t="s">
+      <c r="C82" s="26"/>
+      <c r="D82" s="26"/>
+      <c r="E82" s="26"/>
+      <c r="F82" s="26"/>
+      <c r="G82" s="26"/>
+      <c r="H82" s="26"/>
+      <c r="I82" s="26"/>
+      <c r="J82" s="26"/>
+      <c r="K82" s="26"/>
+      <c r="L82" s="26"/>
+      <c r="M82" s="26"/>
+      <c r="N82" s="26"/>
+      <c r="O82" s="26"/>
+      <c r="P82" s="26"/>
+      <c r="Q82" s="26"/>
+      <c r="R82" s="26"/>
+      <c r="S82" s="26"/>
+      <c r="T82" s="26"/>
+      <c r="U82" s="26"/>
+      <c r="V82" s="26"/>
+      <c r="W82" s="26"/>
+      <c r="X82" s="26"/>
+      <c r="Y82" s="26"/>
+      <c r="Z82" s="26"/>
+      <c r="AA82" s="26"/>
+      <c r="AB82" s="26"/>
+      <c r="AC82" s="26"/>
+    </row>
+    <row r="83" spans="2:29" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B83" s="26" t="s">
         <v>100</v>
       </c>
-      <c r="C84" s="42"/>
-[...29 lines deleted...]
-      <c r="B85" s="42" t="s">
+      <c r="C83" s="26"/>
+      <c r="D83" s="26"/>
+      <c r="E83" s="26"/>
+      <c r="F83" s="26"/>
+      <c r="G83" s="26"/>
+      <c r="H83" s="26"/>
+      <c r="I83" s="26"/>
+      <c r="J83" s="26"/>
+      <c r="K83" s="26"/>
+      <c r="L83" s="26"/>
+      <c r="M83" s="26"/>
+      <c r="N83" s="26"/>
+      <c r="O83" s="26"/>
+      <c r="P83" s="26"/>
+      <c r="Q83" s="26"/>
+      <c r="R83" s="26"/>
+      <c r="S83" s="26"/>
+      <c r="T83" s="26"/>
+      <c r="U83" s="26"/>
+      <c r="V83" s="26"/>
+      <c r="W83" s="26"/>
+      <c r="X83" s="26"/>
+      <c r="Y83" s="26"/>
+      <c r="Z83" s="26"/>
+      <c r="AA83" s="26"/>
+      <c r="AB83" s="26"/>
+      <c r="AC83" s="26"/>
+    </row>
+    <row r="84" spans="2:29" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B84" s="26" t="s">
         <v>101</v>
       </c>
-      <c r="C85" s="42"/>
-[...29 lines deleted...]
-      <c r="B86" s="42" t="s">
+      <c r="C84" s="26"/>
+      <c r="D84" s="26"/>
+      <c r="E84" s="26"/>
+      <c r="F84" s="26"/>
+      <c r="G84" s="26"/>
+      <c r="H84" s="26"/>
+      <c r="I84" s="26"/>
+      <c r="J84" s="26"/>
+      <c r="K84" s="26"/>
+      <c r="L84" s="26"/>
+      <c r="M84" s="26"/>
+      <c r="N84" s="26"/>
+      <c r="O84" s="26"/>
+      <c r="P84" s="26"/>
+      <c r="Q84" s="26"/>
+      <c r="R84" s="26"/>
+      <c r="S84" s="26"/>
+      <c r="T84" s="26"/>
+      <c r="U84" s="26"/>
+      <c r="V84" s="26"/>
+      <c r="W84" s="26"/>
+      <c r="X84" s="26"/>
+      <c r="Y84" s="26"/>
+      <c r="Z84" s="26"/>
+      <c r="AA84" s="26"/>
+      <c r="AB84" s="26"/>
+      <c r="AC84" s="26"/>
+    </row>
+    <row r="85" spans="2:29" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B85" s="26" t="s">
         <v>102</v>
       </c>
-      <c r="C86" s="42"/>
-[...29 lines deleted...]
-      <c r="B87" s="42" t="s">
+      <c r="C85" s="26"/>
+      <c r="D85" s="26"/>
+      <c r="E85" s="26"/>
+      <c r="F85" s="26"/>
+      <c r="G85" s="26"/>
+      <c r="H85" s="26"/>
+      <c r="I85" s="26"/>
+      <c r="J85" s="26"/>
+      <c r="K85" s="26"/>
+      <c r="L85" s="26"/>
+      <c r="M85" s="26"/>
+      <c r="N85" s="26"/>
+      <c r="O85" s="26"/>
+      <c r="P85" s="26"/>
+      <c r="Q85" s="26"/>
+      <c r="R85" s="26"/>
+      <c r="S85" s="26"/>
+      <c r="T85" s="26"/>
+      <c r="U85" s="26"/>
+      <c r="V85" s="26"/>
+      <c r="W85" s="26"/>
+      <c r="X85" s="26"/>
+      <c r="Y85" s="26"/>
+      <c r="Z85" s="26"/>
+      <c r="AA85" s="26"/>
+      <c r="AB85" s="26"/>
+      <c r="AC85" s="26"/>
+    </row>
+    <row r="86" spans="2:29" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B86" s="26" t="s">
         <v>103</v>
       </c>
-      <c r="C87" s="42"/>
-[...29 lines deleted...]
-      <c r="B88" s="42" t="s">
+      <c r="C86" s="26"/>
+      <c r="D86" s="26"/>
+      <c r="E86" s="26"/>
+      <c r="F86" s="26"/>
+      <c r="G86" s="26"/>
+      <c r="H86" s="26"/>
+      <c r="I86" s="26"/>
+      <c r="J86" s="26"/>
+      <c r="K86" s="26"/>
+      <c r="L86" s="26"/>
+      <c r="M86" s="26"/>
+      <c r="N86" s="26"/>
+      <c r="O86" s="26"/>
+      <c r="P86" s="26"/>
+      <c r="Q86" s="26"/>
+      <c r="R86" s="26"/>
+      <c r="S86" s="26"/>
+      <c r="T86" s="26"/>
+      <c r="U86" s="26"/>
+      <c r="V86" s="26"/>
+      <c r="W86" s="26"/>
+      <c r="X86" s="26"/>
+      <c r="Y86" s="26"/>
+      <c r="Z86" s="26"/>
+      <c r="AA86" s="26"/>
+      <c r="AB86" s="26"/>
+      <c r="AC86" s="26"/>
+    </row>
+    <row r="87" spans="2:29" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B87" s="26" t="s">
         <v>104</v>
       </c>
-      <c r="C88" s="42"/>
-[...29 lines deleted...]
-      <c r="B89" s="42" t="s">
+      <c r="C87" s="26"/>
+      <c r="D87" s="26"/>
+      <c r="E87" s="26"/>
+      <c r="F87" s="26"/>
+      <c r="G87" s="26"/>
+      <c r="H87" s="26"/>
+      <c r="I87" s="26"/>
+      <c r="J87" s="26"/>
+      <c r="K87" s="26"/>
+      <c r="L87" s="26"/>
+      <c r="M87" s="26"/>
+      <c r="N87" s="26"/>
+      <c r="O87" s="26"/>
+      <c r="P87" s="26"/>
+      <c r="Q87" s="26"/>
+      <c r="R87" s="26"/>
+      <c r="S87" s="26"/>
+      <c r="T87" s="26"/>
+      <c r="U87" s="26"/>
+      <c r="V87" s="26"/>
+      <c r="W87" s="26"/>
+      <c r="X87" s="26"/>
+      <c r="Y87" s="26"/>
+      <c r="Z87" s="26"/>
+      <c r="AA87" s="26"/>
+      <c r="AB87" s="26"/>
+      <c r="AC87" s="26"/>
+    </row>
+    <row r="88" spans="2:29" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B88" s="26" t="s">
         <v>105</v>
       </c>
-      <c r="C89" s="42"/>
-[...30 lines deleted...]
-      <c r="B90" s="42" t="s">
+      <c r="C88" s="26"/>
+      <c r="D88" s="26"/>
+      <c r="E88" s="26"/>
+      <c r="F88" s="26"/>
+      <c r="G88" s="26"/>
+      <c r="H88" s="26"/>
+      <c r="I88" s="26"/>
+      <c r="J88" s="26"/>
+      <c r="K88" s="26"/>
+      <c r="L88" s="26"/>
+      <c r="M88" s="26"/>
+      <c r="N88" s="26"/>
+      <c r="O88" s="26"/>
+      <c r="P88" s="26"/>
+      <c r="Q88" s="26"/>
+      <c r="R88" s="26"/>
+      <c r="S88" s="26"/>
+      <c r="T88" s="26"/>
+      <c r="U88" s="26"/>
+      <c r="V88" s="26"/>
+      <c r="W88" s="26"/>
+      <c r="X88" s="26"/>
+      <c r="Y88" s="26"/>
+      <c r="Z88" s="26"/>
+      <c r="AA88" s="26"/>
+      <c r="AB88" s="26"/>
+      <c r="AC88" s="26"/>
+    </row>
+    <row r="89" spans="2:29" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B89" s="26" t="s">
         <v>106</v>
       </c>
-      <c r="C90" s="42"/>
-[...29 lines deleted...]
-      <c r="B91" s="42" t="s">
+      <c r="C89" s="26"/>
+      <c r="D89" s="26"/>
+      <c r="E89" s="26"/>
+      <c r="F89" s="26"/>
+      <c r="G89" s="26"/>
+      <c r="H89" s="26"/>
+      <c r="I89" s="26"/>
+      <c r="J89" s="26"/>
+      <c r="K89" s="26"/>
+      <c r="L89" s="26"/>
+      <c r="M89" s="26"/>
+      <c r="N89" s="26"/>
+      <c r="O89" s="26"/>
+      <c r="P89" s="26"/>
+      <c r="Q89" s="26"/>
+      <c r="R89" s="26"/>
+      <c r="S89" s="26"/>
+      <c r="T89" s="26"/>
+      <c r="U89" s="26"/>
+      <c r="V89" s="26"/>
+      <c r="W89" s="26"/>
+      <c r="X89" s="26"/>
+      <c r="Y89" s="26"/>
+      <c r="Z89" s="26"/>
+      <c r="AA89" s="26"/>
+      <c r="AB89" s="26"/>
+      <c r="AC89" s="26"/>
+    </row>
+    <row r="90" spans="2:29" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B90" s="26" t="s">
         <v>107</v>
       </c>
-      <c r="C91" s="42"/>
-[...30 lines deleted...]
-      <c r="B92" s="42" t="s">
+      <c r="C90" s="26"/>
+      <c r="D90" s="26"/>
+      <c r="E90" s="26"/>
+      <c r="F90" s="26"/>
+      <c r="G90" s="26"/>
+      <c r="H90" s="26"/>
+      <c r="I90" s="26"/>
+      <c r="J90" s="26"/>
+      <c r="K90" s="26"/>
+      <c r="L90" s="26"/>
+      <c r="M90" s="26"/>
+      <c r="N90" s="26"/>
+      <c r="O90" s="26"/>
+      <c r="P90" s="26"/>
+      <c r="Q90" s="26"/>
+      <c r="R90" s="26"/>
+      <c r="S90" s="26"/>
+      <c r="T90" s="26"/>
+      <c r="U90" s="26"/>
+      <c r="V90" s="26"/>
+      <c r="W90" s="26"/>
+      <c r="X90" s="26"/>
+      <c r="Y90" s="26"/>
+      <c r="Z90" s="26"/>
+      <c r="AA90" s="26"/>
+      <c r="AB90" s="26"/>
+      <c r="AC90" s="26"/>
+    </row>
+    <row r="91" spans="2:29" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B91" s="26" t="s">
         <v>108</v>
       </c>
-      <c r="C92" s="42"/>
-[...29 lines deleted...]
-      <c r="B93" s="42" t="s">
+      <c r="C91" s="26"/>
+      <c r="D91" s="26"/>
+      <c r="E91" s="26"/>
+      <c r="F91" s="26"/>
+      <c r="G91" s="26"/>
+      <c r="H91" s="26"/>
+      <c r="I91" s="26"/>
+      <c r="J91" s="26"/>
+      <c r="K91" s="26"/>
+      <c r="L91" s="26"/>
+      <c r="M91" s="26"/>
+      <c r="N91" s="26"/>
+      <c r="O91" s="26"/>
+      <c r="P91" s="26"/>
+      <c r="Q91" s="26"/>
+      <c r="R91" s="26"/>
+      <c r="S91" s="26"/>
+      <c r="T91" s="26"/>
+      <c r="U91" s="26"/>
+      <c r="V91" s="26"/>
+      <c r="W91" s="26"/>
+      <c r="X91" s="26"/>
+      <c r="Y91" s="26"/>
+      <c r="Z91" s="26"/>
+      <c r="AA91" s="26"/>
+      <c r="AB91" s="26"/>
+      <c r="AC91" s="26"/>
+    </row>
+    <row r="92" spans="2:29" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B92" s="26" t="s">
         <v>109</v>
       </c>
-      <c r="C93" s="42"/>
-[...29 lines deleted...]
-      <c r="B94" s="42" t="s">
+      <c r="C92" s="26"/>
+      <c r="D92" s="26"/>
+      <c r="E92" s="26"/>
+      <c r="F92" s="26"/>
+      <c r="G92" s="26"/>
+      <c r="H92" s="26"/>
+      <c r="I92" s="26"/>
+      <c r="J92" s="26"/>
+      <c r="K92" s="26"/>
+      <c r="L92" s="26"/>
+      <c r="M92" s="26"/>
+      <c r="N92" s="26"/>
+      <c r="O92" s="26"/>
+      <c r="P92" s="26"/>
+      <c r="Q92" s="26"/>
+      <c r="R92" s="26"/>
+      <c r="S92" s="26"/>
+      <c r="T92" s="26"/>
+      <c r="U92" s="26"/>
+      <c r="V92" s="26"/>
+      <c r="W92" s="26"/>
+      <c r="X92" s="26"/>
+      <c r="Y92" s="26"/>
+      <c r="Z92" s="26"/>
+      <c r="AA92" s="26"/>
+      <c r="AB92" s="26"/>
+      <c r="AC92" s="26"/>
+    </row>
+    <row r="93" spans="2:29" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B93" s="26" t="s">
         <v>110</v>
       </c>
-      <c r="C94" s="42"/>
-[...29 lines deleted...]
-      <c r="B95" s="42" t="s">
+      <c r="C93" s="26"/>
+      <c r="D93" s="26"/>
+      <c r="E93" s="26"/>
+      <c r="F93" s="26"/>
+      <c r="G93" s="26"/>
+      <c r="H93" s="26"/>
+      <c r="I93" s="26"/>
+      <c r="J93" s="26"/>
+      <c r="K93" s="26"/>
+      <c r="L93" s="26"/>
+      <c r="M93" s="26"/>
+      <c r="N93" s="26"/>
+      <c r="O93" s="26"/>
+      <c r="P93" s="26"/>
+      <c r="Q93" s="26"/>
+      <c r="R93" s="26"/>
+      <c r="S93" s="26"/>
+      <c r="T93" s="26"/>
+      <c r="U93" s="26"/>
+      <c r="V93" s="26"/>
+      <c r="W93" s="26"/>
+      <c r="X93" s="26"/>
+      <c r="Y93" s="26"/>
+      <c r="Z93" s="26"/>
+      <c r="AA93" s="26"/>
+      <c r="AB93" s="26"/>
+      <c r="AC93" s="26"/>
+    </row>
+    <row r="94" spans="2:29" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B94" s="26" t="s">
         <v>111</v>
       </c>
-      <c r="C95" s="42"/>
-[...29 lines deleted...]
-      <c r="B96" s="42" t="s">
+      <c r="C94" s="26"/>
+      <c r="D94" s="26"/>
+      <c r="E94" s="26"/>
+      <c r="F94" s="26"/>
+      <c r="G94" s="26"/>
+      <c r="H94" s="26"/>
+      <c r="I94" s="26"/>
+      <c r="J94" s="26"/>
+      <c r="K94" s="26"/>
+      <c r="L94" s="26"/>
+      <c r="M94" s="26"/>
+      <c r="N94" s="26"/>
+      <c r="O94" s="26"/>
+      <c r="P94" s="26"/>
+      <c r="Q94" s="26"/>
+      <c r="R94" s="26"/>
+      <c r="S94" s="26"/>
+      <c r="T94" s="26"/>
+      <c r="U94" s="26"/>
+      <c r="V94" s="26"/>
+      <c r="W94" s="26"/>
+      <c r="X94" s="26"/>
+      <c r="Y94" s="26"/>
+      <c r="Z94" s="26"/>
+      <c r="AA94" s="26"/>
+      <c r="AB94" s="26"/>
+      <c r="AC94" s="26"/>
+    </row>
+    <row r="95" spans="2:29" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B95" s="26" t="s">
         <v>112</v>
       </c>
-      <c r="C96" s="42"/>
-[...29 lines deleted...]
-      <c r="B97" s="42" t="s">
+      <c r="C95" s="26"/>
+      <c r="D95" s="26"/>
+      <c r="E95" s="26"/>
+      <c r="F95" s="26"/>
+      <c r="G95" s="26"/>
+      <c r="H95" s="26"/>
+      <c r="I95" s="26"/>
+      <c r="J95" s="26"/>
+      <c r="K95" s="26"/>
+      <c r="L95" s="26"/>
+      <c r="M95" s="26"/>
+      <c r="N95" s="26"/>
+      <c r="O95" s="26"/>
+      <c r="P95" s="26"/>
+      <c r="Q95" s="26"/>
+      <c r="R95" s="26"/>
+      <c r="S95" s="26"/>
+      <c r="T95" s="26"/>
+      <c r="U95" s="26"/>
+      <c r="V95" s="26"/>
+      <c r="W95" s="26"/>
+      <c r="X95" s="26"/>
+      <c r="Y95" s="26"/>
+      <c r="Z95" s="26"/>
+      <c r="AA95" s="26"/>
+      <c r="AB95" s="26"/>
+      <c r="AC95" s="26"/>
+    </row>
+    <row r="96" spans="2:29" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B96" s="26" t="s">
         <v>113</v>
       </c>
-      <c r="C97" s="42"/>
-[...29 lines deleted...]
-      <c r="B98" s="42" t="s">
+      <c r="C96" s="26"/>
+      <c r="D96" s="26"/>
+      <c r="E96" s="26"/>
+      <c r="F96" s="26"/>
+      <c r="G96" s="26"/>
+      <c r="H96" s="26"/>
+      <c r="I96" s="26"/>
+      <c r="J96" s="26"/>
+      <c r="K96" s="26"/>
+      <c r="L96" s="26"/>
+      <c r="M96" s="26"/>
+      <c r="N96" s="26"/>
+      <c r="O96" s="26"/>
+      <c r="P96" s="26"/>
+      <c r="Q96" s="26"/>
+      <c r="R96" s="26"/>
+      <c r="S96" s="26"/>
+      <c r="T96" s="26"/>
+      <c r="U96" s="26"/>
+      <c r="V96" s="26"/>
+      <c r="W96" s="26"/>
+      <c r="X96" s="26"/>
+      <c r="Y96" s="26"/>
+      <c r="Z96" s="26"/>
+      <c r="AA96" s="26"/>
+      <c r="AB96" s="26"/>
+      <c r="AC96" s="26"/>
+    </row>
+    <row r="97" spans="2:29" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B97" s="26" t="s">
         <v>114</v>
       </c>
-      <c r="C98" s="42"/>
-[...29 lines deleted...]
-      <c r="B99" s="42" t="s">
+      <c r="C97" s="26"/>
+      <c r="D97" s="26"/>
+      <c r="E97" s="26"/>
+      <c r="F97" s="26"/>
+      <c r="G97" s="26"/>
+      <c r="H97" s="26"/>
+      <c r="I97" s="26"/>
+      <c r="J97" s="26"/>
+      <c r="K97" s="26"/>
+      <c r="L97" s="26"/>
+      <c r="M97" s="26"/>
+      <c r="N97" s="26"/>
+      <c r="O97" s="26"/>
+      <c r="P97" s="26"/>
+      <c r="Q97" s="26"/>
+      <c r="R97" s="26"/>
+      <c r="S97" s="26"/>
+      <c r="T97" s="26"/>
+      <c r="U97" s="26"/>
+      <c r="V97" s="26"/>
+      <c r="W97" s="26"/>
+      <c r="X97" s="26"/>
+      <c r="Y97" s="26"/>
+      <c r="Z97" s="26"/>
+      <c r="AA97" s="26"/>
+      <c r="AB97" s="26"/>
+      <c r="AC97" s="26"/>
+    </row>
+    <row r="98" spans="2:29" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B98" s="26" t="s">
         <v>115</v>
       </c>
-      <c r="C99" s="42"/>
-[...29 lines deleted...]
-      <c r="B100" s="42" t="s">
+      <c r="C98" s="26"/>
+      <c r="D98" s="26"/>
+      <c r="E98" s="26"/>
+      <c r="F98" s="26"/>
+      <c r="G98" s="26"/>
+      <c r="H98" s="26"/>
+      <c r="I98" s="26"/>
+      <c r="J98" s="26"/>
+      <c r="K98" s="26"/>
+      <c r="L98" s="26"/>
+      <c r="M98" s="26"/>
+      <c r="N98" s="26"/>
+      <c r="O98" s="26"/>
+      <c r="P98" s="26"/>
+      <c r="Q98" s="26"/>
+      <c r="R98" s="26"/>
+      <c r="S98" s="26"/>
+      <c r="T98" s="26"/>
+      <c r="U98" s="26"/>
+      <c r="V98" s="26"/>
+      <c r="W98" s="26"/>
+      <c r="X98" s="26"/>
+      <c r="Y98" s="26"/>
+      <c r="Z98" s="26"/>
+      <c r="AA98" s="26"/>
+      <c r="AB98" s="26"/>
+      <c r="AC98" s="26"/>
+    </row>
+    <row r="99" spans="2:29" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B99" s="26" t="s">
         <v>116</v>
       </c>
-      <c r="C100" s="42"/>
-[...31 lines deleted...]
-      <c r="B101" s="42" t="s">
+      <c r="C99" s="26"/>
+      <c r="D99" s="26"/>
+      <c r="E99" s="26"/>
+      <c r="F99" s="26"/>
+      <c r="G99" s="26"/>
+      <c r="H99" s="26"/>
+      <c r="I99" s="26"/>
+      <c r="J99" s="26"/>
+      <c r="K99" s="26"/>
+      <c r="L99" s="26"/>
+      <c r="M99" s="26"/>
+      <c r="N99" s="26"/>
+      <c r="O99" s="26"/>
+      <c r="P99" s="26"/>
+      <c r="Q99" s="26"/>
+      <c r="R99" s="26"/>
+      <c r="S99" s="26"/>
+      <c r="T99" s="26"/>
+      <c r="U99" s="26"/>
+      <c r="V99" s="26"/>
+      <c r="W99" s="26"/>
+      <c r="X99" s="26"/>
+      <c r="Y99" s="26"/>
+      <c r="Z99" s="26"/>
+      <c r="AA99" s="26"/>
+      <c r="AB99" s="26"/>
+      <c r="AC99" s="26"/>
+    </row>
+    <row r="100" spans="2:29" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B100" s="26" t="s">
         <v>117</v>
       </c>
-      <c r="C101" s="42"/>
-[...29 lines deleted...]
-      <c r="B102" s="42" t="s">
+      <c r="C100" s="26"/>
+      <c r="D100" s="26"/>
+      <c r="E100" s="26"/>
+      <c r="F100" s="26"/>
+      <c r="G100" s="26"/>
+      <c r="H100" s="26"/>
+      <c r="I100" s="26"/>
+      <c r="J100" s="26"/>
+      <c r="K100" s="26"/>
+      <c r="L100" s="26"/>
+      <c r="M100" s="26"/>
+      <c r="N100" s="26"/>
+      <c r="O100" s="26"/>
+      <c r="P100" s="26"/>
+      <c r="Q100" s="26"/>
+      <c r="R100" s="26"/>
+      <c r="S100" s="26"/>
+      <c r="T100" s="26"/>
+      <c r="U100" s="26"/>
+      <c r="V100" s="26"/>
+      <c r="W100" s="26"/>
+      <c r="X100" s="26"/>
+      <c r="Y100" s="26"/>
+      <c r="Z100" s="26"/>
+      <c r="AA100" s="26"/>
+      <c r="AB100" s="26"/>
+      <c r="AC100" s="26"/>
+    </row>
+    <row r="101" spans="2:29" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B101" s="26" t="s">
         <v>118</v>
       </c>
-      <c r="C102" s="42"/>
-[...29 lines deleted...]
-      <c r="B103" s="42" t="s">
+      <c r="C101" s="26"/>
+      <c r="D101" s="26"/>
+      <c r="E101" s="26"/>
+      <c r="F101" s="26"/>
+      <c r="G101" s="26"/>
+      <c r="H101" s="26"/>
+      <c r="I101" s="26"/>
+      <c r="J101" s="26"/>
+      <c r="K101" s="26"/>
+      <c r="L101" s="26"/>
+      <c r="M101" s="26"/>
+      <c r="N101" s="26"/>
+      <c r="O101" s="26"/>
+      <c r="P101" s="26"/>
+      <c r="Q101" s="26"/>
+      <c r="R101" s="26"/>
+      <c r="S101" s="26"/>
+      <c r="T101" s="26"/>
+      <c r="U101" s="26"/>
+      <c r="V101" s="26"/>
+      <c r="W101" s="26"/>
+      <c r="X101" s="26"/>
+      <c r="Y101" s="26"/>
+      <c r="Z101" s="26"/>
+      <c r="AA101" s="26"/>
+      <c r="AB101" s="26"/>
+      <c r="AC101" s="26"/>
+    </row>
+    <row r="102" spans="2:29" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B102" s="26" t="s">
         <v>119</v>
       </c>
-      <c r="C103" s="42"/>
-[...29 lines deleted...]
-      <c r="B104" s="42" t="s">
+      <c r="C102" s="26"/>
+      <c r="D102" s="26"/>
+      <c r="E102" s="26"/>
+      <c r="F102" s="26"/>
+      <c r="G102" s="26"/>
+      <c r="H102" s="26"/>
+      <c r="I102" s="26"/>
+      <c r="J102" s="26"/>
+      <c r="K102" s="26"/>
+      <c r="L102" s="26"/>
+      <c r="M102" s="26"/>
+      <c r="N102" s="26"/>
+      <c r="O102" s="26"/>
+      <c r="P102" s="26"/>
+      <c r="Q102" s="26"/>
+      <c r="R102" s="26"/>
+      <c r="S102" s="26"/>
+      <c r="T102" s="26"/>
+      <c r="U102" s="26"/>
+      <c r="V102" s="26"/>
+      <c r="W102" s="26"/>
+      <c r="X102" s="26"/>
+      <c r="Y102" s="26"/>
+      <c r="Z102" s="26"/>
+      <c r="AA102" s="26"/>
+      <c r="AB102" s="26"/>
+      <c r="AC102" s="26"/>
+    </row>
+    <row r="103" spans="2:29" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B103" s="26" t="s">
         <v>120</v>
       </c>
-      <c r="C104" s="42"/>
-[...29 lines deleted...]
-      <c r="B105" s="42" t="s">
+      <c r="C103" s="26"/>
+      <c r="D103" s="26"/>
+      <c r="E103" s="26"/>
+      <c r="F103" s="26"/>
+      <c r="G103" s="26"/>
+      <c r="H103" s="26"/>
+      <c r="I103" s="26"/>
+      <c r="J103" s="26"/>
+      <c r="K103" s="26"/>
+      <c r="L103" s="26"/>
+      <c r="M103" s="26"/>
+      <c r="N103" s="26"/>
+      <c r="O103" s="26"/>
+      <c r="P103" s="26"/>
+      <c r="Q103" s="26"/>
+      <c r="R103" s="26"/>
+      <c r="S103" s="26"/>
+      <c r="T103" s="26"/>
+      <c r="U103" s="26"/>
+      <c r="V103" s="26"/>
+      <c r="W103" s="26"/>
+      <c r="X103" s="26"/>
+      <c r="Y103" s="26"/>
+      <c r="Z103" s="26"/>
+      <c r="AA103" s="26"/>
+      <c r="AB103" s="26"/>
+      <c r="AC103" s="26"/>
+    </row>
+    <row r="104" spans="2:29" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B104" s="26" t="s">
         <v>121</v>
       </c>
-      <c r="C105" s="42"/>
-[...29 lines deleted...]
-      <c r="B106" s="42" t="s">
+      <c r="C104" s="26"/>
+      <c r="D104" s="26"/>
+      <c r="E104" s="26"/>
+      <c r="F104" s="26"/>
+      <c r="G104" s="26"/>
+      <c r="H104" s="26"/>
+      <c r="I104" s="26"/>
+      <c r="J104" s="26"/>
+      <c r="K104" s="26"/>
+      <c r="L104" s="26"/>
+      <c r="M104" s="26"/>
+      <c r="N104" s="26"/>
+      <c r="O104" s="26"/>
+      <c r="P104" s="26"/>
+      <c r="Q104" s="26"/>
+      <c r="R104" s="26"/>
+      <c r="S104" s="26"/>
+      <c r="T104" s="26"/>
+      <c r="U104" s="26"/>
+      <c r="V104" s="26"/>
+      <c r="W104" s="26"/>
+      <c r="X104" s="26"/>
+      <c r="Y104" s="26"/>
+      <c r="Z104" s="26"/>
+      <c r="AA104" s="26"/>
+      <c r="AB104" s="26"/>
+      <c r="AC104" s="26"/>
+    </row>
+    <row r="105" spans="2:29" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B105" s="26" t="s">
         <v>122</v>
       </c>
-      <c r="C106" s="42"/>
-[...25 lines deleted...]
-      <c r="AC106" s="42"/>
+      <c r="C105" s="26"/>
+      <c r="D105" s="26"/>
+      <c r="E105" s="26"/>
+      <c r="F105" s="26"/>
+      <c r="G105" s="26"/>
+      <c r="H105" s="26"/>
+      <c r="I105" s="26"/>
+      <c r="J105" s="26"/>
+      <c r="K105" s="26"/>
+      <c r="L105" s="26"/>
+      <c r="M105" s="26"/>
+      <c r="N105" s="26"/>
+      <c r="O105" s="26"/>
+      <c r="P105" s="26"/>
+      <c r="Q105" s="26"/>
+      <c r="R105" s="26"/>
+      <c r="S105" s="26"/>
+      <c r="T105" s="26"/>
+      <c r="U105" s="26"/>
+      <c r="V105" s="26"/>
+      <c r="W105" s="26"/>
+      <c r="X105" s="26"/>
+      <c r="Y105" s="26"/>
+      <c r="Z105" s="26"/>
+      <c r="AA105" s="26"/>
+      <c r="AB105" s="26"/>
+      <c r="AC105" s="26"/>
+    </row>
+    <row r="106" spans="2:29" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B106" s="26" t="s">
+        <v>123</v>
+      </c>
+      <c r="C106" s="26"/>
+      <c r="D106" s="26"/>
+      <c r="E106" s="26"/>
+      <c r="F106" s="26"/>
+      <c r="G106" s="26"/>
+      <c r="H106" s="26"/>
+      <c r="I106" s="26"/>
+      <c r="J106" s="26"/>
+      <c r="K106" s="26"/>
+      <c r="L106" s="26"/>
+      <c r="M106" s="26"/>
+      <c r="N106" s="26"/>
+      <c r="O106" s="26"/>
+      <c r="P106" s="26"/>
+      <c r="Q106" s="26"/>
+      <c r="R106" s="26"/>
+      <c r="S106" s="26"/>
+      <c r="T106" s="26"/>
+      <c r="U106" s="26"/>
+      <c r="V106" s="26"/>
+      <c r="W106" s="26"/>
+      <c r="X106" s="26"/>
+      <c r="Y106" s="26"/>
+      <c r="Z106" s="26"/>
+      <c r="AA106" s="26"/>
+      <c r="AB106" s="26"/>
+      <c r="AC106" s="26"/>
     </row>
   </sheetData>
   <mergeCells count="56">
     <mergeCell ref="B79:C79"/>
-    <mergeCell ref="B98:AC98"/>
-[...37 lines deleted...]
-    <mergeCell ref="L5:Q5"/>
     <mergeCell ref="B2:AC2"/>
     <mergeCell ref="B3:B7"/>
     <mergeCell ref="C3:C7"/>
     <mergeCell ref="D3:K3"/>
     <mergeCell ref="L3:AC3"/>
     <mergeCell ref="D4:K4"/>
     <mergeCell ref="L4:S4"/>
     <mergeCell ref="T4:AC4"/>
     <mergeCell ref="D5:E6"/>
     <mergeCell ref="F5:F7"/>
     <mergeCell ref="R5:S5"/>
     <mergeCell ref="T5:Y5"/>
     <mergeCell ref="Z5:AC5"/>
     <mergeCell ref="L6:M6"/>
     <mergeCell ref="G5:G7"/>
     <mergeCell ref="H5:H7"/>
+    <mergeCell ref="I5:I7"/>
+    <mergeCell ref="J5:J7"/>
+    <mergeCell ref="K5:K7"/>
+    <mergeCell ref="N6:O6"/>
+    <mergeCell ref="P6:Q6"/>
+    <mergeCell ref="L5:Q5"/>
+    <mergeCell ref="Z6:AA6"/>
+    <mergeCell ref="AB6:AC6"/>
+    <mergeCell ref="R6:S6"/>
+    <mergeCell ref="T6:U6"/>
+    <mergeCell ref="V6:W6"/>
+    <mergeCell ref="X6:Y6"/>
+    <mergeCell ref="B106:AC106"/>
+    <mergeCell ref="B89:AC89"/>
+    <mergeCell ref="B102:AC102"/>
+    <mergeCell ref="B103:AC103"/>
+    <mergeCell ref="B104:AC104"/>
+    <mergeCell ref="B105:AC105"/>
+    <mergeCell ref="B101:AC101"/>
+    <mergeCell ref="B90:AC90"/>
+    <mergeCell ref="B91:AC91"/>
+    <mergeCell ref="B92:AC92"/>
+    <mergeCell ref="B93:AC93"/>
+    <mergeCell ref="B94:AC94"/>
+    <mergeCell ref="B95:AC95"/>
+    <mergeCell ref="B96:AC96"/>
+    <mergeCell ref="B97:AC97"/>
+    <mergeCell ref="B99:AC99"/>
+    <mergeCell ref="B100:AC100"/>
+    <mergeCell ref="B98:AC98"/>
+    <mergeCell ref="B80:AC80"/>
+    <mergeCell ref="B81:AC81"/>
+    <mergeCell ref="B82:AC82"/>
+    <mergeCell ref="B84:AC84"/>
+    <mergeCell ref="B85:AC85"/>
+    <mergeCell ref="B86:AC86"/>
+    <mergeCell ref="B87:AC87"/>
+    <mergeCell ref="B88:AC88"/>
+    <mergeCell ref="B83:AC83"/>
   </mergeCells>
-  <pageMargins left="0" right="0" top="0.11811023622047245" bottom="0" header="0" footer="0"/>
-  <pageSetup scale="38" orientation="landscape" r:id="rId1"/>
+  <pageMargins left="0" right="3.937007874015748E-2" top="7.874015748031496E-2" bottom="0" header="0" footer="0"/>
+  <pageSetup scale="45" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>September 2025</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>