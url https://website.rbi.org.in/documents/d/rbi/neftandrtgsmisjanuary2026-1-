--- v0 (2026-02-14)
+++ v1 (2026-03-09)
@@ -1,79 +1,105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24332"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Gaush\0Feb2026\10-02-2026\NEFT and RTGS MIS - January 2026\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Manish Paithankar\2026\02Feb_2026\24-02-2026\ECSNEFTRTGSMobile Transactions Jan 2026\Eng\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{710F9857-2046-44E9-BBB4-E675ED267121}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{54312B5D-7579-4B64-BD21-9F91B95261AC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="NEFT" sheetId="3" r:id="rId1"/>
     <sheet name="RTGS" sheetId="2" r:id="rId2"/>
+    <sheet name="Mobile Banking" sheetId="4" r:id="rId3"/>
+    <sheet name="Internet Banking" sheetId="5" r:id="rId4"/>
   </sheets>
-  <calcPr calcId="162913"/>
+  <definedNames>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="1">'Internet Banking'!$B$3:$F$142</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">'Mobile Banking'!$D$3:$F$594</definedName>
+  </definedNames>
+  <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+      </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
+<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
+<calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="D143" i="5" l="1"/>
+  <c r="E143" i="5"/>
+  <c r="F143" i="5"/>
+</calcChain>
+</file>
+
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="507" uniqueCount="442">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1254" uniqueCount="1001">
   <si>
     <t>REAL TIME GROSS SETTLEMENT (RTGS) - BANKWISE RTGS INWARD AND OUTWARD - JANUARY 2026</t>
   </si>
   <si>
     <t>Sl. No.</t>
   </si>
   <si>
     <t>Participant</t>
   </si>
   <si>
     <t>INWARD</t>
   </si>
   <si>
     <t>OUTWARD</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Value (in Rupees Crore)</t>
   </si>
   <si>
     <t>Interbank</t>
   </si>
   <si>
@@ -1355,344 +1381,2217 @@
     <t>UNITY SMALL FINANCE BANK LIMITED</t>
   </si>
   <si>
     <t>URBAN COOPERATIVE BANK LIMITED</t>
   </si>
   <si>
     <t>UTTAR PRADESH CO_OP BANK LTD</t>
   </si>
   <si>
     <t>UTTARAKHAND STATE COOP BANK LTD</t>
   </si>
   <si>
     <t>VASAI JANATA SAHAKARI BANK</t>
   </si>
   <si>
     <t>VASAI VIKAS SAHAKARI BANK LTD</t>
   </si>
   <si>
     <t>VIKAS SOUHARDA CO-OPERATIVE BANK LI</t>
   </si>
   <si>
     <t>WEST BENGAL STATE COOPERATIVE BANK</t>
   </si>
   <si>
     <t>YES BANK</t>
+  </si>
+  <si>
+    <t>Active customers - Number of customers who have used mobile banking facility at least once in 2 months (i.e. reporting month and previous month) to carry out a financial transaction. Even if a customer has done multiple transactions during the period, it is counted as one.</t>
+  </si>
+  <si>
+    <t>The data is provisional</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color indexed="8"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>NOTE:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color indexed="8"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> The data from July 2017 includes only individual payments and corporate payments initiated, processed, and authorised using mobile device. Other corporate payments which are not initiated, processed, and authorised using mobile device are excluded.</t>
+    </r>
+  </si>
+  <si>
+    <t>ZOROASTRIAN CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>YES BANK LTD.</t>
+  </si>
+  <si>
+    <t>YAMUNA NAGAR CENTRAL CO-OPERTIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>YADRAV CO-OPERATIVE BANK LTD</t>
+  </si>
+  <si>
+    <t>WEST BENGAL GRAMIN BANK</t>
+  </si>
+  <si>
+    <t>WARDHAMAN URBAN CO-OPERATIVE BANK LTD. NAGPUR</t>
+  </si>
+  <si>
+    <t>WARDHA Z.P.EMPLOYEES (URBAN )CO-OPERATIVE BANK LTD., WARDHA</t>
+  </si>
+  <si>
+    <t>WARANGAL URBAN COOPERATIVE  BANK LTD., WARANGAL</t>
+  </si>
+  <si>
+    <t>WANA NAGARIK SAHAKARI BANK LTD.,  HINGANGHAT</t>
+  </si>
+  <si>
+    <t>VYAVSAIK SAHAKARI BANK LTD., RAIPUR</t>
+  </si>
+  <si>
+    <t>VISHWAS CO.OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>VIRUDHUNAGAR DISTRICT CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>VILLUPURAM DISTRICT CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>VILAS CO-OPERATIVE BANK LTD. LATUR</t>
+  </si>
+  <si>
+    <t>VIKAS SOUHARDA CO.OP. BANK LTD. HOSPET</t>
+  </si>
+  <si>
+    <t>VIJAYAPURA DISTRICT CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>VIJAY CO-OP.BANK LTD.(AHMEDABAD)</t>
+  </si>
+  <si>
+    <t>VIJAY COMMERCIAL CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>VIDYASAGAR CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>VIDARBHA MERCHANTS URBAN CO-OPERATIVE BANK LTD., HINGANGHAT, VARDHA</t>
+  </si>
+  <si>
+    <t>VERAVAL PEOPLE'S CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>VERAVAL MERCANTILE CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>VELLORE DISTRICT CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>VEERSHAIVA SAHAKARI BANK LTD.BANGALORE</t>
+  </si>
+  <si>
+    <t>VARACHHA CO-OPERATIVE BANK LTD</t>
+  </si>
+  <si>
+    <t>VALMIKI URBAN CO-OPERATIVE BANK LTD.,  PATHARI,</t>
+  </si>
+  <si>
+    <t>VALLABH VIDYANAGAR COMM.CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>VAISHYA SAHAKARI BANK LTD, MUMBAI</t>
+  </si>
+  <si>
+    <t>VAISHYA NAGARI SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>VAISH CO-OP.NEW BANK LTD.NEW DELHI</t>
+  </si>
+  <si>
+    <t>UTTARAKHAND GRAMIN BANK</t>
+  </si>
+  <si>
+    <t>UTTAR PRADESH STATE COOPERATIVE BANK LIMITED, LUCKNOW</t>
+  </si>
+  <si>
+    <t>UTTAR PRADESH GRAMIN BANK</t>
+  </si>
+  <si>
+    <t>UTKARSH SMALL FINANCE BANK LIMITED</t>
+  </si>
+  <si>
+    <t>UNJHA NAGRIK SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>UNION CO-OP.BANK LTD.(NARODA)</t>
+  </si>
+  <si>
+    <t>UNA PEOPLE'S CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>UMRETH URBAN CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>UMIYA URBEN CO OPERATIVE BANK MARYADIT., NAGPUR</t>
+  </si>
+  <si>
+    <t>UMA CO-OP.BANK LTD.(BARODA)</t>
+  </si>
+  <si>
+    <t>UDAIPUR URBAN CO-OP.BANK LTD</t>
+  </si>
+  <si>
+    <t>TUMKUR GR.MERCHANTS'CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>TTC CO-OPERATIVE BANK LIMITED</t>
+  </si>
+  <si>
+    <t>TRIPURA STATE CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>TRIPURA GRAMIN BANK</t>
+  </si>
+  <si>
+    <t>TJSB SAHAKARI BANK LTD. THANE</t>
+  </si>
+  <si>
+    <t>TIRUVANNAMALAI DISTRICT CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>TIRUPATI URBAN CO-OP BANK MYDT</t>
+  </si>
+  <si>
+    <t>TIRUNELVELI CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>TIRUCHIRAPALLI DISTRICT CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>THOOTHUKUDI CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE WASHIM URBAN CO-OPERATIVE BANK LTD. WASHIM</t>
+  </si>
+  <si>
+    <t>THE WARANGAL DISTRICT CO-OPERATIVE CENTRAL BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE VISHWESHWAR SAHAKARI BANK LIMITED, PUNE</t>
+  </si>
+  <si>
+    <t>THE VIKRAMADITYA NAGARIK SAHAKARI BANK MARYADIT, UJJAIN</t>
+  </si>
+  <si>
+    <t>THE VALSAD DISTRICT CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE URBAN CO-OPERATIVE BANK LTD.,  DHARANGAON</t>
+  </si>
+  <si>
+    <t>THE UDUPI CO-OPERATIVE TOWN BANK LTD. UDUPI</t>
+  </si>
+  <si>
+    <t>THE UDAIPUR MAHILA URBAN CO-OP.BK.LTD.</t>
+  </si>
+  <si>
+    <t>THE UDAIPUR MAHILA SAMRIDHI URBAN CO OPERATIVE BANK LTD</t>
+  </si>
+  <si>
+    <t>THE TIRUR URBAN CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE TIRUPATI CO-OPERATIVE BANK LIMITED</t>
+  </si>
+  <si>
+    <t>THE THANE-PALGHAR DISTRICT CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE TELANGANA STATE COOPERATIVE APEX BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE TAMILNADU INDUSTRIAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE TAMIL NADU STATE APEX CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE SUTEX CO-OPERATIVE BANK LTD. SURAT</t>
+  </si>
+  <si>
+    <t>THE SURAT MERCANTILE CO-OPERATIVE BANK LTD. SURAT,GUJARAT</t>
+  </si>
+  <si>
+    <t>THE SULTAN'S BATTERY CO-OPERATIVE URBAN BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE SPSR NELLORE DISTRICT CO-OPERATIVE CENTRAL BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE SIKAR KENDRIYA SAHKARI BANK LTD., SIKAR (RAJASTHAN)</t>
+  </si>
+  <si>
+    <t>THE SHRAMIK NAGRIK SAHAKARI BANK LTD., INDORE</t>
+  </si>
+  <si>
+    <t>THE SHIRPUR PEOPLE'S CO- OPERATIVE BANK LTD. SHIRPUR</t>
+  </si>
+  <si>
+    <t>THE SHAHADA PEOPLE'S CO-OPERATIVE BANK LTD. SHAHADA, DHULE</t>
+  </si>
+  <si>
+    <t>THE SABARKANTHA DISTRICT CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE RAVER PEOPLES CO-OPERATIVE BANK LTD. RAVER</t>
+  </si>
+  <si>
+    <t>THE RAILWAY EMPLOYEES' CO-OPERATIVE BANK LTD., JAIPUR</t>
+  </si>
+  <si>
+    <t>THE QUILON CO-OPERATIVE URBAN BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE PUNJAB STATE CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE PUDUKKOTTAI DISTRICT CENTRAL COOPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE PONANI CO-OPERATIVE URBAN BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE PEOPLES' URBAN CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE PAYYANUR CO-OPERATIVE TOWN BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE PANIPAT URBAN CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE PANCHMAHAL DISTRICT CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE OTTAPALAM CO-OPERATIVE URBAN BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE NILAMBUR CO-OPERATIVE URBAN BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE NASIK ROAD DEOLALI VYAPARI SAHAKARI BANK LTD., NASIK  ROAD</t>
+  </si>
+  <si>
+    <t>THE NANDURA URBAN CO-OPERATIVE BANK LTD., NANDURA</t>
+  </si>
+  <si>
+    <t>THE NANDED MERCHANTS CO-OPERATIVE BANK LTD., NANDED</t>
+  </si>
+  <si>
+    <t>THE NALGONDA DISTRICT CO-OPERATIVE CENTRAL BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE MUVATTUPUZHA URBAN CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE MUDALAGI CO-OP.BANK LTD.MUDALAGI</t>
+  </si>
+  <si>
+    <t>THE MEHSANA NAGRIK SAHAKARI BANK LTD.,MEHSANA GUJARAT</t>
+  </si>
+  <si>
+    <t>THE MATTANCHERRY SARVAJANIK CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE MANDVI NAGRIK SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE MADHYA PRADESH RAJYA SAHAKARI BANK MARYADIT</t>
+  </si>
+  <si>
+    <t>THE LATUR URBAN CO-OPERATIVE  BANK LTD., LATUR,</t>
+  </si>
+  <si>
+    <t>THE KRISHNA DISTRICT CO-OPERATIVE CENTRAL BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE KOTTAKKAL CO-OPERATIVE URBAN BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE KODUNGALLUR TOWN CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE KODINAR TALUKA CO-OPERATIVE BANKING UNION LTD.</t>
+  </si>
+  <si>
+    <t>THE KARNAVATI CO.OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE KARNATAKA STATE CO-OPERATIVE APEX BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE KANCHEEPURAM CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE KALYAN JANATA SAH.BANK LTD.KALYAN</t>
+  </si>
+  <si>
+    <t>THE KALUPUR COMM.CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE KAIRA DISTRICT CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE KADAPA DISTRICT CO OPERATIVE CENTRAL  BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE JUNAGADH JILLA SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE JAMPETA CO.OP.URBAN BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE JAMNAGAR DISTRICT CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE JAMMU AND KASHMIR STATE CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE JAIPUR CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE HYDERABAD DISTRICT COOPERATIVE CENTRAL BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE HONGKONG AND SHANGHAI BANKING CORPORATION LIMITED</t>
+  </si>
+  <si>
+    <t>THE HARYANA STATE CO-OPERATIVE APEX BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE GUNTUR DISTRICT CO-OPERATIVE CENTRAL BANK</t>
+  </si>
+  <si>
+    <t>THE GODHRA URBAN COOPERATIVE BANK LTD</t>
+  </si>
+  <si>
+    <t>THE GANDHINAGAR URBAN CO.BK LTD.G'NAGAR</t>
+  </si>
+  <si>
+    <t>THE GANDHIDHAM CO OPERATIVE BANK LTD</t>
+  </si>
+  <si>
+    <t>THE GANDHI GUNJ  CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE FINANCIAL CO-OP.BANK LTD. SURAT</t>
+  </si>
+  <si>
+    <t>THE ERODE DISTRICT CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE EENADU CO-OP.URBAN BANK LT.HYDERABAD</t>
+  </si>
+  <si>
+    <t>THE DISTRICT CO-OPERATIVE CENTRAL BANK LTD., VISAKHAPATNAM</t>
+  </si>
+  <si>
+    <t>THE DISTRICT CO-OPERATIVE CENTRAL BANK LTD., SRIKAKULAM</t>
+  </si>
+  <si>
+    <t>THE DISTRICT CO-OPERATIVE CENTRAL BANK LTD., KHAMMAM</t>
+  </si>
+  <si>
+    <t>THE DISTRICT CO-OPERATIVE CENTRAL BANK LTD., ELURU</t>
+  </si>
+  <si>
+    <t>THE DEOGIRI NAGARI SAHAKARI BANK LTD., AURANGABAD</t>
+  </si>
+  <si>
+    <t>THE DAHOD URBAN CO-OPERATIVE BANK LIMITED</t>
+  </si>
+  <si>
+    <t>THE CO-OPERATIVE BANK OF MEHASANA LTD.</t>
+  </si>
+  <si>
+    <t>THE COMMERCIAL CO-OPERATIVE BANK LTD., KOLHAPUR</t>
+  </si>
+  <si>
+    <t>THE COMMERCIAL CO-OPERATIVE BANK LTD. JAMNAGAR</t>
+  </si>
+  <si>
+    <t>THE CHOPDA PEOPLES CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE CHITTOOR DISTRICT CO-OPERATIVE CENTRAL BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE CHITNAVISPURA SAHAKARI BANK LTD., NAGPUR</t>
+  </si>
+  <si>
+    <t>THE CHIKHLI URBAN CO-OPERATIVE BANK LTD., CHIKHLI</t>
+  </si>
+  <si>
+    <t>THE CHHATTISGARH RAJYA SAHAKARI BANK MARYADIT</t>
+  </si>
+  <si>
+    <t>THE CHERPALCHERI CO-OPERATIVE URBAN BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE CHANDWAD MERCHANTS  CO-OPERATIVE BANK LTD., CHANDWAD</t>
+  </si>
+  <si>
+    <t>THE CHANDIGARH STATE CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE CALICUT CO-OPERATIVE URBAN BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE BUSINESS CO-OPERATIVE BANK MARYADIT</t>
+  </si>
+  <si>
+    <t>THE BHAVNAGAR DISTRICT CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE BHARUCH DISTRICT CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE BHARAT CO-OPERATIVE BANK (MUMBAI)LTD.</t>
+  </si>
+  <si>
+    <t>THE BHAGYALAKSHMI MAHILA SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE BARODA CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE BAPUNAGAR MAHILA CO-OP.BK.LTD.A'BAD</t>
+  </si>
+  <si>
+    <t>THE BANASKANTHA DISTRICT CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE BABASAHEB DESHMUKH SAHAKARI BANK LTD., ATPADI</t>
+  </si>
+  <si>
+    <t>THE ASSOCIATE CO-OP.BANK LTD.SURAT</t>
+  </si>
+  <si>
+    <t>THE ANNASAHEB SAVANT CO-OP. URBAN BANK MAHAD LTD.</t>
+  </si>
+  <si>
+    <t>THE ANDHRA PRADESH STATE COOPERATIVE BANK LIMITED</t>
+  </si>
+  <si>
+    <t>THE AMRELI JILLA MADHYASTH SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE AKOLA-WASHIM DISTRICT CENTRAL CO-OPERATIVE BANK LTD. AKOLA</t>
+  </si>
+  <si>
+    <t>THE AKOLA JANATA COMMERCIAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE AHMEDNAGAR SHAHAR SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE AHMEDABAD DISTRICT CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>THE AGRASEN CO-OP.URBAN BK.LTD.HYDERABAD</t>
+  </si>
+  <si>
+    <t>THE ADILABAD DISTRICT CO-OPERATIVE CENTRAL BANK LTD.</t>
+  </si>
+  <si>
+    <t>THANE BHARAT SAHAKARI BANK LTD.THANE</t>
+  </si>
+  <si>
+    <t>TEXTILE CO-OP.BANK LTD.(BANGALORE)</t>
+  </si>
+  <si>
+    <t>TEACHERS'COOP.BANK LTD.(UDIPI)</t>
+  </si>
+  <si>
+    <t>TAMLUK-GHATAL CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>TAMILNAD MERCANTILE BANK LTD</t>
+  </si>
+  <si>
+    <t>TAMIL NADU GRAMA BANK</t>
+  </si>
+  <si>
+    <t>SURYODAY SMALL FINANCE BANK LIMITED</t>
+  </si>
+  <si>
+    <t>SURAT PEOPLE'S CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>SURAT NATIONAL CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>SUNDARLAL SAWJI URBAN CO-OPERATIVE BANK LTD., JINTUR</t>
+  </si>
+  <si>
+    <t>SUCO SOUHARDA SAHAKARI BANK LTD., BELLARY</t>
+  </si>
+  <si>
+    <t>STANDARD URBAN CO-OPERATIVE BANK (AURANGABAD) LTD</t>
+  </si>
+  <si>
+    <t>SRI RAMA CO-OP.BANK LTD.(BANGALORE)</t>
+  </si>
+  <si>
+    <t>SRI GOKARNANATH CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>SRI GANAPATHI CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>SREENIDHI SOUHARDA SAHAKARI BANK NIYAMITHA, BANGALORE</t>
+  </si>
+  <si>
+    <t>SOUTH INDIAN BANK LTD</t>
+  </si>
+  <si>
+    <t>SOUTH CANARA DISTRICT CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>SONEPAT CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>SLICE SMALL FINANCE BANK LIMITED</t>
+  </si>
+  <si>
+    <t>SIVAGANGAI DISTRICT CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>SIRSI URBAN SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>SINDHUDURG DISTRICT CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>SIKKIM STATE CO-OPERATIVE BANK LIMITED, GANGTOK</t>
+  </si>
+  <si>
+    <t>SIDDHESHWAR URBAN CO- OPERATIVE BANK MARYADIT, SILLOD,AURANGABAD</t>
+  </si>
+  <si>
+    <t>SHRIRAM URBAN CO-OPERATIVE BANK LTD.,  NAGPUR</t>
+  </si>
+  <si>
+    <t>SHRI VEERSHAIV CO-OP.BANK LTD.,KOLHAPUR</t>
+  </si>
+  <si>
+    <t>SHRI SWAMI SAMARTH SAHAKARI BANK LTD., NIGHOJ, AHMEDNAGAR,</t>
+  </si>
+  <si>
+    <t>SHRI SHIVYOGIMURUGENDRA SWAMI U.CO.BK.</t>
+  </si>
+  <si>
+    <t>SHRI SHIVESHWAR NAGRI SAHAKARI  BANK LTD., BASMATNAGAR</t>
+  </si>
+  <si>
+    <t>SHRI RUKMINI SAHAKARI BANK LTD., SHRIGONDA, AHMEDNAGAR</t>
+  </si>
+  <si>
+    <t>SHRI RAJKOT DISTRICT CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>SHRI MAHILA SEWA SAH.BANK LTD.AHMEDABAD</t>
+  </si>
+  <si>
+    <t>SHRI MAHALAXMI CO-OP.BANK LTD.(KOLHAPUR)</t>
+  </si>
+  <si>
+    <t>SHRI KRISHNA CO-OPERATIVE BANK MARYADIT, UMRER, NAGPUR</t>
+  </si>
+  <si>
+    <t>SHRI KANYAKA NAGARI SAHAKARI BANK LTD., CHANDRAPUR</t>
+  </si>
+  <si>
+    <t>SHRI JANATA SAHAKARI BK.LTD.HALOL</t>
+  </si>
+  <si>
+    <t>SHRI GAJANAN NAGARI SAHAKARI BANK LTD., BEED,</t>
+  </si>
+  <si>
+    <t>SHRI D T PATIL CO-OPERATIVE BANK LTD,CHIKODI</t>
+  </si>
+  <si>
+    <t>SHRI CHHATRAPATI RAJARSHI SHAHU UCB LTD</t>
+  </si>
+  <si>
+    <t>SHRI CHHANI NAGRIK SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>SHRI ARIHANT CO-OP.BANK LTD.,BOMBAY</t>
+  </si>
+  <si>
+    <t>SHRI ANAND NAGARI SAHAKARI BANK LTD. CHANDRAPUR</t>
+  </si>
+  <si>
+    <t>SHRI ADINATH CO.OP. BANK LTD.</t>
+  </si>
+  <si>
+    <t>SHREE WARANA SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>SHREE VARDHAMAN SAHAKARI BANK LTD.BARODA</t>
+  </si>
+  <si>
+    <t>SHREE TALAJA NAGRIK SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>SHREE PANCHAGANGA NAGARI SAH.BANK LTD.</t>
+  </si>
+  <si>
+    <t>SHREE MAHUVA NAGRIK SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>SHREE MAHESH CO-OPERATIVE BANK LTD. NASHIK</t>
+  </si>
+  <si>
+    <t>SHREE MAHAVIR SAHAKARI BANK MYDT.JALGAON</t>
+  </si>
+  <si>
+    <t>SHREE KADI NAGRIK SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>SHREE GOVARDHANSINGJI RAGHUVANSHI SAHAKARI BANK LTD., NANDURBAR</t>
+  </si>
+  <si>
+    <t>SHREE DHARATI CO-OPERATIVE BANK LTD</t>
+  </si>
+  <si>
+    <t>SHIMOGA DISTRICT CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>SHILLONG CO-OP.URBAN BANK LTD</t>
+  </si>
+  <si>
+    <t>SHARAD SAHAKARI BANK LTD.(MANCHAR)</t>
+  </si>
+  <si>
+    <t>SHANKAR NAGARI SAHAKARI BANK LTD., NANDED</t>
+  </si>
+  <si>
+    <t>SEVALIA URBAN CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>SBPP CO-OPERATIVE BANK LTD</t>
+  </si>
+  <si>
+    <t>SAURASHTRA CO-OP.BANK LTD.(AHMEDABAD)</t>
+  </si>
+  <si>
+    <t>SARVODAYA SAHAKARI BANK LTD.MODASA</t>
+  </si>
+  <si>
+    <t>SARVODAYA SAHAKARI BANK LTD.(SURAT)</t>
+  </si>
+  <si>
+    <t>SARVODAYA NAGRIK SAH.BANK LTD.HIMATNAGAR</t>
+  </si>
+  <si>
+    <t>SARVODAYA COMM.CO-OP.BANK LTD.(MEHSANA)</t>
+  </si>
+  <si>
+    <t>SARDARGANJ MERCANTILE CO-OP.BK.LTD.PATAN</t>
+  </si>
+  <si>
+    <t>SARDARGANJ MERCANTILE CO-OP.BK.LTD.ANAND</t>
+  </si>
+  <si>
+    <t>SARDAR VALLABHBHAI SAH.BK.LTD.AHMEDABAD</t>
+  </si>
+  <si>
+    <t>SARDAR SINGH NAGARIK SAHAKARI BANK MARYADIT, TIKAMGARH</t>
+  </si>
+  <si>
+    <t>SARASWAT CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>SARASPUR NAGRIK CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>SARANGPUR CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>SANTRAMPUR URBAN CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>SANT SOPANKAKA SAHAKARI BANK LTD., SASWAD</t>
+  </si>
+  <si>
+    <t>SANMITRA MAHILA NAGARI SAH.BK.MT.CHANDRA</t>
+  </si>
+  <si>
+    <t>SANKHEDA NAGRIK SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>SANDUR PATTANA SAHKARI BANK NYMT.SANDUR</t>
+  </si>
+  <si>
+    <t>SAMRUDHI CO-OPERATIVE BANK LTD., NAGPUR</t>
+  </si>
+  <si>
+    <t>SAMPADA SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>SAMATA CO.OP.DEVELOPMENT BANK LTD.</t>
+  </si>
+  <si>
+    <t>SAMARTH SAHAKARI BANK MARYADIT, JALNA</t>
+  </si>
+  <si>
+    <t>SALEM DISTRICT CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>SADHANA SAHAKARI BANK LTD.(PUNE)</t>
+  </si>
+  <si>
+    <t>SADALGA URBAN SOUHARDA SAHAKARI BANK NIYAMIT</t>
+  </si>
+  <si>
+    <t>S.S.K.CO-OP.BANK LTD.(HUBLI)</t>
+  </si>
+  <si>
+    <t>RAYAT SEVAK CO-OPERATIVE BANK LTD.SATARA</t>
+  </si>
+  <si>
+    <t>RATNAGIRI DISTRICT CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>RANUJ NAGRIK SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>RANI CHANNAMMA MAHILA SAHAKARI BANK NIYAMIT,BELAGAVI.</t>
+  </si>
+  <si>
+    <t>RANEBENNUR SHRI B.URBAN CO-OP.BANK.LTD</t>
+  </si>
+  <si>
+    <t>RANDER PEOPLE'S CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>RAMRAJYA SAHAKARI BANK LTD. PUNE</t>
+  </si>
+  <si>
+    <t>RAMANATHAPURAM DISTRICT CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>RAJKOT PEOPLES CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>RAJKOT COMM CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>RAJGURUNAGAR SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>RAJASTHAN GRAMIN BANK</t>
+  </si>
+  <si>
+    <t>RAJARAM BAPU SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>RAJAPUR URBAN CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>RAJADHANI CO-OPERATIVE URBAN BANK LTD., HYDERABAD</t>
+  </si>
+  <si>
+    <t>PUNJAB GRAMIN BANK</t>
+  </si>
+  <si>
+    <t>PUNE PEOPLE'S CO-OP. BANK LTD., PUNE</t>
+  </si>
+  <si>
+    <t>PUNE DISTRICT CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>PUNE CANTONMENT SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>PUDUCHERRY GRAMA BANK</t>
+  </si>
+  <si>
+    <t>PROGRESSIVE MERCANTILE CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>PRIYADARSHANI NAGARI SAHAKARI BANK LTD., JALNA</t>
+  </si>
+  <si>
+    <t>PRIME COOPERATIVE BANK LTD</t>
+  </si>
+  <si>
+    <t>PRERANA CO-OPERATIVE BANK LTD.THAREGAON</t>
+  </si>
+  <si>
+    <t>PRATHMIK SHIKSHAK SAHAKARI BANK LTD., SATARA</t>
+  </si>
+  <si>
+    <t>PRATAP CO-OP.BANK LTD.(BOMBAY)</t>
+  </si>
+  <si>
+    <t>PRAGATI SAHAKARI BANK LTD.(BARODA)</t>
+  </si>
+  <si>
+    <t>PORBANDAR COMM.CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>POORNAWADI NAGARIK SAHAKARI BANK MARYADIT, BEED</t>
+  </si>
+  <si>
+    <t>POCHAMPALLY CO-OPERATIVE URBAN BANK LTD., POCHAMPALLY</t>
+  </si>
+  <si>
+    <t>PIMPALGAON MERCHANTS' CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>PEOPLE'S CO-OP.BANK LTD.DHOLKA</t>
+  </si>
+  <si>
+    <t>PAVANA SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>PATAN NAGRIK SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>PANIPAT CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>PANCHSHEEL MERCANTILE CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>PALUS SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>PALI URBAN CO-OP BANK LTD</t>
+  </si>
+  <si>
+    <t>PACHORA PEOPLE'S CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>OMPRAKASH DEORA PEOPLES' CO-OPERATIVE BANK LTD.,HINGOLI</t>
+  </si>
+  <si>
+    <t>NUTAN NAGRIK SAH.BANK LTD.(AHMEDABAD)</t>
+  </si>
+  <si>
+    <t>NKGSB CO-OP. BANK LTD.</t>
+  </si>
+  <si>
+    <t>NILGIRIS CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>NIDHI CO-OP.BANK LTD. AHMEDABAD</t>
+  </si>
+  <si>
+    <t>NEW URBAN COOP BANK LTD RAMPUR</t>
+  </si>
+  <si>
+    <t>NAWANAGAR CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>NAVSARJAN INDUSTRIAL CO-OPERATIVE BANK LIMITED</t>
+  </si>
+  <si>
+    <t>NAVNIRMAN CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>NAVI MUMBAI CO-OPERATIVE BANK LTD.VASHI</t>
+  </si>
+  <si>
+    <t>NAVANAGARA URBAN CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>NAVAL DOCKYARD CO-OP.BANK LTD.(BOMBAY)</t>
+  </si>
+  <si>
+    <t>NAV JEEVAN CO-OP.BANK MYDT.ULHASNAGAR</t>
+  </si>
+  <si>
+    <t>NATIONAL CO-OP.BANK LTD.(BOMBAY)</t>
+  </si>
+  <si>
+    <t>NASIK MERCHANTS' CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>NASHIK ZILHA SARKARI &amp; PARISHAD KARMACHARI SAHAKARI BANK NIYAMIT, NASHIK</t>
+  </si>
+  <si>
+    <t>NARODA NAGRIK CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>NANDURBAR MERCHANTS, CO-OP BANK LTD</t>
+  </si>
+  <si>
+    <t>NANDANI SAHAKARI BANK LTD.NANDANI</t>
+  </si>
+  <si>
+    <t>NAGRIK SAHAKARI BANK MARYADIT, VIDISHA</t>
+  </si>
+  <si>
+    <t>NAGRIK SAHAKARI BANK MARYADIT, DURG</t>
+  </si>
+  <si>
+    <t>NAGPUR NAGARIK SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>NAGARIK SAHAKARI BANK MARYADIT, GWALIOR</t>
+  </si>
+  <si>
+    <t>NADIA DISTRICT CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>MYSORE DISTRICT CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>MUSLIM CO-OPERATIVE BANK LTD.(PUNE)</t>
+  </si>
+  <si>
+    <t>MUNICIPAL CO-OP.BANK LTD.(BOMBAY)</t>
+  </si>
+  <si>
+    <t>MUMBAI MAHANAGARPALIKA SHIKSHAN V.SAH.BK</t>
+  </si>
+  <si>
+    <t>MUGBERIA CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>MOUNT NAGRIK SAHAKARI BANK LIMITED</t>
+  </si>
+  <si>
+    <t>MODEL CO-OPERATIVE BANK LTD. MUMBAI</t>
+  </si>
+  <si>
+    <t>MODASA NAGRIK SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>MIZORAM RURAL BANK</t>
+  </si>
+  <si>
+    <t>MERCHANTS'CO-OP.BANK LTD.(TIPTUR)</t>
+  </si>
+  <si>
+    <t>MEGALAYA RURAL BANK</t>
+  </si>
+  <si>
+    <t>MARATHA CO-OPERATIVE BANK LTD.,BELGAUM</t>
+  </si>
+  <si>
+    <t>MANVI PATTANA SOUHARDA SAH. BANK NYMT.</t>
+  </si>
+  <si>
+    <t>MANN DESHI MAHILA SAHAKARI BANK LIMITED, MHASWAD</t>
+  </si>
+  <si>
+    <t>MANIPUR RURAL BANK</t>
+  </si>
+  <si>
+    <t>MANGALORE CO-OP.TOWN BANK LTD</t>
+  </si>
+  <si>
+    <t>MANGALORE CATHOLIC CO-OP.BANK LTD</t>
+  </si>
+  <si>
+    <t>MANASING CO.OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>MALVIYA URBAN CO-OP. BANK LTD. JAIPUR</t>
+  </si>
+  <si>
+    <t>MALAD SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>MAKARPURA INDL.ESTATE.CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>MAHILA NAGRIK SAHAKARI BANK MARYADIT, MAHASAMUND</t>
+  </si>
+  <si>
+    <t>MAHESH URBAN CO-OPERATIVE BANK LTD. PARBHANI</t>
+  </si>
+  <si>
+    <t>MAHESH URBAN CO-OPERATIVE BANK LTD</t>
+  </si>
+  <si>
+    <t>MAHESH SAHAKARI BANK LTD.PUNE</t>
+  </si>
+  <si>
+    <t>MAHARAJA CO-OPERATIVE URBAN BANK LTD., VISAKHAPATNAM</t>
+  </si>
+  <si>
+    <t>MAHANAGAR NAGARIK SAHAKARI BANK MARYADIT, BAIRAGARH, BHOPAL</t>
+  </si>
+  <si>
+    <t>MAHALAKSHMI CO-OP.BANK LTD.(UDIPI)</t>
+  </si>
+  <si>
+    <t>MAH.MANTRALAYA CO-OP BANK LTD.</t>
+  </si>
+  <si>
+    <t>MADURAI DISTRICT CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>M.S. CO-OPERATIVE BANK LTD. VADODARA</t>
+  </si>
+  <si>
+    <t>LUNAWADA PEOPLE'S CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>LONAWALA SAHAKARI BANK MYDT. LONAWALA</t>
+  </si>
+  <si>
+    <t>LOKVIKAS NAGARI SAHAKARI BANK LIMITED, CHHATRAPATI SAMBHAJINAGAR</t>
+  </si>
+  <si>
+    <t>LOKNETE DATTAJI PATIL SAHAKARI BANK LTD., LASALGAON</t>
+  </si>
+  <si>
+    <t>LIC EMPLOYEES' CO-OPERATIVE BANK LTD., UDUPI</t>
+  </si>
+  <si>
+    <t>LAXMI URBAN CO.OP. BANK LTD.</t>
+  </si>
+  <si>
+    <t>LASALGAON MERCHANTS' CO-OPERATIVE BANK LTD., LASALGAON</t>
+  </si>
+  <si>
+    <t>LALA URBAN CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>LAKHIMPUR URBAN CO-OP. BANK LTD., LAKHIMPUR-KHIRI</t>
+  </si>
+  <si>
+    <t>KURUNDWAD URBAN CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>KURUKSHETRA CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>KUMBAKONAM CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>KUKARWADA NAGRIK SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>KRISHNA URBAN CO-OPERATIVE BANK LTD.KAIJ</t>
+  </si>
+  <si>
+    <t>KRISHNA SAHAKARI BANK LIMITED.,RETHARE BUDRUK</t>
+  </si>
+  <si>
+    <t>KRISHNA BHIMA SAMRUDDHI LAB LTD.</t>
+  </si>
+  <si>
+    <t>KRANTI CO.OP.URBAN BANK LTD.</t>
+  </si>
+  <si>
+    <t>KOYANA SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>KOTA NAGRIK SAHAKARI BANK LTD</t>
+  </si>
+  <si>
+    <t>KOPERGAON PEOPLE'S CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>KOLHAPUR MAHILA SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>KOLAR DISTRICT CENTRAL CO-OPERTIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>KOKAN MERCANTILE CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>KOILKUNTLA CO-OP.TOWN BANK LTD.</t>
+  </si>
+  <si>
+    <t>KODAGU DISTRICT CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>KHATTRI CO-OP.URBAN BANK LTD.,NEW DELHI</t>
+  </si>
+  <si>
+    <t>KHARDAH CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>KERALA GRAMEENA BANK</t>
+  </si>
+  <si>
+    <t>KARUR VYSYA BANK LTD</t>
+  </si>
+  <si>
+    <t>KARNATAKA GRAMEENA BANK</t>
+  </si>
+  <si>
+    <t>KARNATAKA CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>KARAD URBAN CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>KANYAKUMARI DISTRICT CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>KANKARIA MANINAGAR NAGRIK SAH.BANK LTD.</t>
+  </si>
+  <si>
+    <t>KANARA DISTRICT CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>KALLAPPANNA AWADE ICHALKARANJI JANATA SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>JUNAGADH COMM.CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>JUGALKISHOR TAPDIYA SHREE MAHESH URBAN CO-OP.BANK AURANGABAD LTD.</t>
+  </si>
+  <si>
+    <t>JOGINDRA CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>JODHPUR NAGRIK SAHKARI BANK LTD., JODHPUR</t>
+  </si>
+  <si>
+    <t>JIVAN COMM.CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>JIND CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>JILLA SAHAKARI KENDRIYA BANK MARYADIT, RAJANANDGAON</t>
+  </si>
+  <si>
+    <t>JILLA SAHAKARI KENDRIYA BANK MARYADIT, RAIPUR</t>
+  </si>
+  <si>
+    <t>JILLA SAHAKARI KENDRIYA BANK MARYADIT, KHARGONE</t>
+  </si>
+  <si>
+    <t>JILLA SAHAKARI KENDRIYA BANK MARYADIT, JAGDALPUR</t>
+  </si>
+  <si>
+    <t>JILLA SAHAKARI KENDRIYA BANK MARYADIT, DURG</t>
+  </si>
+  <si>
+    <t>JIJAMATA MAHILA SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>JHARKHAND GRAMIN BANK</t>
+  </si>
+  <si>
+    <t>JHAJJAR CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>JANATHA SEVA CO-OP.BANK LTD.(BANGALORE)</t>
+  </si>
+  <si>
+    <t>JANATA SAHAKARI BANK LTD.(POONA)</t>
+  </si>
+  <si>
+    <t>JANATA SAHAKARI BANK LTD.(AJRA)</t>
+  </si>
+  <si>
+    <t>JANASEVA SAHAKARI BANK LTD.(PUNE)</t>
+  </si>
+  <si>
+    <t>JANAKALYAN SAHAKARI BANK LTD.(BOMBAY)</t>
+  </si>
+  <si>
+    <t>JAMNAGAR PEOPLES CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>JAMMU AND KASHMIR GRAMEEN BANK</t>
+  </si>
+  <si>
+    <t>JAMMU &amp; KASHMIR BANK LTD</t>
+  </si>
+  <si>
+    <t>JAMKHANDI URBAN CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>JAMIA CO-OPERATIVE BANK LTD, NEW DELHI</t>
+  </si>
+  <si>
+    <t>JALORE NAGRIK SAHAKARI BANK</t>
+  </si>
+  <si>
+    <t>JALNA MERCHANTS CO-OP BANK LTD.</t>
+  </si>
+  <si>
+    <t>JALGAON PEOPLE'S CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>JAIN SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>INDUSIND BANK LTD</t>
+  </si>
+  <si>
+    <t>INDRAYANI CO-OPERATIVE BANK LTD.PIMPRI</t>
+  </si>
+  <si>
+    <t>INDRAPRASTHA SAHKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>INDORE PARASPAR SAHAKARI BANK LTD., INDORE -2</t>
+  </si>
+  <si>
+    <t>INDORE CLOTH MARKET CO-OPERATIVE BANK LTD., INDORE</t>
+  </si>
+  <si>
+    <t>INCOME TAX DEPT.CO-OP.BANK LTD.(BOMBAY)</t>
+  </si>
+  <si>
+    <t>IDBI BANK LIMITED</t>
+  </si>
+  <si>
+    <t>IDAR NAGRIK SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>ICICI BANK LIMITED</t>
+  </si>
+  <si>
+    <t>HUTATMA SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>HOOGLY DISTRICT CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>HONAVAR URBAN CO-OP.BANK LTD</t>
+  </si>
+  <si>
+    <t>HIMATNAGAR NAGRIK SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>HIMACHAL PRADESH GRAMIN BANK</t>
+  </si>
+  <si>
+    <t>HASTI CO-OPERATIVE BANK LTD.DONDAICHA</t>
+  </si>
+  <si>
+    <t>HARYANA GRAMIN BANK</t>
+  </si>
+  <si>
+    <t>GUNTUR CO-OP.URBAN BANK LTD.</t>
+  </si>
+  <si>
+    <t>GUJARAT STATE CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>GUJARAT GRAMIN BANK</t>
+  </si>
+  <si>
+    <t>GUJARAT AMBUJA CO-OP.BANK LTD.AHMEDABAD</t>
+  </si>
+  <si>
+    <t>GUARDIAN SOUHARDA SAHAKARI BANK NYMT.</t>
+  </si>
+  <si>
+    <t>GS MAHANAGAR CO-OPERATIVE BANK LTD., MUMBAI</t>
+  </si>
+  <si>
+    <t>GREATER BOMBAY CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>GRAIN MERCHANTS' CO-OP.BANK LTD</t>
+  </si>
+  <si>
+    <t>GP PARSIK SAHAKARI BANK LTD.,KALWA,THANE</t>
+  </si>
+  <si>
+    <t>GODAVARI URBAN CO-OP BANK LTD</t>
+  </si>
+  <si>
+    <t>GOA URBAN CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>GAUTAM SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>GANDHINAGAR NAGRIK CO-OP BANK LTD.</t>
+  </si>
+  <si>
+    <t>GANDHIDHAM MERCANTILE COOP BANK LTD</t>
+  </si>
+  <si>
+    <t>GANDEVI PEOPLES CO-OP BANK LTD.</t>
+  </si>
+  <si>
+    <t>FINGROWTH CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>FEDERAL BANK LTD</t>
+  </si>
+  <si>
+    <t>ESAF SMALL FINANCE BANK LIMITED</t>
+  </si>
+  <si>
+    <t>ELURI CO-OP.URBAN BANK LTD. GUNTUR</t>
+  </si>
+  <si>
+    <t>DURGAPUR STEEL PEOPLES' CO.OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>DOMBIVALI NAGARI SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>DOHA BANK Q.P.S.C.</t>
+  </si>
+  <si>
+    <t>DINDIGUL CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>DHARAMPURI DISTRICT CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>DHANLAXMI BANK LIMITED</t>
+  </si>
+  <si>
+    <t>DHANERA MERCANTILE CO-OP.BK.LTD.DHANERA</t>
+  </si>
+  <si>
+    <t>DHANBAD CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>DEENDAYAL NAGARI SAHAKARI BANK MARYADIT</t>
+  </si>
+  <si>
+    <t>DAVANGERE URBAN CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>DAVANGERE HARIHAR URBAN CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>DAVANAGERE CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>DAUSA URBAN CO.OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>DATTATRAYMAHARAJ KALAMBE JAOLI SAH.BK L.</t>
+  </si>
+  <si>
+    <t>DAPOLI URBAN CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>DAHOD MERCANTILE CO-OP.BANK LTD</t>
+  </si>
+  <si>
+    <t>CUDDALORE DISTRICT CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>CSB BANK LIMITED</t>
+  </si>
+  <si>
+    <t>COSMOS CO-OPERATIVE BANK LTD.PUNE</t>
+  </si>
+  <si>
+    <t>CO-OP.BANK OF RAJKOT LTD.</t>
+  </si>
+  <si>
+    <t>CONTAI CO-OP.BANK LTD</t>
+  </si>
+  <si>
+    <t>COL. R. D. NIKAM SAINIK SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>COIMBATORE DISTRICT CENTRAL CO-OPERTIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>COASTAL  LOCAL  AREA  BANK  LTD.</t>
+  </si>
+  <si>
+    <t>CITY UNION BANK LIMITED</t>
+  </si>
+  <si>
+    <t>CITIZENS CO-OP.BANK LTD.(RAJKOT)</t>
+  </si>
+  <si>
+    <t>CITIZENCREDIT CO-OPERATIVE BANK LTD., MUMBAI</t>
+  </si>
+  <si>
+    <t>CHITRADURG DISTRICT CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>CHIPLUN URBAN CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>CHIKMAGALUR DIST.COOP CENTRAL BK LTD.</t>
+  </si>
+  <si>
+    <t>CHHAPI NAGRIK SAHAKARI BANK LTD</t>
+  </si>
+  <si>
+    <t>CHENNAI CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>CHANASMA NAGRIK SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>BRAHMAPURI URBAN CO.OP. BANK LTD.</t>
+  </si>
+  <si>
+    <t>BOMBAY MERCANTILE CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>BIKANER CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>BIHAR GRAMIN BANK</t>
+  </si>
+  <si>
+    <t>BICHOLIM URBAN CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>BHUJ MERCANTILE CO-OP BANK LTD</t>
+  </si>
+  <si>
+    <t>BHUJ COMMERCIAL CO-OP.BANK LTD</t>
+  </si>
+  <si>
+    <t>BHIWANI CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>BHILWARA URBAN CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>BHAVANI URBAN CO-OP BANK LTD</t>
+  </si>
+  <si>
+    <t>BHAVANA RISHI CO-OP URBAN BANK LTD.</t>
+  </si>
+  <si>
+    <t>BHARATI SAHAKARI BANK LTD.(POONA)</t>
+  </si>
+  <si>
+    <t>BHANDARA URBAN CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>BHAGYODOYA CO-OP.BANK LTD</t>
+  </si>
+  <si>
+    <t>BHAGINI NIVEDITA SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>BHADRADRI CO.OP.URBAN BANK LTD.</t>
+  </si>
+  <si>
+    <t>BELLARY DISTRICT CENTRAL CO-OP.BANK</t>
+  </si>
+  <si>
+    <t>BELGAUM DISTRICT CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>BAVLA NAGRIK SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>BASSEIN CATHOLIC CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>BASODA NAGRIK SAHAKARI BANK LTD., GANJ BASODA</t>
+  </si>
+  <si>
+    <t>BARODA CITY CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>BARDOLI NAGRIK SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>BARAN NAGRIK SAHKARI BANK LTD</t>
+  </si>
+  <si>
+    <t>BANK OF BAHRAIN &amp; KUWAIT B.S.C.</t>
+  </si>
+  <si>
+    <t>BANGALORE CITY CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>BANASKANTHA MERCANTILE CO-OP.BANK LTD</t>
+  </si>
+  <si>
+    <t>BALUSSERI CO-OPERATIVE URBAN BANK LTD.</t>
+  </si>
+  <si>
+    <t>BALOTRA URBAN CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>BALITIKURI CO-OP.BANK LTD</t>
+  </si>
+  <si>
+    <t>BALASINOR NAGRIK SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>AXIS BANK LIMITED</t>
+  </si>
+  <si>
+    <t>ASSAM GRAMIN BANK</t>
+  </si>
+  <si>
+    <t>ASHTA PEOPLE'S CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>ARVIND SAHAKARI BANK LTD., KATOL, NAGPUR</t>
+  </si>
+  <si>
+    <t>ARUNACHAL PRADESH RURAL BANK</t>
+  </si>
+  <si>
+    <t>ARIHANT URBAN CO-OPERATIVE BANK LTD., INDORE</t>
+  </si>
+  <si>
+    <t>APPASAHEB BIRNALE SAHAKARI BANK LTD., DUDHGAON</t>
+  </si>
+  <si>
+    <t>ANDHRA PRADESH MAHESH CO-OPERATIVE URBAN BANK LTD., HYDERABAD</t>
+  </si>
+  <si>
+    <t>ANDHRA PRADESH GRAMEENA BANK</t>
+  </si>
+  <si>
+    <t>ANAND MERCANTILE CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>AMRELI NAGRIK SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>AMBERNATH JAI HIND CO-OP.BANK LTD.,AMBERNATH</t>
+  </si>
+  <si>
+    <t>AMBAJOGAI PEOPLES' CO-OP BANK MYDT</t>
+  </si>
+  <si>
+    <t>ALAVI CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>AKOLA URBAN CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>AKHAND ANAND CO-OP.BANK LTD. SURAT</t>
+  </si>
+  <si>
+    <t>AJRA URBAN CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>AHMEDNAGAR MERCHANTS CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>AHMEDNAGAR DISTRICT CENTRAL CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>AHMEDABAD MERCANTILE CO-OP.BANK LTD.</t>
+  </si>
+  <si>
+    <t>AHILYANAGAR ZILLA PRATHAMIK SHIKSHAK SAHAKARI BANK LTD., AHILYANAGAR</t>
+  </si>
+  <si>
+    <t>ADARSH CO-OP URBAN BANK LTD.</t>
+  </si>
+  <si>
+    <t>ADARNIYA P. D. PATILSAHEB SAHAKARI BANK LTD. KARAD</t>
+  </si>
+  <si>
+    <t>ABHYUDAYA CO-OP. BANK LTD., MUMBAI</t>
+  </si>
+  <si>
+    <t>ABHINAV SAHAKARI BANK LTD.</t>
+  </si>
+  <si>
+    <t>ABHINANDAN URBAN CO-OP.BK.LTD.AMARAVATI</t>
+  </si>
+  <si>
+    <t>A/C.GENERALS'OFF.CO-OP.BANK,BANGALORE</t>
+  </si>
+  <si>
+    <t>A.P.VARDHAMAN(MAHILA) CO-OP.URBAN BK</t>
+  </si>
+  <si>
+    <t>No. of active customers using mobile banking</t>
+  </si>
+  <si>
+    <t>Value 
+(in 000's)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Volume
+(in actuals)</t>
+  </si>
+  <si>
+    <t>Bank Name</t>
+  </si>
+  <si>
+    <t>Sr.
+No</t>
+  </si>
+  <si>
+    <t>Bank-wise Mobile Banking Statistics for the month of January 2026</t>
+  </si>
+  <si>
+    <t>Active customers - Number of customers who have used internet banking facility at least once in 2 months (i.e. reporting month and previous month) to carry out a financial transaction. Even if a customer has done multiple transactions during the period, it is counted as one.</t>
+  </si>
+  <si>
+    <t>NOTE: The data is provisional</t>
+  </si>
+  <si>
+    <t>TOTAL</t>
+  </si>
+  <si>
+    <t>QATAR NATIONAL BANK (Q.P.S.C)</t>
+  </si>
+  <si>
+    <t>PILIBHIT DISTRICT CO-OPERATIVE BANK LTD.</t>
+  </si>
+  <si>
+    <t>ODISHA GRAMEEN BANK</t>
+  </si>
+  <si>
+    <t>MIZUHO BANK LTD</t>
+  </si>
+  <si>
+    <t>MADHYA PRADESH GRAMIN BANK</t>
+  </si>
+  <si>
+    <t>JPMORGAN CHASE BANK NATIONAL ASSOCIATION</t>
+  </si>
+  <si>
+    <t>INDUSTRIAL AND COMMERCIAL BANK OF CHINA</t>
+  </si>
+  <si>
+    <t>EMIRATES NBD BANK (P.J.S.C.)</t>
+  </si>
+  <si>
+    <t>CHHATTISGARH GRAMIN BANK</t>
+  </si>
+  <si>
+    <t>BANK OF AMERICA , NATIONAL ASSOCIATION</t>
+  </si>
+  <si>
+    <t>No. of active customers using internet banking</t>
+  </si>
+  <si>
+    <t>Value
+(in Rs'000)</t>
+  </si>
+  <si>
+    <t>Volume
+(in actuals)</t>
+  </si>
+  <si>
+    <t>Bank</t>
+  </si>
+  <si>
+    <t>Bank-wise Internet Banking Statistics for the month of January 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="9" x14ac:knownFonts="1">
+  <numFmts count="2">
+    <numFmt numFmtId="164" formatCode="0.000"/>
+    <numFmt numFmtId="165" formatCode="0.0000"/>
+  </numFmts>
+  <fonts count="22" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
+      <sz val="9"/>
+      <color rgb="FF000000"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
+      <color rgb="FF000000"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="9"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="9"/>
+      <color rgb="FF333333"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="9"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="8"/>
+      <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
+      <color rgb="FF000000"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
+      <color indexed="8"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="10"/>
+      <color indexed="8"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color rgb="FF333333"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="10"/>
+      <color rgb="FF333333"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="10"/>
+      <color rgb="FF000000"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="10"/>
+      <color theme="1" tint="4.9989318521683403E-2"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="10"/>
+      <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <b/>
-      <sz val="8"/>
+      <sz val="10"/>
+      <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0"/>
+        <fgColor rgb="FFFFFFFF"/>
         <bgColor rgb="FFFFFFFF"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="8">
+  <borders count="5">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
-      <diagonal/>
-[...35 lines deleted...]
-      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color indexed="64"/>
+        <color rgb="FF000000"/>
       </left>
       <right style="thin">
-        <color indexed="64"/>
+        <color rgb="FF000000"/>
       </right>
       <top style="thin">
-        <color indexed="64"/>
+        <color rgb="FFCAC9D9"/>
       </top>
-      <bottom/>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color indexed="64"/>
+        <color rgb="FF000000"/>
       </left>
       <right style="thin">
-        <color indexed="64"/>
+        <color rgb="FF000000"/>
       </right>
-      <top/>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
       <bottom style="thin">
-        <color indexed="64"/>
+        <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left/>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
       <right style="thin">
-        <color indexed="64"/>
+        <color rgb="FF000000"/>
       </right>
       <top/>
       <bottom style="thin">
-        <color indexed="64"/>
+        <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="4">
+  <cellStyleXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="31">
+  <cellXfs count="71">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="2" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="2" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="3"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="3" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="10" fillId="0" borderId="1" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="4" fillId="0" borderId="1" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="3" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="3" applyFont="1"/>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="8" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="8" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="1" fontId="16" fillId="2" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="16" fillId="2" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="15" fillId="2" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="15" fillId="2" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="15" fillId="2" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="2" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="6" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="15" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="1" fontId="15" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="1" fontId="15" fillId="2" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="15" fillId="2" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="15" fillId="2" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="2" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="7" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="15" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="15" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="15" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="6" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="18" fillId="3" borderId="1" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="3" borderId="1" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="2" fontId="6" fillId="0" borderId="7" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="3" borderId="1" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="7" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="21" fillId="3" borderId="0" xfId="6" applyFont="1" applyFill="1"/>
+    <xf numFmtId="165" fontId="21" fillId="3" borderId="0" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="1" fontId="21" fillId="3" borderId="0" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="2" fontId="21" fillId="3" borderId="0" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="1" fontId="19" fillId="3" borderId="1" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="19" fillId="3" borderId="1" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="1" fontId="21" fillId="0" borderId="1" xfId="6" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
     </xf>
-    <xf numFmtId="2" fontId="7" fillId="0" borderId="7" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    <xf numFmtId="2" fontId="21" fillId="0" borderId="1" xfId="6" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
-      <alignment wrapText="1"/>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="1" xfId="6" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment horizontal="left"/>
+    <xf numFmtId="0" fontId="21" fillId="3" borderId="1" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="4" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="6" applyFont="1"/>
+    <xf numFmtId="1" fontId="12" fillId="0" borderId="1" xfId="6" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="12" fillId="0" borderId="1" xfId="6" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="6" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="3" borderId="0" xfId="6" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="3" fillId="3" borderId="4" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="3" fillId="3" borderId="4" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="20" fillId="3" borderId="1" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="3" fillId="3" borderId="4" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="3" borderId="1" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="12" fillId="3" borderId="1" xfId="4" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="12" fillId="3" borderId="1" xfId="4" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="3" borderId="1" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="3" borderId="1" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="justify"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="3" borderId="1" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="3" borderId="1" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="4" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...24 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1"/>
   </cellXfs>
-  <cellStyles count="4">
+  <cellStyles count="7">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{2E2B08C6-A112-4EDD-ADBD-B42C2141FB0D}"/>
     <cellStyle name="Normal 2 2" xfId="2" xr:uid="{954E995B-36B1-4BF1-919B-B30D759BB02B}"/>
+    <cellStyle name="Normal 2 3 2" xfId="4" xr:uid="{B6553D10-FD55-4346-B6D8-30C326B058AC}"/>
     <cellStyle name="Normal 3" xfId="3" xr:uid="{A43E5D83-57D0-46F7-A5C4-F950C8E55AD9}"/>
+    <cellStyle name="Normal 3 2" xfId="6" xr:uid="{0BD79239-A125-4305-8746-ED8B83B3806B}"/>
+    <cellStyle name="Normal 5 3" xfId="5" xr:uid="{476A0966-0383-48A8-8588-B0CAD81AD7A2}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1920,17739 +3819,30362 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
+<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C8674394-61A4-4A0B-802E-61C86BE0E4F4}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B2:G237"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
-      <selection activeCell="B2" sqref="B2:G2"/>
+      <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="4.140625" style="2" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="8" max="16384" width="9.140625" style="2"/>
+    <col min="1" max="1" width="4.140625" style="7" customWidth="1"/>
+    <col min="2" max="2" width="6" style="17" customWidth="1"/>
+    <col min="3" max="3" width="60.140625" style="7" customWidth="1"/>
+    <col min="4" max="4" width="17.28515625" style="7" customWidth="1"/>
+    <col min="5" max="5" width="18" style="7" customWidth="1"/>
+    <col min="6" max="6" width="18.140625" style="7" customWidth="1"/>
+    <col min="7" max="7" width="17.7109375" style="7" customWidth="1"/>
+    <col min="8" max="16384" width="9.140625" style="7"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B2" s="3" t="s">
+    <row r="2" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B2" s="59" t="s">
         <v>253</v>
       </c>
-      <c r="C2" s="4"/>
-[...6 lines deleted...]
-      <c r="B3" s="6" t="s">
+      <c r="C2" s="59"/>
+      <c r="D2" s="59"/>
+      <c r="E2" s="59"/>
+      <c r="F2" s="59"/>
+      <c r="G2" s="59"/>
+    </row>
+    <row r="3" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B3" s="59" t="s">
         <v>1</v>
       </c>
-      <c r="C3" s="6" t="s">
+      <c r="C3" s="59" t="s">
         <v>254</v>
       </c>
-      <c r="D3" s="3" t="s">
+      <c r="D3" s="59" t="s">
         <v>255</v>
       </c>
-      <c r="E3" s="5"/>
-      <c r="F3" s="3" t="s">
+      <c r="E3" s="59"/>
+      <c r="F3" s="59" t="s">
         <v>256</v>
       </c>
-      <c r="G3" s="5"/>
-[...4 lines deleted...]
-      <c r="D4" s="8" t="s">
+      <c r="G3" s="59"/>
+    </row>
+    <row r="4" spans="2:7" ht="24" x14ac:dyDescent="0.25">
+      <c r="B4" s="59"/>
+      <c r="C4" s="59"/>
+      <c r="D4" s="9" t="s">
         <v>257</v>
       </c>
-      <c r="E4" s="8" t="s">
+      <c r="E4" s="9" t="s">
         <v>258</v>
       </c>
-      <c r="F4" s="8" t="s">
+      <c r="F4" s="9" t="s">
         <v>259</v>
       </c>
-      <c r="G4" s="8" t="s">
+      <c r="G4" s="9" t="s">
         <v>258</v>
       </c>
     </row>
-    <row r="5" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B5" s="9">
+    <row r="5" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B5" s="16">
         <v>1</v>
       </c>
       <c r="C5" s="10" t="s">
         <v>260</v>
       </c>
       <c r="D5" s="11">
         <v>416372</v>
       </c>
       <c r="E5" s="12">
         <v>875.36</v>
       </c>
       <c r="F5" s="11">
         <v>112459</v>
       </c>
       <c r="G5" s="12">
         <v>438.72</v>
       </c>
     </row>
-    <row r="6" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B6" s="9">
+    <row r="6" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B6" s="16">
         <v>2</v>
       </c>
       <c r="C6" s="10" t="s">
         <v>261</v>
       </c>
       <c r="D6" s="11">
         <v>85142</v>
       </c>
       <c r="E6" s="12">
         <v>492.81</v>
       </c>
       <c r="F6" s="11">
         <v>50749</v>
       </c>
       <c r="G6" s="12">
         <v>640.32000000000005</v>
       </c>
     </row>
-    <row r="7" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B7" s="9">
+    <row r="7" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B7" s="16">
         <v>3</v>
       </c>
       <c r="C7" s="10" t="s">
         <v>262</v>
       </c>
       <c r="D7" s="11">
         <v>34056</v>
       </c>
       <c r="E7" s="12">
         <v>240.19</v>
       </c>
       <c r="F7" s="11">
         <v>24165</v>
       </c>
       <c r="G7" s="12">
         <v>146.88999999999999</v>
       </c>
     </row>
-    <row r="8" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B8" s="9">
+    <row r="8" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B8" s="16">
         <v>4</v>
       </c>
       <c r="C8" s="10" t="s">
         <v>263</v>
       </c>
       <c r="D8" s="11">
         <v>5771636</v>
       </c>
       <c r="E8" s="12">
         <v>3464.03</v>
       </c>
       <c r="F8" s="11">
         <v>1714856</v>
       </c>
       <c r="G8" s="12">
         <v>29482.75</v>
       </c>
     </row>
-    <row r="9" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B9" s="9">
+    <row r="9" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B9" s="16">
         <v>5</v>
       </c>
       <c r="C9" s="10" t="s">
         <v>264</v>
       </c>
       <c r="D9" s="11">
         <v>95181</v>
       </c>
       <c r="E9" s="12">
         <v>295.57</v>
       </c>
       <c r="F9" s="11">
         <v>20505</v>
       </c>
       <c r="G9" s="12">
         <v>111.7</v>
       </c>
     </row>
-    <row r="10" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B10" s="9">
+    <row r="10" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B10" s="16">
         <v>6</v>
       </c>
       <c r="C10" s="10" t="s">
         <v>265</v>
       </c>
       <c r="D10" s="11">
         <v>41633</v>
       </c>
       <c r="E10" s="12">
         <v>170.99</v>
       </c>
       <c r="F10" s="11">
         <v>19714</v>
       </c>
       <c r="G10" s="12">
         <v>148.47999999999999</v>
       </c>
     </row>
-    <row r="11" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B11" s="9">
+    <row r="11" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B11" s="16">
         <v>7</v>
       </c>
       <c r="C11" s="10" t="s">
         <v>266</v>
       </c>
       <c r="D11" s="11">
         <v>54451</v>
       </c>
       <c r="E11" s="12">
         <v>146.6</v>
       </c>
       <c r="F11" s="11">
         <v>15966</v>
       </c>
       <c r="G11" s="12">
         <v>69.37</v>
       </c>
     </row>
-    <row r="12" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B12" s="9">
+    <row r="12" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B12" s="16">
         <v>8</v>
       </c>
       <c r="C12" s="10" t="s">
         <v>267</v>
       </c>
       <c r="D12" s="11">
         <v>35075</v>
       </c>
       <c r="E12" s="12">
         <v>58.08</v>
       </c>
       <c r="F12" s="11">
         <v>3272</v>
       </c>
       <c r="G12" s="12">
         <v>89.87</v>
       </c>
     </row>
-    <row r="13" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B13" s="9">
+    <row r="13" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B13" s="16">
         <v>9</v>
       </c>
       <c r="C13" s="10" t="s">
         <v>268</v>
       </c>
       <c r="D13" s="11">
         <v>18553</v>
       </c>
       <c r="E13" s="12">
         <v>5338.28</v>
       </c>
       <c r="F13" s="11">
         <v>35471</v>
       </c>
       <c r="G13" s="12">
         <v>2964.57</v>
       </c>
     </row>
-    <row r="14" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B14" s="9">
+    <row r="14" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B14" s="16">
         <v>10</v>
       </c>
       <c r="C14" s="10" t="s">
         <v>269</v>
       </c>
       <c r="D14" s="11">
         <v>167937</v>
       </c>
       <c r="E14" s="12">
         <v>321.35000000000002</v>
       </c>
       <c r="F14" s="11">
         <v>14023</v>
       </c>
       <c r="G14" s="12">
         <v>60.98</v>
       </c>
     </row>
-    <row r="15" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B15" s="9">
+    <row r="15" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B15" s="16">
         <v>11</v>
       </c>
       <c r="C15" s="10" t="s">
         <v>270</v>
       </c>
       <c r="D15" s="11">
         <v>13607</v>
       </c>
       <c r="E15" s="12">
         <v>45.38</v>
       </c>
       <c r="F15" s="11">
         <v>7119</v>
       </c>
       <c r="G15" s="12">
         <v>90.92</v>
       </c>
     </row>
-    <row r="16" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B16" s="9">
+    <row r="16" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B16" s="16">
         <v>12</v>
       </c>
       <c r="C16" s="10" t="s">
         <v>19</v>
       </c>
       <c r="D16" s="11">
         <v>3193147</v>
       </c>
       <c r="E16" s="12">
         <v>14910.48</v>
       </c>
       <c r="F16" s="11">
         <v>1906019</v>
       </c>
       <c r="G16" s="12">
         <v>16160.76</v>
       </c>
     </row>
-    <row r="17" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B17" s="9">
+    <row r="17" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B17" s="16">
         <v>13</v>
       </c>
       <c r="C17" s="10" t="s">
         <v>21</v>
       </c>
       <c r="D17" s="11">
         <v>24955962</v>
       </c>
       <c r="E17" s="12">
         <v>393474.19</v>
       </c>
       <c r="F17" s="11">
         <v>304573954</v>
       </c>
       <c r="G17" s="12">
         <v>468873.41</v>
       </c>
     </row>
-    <row r="18" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B18" s="9">
+    <row r="18" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B18" s="16">
         <v>14</v>
       </c>
       <c r="C18" s="10" t="s">
         <v>271</v>
       </c>
       <c r="D18" s="11">
         <v>113351</v>
       </c>
       <c r="E18" s="12">
         <v>13997.5</v>
       </c>
       <c r="F18" s="11">
         <v>322587</v>
       </c>
       <c r="G18" s="12">
         <v>27329.58</v>
       </c>
     </row>
-    <row r="19" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B19" s="9">
+    <row r="19" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B19" s="16">
         <v>15</v>
       </c>
       <c r="C19" s="10" t="s">
         <v>272</v>
       </c>
       <c r="D19" s="11">
         <v>33572</v>
       </c>
       <c r="E19" s="12">
         <v>123.59</v>
       </c>
       <c r="F19" s="11">
         <v>22445</v>
       </c>
       <c r="G19" s="12">
         <v>240.53</v>
       </c>
     </row>
-    <row r="20" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B20" s="9">
+    <row r="20" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B20" s="16">
         <v>16</v>
       </c>
       <c r="C20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="D20" s="11">
         <v>4503121</v>
       </c>
       <c r="E20" s="12">
         <v>12293.1</v>
       </c>
       <c r="F20" s="11">
         <v>874615</v>
       </c>
       <c r="G20" s="12">
         <v>4557.03</v>
       </c>
     </row>
-    <row r="21" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B21" s="9">
+    <row r="21" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B21" s="16">
         <v>17</v>
       </c>
       <c r="C21" s="10" t="s">
         <v>273</v>
       </c>
       <c r="D21" s="11">
         <v>82</v>
       </c>
       <c r="E21" s="12">
         <v>62.94</v>
       </c>
       <c r="F21" s="11">
         <v>1195</v>
       </c>
       <c r="G21" s="12">
         <v>35.33</v>
       </c>
     </row>
-    <row r="22" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B22" s="9">
+    <row r="22" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B22" s="16">
         <v>18</v>
       </c>
       <c r="C22" s="10" t="s">
         <v>274</v>
       </c>
       <c r="D22" s="11">
         <v>154079</v>
       </c>
       <c r="E22" s="12">
         <v>19853.84</v>
       </c>
       <c r="F22" s="11">
         <v>1194497</v>
       </c>
       <c r="G22" s="12">
         <v>33286.080000000002</v>
       </c>
     </row>
-    <row r="23" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B23" s="9">
+    <row r="23" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B23" s="16">
         <v>19</v>
       </c>
       <c r="C23" s="10" t="s">
         <v>275</v>
       </c>
       <c r="D23" s="11">
         <v>2390</v>
       </c>
       <c r="E23" s="12">
         <v>82.33</v>
       </c>
       <c r="F23" s="11">
         <v>1876</v>
       </c>
       <c r="G23" s="12">
         <v>150.22</v>
       </c>
     </row>
-    <row r="24" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B24" s="9">
+    <row r="24" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B24" s="16">
         <v>20</v>
       </c>
       <c r="C24" s="10" t="s">
         <v>25</v>
       </c>
       <c r="D24" s="11">
         <v>73496114</v>
       </c>
       <c r="E24" s="12">
         <v>157123.18</v>
       </c>
       <c r="F24" s="11">
         <v>7654214</v>
       </c>
       <c r="G24" s="12">
         <v>68671.19</v>
       </c>
     </row>
-    <row r="25" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B25" s="9">
+    <row r="25" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B25" s="16">
         <v>21</v>
       </c>
       <c r="C25" s="10" t="s">
         <v>26</v>
       </c>
       <c r="D25" s="11">
         <v>674</v>
       </c>
       <c r="E25" s="12">
         <v>20.36</v>
       </c>
       <c r="F25" s="11">
         <v>3765</v>
       </c>
       <c r="G25" s="12">
         <v>69.59</v>
       </c>
     </row>
-    <row r="26" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B26" s="9">
+    <row r="26" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B26" s="16">
         <v>22</v>
       </c>
       <c r="C26" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D26" s="11">
         <v>681</v>
       </c>
       <c r="E26" s="12">
         <v>6.29</v>
       </c>
       <c r="F26" s="11">
         <v>83</v>
       </c>
       <c r="G26" s="12">
         <v>2.73</v>
       </c>
     </row>
-    <row r="27" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B27" s="9">
+    <row r="27" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B27" s="16">
         <v>23</v>
       </c>
       <c r="C27" s="10" t="s">
         <v>28</v>
       </c>
       <c r="D27" s="11">
         <v>33073094</v>
       </c>
       <c r="E27" s="12">
         <v>64023.21</v>
       </c>
       <c r="F27" s="11">
         <v>3661289</v>
       </c>
       <c r="G27" s="12">
         <v>23038.46</v>
       </c>
     </row>
-    <row r="28" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B28" s="9">
+    <row r="28" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B28" s="16">
         <v>24</v>
       </c>
       <c r="C28" s="10" t="s">
         <v>29</v>
       </c>
       <c r="D28" s="11">
         <v>11485167</v>
       </c>
       <c r="E28" s="12">
         <v>31318.18</v>
       </c>
       <c r="F28" s="11">
         <v>3727182</v>
       </c>
       <c r="G28" s="12">
         <v>28929.4</v>
       </c>
     </row>
-    <row r="29" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B29" s="9">
+    <row r="29" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B29" s="16">
         <v>25</v>
       </c>
       <c r="C29" s="10" t="s">
         <v>276</v>
       </c>
       <c r="D29" s="11">
         <v>15</v>
       </c>
       <c r="E29" s="12">
         <v>1.03</v>
       </c>
       <c r="F29" s="11">
         <v>110</v>
       </c>
       <c r="G29" s="12">
         <v>3.69</v>
       </c>
     </row>
-    <row r="30" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B30" s="9">
+    <row r="30" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B30" s="16">
         <v>26</v>
       </c>
       <c r="C30" s="10" t="s">
         <v>277</v>
       </c>
       <c r="D30" s="11">
         <v>20351</v>
       </c>
       <c r="E30" s="12">
         <v>6930.05</v>
       </c>
       <c r="F30" s="11">
         <v>161653</v>
       </c>
       <c r="G30" s="12">
         <v>4547.79</v>
       </c>
     </row>
-    <row r="31" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B31" s="9">
+    <row r="31" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B31" s="16">
         <v>27</v>
       </c>
       <c r="C31" s="10" t="s">
         <v>278</v>
       </c>
       <c r="D31" s="11">
         <v>17615</v>
       </c>
       <c r="E31" s="12">
         <v>4643.88</v>
       </c>
       <c r="F31" s="11">
         <v>88460</v>
       </c>
       <c r="G31" s="12">
         <v>1843.69</v>
       </c>
     </row>
-    <row r="32" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B32" s="9">
+    <row r="32" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B32" s="16">
         <v>28</v>
       </c>
       <c r="C32" s="10" t="s">
         <v>279</v>
       </c>
       <c r="D32" s="11">
         <v>219847</v>
       </c>
       <c r="E32" s="12">
         <v>708.18</v>
       </c>
       <c r="F32" s="11">
         <v>75654</v>
       </c>
       <c r="G32" s="12">
         <v>548.28</v>
       </c>
     </row>
-    <row r="33" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B33" s="9">
+    <row r="33" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B33" s="16">
         <v>29</v>
       </c>
       <c r="C33" s="10" t="s">
         <v>280</v>
       </c>
       <c r="D33" s="11">
         <v>21583</v>
       </c>
       <c r="E33" s="12">
         <v>57.55</v>
       </c>
       <c r="F33" s="11">
         <v>5921</v>
       </c>
       <c r="G33" s="12">
         <v>17.79</v>
       </c>
     </row>
-    <row r="34" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B34" s="9">
+    <row r="34" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B34" s="16">
         <v>30</v>
       </c>
       <c r="C34" s="10" t="s">
         <v>281</v>
       </c>
       <c r="D34" s="11">
         <v>490235</v>
       </c>
       <c r="E34" s="12">
         <v>1849.98</v>
       </c>
       <c r="F34" s="11">
         <v>210502</v>
       </c>
       <c r="G34" s="12">
         <v>986.29</v>
       </c>
     </row>
-    <row r="35" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B35" s="9">
+    <row r="35" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B35" s="16">
         <v>31</v>
       </c>
       <c r="C35" s="10" t="s">
         <v>282</v>
       </c>
       <c r="D35" s="11">
         <v>66685</v>
       </c>
       <c r="E35" s="12">
         <v>324.89</v>
       </c>
       <c r="F35" s="11">
         <v>53806</v>
       </c>
       <c r="G35" s="12">
         <v>248.71</v>
       </c>
     </row>
-    <row r="36" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B36" s="9">
+    <row r="36" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B36" s="16">
         <v>32</v>
       </c>
       <c r="C36" s="10" t="s">
         <v>283</v>
       </c>
       <c r="D36" s="11">
         <v>35110</v>
       </c>
       <c r="E36" s="12">
         <v>60.15</v>
       </c>
       <c r="F36" s="11">
         <v>4396</v>
       </c>
       <c r="G36" s="12">
         <v>116.79</v>
       </c>
     </row>
-    <row r="37" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B37" s="9">
+    <row r="37" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B37" s="16">
         <v>33</v>
       </c>
       <c r="C37" s="10" t="s">
         <v>284</v>
       </c>
       <c r="D37" s="11">
         <v>44033751</v>
       </c>
       <c r="E37" s="12">
         <v>127766.37</v>
       </c>
       <c r="F37" s="11">
         <v>6768335</v>
       </c>
       <c r="G37" s="12">
         <v>41516.660000000003</v>
       </c>
     </row>
-    <row r="38" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B38" s="9">
+    <row r="38" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B38" s="16">
         <v>34</v>
       </c>
       <c r="C38" s="10" t="s">
         <v>285</v>
       </c>
       <c r="D38" s="11">
         <v>202114</v>
       </c>
       <c r="E38" s="12">
         <v>723.04</v>
       </c>
       <c r="F38" s="11">
         <v>64525</v>
       </c>
       <c r="G38" s="12">
         <v>471.86</v>
       </c>
     </row>
-    <row r="39" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B39" s="9">
+    <row r="39" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B39" s="16">
         <v>35</v>
       </c>
       <c r="C39" s="10" t="s">
         <v>286</v>
       </c>
       <c r="D39" s="11">
         <v>537258</v>
       </c>
       <c r="E39" s="12">
         <v>3241.59</v>
       </c>
       <c r="F39" s="11">
         <v>325498</v>
       </c>
       <c r="G39" s="12">
         <v>2163.5100000000002</v>
       </c>
     </row>
-    <row r="40" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B40" s="9">
+    <row r="40" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B40" s="16">
         <v>36</v>
       </c>
       <c r="C40" s="10" t="s">
         <v>38</v>
       </c>
       <c r="D40" s="11">
         <v>18010931</v>
       </c>
       <c r="E40" s="12">
         <v>39614.61</v>
       </c>
       <c r="F40" s="11">
         <v>2716006</v>
       </c>
       <c r="G40" s="12">
         <v>24780.89</v>
       </c>
     </row>
-    <row r="41" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B41" s="9">
+    <row r="41" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B41" s="16">
         <v>37</v>
       </c>
       <c r="C41" s="10" t="s">
         <v>39</v>
       </c>
       <c r="D41" s="11">
         <v>783184</v>
       </c>
       <c r="E41" s="12">
         <v>1311.33</v>
       </c>
       <c r="F41" s="11">
         <v>63418</v>
       </c>
       <c r="G41" s="12">
         <v>396.25</v>
       </c>
     </row>
-    <row r="42" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B42" s="9">
+    <row r="42" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B42" s="16">
         <v>38</v>
       </c>
       <c r="C42" s="10" t="s">
         <v>287</v>
       </c>
       <c r="D42" s="11">
         <v>979581</v>
       </c>
       <c r="E42" s="12">
         <v>146941.5</v>
       </c>
       <c r="F42" s="11">
         <v>11230481</v>
       </c>
       <c r="G42" s="12">
         <v>193680.87</v>
       </c>
     </row>
-    <row r="43" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B43" s="9">
+    <row r="43" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B43" s="16">
         <v>39</v>
       </c>
       <c r="C43" s="10" t="s">
         <v>288</v>
       </c>
       <c r="D43" s="11">
         <v>55444</v>
       </c>
       <c r="E43" s="12">
         <v>220.52</v>
       </c>
       <c r="F43" s="11">
         <v>26038</v>
       </c>
       <c r="G43" s="12">
         <v>148.31</v>
       </c>
     </row>
-    <row r="44" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B44" s="9">
+    <row r="44" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B44" s="16">
         <v>40</v>
       </c>
       <c r="C44" s="10" t="s">
         <v>289</v>
       </c>
       <c r="D44" s="11">
         <v>2292767</v>
       </c>
       <c r="E44" s="12">
         <v>10810.55</v>
       </c>
       <c r="F44" s="11">
         <v>1721623</v>
       </c>
       <c r="G44" s="12">
         <v>11478.28</v>
       </c>
     </row>
-    <row r="45" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B45" s="9">
+    <row r="45" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B45" s="16">
         <v>41</v>
       </c>
       <c r="C45" s="10" t="s">
         <v>290</v>
       </c>
       <c r="D45" s="11">
         <v>38117</v>
       </c>
       <c r="E45" s="12">
         <v>62.75</v>
       </c>
       <c r="F45" s="11">
         <v>5458</v>
       </c>
       <c r="G45" s="12">
         <v>31.92</v>
       </c>
     </row>
-    <row r="46" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B46" s="9">
+    <row r="46" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B46" s="16">
         <v>42</v>
       </c>
       <c r="C46" s="10" t="s">
         <v>291</v>
       </c>
       <c r="D46" s="11">
         <v>599112</v>
       </c>
       <c r="E46" s="12">
         <v>2809.22</v>
       </c>
       <c r="F46" s="11">
         <v>220748</v>
       </c>
       <c r="G46" s="12">
         <v>2730.56</v>
       </c>
     </row>
-    <row r="47" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B47" s="9">
+    <row r="47" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B47" s="16">
         <v>43</v>
       </c>
       <c r="C47" s="10" t="s">
         <v>292</v>
       </c>
       <c r="D47" s="11">
         <v>7194</v>
       </c>
       <c r="E47" s="12">
         <v>2601.4499999999998</v>
       </c>
       <c r="F47" s="11">
         <v>62337</v>
       </c>
       <c r="G47" s="12">
         <v>3389.11</v>
       </c>
     </row>
-    <row r="48" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B48" s="9">
+    <row r="48" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B48" s="16">
         <v>44</v>
       </c>
       <c r="C48" s="10" t="s">
         <v>45</v>
       </c>
       <c r="D48" s="11">
         <v>13</v>
       </c>
       <c r="E48" s="12">
         <v>0.35</v>
       </c>
       <c r="F48" s="11">
         <v>18</v>
       </c>
       <c r="G48" s="12">
         <v>0.16</v>
       </c>
     </row>
-    <row r="49" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B49" s="9">
+    <row r="49" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B49" s="16">
         <v>45</v>
       </c>
       <c r="C49" s="10" t="s">
         <v>293</v>
       </c>
       <c r="D49" s="11">
         <v>1205</v>
       </c>
       <c r="E49" s="12">
         <v>666.26</v>
       </c>
       <c r="F49" s="11">
         <v>3504</v>
       </c>
       <c r="G49" s="12">
         <v>135.44999999999999</v>
       </c>
     </row>
-    <row r="50" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B50" s="9">
+    <row r="50" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B50" s="16">
         <v>46</v>
       </c>
       <c r="C50" s="10" t="s">
         <v>294</v>
       </c>
       <c r="D50" s="11">
         <v>6493</v>
       </c>
       <c r="E50" s="12">
         <v>11.67</v>
       </c>
       <c r="F50" s="11">
         <v>1233</v>
       </c>
       <c r="G50" s="12">
         <v>25.12</v>
       </c>
     </row>
-    <row r="51" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B51" s="9">
+    <row r="51" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B51" s="16">
         <v>47</v>
       </c>
       <c r="C51" s="10" t="s">
         <v>295</v>
       </c>
       <c r="D51" s="11">
         <v>729388</v>
       </c>
       <c r="E51" s="12">
         <v>3935.65</v>
       </c>
       <c r="F51" s="11">
         <v>346472</v>
       </c>
       <c r="G51" s="12">
         <v>5315.6</v>
       </c>
     </row>
-    <row r="52" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B52" s="9">
+    <row r="52" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B52" s="16">
         <v>48</v>
       </c>
       <c r="C52" s="10" t="s">
         <v>296</v>
       </c>
       <c r="D52" s="11">
         <v>9452</v>
       </c>
       <c r="E52" s="12">
         <v>49.04</v>
       </c>
       <c r="F52" s="11">
         <v>2244</v>
       </c>
       <c r="G52" s="12">
         <v>18.77</v>
       </c>
     </row>
-    <row r="53" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B53" s="9">
+    <row r="53" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B53" s="16">
         <v>49</v>
       </c>
       <c r="C53" s="10" t="s">
         <v>297</v>
       </c>
       <c r="D53" s="11">
         <v>50131</v>
       </c>
       <c r="E53" s="12">
         <v>141.38999999999999</v>
       </c>
       <c r="F53" s="11">
         <v>26027</v>
       </c>
       <c r="G53" s="12">
         <v>114.12</v>
       </c>
     </row>
-    <row r="54" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B54" s="9">
+    <row r="54" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B54" s="16">
         <v>50</v>
       </c>
       <c r="C54" s="10" t="s">
         <v>298</v>
       </c>
       <c r="D54" s="11">
         <v>479547</v>
       </c>
       <c r="E54" s="12">
         <v>71412.67</v>
       </c>
       <c r="F54" s="11">
         <v>4093300</v>
       </c>
       <c r="G54" s="12">
         <v>101734.26</v>
       </c>
     </row>
-    <row r="55" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B55" s="9">
+    <row r="55" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B55" s="16">
         <v>51</v>
       </c>
       <c r="C55" s="10" t="s">
         <v>299</v>
       </c>
       <c r="D55" s="11">
         <v>1078903</v>
       </c>
       <c r="E55" s="12">
         <v>16277.81</v>
       </c>
       <c r="F55" s="11">
         <v>1364022</v>
       </c>
       <c r="G55" s="12">
         <v>36263.699999999997</v>
       </c>
     </row>
-    <row r="56" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B56" s="9">
+    <row r="56" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B56" s="16">
         <v>52</v>
       </c>
       <c r="C56" s="10" t="s">
         <v>300</v>
       </c>
       <c r="D56" s="11">
         <v>447808</v>
       </c>
       <c r="E56" s="12">
         <v>1454.97</v>
       </c>
       <c r="F56" s="11">
         <v>255327</v>
       </c>
       <c r="G56" s="12">
         <v>1072.24</v>
       </c>
     </row>
-    <row r="57" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B57" s="9">
+    <row r="57" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B57" s="16">
         <v>53</v>
       </c>
       <c r="C57" s="10" t="s">
         <v>301</v>
       </c>
       <c r="D57" s="11">
         <v>18</v>
       </c>
       <c r="E57" s="12">
         <v>79.75</v>
       </c>
       <c r="F57" s="11">
         <v>127</v>
       </c>
       <c r="G57" s="12">
         <v>557.74</v>
       </c>
     </row>
-    <row r="58" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B58" s="9">
+    <row r="58" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B58" s="16">
         <v>54</v>
       </c>
       <c r="C58" s="10" t="s">
         <v>302</v>
       </c>
       <c r="D58" s="11">
         <v>42821</v>
       </c>
       <c r="E58" s="12">
         <v>92.26</v>
       </c>
       <c r="F58" s="11">
         <v>6412</v>
       </c>
       <c r="G58" s="12">
         <v>151.21</v>
       </c>
     </row>
-    <row r="59" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B59" s="9">
+    <row r="59" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B59" s="16">
         <v>55</v>
       </c>
       <c r="C59" s="10" t="s">
         <v>303</v>
       </c>
       <c r="D59" s="11">
         <v>1270</v>
       </c>
       <c r="E59" s="12">
         <v>51.52</v>
       </c>
       <c r="F59" s="11">
         <v>12251</v>
       </c>
       <c r="G59" s="12">
         <v>121.24</v>
       </c>
     </row>
-    <row r="60" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B60" s="9">
+    <row r="60" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B60" s="16">
         <v>56</v>
       </c>
       <c r="C60" s="10" t="s">
         <v>304</v>
       </c>
       <c r="D60" s="11">
         <v>219474</v>
       </c>
       <c r="E60" s="12">
         <v>402.02</v>
       </c>
       <c r="F60" s="11">
         <v>28458</v>
       </c>
       <c r="G60" s="12">
         <v>150.37</v>
       </c>
     </row>
-    <row r="61" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B61" s="9">
+    <row r="61" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B61" s="16">
         <v>57</v>
       </c>
       <c r="C61" s="10" t="s">
         <v>305</v>
       </c>
       <c r="D61" s="11">
         <v>8930</v>
       </c>
       <c r="E61" s="12">
         <v>32.659999999999997</v>
       </c>
       <c r="F61" s="11">
         <v>4290</v>
       </c>
       <c r="G61" s="12">
         <v>10.08</v>
       </c>
     </row>
-    <row r="62" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B62" s="9">
+    <row r="62" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B62" s="16">
         <v>58</v>
       </c>
       <c r="C62" s="10" t="s">
         <v>57</v>
       </c>
       <c r="D62" s="11">
         <v>2378</v>
       </c>
       <c r="E62" s="12">
         <v>1674.45</v>
       </c>
       <c r="F62" s="11">
         <v>250889</v>
       </c>
       <c r="G62" s="12">
         <v>1995.86</v>
       </c>
     </row>
-    <row r="63" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B63" s="9">
+    <row r="63" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B63" s="16">
         <v>59</v>
       </c>
       <c r="C63" s="10" t="s">
         <v>306</v>
       </c>
       <c r="D63" s="11">
         <v>809814</v>
       </c>
       <c r="E63" s="12">
         <v>5193.4399999999996</v>
       </c>
       <c r="F63" s="11">
         <v>386835</v>
       </c>
       <c r="G63" s="12">
         <v>2869.19</v>
       </c>
     </row>
-    <row r="64" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B64" s="9">
+    <row r="64" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B64" s="16">
         <v>60</v>
       </c>
       <c r="C64" s="10" t="s">
         <v>307</v>
       </c>
       <c r="D64" s="11">
         <v>1078390</v>
       </c>
       <c r="E64" s="12">
         <v>1282.97</v>
       </c>
       <c r="F64" s="11">
         <v>208010</v>
       </c>
       <c r="G64" s="12">
         <v>1173.5999999999999</v>
       </c>
     </row>
-    <row r="65" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B65" s="9">
+    <row r="65" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B65" s="16">
         <v>61</v>
       </c>
       <c r="C65" s="10" t="s">
         <v>308</v>
       </c>
       <c r="D65" s="11">
         <v>249</v>
       </c>
       <c r="E65" s="12">
         <v>5820.41</v>
       </c>
       <c r="F65" s="11">
         <v>0</v>
       </c>
       <c r="G65" s="12">
         <v>0</v>
       </c>
     </row>
-    <row r="66" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B66" s="9">
+    <row r="66" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B66" s="16">
         <v>62</v>
       </c>
       <c r="C66" s="10" t="s">
         <v>309</v>
       </c>
       <c r="D66" s="11">
         <v>7406112</v>
       </c>
       <c r="E66" s="12">
         <v>34662.129999999997</v>
       </c>
       <c r="F66" s="11">
         <v>6861868</v>
       </c>
       <c r="G66" s="12">
         <v>40781.57</v>
       </c>
     </row>
-    <row r="67" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B67" s="9">
+    <row r="67" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B67" s="16">
         <v>63</v>
       </c>
       <c r="C67" s="10" t="s">
         <v>62</v>
       </c>
       <c r="D67" s="11">
         <v>3397841</v>
       </c>
       <c r="E67" s="12">
         <v>1904.15</v>
       </c>
       <c r="F67" s="11">
         <v>755338</v>
       </c>
       <c r="G67" s="12">
         <v>330.1</v>
       </c>
     </row>
-    <row r="68" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B68" s="9">
+    <row r="68" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B68" s="16">
         <v>64</v>
       </c>
       <c r="C68" s="10" t="s">
         <v>310</v>
       </c>
       <c r="D68" s="11">
         <v>304405</v>
       </c>
       <c r="E68" s="12">
         <v>792.26</v>
       </c>
       <c r="F68" s="11">
         <v>85105</v>
       </c>
       <c r="G68" s="12">
         <v>419.86</v>
       </c>
     </row>
-    <row r="69" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B69" s="9">
+    <row r="69" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B69" s="16">
         <v>65</v>
       </c>
       <c r="C69" s="10" t="s">
         <v>311</v>
       </c>
       <c r="D69" s="11">
         <v>47210</v>
       </c>
       <c r="E69" s="12">
         <v>113.03</v>
       </c>
       <c r="F69" s="11">
         <v>5677</v>
       </c>
       <c r="G69" s="12">
         <v>30.22</v>
       </c>
     </row>
-    <row r="70" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B70" s="9">
+    <row r="70" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B70" s="16">
         <v>66</v>
       </c>
       <c r="C70" s="10" t="s">
         <v>312</v>
       </c>
       <c r="D70" s="11">
         <v>883</v>
       </c>
       <c r="E70" s="12">
         <v>2.62</v>
       </c>
       <c r="F70" s="11">
         <v>1441</v>
       </c>
       <c r="G70" s="12">
         <v>7.74</v>
       </c>
     </row>
-    <row r="71" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B71" s="9">
+    <row r="71" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B71" s="16">
         <v>67</v>
       </c>
       <c r="C71" s="10" t="s">
         <v>313</v>
       </c>
       <c r="D71" s="11">
         <v>68828664</v>
       </c>
       <c r="E71" s="12">
         <v>666846.19999999995</v>
       </c>
       <c r="F71" s="11">
         <v>63278072</v>
       </c>
       <c r="G71" s="12">
         <v>491189.25</v>
       </c>
     </row>
-    <row r="72" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B72" s="9">
+    <row r="72" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B72" s="16">
         <v>68</v>
       </c>
       <c r="C72" s="10" t="s">
         <v>314</v>
       </c>
       <c r="D72" s="11">
         <v>190183</v>
       </c>
       <c r="E72" s="12">
         <v>394.34</v>
       </c>
       <c r="F72" s="11">
         <v>65715</v>
       </c>
       <c r="G72" s="12">
         <v>285.95</v>
       </c>
     </row>
-    <row r="73" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B73" s="9">
+    <row r="73" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B73" s="16">
         <v>69</v>
       </c>
       <c r="C73" s="10" t="s">
         <v>315</v>
       </c>
       <c r="D73" s="11">
         <v>1440791</v>
       </c>
       <c r="E73" s="12">
         <v>119548.45</v>
       </c>
       <c r="F73" s="11">
         <v>6103260</v>
       </c>
       <c r="G73" s="12">
         <v>133060.49</v>
       </c>
     </row>
-    <row r="74" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B74" s="9">
+    <row r="74" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B74" s="16">
         <v>70</v>
       </c>
       <c r="C74" s="10" t="s">
         <v>316</v>
       </c>
       <c r="D74" s="11">
         <v>2550</v>
       </c>
       <c r="E74" s="12">
         <v>11.85</v>
       </c>
       <c r="F74" s="11">
         <v>1085</v>
       </c>
       <c r="G74" s="12">
         <v>12.57</v>
       </c>
     </row>
-    <row r="75" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B75" s="9">
+    <row r="75" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B75" s="16">
         <v>71</v>
       </c>
       <c r="C75" s="10" t="s">
         <v>317</v>
       </c>
       <c r="D75" s="11">
         <v>35673900</v>
       </c>
       <c r="E75" s="12">
         <v>436227.59</v>
       </c>
       <c r="F75" s="11">
         <v>57398002</v>
       </c>
       <c r="G75" s="12">
         <v>393685.49</v>
       </c>
     </row>
-    <row r="76" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B76" s="9">
+    <row r="76" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B76" s="16">
         <v>72</v>
       </c>
       <c r="C76" s="10" t="s">
         <v>318</v>
       </c>
       <c r="D76" s="11">
         <v>13117346</v>
       </c>
       <c r="E76" s="12">
         <v>55026.76</v>
       </c>
       <c r="F76" s="11">
         <v>8763011</v>
       </c>
       <c r="G76" s="12">
         <v>58886.41</v>
       </c>
     </row>
-    <row r="77" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B77" s="9">
+    <row r="77" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B77" s="16">
         <v>73</v>
       </c>
       <c r="C77" s="10" t="s">
         <v>319</v>
       </c>
       <c r="D77" s="11">
         <v>6599197</v>
       </c>
       <c r="E77" s="12">
         <v>53175.79</v>
       </c>
       <c r="F77" s="11">
         <v>8797830</v>
       </c>
       <c r="G77" s="12">
         <v>64147.59</v>
       </c>
     </row>
-    <row r="78" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B78" s="9">
+    <row r="78" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B78" s="16">
         <v>74</v>
       </c>
       <c r="C78" s="10" t="s">
         <v>76</v>
       </c>
       <c r="D78" s="11">
         <v>11021118</v>
       </c>
       <c r="E78" s="12">
         <v>4763.05</v>
       </c>
       <c r="F78" s="11">
         <v>817290</v>
       </c>
       <c r="G78" s="12">
         <v>9332.2000000000007</v>
       </c>
     </row>
-    <row r="79" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B79" s="9">
+    <row r="79" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B79" s="16">
         <v>75</v>
       </c>
       <c r="C79" s="10" t="s">
         <v>78</v>
       </c>
       <c r="D79" s="11">
         <v>30222973</v>
       </c>
       <c r="E79" s="12">
         <v>62772.07</v>
       </c>
       <c r="F79" s="11">
         <v>4226500</v>
       </c>
       <c r="G79" s="12">
         <v>38115.339999999997</v>
       </c>
     </row>
-    <row r="80" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B80" s="9">
+    <row r="80" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B80" s="16">
         <v>76</v>
       </c>
       <c r="C80" s="10" t="s">
         <v>80</v>
       </c>
       <c r="D80" s="11">
         <v>16111172</v>
       </c>
       <c r="E80" s="12">
         <v>35918.620000000003</v>
       </c>
       <c r="F80" s="11">
         <v>3510021</v>
       </c>
       <c r="G80" s="12">
         <v>28183.96</v>
       </c>
     </row>
-    <row r="81" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B81" s="9">
+    <row r="81" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B81" s="16">
         <v>77</v>
       </c>
       <c r="C81" s="10" t="s">
         <v>320</v>
       </c>
       <c r="D81" s="11">
         <v>8861543</v>
       </c>
       <c r="E81" s="12">
         <v>48380.02</v>
       </c>
       <c r="F81" s="11">
         <v>4303131</v>
       </c>
       <c r="G81" s="12">
         <v>46163.37</v>
       </c>
     </row>
-    <row r="82" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B82" s="9">
+    <row r="82" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B82" s="16">
         <v>78</v>
       </c>
       <c r="C82" s="10" t="s">
         <v>321</v>
       </c>
       <c r="D82" s="11">
         <v>260</v>
       </c>
       <c r="E82" s="12">
         <v>300.33999999999997</v>
       </c>
       <c r="F82" s="11">
         <v>1107</v>
       </c>
       <c r="G82" s="12">
         <v>489.26</v>
       </c>
     </row>
-    <row r="83" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B83" s="9">
+    <row r="83" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B83" s="16">
         <v>79</v>
       </c>
       <c r="C83" s="10" t="s">
         <v>83</v>
       </c>
       <c r="D83" s="11">
         <v>563</v>
       </c>
       <c r="E83" s="12">
         <v>153.11000000000001</v>
       </c>
       <c r="F83" s="11">
         <v>5296</v>
       </c>
       <c r="G83" s="12">
         <v>113.15</v>
       </c>
     </row>
-    <row r="84" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B84" s="9">
+    <row r="84" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B84" s="16">
         <v>80</v>
       </c>
       <c r="C84" s="10" t="s">
         <v>322</v>
       </c>
       <c r="D84" s="11">
         <v>116997</v>
       </c>
       <c r="E84" s="12">
         <v>229.77</v>
       </c>
       <c r="F84" s="11">
         <v>21467</v>
       </c>
       <c r="G84" s="12">
         <v>112.19</v>
       </c>
     </row>
-    <row r="85" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B85" s="9">
+    <row r="85" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B85" s="16">
         <v>81</v>
       </c>
       <c r="C85" s="10" t="s">
         <v>323</v>
       </c>
       <c r="D85" s="11">
         <v>79320</v>
       </c>
       <c r="E85" s="12">
         <v>221.83</v>
       </c>
       <c r="F85" s="11">
         <v>26199</v>
       </c>
       <c r="G85" s="12">
         <v>183.52</v>
       </c>
     </row>
-    <row r="86" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B86" s="9">
+    <row r="86" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B86" s="16">
         <v>82</v>
       </c>
       <c r="C86" s="10" t="s">
         <v>324</v>
       </c>
       <c r="D86" s="11">
         <v>3668091</v>
       </c>
       <c r="E86" s="12">
         <v>11897.8</v>
       </c>
       <c r="F86" s="11">
         <v>763385</v>
       </c>
       <c r="G86" s="12">
         <v>7798.69</v>
       </c>
     </row>
-    <row r="87" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B87" s="9">
+    <row r="87" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B87" s="16">
         <v>83</v>
       </c>
       <c r="C87" s="10" t="s">
         <v>85</v>
       </c>
       <c r="D87" s="11">
         <v>288986</v>
       </c>
       <c r="E87" s="12">
         <v>1299.8900000000001</v>
       </c>
       <c r="F87" s="11">
         <v>149978</v>
       </c>
       <c r="G87" s="12">
         <v>2924.14</v>
       </c>
     </row>
-    <row r="88" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B88" s="9">
+    <row r="88" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B88" s="16">
         <v>84</v>
       </c>
       <c r="C88" s="10" t="s">
         <v>325</v>
       </c>
       <c r="D88" s="11">
         <v>68072</v>
       </c>
       <c r="E88" s="12">
         <v>225.99</v>
       </c>
       <c r="F88" s="11">
         <v>26141</v>
       </c>
       <c r="G88" s="12">
         <v>100.69</v>
       </c>
     </row>
-    <row r="89" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B89" s="9">
+    <row r="89" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B89" s="16">
         <v>85</v>
       </c>
       <c r="C89" s="10" t="s">
         <v>326</v>
       </c>
       <c r="D89" s="11">
         <v>244570</v>
       </c>
       <c r="E89" s="12">
         <v>1281.04</v>
       </c>
       <c r="F89" s="11">
         <v>122904</v>
       </c>
       <c r="G89" s="12">
         <v>872.95</v>
       </c>
     </row>
-    <row r="90" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B90" s="9">
+    <row r="90" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B90" s="16">
         <v>86</v>
       </c>
       <c r="C90" s="10" t="s">
         <v>327</v>
       </c>
       <c r="D90" s="11">
         <v>3652</v>
       </c>
       <c r="E90" s="12">
         <v>17.190000000000001</v>
       </c>
       <c r="F90" s="11">
         <v>1763</v>
       </c>
       <c r="G90" s="12">
         <v>11.74</v>
       </c>
     </row>
-    <row r="91" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B91" s="9">
+    <row r="91" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B91" s="16">
         <v>87</v>
       </c>
       <c r="C91" s="10" t="s">
         <v>328</v>
       </c>
       <c r="D91" s="11">
         <v>12146</v>
       </c>
       <c r="E91" s="12">
         <v>31.9</v>
       </c>
       <c r="F91" s="11">
         <v>4794</v>
       </c>
       <c r="G91" s="12">
         <v>16.059999999999999</v>
       </c>
     </row>
-    <row r="92" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B92" s="9">
+    <row r="92" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B92" s="16">
         <v>88</v>
       </c>
       <c r="C92" s="10" t="s">
         <v>329</v>
       </c>
       <c r="D92" s="11">
         <v>82821</v>
       </c>
       <c r="E92" s="12">
         <v>190.53</v>
       </c>
       <c r="F92" s="11">
         <v>11568</v>
       </c>
       <c r="G92" s="12">
         <v>57.71</v>
       </c>
     </row>
-    <row r="93" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B93" s="9">
+    <row r="93" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B93" s="16">
         <v>89</v>
       </c>
       <c r="C93" s="10" t="s">
         <v>92</v>
       </c>
       <c r="D93" s="11">
         <v>871024</v>
       </c>
       <c r="E93" s="12">
         <v>387.75</v>
       </c>
       <c r="F93" s="11">
         <v>101694</v>
       </c>
       <c r="G93" s="12">
         <v>5244.76</v>
       </c>
     </row>
-    <row r="94" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B94" s="9">
+    <row r="94" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B94" s="16">
         <v>90</v>
       </c>
       <c r="C94" s="10" t="s">
         <v>330</v>
       </c>
       <c r="D94" s="11">
         <v>77100</v>
       </c>
       <c r="E94" s="12">
         <v>28440.02</v>
       </c>
       <c r="F94" s="11">
         <v>992852</v>
       </c>
       <c r="G94" s="12">
         <v>37308.660000000003</v>
       </c>
     </row>
-    <row r="95" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B95" s="9">
+    <row r="95" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B95" s="16">
         <v>91</v>
       </c>
       <c r="C95" s="10" t="s">
         <v>94</v>
       </c>
       <c r="D95" s="11">
         <v>37</v>
       </c>
       <c r="E95" s="12">
         <v>1.31</v>
       </c>
       <c r="F95" s="11">
         <v>2654</v>
       </c>
       <c r="G95" s="12">
         <v>408.22</v>
       </c>
     </row>
-    <row r="96" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B96" s="9">
+    <row r="96" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B96" s="16">
         <v>92</v>
       </c>
       <c r="C96" s="10" t="s">
         <v>331</v>
       </c>
       <c r="D96" s="11">
         <v>78013</v>
       </c>
       <c r="E96" s="12">
         <v>267.76</v>
       </c>
       <c r="F96" s="11">
         <v>34626</v>
       </c>
       <c r="G96" s="12">
         <v>309.97000000000003</v>
       </c>
     </row>
-    <row r="97" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B97" s="9">
+    <row r="97" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B97" s="16">
         <v>93</v>
       </c>
       <c r="C97" s="10" t="s">
         <v>332</v>
       </c>
       <c r="D97" s="11">
         <v>352252</v>
       </c>
       <c r="E97" s="12">
         <v>1884.55</v>
       </c>
       <c r="F97" s="11">
         <v>191004</v>
       </c>
       <c r="G97" s="12">
         <v>1394.09</v>
       </c>
     </row>
-    <row r="98" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B98" s="9">
+    <row r="98" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B98" s="16">
         <v>94</v>
       </c>
       <c r="C98" s="10" t="s">
         <v>333</v>
       </c>
       <c r="D98" s="11">
         <v>134480</v>
       </c>
       <c r="E98" s="12">
         <v>343.18</v>
       </c>
       <c r="F98" s="11">
         <v>20668</v>
       </c>
       <c r="G98" s="12">
         <v>169.54</v>
       </c>
     </row>
-    <row r="99" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B99" s="9">
+    <row r="99" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B99" s="16">
         <v>95</v>
       </c>
       <c r="C99" s="10" t="s">
         <v>334</v>
       </c>
       <c r="D99" s="11">
         <v>65098</v>
       </c>
       <c r="E99" s="12">
         <v>294.81</v>
       </c>
       <c r="F99" s="11">
         <v>25962</v>
       </c>
       <c r="G99" s="12">
         <v>151.41</v>
       </c>
     </row>
-    <row r="100" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B100" s="9">
+    <row r="100" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B100" s="16">
         <v>96</v>
       </c>
       <c r="C100" s="10" t="s">
         <v>96</v>
       </c>
       <c r="D100" s="11">
         <v>4568351</v>
       </c>
       <c r="E100" s="12">
         <v>11349.05</v>
       </c>
       <c r="F100" s="11">
         <v>743157</v>
       </c>
       <c r="G100" s="12">
         <v>4630.43</v>
       </c>
     </row>
-    <row r="101" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B101" s="9">
+    <row r="101" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B101" s="16">
         <v>97</v>
       </c>
       <c r="C101" s="10" t="s">
         <v>97</v>
       </c>
       <c r="D101" s="11">
         <v>2142457</v>
       </c>
       <c r="E101" s="12">
         <v>3871.51</v>
       </c>
       <c r="F101" s="11">
         <v>161835</v>
       </c>
       <c r="G101" s="12">
         <v>1773.53</v>
       </c>
     </row>
-    <row r="102" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B102" s="9">
+    <row r="102" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B102" s="16">
         <v>98</v>
       </c>
       <c r="C102" s="10" t="s">
         <v>335</v>
       </c>
       <c r="D102" s="11">
         <v>154550</v>
       </c>
       <c r="E102" s="12">
         <v>1363.66</v>
       </c>
       <c r="F102" s="11">
         <v>132663</v>
       </c>
       <c r="G102" s="12">
         <v>615.28</v>
       </c>
     </row>
-    <row r="103" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B103" s="9">
+    <row r="103" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B103" s="16">
         <v>99</v>
       </c>
       <c r="C103" s="10" t="s">
         <v>99</v>
       </c>
       <c r="D103" s="11">
         <v>4387060</v>
       </c>
       <c r="E103" s="12">
         <v>17492.53</v>
       </c>
       <c r="F103" s="11">
         <v>2132943</v>
       </c>
       <c r="G103" s="12">
         <v>15657.83</v>
       </c>
     </row>
-    <row r="104" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B104" s="9">
+    <row r="104" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B104" s="16">
         <v>100</v>
       </c>
       <c r="C104" s="10" t="s">
         <v>101</v>
       </c>
       <c r="D104" s="11">
         <v>1570730</v>
       </c>
       <c r="E104" s="12">
         <v>1863.66</v>
       </c>
       <c r="F104" s="11">
         <v>117378</v>
       </c>
       <c r="G104" s="12">
         <v>982.6</v>
       </c>
     </row>
-    <row r="105" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B105" s="9">
+    <row r="105" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B105" s="16">
         <v>101</v>
       </c>
       <c r="C105" s="10" t="s">
         <v>102</v>
       </c>
       <c r="D105" s="11">
         <v>8379</v>
       </c>
       <c r="E105" s="12">
         <v>26.66</v>
       </c>
       <c r="F105" s="11">
         <v>3571</v>
       </c>
       <c r="G105" s="12">
         <v>13.26</v>
       </c>
     </row>
-    <row r="106" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B106" s="9">
+    <row r="106" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B106" s="16">
         <v>102</v>
       </c>
       <c r="C106" s="10" t="s">
         <v>103</v>
       </c>
       <c r="D106" s="11">
         <v>180</v>
       </c>
       <c r="E106" s="12">
         <v>192.53</v>
       </c>
       <c r="F106" s="11">
         <v>886</v>
       </c>
       <c r="G106" s="12">
         <v>5.27</v>
       </c>
     </row>
-    <row r="107" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B107" s="9">
+    <row r="107" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B107" s="16">
         <v>103</v>
       </c>
       <c r="C107" s="10" t="s">
         <v>336</v>
       </c>
       <c r="D107" s="11">
         <v>1798</v>
       </c>
       <c r="E107" s="12">
         <v>1705.99</v>
       </c>
       <c r="F107" s="11">
         <v>6865</v>
       </c>
       <c r="G107" s="12">
         <v>484.48</v>
       </c>
     </row>
-    <row r="108" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B108" s="9">
+    <row r="108" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B108" s="16">
         <v>104</v>
       </c>
       <c r="C108" s="10" t="s">
         <v>337</v>
       </c>
       <c r="D108" s="11">
         <v>32117507</v>
       </c>
       <c r="E108" s="12">
         <v>141668.04999999999</v>
       </c>
       <c r="F108" s="11">
         <v>13473796</v>
       </c>
       <c r="G108" s="12">
         <v>126442.56</v>
       </c>
     </row>
-    <row r="109" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B109" s="9">
+    <row r="109" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B109" s="16">
         <v>105</v>
       </c>
       <c r="C109" s="10" t="s">
         <v>338</v>
       </c>
       <c r="D109" s="11">
         <v>59763</v>
       </c>
       <c r="E109" s="12">
         <v>169.65</v>
       </c>
       <c r="F109" s="11">
         <v>21754</v>
       </c>
       <c r="G109" s="12">
         <v>144.59</v>
       </c>
     </row>
-    <row r="110" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B110" s="9">
+    <row r="110" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B110" s="16">
         <v>106</v>
       </c>
       <c r="C110" s="10" t="s">
         <v>339</v>
       </c>
       <c r="D110" s="11">
         <v>140536</v>
       </c>
       <c r="E110" s="12">
         <v>420.83</v>
       </c>
       <c r="F110" s="11">
         <v>12534</v>
       </c>
       <c r="G110" s="12">
         <v>151.5</v>
       </c>
     </row>
-    <row r="111" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B111" s="9">
+    <row r="111" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B111" s="16">
         <v>107</v>
       </c>
       <c r="C111" s="10" t="s">
         <v>106</v>
       </c>
       <c r="D111" s="11">
         <v>1039192</v>
       </c>
       <c r="E111" s="12">
         <v>2134.58</v>
       </c>
       <c r="F111" s="11">
         <v>146764</v>
       </c>
       <c r="G111" s="12">
         <v>835.95</v>
       </c>
     </row>
-    <row r="112" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B112" s="9">
+    <row r="112" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B112" s="16">
         <v>108</v>
       </c>
       <c r="C112" s="10" t="s">
         <v>340</v>
       </c>
       <c r="D112" s="11">
         <v>36517</v>
       </c>
       <c r="E112" s="12">
         <v>836.85</v>
       </c>
       <c r="F112" s="11">
         <v>31558</v>
       </c>
       <c r="G112" s="12">
         <v>591.16999999999996</v>
       </c>
     </row>
-    <row r="113" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B113" s="9">
+    <row r="113" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B113" s="16">
         <v>109</v>
       </c>
       <c r="C113" s="10" t="s">
         <v>341</v>
       </c>
       <c r="D113" s="11">
         <v>32271</v>
       </c>
       <c r="E113" s="12">
         <v>158.99</v>
       </c>
       <c r="F113" s="11">
         <v>14033</v>
       </c>
       <c r="G113" s="12">
         <v>98.44</v>
       </c>
     </row>
-    <row r="114" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B114" s="9">
+    <row r="114" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B114" s="16">
         <v>110</v>
       </c>
       <c r="C114" s="10" t="s">
         <v>342</v>
       </c>
       <c r="D114" s="11">
         <v>184</v>
       </c>
       <c r="E114" s="12">
         <v>213.53</v>
       </c>
       <c r="F114" s="11">
         <v>702</v>
       </c>
       <c r="G114" s="12">
         <v>44.03</v>
       </c>
     </row>
-    <row r="115" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B115" s="9">
+    <row r="115" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B115" s="16">
         <v>111</v>
       </c>
       <c r="C115" s="10" t="s">
         <v>343</v>
       </c>
       <c r="D115" s="11">
         <v>209008</v>
       </c>
       <c r="E115" s="12">
         <v>986.98</v>
       </c>
       <c r="F115" s="11">
         <v>104429</v>
       </c>
       <c r="G115" s="12">
         <v>886.06</v>
       </c>
     </row>
-    <row r="116" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B116" s="9">
+    <row r="116" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B116" s="16">
         <v>112</v>
       </c>
       <c r="C116" s="10" t="s">
         <v>344</v>
       </c>
       <c r="D116" s="11">
         <v>23445</v>
       </c>
       <c r="E116" s="12">
         <v>14030.03</v>
       </c>
       <c r="F116" s="11">
         <v>83590</v>
       </c>
       <c r="G116" s="12">
         <v>2281.04</v>
       </c>
     </row>
-    <row r="117" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B117" s="9">
+    <row r="117" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B117" s="16">
         <v>113</v>
       </c>
       <c r="C117" s="10" t="s">
         <v>345</v>
       </c>
       <c r="D117" s="11">
         <v>38258</v>
       </c>
       <c r="E117" s="12">
         <v>84.73</v>
       </c>
       <c r="F117" s="11">
         <v>5799</v>
       </c>
       <c r="G117" s="12">
         <v>21.96</v>
       </c>
     </row>
-    <row r="118" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B118" s="9">
+    <row r="118" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B118" s="16">
         <v>114</v>
       </c>
       <c r="C118" s="10" t="s">
         <v>346</v>
       </c>
       <c r="D118" s="11">
         <v>59262</v>
       </c>
       <c r="E118" s="12">
         <v>276.89</v>
       </c>
       <c r="F118" s="11">
         <v>26552</v>
       </c>
       <c r="G118" s="12">
         <v>179.49</v>
       </c>
     </row>
-    <row r="119" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B119" s="9">
+    <row r="119" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B119" s="16">
         <v>115</v>
       </c>
       <c r="C119" s="10" t="s">
         <v>347</v>
       </c>
       <c r="D119" s="11">
         <v>8825</v>
       </c>
       <c r="E119" s="12">
         <v>155.22</v>
       </c>
       <c r="F119" s="11">
         <v>2335</v>
       </c>
       <c r="G119" s="12">
         <v>14.41</v>
       </c>
     </row>
-    <row r="120" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B120" s="9">
+    <row r="120" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B120" s="16">
         <v>116</v>
       </c>
       <c r="C120" s="10" t="s">
         <v>115</v>
       </c>
       <c r="D120" s="11">
         <v>427</v>
       </c>
       <c r="E120" s="12">
         <v>11507.83</v>
       </c>
       <c r="F120" s="11">
         <v>13582</v>
       </c>
       <c r="G120" s="12">
         <v>23890.26</v>
       </c>
     </row>
-    <row r="121" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B121" s="9">
+    <row r="121" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B121" s="16">
         <v>117</v>
       </c>
       <c r="C121" s="10" t="s">
         <v>348</v>
       </c>
       <c r="D121" s="11">
         <v>52218</v>
       </c>
       <c r="E121" s="12">
         <v>248.47</v>
       </c>
       <c r="F121" s="11">
         <v>19950</v>
       </c>
       <c r="G121" s="12">
         <v>137.85</v>
       </c>
     </row>
-    <row r="122" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B122" s="9">
+    <row r="122" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B122" s="16">
         <v>118</v>
       </c>
       <c r="C122" s="10" t="s">
         <v>349</v>
       </c>
       <c r="D122" s="11">
         <v>236938</v>
       </c>
       <c r="E122" s="12">
         <v>568.54</v>
       </c>
       <c r="F122" s="11">
         <v>47325</v>
       </c>
       <c r="G122" s="12">
         <v>259.94</v>
       </c>
     </row>
-    <row r="123" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B123" s="9">
+    <row r="123" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B123" s="16">
         <v>119</v>
       </c>
       <c r="C123" s="10" t="s">
         <v>350</v>
       </c>
       <c r="D123" s="11">
         <v>60</v>
       </c>
       <c r="E123" s="12">
         <v>108.61</v>
       </c>
       <c r="F123" s="11">
         <v>222</v>
       </c>
       <c r="G123" s="12">
         <v>64.650000000000006</v>
       </c>
     </row>
-    <row r="124" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B124" s="9">
+    <row r="124" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B124" s="16">
         <v>120</v>
       </c>
       <c r="C124" s="10" t="s">
         <v>351</v>
       </c>
       <c r="D124" s="11">
         <v>12192</v>
       </c>
       <c r="E124" s="12">
         <v>60.36</v>
       </c>
       <c r="F124" s="11">
         <v>6773</v>
       </c>
       <c r="G124" s="12">
         <v>98.62</v>
       </c>
     </row>
-    <row r="125" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B125" s="9">
+    <row r="125" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B125" s="16">
         <v>121</v>
       </c>
       <c r="C125" s="10" t="s">
         <v>352</v>
       </c>
       <c r="D125" s="11">
         <v>157</v>
       </c>
       <c r="E125" s="12">
         <v>0.27</v>
       </c>
       <c r="F125" s="11">
         <v>0</v>
       </c>
       <c r="G125" s="12">
         <v>0</v>
       </c>
     </row>
-    <row r="126" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B126" s="9">
+    <row r="126" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B126" s="16">
         <v>122</v>
       </c>
       <c r="C126" s="10" t="s">
         <v>120</v>
       </c>
       <c r="D126" s="11">
         <v>7030</v>
       </c>
       <c r="E126" s="12">
         <v>23.42</v>
       </c>
       <c r="F126" s="11">
         <v>1280</v>
       </c>
       <c r="G126" s="12">
         <v>6.73</v>
       </c>
     </row>
-    <row r="127" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B127" s="9">
+    <row r="127" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B127" s="16">
         <v>123</v>
       </c>
       <c r="C127" s="10" t="s">
         <v>353</v>
       </c>
       <c r="D127" s="11">
         <v>219490</v>
       </c>
       <c r="E127" s="12">
         <v>821.62</v>
       </c>
       <c r="F127" s="11">
         <v>141547</v>
       </c>
       <c r="G127" s="12">
         <v>709.79</v>
       </c>
     </row>
-    <row r="128" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B128" s="9">
+    <row r="128" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B128" s="16">
         <v>124</v>
       </c>
       <c r="C128" s="10" t="s">
         <v>123</v>
       </c>
       <c r="D128" s="11">
         <v>14</v>
       </c>
       <c r="E128" s="12">
         <v>42.47</v>
       </c>
       <c r="F128" s="11">
         <v>110</v>
       </c>
       <c r="G128" s="12">
         <v>0.49</v>
       </c>
     </row>
-    <row r="129" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B129" s="9">
+    <row r="129" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B129" s="16">
         <v>125</v>
       </c>
       <c r="C129" s="10" t="s">
         <v>354</v>
       </c>
       <c r="D129" s="11">
         <v>379384</v>
       </c>
       <c r="E129" s="12">
         <v>325.70999999999998</v>
       </c>
       <c r="F129" s="11">
         <v>34156</v>
       </c>
       <c r="G129" s="12">
         <v>270.42</v>
       </c>
     </row>
-    <row r="130" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B130" s="9">
+    <row r="130" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B130" s="16">
         <v>126</v>
       </c>
       <c r="C130" s="10" t="s">
         <v>125</v>
       </c>
       <c r="D130" s="11">
         <v>823187</v>
       </c>
       <c r="E130" s="12">
         <v>2131.17</v>
       </c>
       <c r="F130" s="11">
         <v>63723</v>
       </c>
       <c r="G130" s="12">
         <v>634.16999999999996</v>
       </c>
     </row>
-    <row r="131" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B131" s="9">
+    <row r="131" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B131" s="16">
         <v>127</v>
       </c>
       <c r="C131" s="10" t="s">
         <v>355</v>
       </c>
       <c r="D131" s="11">
         <v>69754</v>
       </c>
       <c r="E131" s="12">
         <v>446.1</v>
       </c>
       <c r="F131" s="11">
         <v>46108</v>
       </c>
       <c r="G131" s="12">
         <v>272.83</v>
       </c>
     </row>
-    <row r="132" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B132" s="9">
+    <row r="132" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B132" s="16">
         <v>128</v>
       </c>
       <c r="C132" s="10" t="s">
         <v>356</v>
       </c>
       <c r="D132" s="11">
         <v>12883</v>
       </c>
       <c r="E132" s="12">
         <v>2610.16</v>
       </c>
       <c r="F132" s="11">
         <v>15933</v>
       </c>
       <c r="G132" s="12">
         <v>109.67</v>
       </c>
     </row>
-    <row r="133" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B133" s="9">
+    <row r="133" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B133" s="16">
         <v>129</v>
       </c>
       <c r="C133" s="10" t="s">
         <v>357</v>
       </c>
       <c r="D133" s="11">
         <v>16094</v>
       </c>
       <c r="E133" s="12">
         <v>46.68</v>
       </c>
       <c r="F133" s="11">
         <v>3531</v>
       </c>
       <c r="G133" s="12">
         <v>20.59</v>
       </c>
     </row>
-    <row r="134" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B134" s="9">
+    <row r="134" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B134" s="16">
         <v>130</v>
       </c>
       <c r="C134" s="10" t="s">
         <v>358</v>
       </c>
       <c r="D134" s="11">
         <v>0</v>
       </c>
       <c r="E134" s="12">
         <v>0</v>
       </c>
       <c r="F134" s="11">
         <v>264</v>
       </c>
       <c r="G134" s="12">
         <v>42.34</v>
       </c>
     </row>
-    <row r="135" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B135" s="9">
+    <row r="135" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B135" s="16">
         <v>131</v>
       </c>
       <c r="C135" s="10" t="s">
         <v>359</v>
       </c>
       <c r="D135" s="11">
         <v>77377</v>
       </c>
       <c r="E135" s="12">
         <v>348.99</v>
       </c>
       <c r="F135" s="11">
         <v>54917</v>
       </c>
       <c r="G135" s="12">
         <v>276.7</v>
       </c>
     </row>
-    <row r="136" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B136" s="9">
+    <row r="136" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B136" s="16">
         <v>132</v>
       </c>
       <c r="C136" s="10" t="s">
         <v>132</v>
       </c>
       <c r="D136" s="11">
         <v>3088526</v>
       </c>
       <c r="E136" s="12">
         <v>8241.44</v>
       </c>
       <c r="F136" s="11">
         <v>492554</v>
       </c>
       <c r="G136" s="12">
         <v>4184.88</v>
       </c>
     </row>
-    <row r="137" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B137" s="9">
+    <row r="137" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B137" s="16">
         <v>133</v>
       </c>
       <c r="C137" s="10" t="s">
         <v>133</v>
       </c>
       <c r="D137" s="11">
         <v>64399465</v>
       </c>
       <c r="E137" s="12">
         <v>153317.48000000001</v>
       </c>
       <c r="F137" s="11">
         <v>7841807</v>
       </c>
       <c r="G137" s="12">
         <v>70977.03</v>
       </c>
     </row>
-    <row r="138" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B138" s="9">
+    <row r="138" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B138" s="16">
         <v>134</v>
       </c>
       <c r="C138" s="10" t="s">
         <v>360</v>
       </c>
       <c r="D138" s="11">
         <v>3221</v>
       </c>
       <c r="E138" s="12">
         <v>42.41</v>
       </c>
       <c r="F138" s="11">
         <v>1407</v>
       </c>
       <c r="G138" s="12">
         <v>132.58000000000001</v>
       </c>
     </row>
-    <row r="139" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B139" s="9">
+    <row r="139" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B139" s="16">
         <v>135</v>
       </c>
       <c r="C139" s="10" t="s">
         <v>361</v>
       </c>
       <c r="D139" s="11">
         <v>121</v>
       </c>
       <c r="E139" s="12">
         <v>161.38999999999999</v>
       </c>
       <c r="F139" s="11">
         <v>296</v>
       </c>
       <c r="G139" s="12">
         <v>42.98</v>
       </c>
     </row>
-    <row r="140" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B140" s="9">
+    <row r="140" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B140" s="16">
         <v>136</v>
       </c>
       <c r="C140" s="10" t="s">
         <v>362</v>
       </c>
       <c r="D140" s="11">
         <v>6</v>
       </c>
       <c r="E140" s="12">
         <v>0.02</v>
       </c>
       <c r="F140" s="11">
         <v>4</v>
       </c>
       <c r="G140" s="12">
         <v>0</v>
       </c>
     </row>
-    <row r="141" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B141" s="9">
+    <row r="141" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B141" s="16">
         <v>137</v>
       </c>
       <c r="C141" s="10" t="s">
         <v>135</v>
       </c>
       <c r="D141" s="11">
         <v>36306</v>
       </c>
       <c r="E141" s="12">
         <v>143.38999999999999</v>
       </c>
       <c r="F141" s="11">
         <v>17665</v>
       </c>
       <c r="G141" s="12">
         <v>102.53</v>
       </c>
     </row>
-    <row r="142" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B142" s="9">
+    <row r="142" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B142" s="16">
         <v>138</v>
       </c>
       <c r="C142" s="10" t="s">
         <v>363</v>
       </c>
       <c r="D142" s="11">
         <v>25467</v>
       </c>
       <c r="E142" s="12">
         <v>60.04</v>
       </c>
       <c r="F142" s="11">
         <v>4748</v>
       </c>
       <c r="G142" s="12">
         <v>82.99</v>
       </c>
     </row>
-    <row r="143" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B143" s="9">
+    <row r="143" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B143" s="16">
         <v>139</v>
       </c>
       <c r="C143" s="10" t="s">
         <v>137</v>
       </c>
       <c r="D143" s="11">
         <v>6524089</v>
       </c>
       <c r="E143" s="12">
         <v>3549.29</v>
       </c>
       <c r="F143" s="11">
         <v>207664</v>
       </c>
       <c r="G143" s="12">
         <v>1740.22</v>
       </c>
     </row>
-    <row r="144" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B144" s="9">
+    <row r="144" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B144" s="16">
         <v>140</v>
       </c>
       <c r="C144" s="10" t="s">
         <v>364</v>
       </c>
       <c r="D144" s="11">
         <v>93580</v>
       </c>
       <c r="E144" s="12">
         <v>205.26</v>
       </c>
       <c r="F144" s="11">
         <v>20464</v>
       </c>
       <c r="G144" s="12">
         <v>133.02000000000001</v>
       </c>
     </row>
-    <row r="145" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B145" s="9">
+    <row r="145" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B145" s="16">
         <v>141</v>
       </c>
       <c r="C145" s="10" t="s">
         <v>365</v>
       </c>
       <c r="D145" s="11">
         <v>166284</v>
       </c>
       <c r="E145" s="12">
         <v>306.64999999999998</v>
       </c>
       <c r="F145" s="11">
         <v>31597</v>
       </c>
       <c r="G145" s="12">
         <v>208.49</v>
       </c>
     </row>
-    <row r="146" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B146" s="9">
+    <row r="146" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B146" s="16">
         <v>142</v>
       </c>
       <c r="C146" s="10" t="s">
         <v>366</v>
       </c>
       <c r="D146" s="11">
         <v>17759</v>
       </c>
       <c r="E146" s="12">
         <v>25.11</v>
       </c>
       <c r="F146" s="11">
         <v>18372</v>
       </c>
       <c r="G146" s="12">
         <v>1346.13</v>
       </c>
     </row>
-    <row r="147" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B147" s="9">
+    <row r="147" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B147" s="16">
         <v>143</v>
       </c>
       <c r="C147" s="10" t="s">
         <v>367</v>
       </c>
       <c r="D147" s="11">
         <v>1804994</v>
       </c>
       <c r="E147" s="12">
         <v>63345.01</v>
       </c>
       <c r="F147" s="11">
         <v>75019685</v>
       </c>
       <c r="G147" s="12">
         <v>573489.79</v>
       </c>
     </row>
-    <row r="148" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B148" s="9">
+    <row r="148" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B148" s="16">
         <v>144</v>
       </c>
       <c r="C148" s="10" t="s">
         <v>368</v>
       </c>
       <c r="D148" s="11">
         <v>1162408</v>
       </c>
       <c r="E148" s="12">
         <v>22682.52</v>
       </c>
       <c r="F148" s="11">
         <v>6998127</v>
       </c>
       <c r="G148" s="12">
         <v>33419.449999999997</v>
       </c>
     </row>
-    <row r="149" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B149" s="9">
+    <row r="149" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B149" s="16">
         <v>145</v>
       </c>
       <c r="C149" s="10" t="s">
         <v>369</v>
       </c>
       <c r="D149" s="11">
         <v>24877</v>
       </c>
       <c r="E149" s="12">
         <v>64.349999999999994</v>
       </c>
       <c r="F149" s="11">
         <v>6272</v>
       </c>
       <c r="G149" s="12">
         <v>155.41999999999999</v>
       </c>
     </row>
-    <row r="150" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B150" s="9">
+    <row r="150" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B150" s="16">
         <v>146</v>
       </c>
       <c r="C150" s="10" t="s">
         <v>370</v>
       </c>
       <c r="D150" s="11">
         <v>26821</v>
       </c>
       <c r="E150" s="12">
         <v>108</v>
       </c>
       <c r="F150" s="11">
         <v>15186</v>
       </c>
       <c r="G150" s="12">
         <v>182.21</v>
       </c>
     </row>
-    <row r="151" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B151" s="9">
+    <row r="151" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B151" s="16">
         <v>147</v>
       </c>
       <c r="C151" s="10" t="s">
         <v>371</v>
       </c>
       <c r="D151" s="11">
         <v>1570549</v>
       </c>
       <c r="E151" s="12">
         <v>7165.2</v>
       </c>
       <c r="F151" s="11">
         <v>750478</v>
       </c>
       <c r="G151" s="12">
         <v>5611.79</v>
       </c>
     </row>
-    <row r="152" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B152" s="9">
+    <row r="152" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B152" s="16">
         <v>148</v>
       </c>
       <c r="C152" s="10" t="s">
         <v>372</v>
       </c>
       <c r="D152" s="11">
         <v>218263</v>
       </c>
       <c r="E152" s="12">
         <v>549.82000000000005</v>
       </c>
       <c r="F152" s="11">
         <v>15932</v>
       </c>
       <c r="G152" s="12">
         <v>159.27000000000001</v>
       </c>
     </row>
-    <row r="153" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B153" s="9">
+    <row r="153" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B153" s="16">
         <v>149</v>
       </c>
       <c r="C153" s="10" t="s">
         <v>373</v>
       </c>
       <c r="D153" s="11">
         <v>15714</v>
       </c>
       <c r="E153" s="12">
         <v>38.340000000000003</v>
       </c>
       <c r="F153" s="11">
         <v>3084</v>
       </c>
       <c r="G153" s="12">
         <v>79.47</v>
       </c>
     </row>
-    <row r="154" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B154" s="9">
+    <row r="154" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B154" s="16">
         <v>150</v>
       </c>
       <c r="C154" s="10" t="s">
         <v>374</v>
       </c>
       <c r="D154" s="11">
         <v>508</v>
       </c>
       <c r="E154" s="12">
         <v>90.44</v>
       </c>
       <c r="F154" s="11">
         <v>19565</v>
       </c>
       <c r="G154" s="12">
         <v>2391.41</v>
       </c>
     </row>
-    <row r="155" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B155" s="9">
+    <row r="155" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B155" s="16">
         <v>151</v>
       </c>
       <c r="C155" s="10" t="s">
         <v>375</v>
       </c>
       <c r="D155" s="11">
         <v>52572</v>
       </c>
       <c r="E155" s="12">
         <v>1840.96</v>
       </c>
       <c r="F155" s="11">
         <v>49264</v>
       </c>
       <c r="G155" s="12">
         <v>825.37</v>
       </c>
     </row>
-    <row r="156" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B156" s="9">
+    <row r="156" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B156" s="16">
         <v>152</v>
       </c>
       <c r="C156" s="10" t="s">
         <v>376</v>
       </c>
       <c r="D156" s="11">
         <v>799900</v>
       </c>
       <c r="E156" s="12">
         <v>3427.2</v>
       </c>
       <c r="F156" s="11">
         <v>510590</v>
       </c>
       <c r="G156" s="12">
         <v>3015.38</v>
       </c>
     </row>
-    <row r="157" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B157" s="9">
+    <row r="157" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B157" s="16">
         <v>153</v>
       </c>
       <c r="C157" s="10" t="s">
         <v>377</v>
       </c>
       <c r="D157" s="11">
         <v>12301</v>
       </c>
       <c r="E157" s="12">
         <v>80.44</v>
       </c>
       <c r="F157" s="11">
         <v>5461</v>
       </c>
       <c r="G157" s="12">
         <v>32.85</v>
       </c>
     </row>
-    <row r="158" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B158" s="9">
+    <row r="158" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B158" s="16">
         <v>154</v>
       </c>
       <c r="C158" s="10" t="s">
         <v>148</v>
       </c>
       <c r="D158" s="11">
         <v>16630</v>
       </c>
       <c r="E158" s="12">
         <v>2651.18</v>
       </c>
       <c r="F158" s="11">
         <v>40087</v>
       </c>
       <c r="G158" s="12">
         <v>2224.12</v>
       </c>
     </row>
-    <row r="159" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B159" s="9">
+    <row r="159" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B159" s="16">
         <v>155</v>
       </c>
       <c r="C159" s="10" t="s">
         <v>378</v>
       </c>
       <c r="D159" s="11">
         <v>102445</v>
       </c>
       <c r="E159" s="12">
         <v>264.94</v>
       </c>
       <c r="F159" s="11">
         <v>36660</v>
       </c>
       <c r="G159" s="12">
         <v>336.42</v>
       </c>
     </row>
-    <row r="160" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B160" s="9">
+    <row r="160" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B160" s="16">
         <v>156</v>
       </c>
       <c r="C160" s="10" t="s">
         <v>379</v>
       </c>
       <c r="D160" s="11">
         <v>30284</v>
       </c>
       <c r="E160" s="12">
         <v>116.87</v>
       </c>
       <c r="F160" s="11">
         <v>15769</v>
       </c>
       <c r="G160" s="12">
         <v>134.59</v>
       </c>
     </row>
-    <row r="161" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B161" s="9">
+    <row r="161" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B161" s="16">
         <v>157</v>
       </c>
       <c r="C161" s="10" t="s">
         <v>380</v>
       </c>
       <c r="D161" s="11">
         <v>72802</v>
       </c>
       <c r="E161" s="12">
         <v>202.92</v>
       </c>
       <c r="F161" s="11">
         <v>16428</v>
       </c>
       <c r="G161" s="12">
         <v>142.43</v>
       </c>
     </row>
-    <row r="162" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B162" s="9">
+    <row r="162" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B162" s="16">
         <v>158</v>
       </c>
       <c r="C162" s="10" t="s">
         <v>152</v>
       </c>
       <c r="D162" s="11">
         <v>21739</v>
       </c>
       <c r="E162" s="12">
         <v>62.01</v>
       </c>
       <c r="F162" s="11">
         <v>4911</v>
       </c>
       <c r="G162" s="12">
         <v>55.52</v>
       </c>
     </row>
-    <row r="163" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B163" s="9">
+    <row r="163" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B163" s="16">
         <v>159</v>
       </c>
       <c r="C163" s="10" t="s">
         <v>381</v>
       </c>
       <c r="D163" s="11">
         <v>124301</v>
       </c>
       <c r="E163" s="12">
         <v>124.48</v>
       </c>
       <c r="F163" s="11">
         <v>11636</v>
       </c>
       <c r="G163" s="12">
         <v>73.8</v>
       </c>
     </row>
-    <row r="164" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B164" s="9">
+    <row r="164" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B164" s="16">
         <v>160</v>
       </c>
       <c r="C164" s="10" t="s">
         <v>382</v>
       </c>
       <c r="D164" s="11">
         <v>3600</v>
       </c>
       <c r="E164" s="12">
         <v>12.66</v>
       </c>
       <c r="F164" s="11">
         <v>4311</v>
       </c>
       <c r="G164" s="12">
         <v>126.24</v>
       </c>
     </row>
-    <row r="165" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B165" s="9">
+    <row r="165" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B165" s="16">
         <v>161</v>
       </c>
       <c r="C165" s="10" t="s">
         <v>383</v>
       </c>
       <c r="D165" s="11">
         <v>14678</v>
       </c>
       <c r="E165" s="12">
         <v>54.47</v>
       </c>
       <c r="F165" s="11">
         <v>8800</v>
       </c>
       <c r="G165" s="12">
         <v>97.95</v>
       </c>
     </row>
-    <row r="166" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B166" s="9">
+    <row r="166" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B166" s="16">
         <v>162</v>
       </c>
       <c r="C166" s="10" t="s">
         <v>156</v>
       </c>
       <c r="D166" s="11">
         <v>411</v>
       </c>
       <c r="E166" s="12">
         <v>325.23</v>
       </c>
       <c r="F166" s="11">
         <v>3654</v>
       </c>
       <c r="G166" s="12">
         <v>224.24</v>
       </c>
     </row>
-    <row r="167" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B167" s="9">
+    <row r="167" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B167" s="16">
         <v>163</v>
       </c>
       <c r="C167" s="10" t="s">
         <v>384</v>
       </c>
       <c r="D167" s="11">
         <v>30384</v>
       </c>
       <c r="E167" s="12">
         <v>146.22999999999999</v>
       </c>
       <c r="F167" s="11">
         <v>12642</v>
       </c>
       <c r="G167" s="12">
         <v>79.06</v>
       </c>
     </row>
-    <row r="168" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B168" s="9">
+    <row r="168" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B168" s="16">
         <v>164</v>
       </c>
       <c r="C168" s="10" t="s">
         <v>158</v>
       </c>
       <c r="D168" s="11">
         <v>3065003</v>
       </c>
       <c r="E168" s="12">
         <v>11672.95</v>
       </c>
       <c r="F168" s="11">
         <v>1670033</v>
       </c>
       <c r="G168" s="12">
         <v>11177.58</v>
       </c>
     </row>
-    <row r="169" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B169" s="9">
+    <row r="169" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B169" s="16">
         <v>165</v>
       </c>
       <c r="C169" s="10" t="s">
         <v>385</v>
       </c>
       <c r="D169" s="11">
         <v>4204</v>
       </c>
       <c r="E169" s="12">
         <v>9.73</v>
       </c>
       <c r="F169" s="11">
         <v>1161</v>
       </c>
       <c r="G169" s="12">
         <v>24.57</v>
       </c>
     </row>
-    <row r="170" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B170" s="9">
+    <row r="170" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B170" s="16">
         <v>166</v>
       </c>
       <c r="C170" s="10" t="s">
         <v>160</v>
       </c>
       <c r="D170" s="11">
         <v>1557425</v>
       </c>
       <c r="E170" s="12">
         <v>81158.58</v>
       </c>
       <c r="F170" s="11">
         <v>4394946</v>
       </c>
       <c r="G170" s="12">
         <v>94391.73</v>
       </c>
     </row>
-    <row r="171" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B171" s="9">
+    <row r="171" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B171" s="16">
         <v>167</v>
       </c>
       <c r="C171" s="10" t="s">
         <v>161</v>
       </c>
       <c r="D171" s="11">
         <v>213749576</v>
       </c>
       <c r="E171" s="12">
         <v>694652.98</v>
       </c>
       <c r="F171" s="11">
         <v>33136735</v>
       </c>
       <c r="G171" s="12">
         <v>414147.23</v>
       </c>
     </row>
-    <row r="172" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B172" s="9">
+    <row r="172" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B172" s="16">
         <v>168</v>
       </c>
       <c r="C172" s="10" t="s">
         <v>386</v>
       </c>
       <c r="D172" s="11">
         <v>10629</v>
       </c>
       <c r="E172" s="12">
         <v>66.22</v>
       </c>
       <c r="F172" s="11">
         <v>11909</v>
       </c>
       <c r="G172" s="12">
         <v>286.42</v>
       </c>
     </row>
-    <row r="173" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B173" s="9">
+    <row r="173" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B173" s="16">
         <v>169</v>
       </c>
       <c r="C173" s="10" t="s">
         <v>164</v>
       </c>
       <c r="D173" s="11">
         <v>11296</v>
       </c>
       <c r="E173" s="12">
         <v>6658.27</v>
       </c>
       <c r="F173" s="11">
         <v>53989</v>
       </c>
       <c r="G173" s="12">
         <v>4653.3999999999996</v>
       </c>
     </row>
-    <row r="174" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B174" s="9">
+    <row r="174" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B174" s="16">
         <v>170</v>
       </c>
       <c r="C174" s="10" t="s">
         <v>387</v>
       </c>
       <c r="D174" s="11">
         <v>138462</v>
       </c>
       <c r="E174" s="12">
         <v>486.08</v>
       </c>
       <c r="F174" s="11">
         <v>48781</v>
       </c>
       <c r="G174" s="12">
         <v>377.12</v>
       </c>
     </row>
-    <row r="175" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B175" s="9">
+    <row r="175" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B175" s="16">
         <v>171</v>
       </c>
       <c r="C175" s="10" t="s">
         <v>388</v>
       </c>
       <c r="D175" s="11">
         <v>44938</v>
       </c>
       <c r="E175" s="12">
         <v>205.69</v>
       </c>
       <c r="F175" s="11">
         <v>30926</v>
       </c>
       <c r="G175" s="12">
         <v>357.97</v>
       </c>
     </row>
-    <row r="176" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B176" s="9">
+    <row r="176" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B176" s="16">
         <v>172</v>
       </c>
       <c r="C176" s="10" t="s">
         <v>389</v>
       </c>
       <c r="D176" s="11">
         <v>117589</v>
       </c>
       <c r="E176" s="12">
         <v>655.17999999999995</v>
       </c>
       <c r="F176" s="11">
         <v>79954</v>
       </c>
       <c r="G176" s="12">
         <v>727.09</v>
       </c>
     </row>
-    <row r="177" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B177" s="9">
+    <row r="177" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B177" s="16">
         <v>173</v>
       </c>
       <c r="C177" s="10" t="s">
         <v>390</v>
       </c>
       <c r="D177" s="11">
         <v>193765</v>
       </c>
       <c r="E177" s="12">
         <v>927.06</v>
       </c>
       <c r="F177" s="11">
         <v>77938</v>
       </c>
       <c r="G177" s="12">
         <v>1905.41</v>
       </c>
     </row>
-    <row r="178" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B178" s="9">
+    <row r="178" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B178" s="16">
         <v>174</v>
       </c>
       <c r="C178" s="10" t="s">
         <v>391</v>
       </c>
       <c r="D178" s="11">
         <v>72013</v>
       </c>
       <c r="E178" s="12">
         <v>371.72</v>
       </c>
       <c r="F178" s="11">
         <v>60904</v>
       </c>
       <c r="G178" s="12">
         <v>339.03</v>
       </c>
     </row>
-    <row r="179" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B179" s="9">
+    <row r="179" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B179" s="16">
         <v>175</v>
       </c>
       <c r="C179" s="10" t="s">
         <v>392</v>
       </c>
       <c r="D179" s="11">
         <v>511212</v>
       </c>
       <c r="E179" s="12">
         <v>2465.3000000000002</v>
       </c>
       <c r="F179" s="11">
         <v>250752</v>
       </c>
       <c r="G179" s="12">
         <v>961.71</v>
       </c>
     </row>
-    <row r="180" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B180" s="9">
+    <row r="180" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B180" s="16">
         <v>176</v>
       </c>
       <c r="C180" s="10" t="s">
         <v>393</v>
       </c>
       <c r="D180" s="11">
         <v>2455713</v>
       </c>
       <c r="E180" s="12">
         <v>8170.49</v>
       </c>
       <c r="F180" s="11">
         <v>865185</v>
       </c>
       <c r="G180" s="12">
         <v>5321.33</v>
       </c>
     </row>
-    <row r="181" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B181" s="9">
+    <row r="181" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B181" s="16">
         <v>177</v>
       </c>
       <c r="C181" s="10" t="s">
         <v>169</v>
       </c>
       <c r="D181" s="11">
         <v>846748</v>
       </c>
       <c r="E181" s="12">
         <v>1300.6199999999999</v>
       </c>
       <c r="F181" s="11">
         <v>105099</v>
       </c>
       <c r="G181" s="12">
         <v>7052.29</v>
       </c>
     </row>
-    <row r="182" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B182" s="9">
+    <row r="182" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B182" s="16">
         <v>178</v>
       </c>
       <c r="C182" s="10" t="s">
         <v>394</v>
       </c>
       <c r="D182" s="11">
         <v>165899</v>
       </c>
       <c r="E182" s="12">
         <v>424.21</v>
       </c>
       <c r="F182" s="11">
         <v>46131</v>
       </c>
       <c r="G182" s="12">
         <v>387.58</v>
       </c>
     </row>
-    <row r="183" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B183" s="9">
+    <row r="183" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B183" s="16">
         <v>179</v>
       </c>
       <c r="C183" s="10" t="s">
         <v>395</v>
       </c>
       <c r="D183" s="11">
         <v>4863</v>
       </c>
       <c r="E183" s="12">
         <v>37.44</v>
       </c>
       <c r="F183" s="11">
         <v>4539</v>
       </c>
       <c r="G183" s="12">
         <v>27.1</v>
       </c>
     </row>
-    <row r="184" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B184" s="9">
+    <row r="184" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B184" s="16">
         <v>180</v>
       </c>
       <c r="C184" s="10" t="s">
         <v>396</v>
       </c>
       <c r="D184" s="11">
         <v>81506</v>
       </c>
       <c r="E184" s="12">
         <v>238.24</v>
       </c>
       <c r="F184" s="11">
         <v>19715</v>
       </c>
       <c r="G184" s="12">
         <v>177.16</v>
       </c>
     </row>
-    <row r="185" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B185" s="9">
+    <row r="185" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B185" s="16">
         <v>181</v>
       </c>
       <c r="C185" s="10" t="s">
         <v>397</v>
       </c>
       <c r="D185" s="11">
         <v>234937</v>
       </c>
       <c r="E185" s="12">
         <v>451.47</v>
       </c>
       <c r="F185" s="11">
         <v>13186</v>
       </c>
       <c r="G185" s="12">
         <v>346.06</v>
       </c>
     </row>
-    <row r="186" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B186" s="9">
+    <row r="186" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B186" s="16">
         <v>182</v>
       </c>
       <c r="C186" s="10" t="s">
         <v>398</v>
       </c>
       <c r="D186" s="11">
         <v>513750</v>
       </c>
       <c r="E186" s="12">
         <v>1996.1</v>
       </c>
       <c r="F186" s="11">
         <v>183675</v>
       </c>
       <c r="G186" s="12">
         <v>1178.67</v>
       </c>
     </row>
-    <row r="187" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B187" s="9">
+    <row r="187" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B187" s="16">
         <v>183</v>
       </c>
       <c r="C187" s="10" t="s">
         <v>399</v>
       </c>
       <c r="D187" s="11">
         <v>55489</v>
       </c>
       <c r="E187" s="12">
         <v>264.57</v>
       </c>
       <c r="F187" s="11">
         <v>13947</v>
       </c>
       <c r="G187" s="12">
         <v>109.6</v>
       </c>
     </row>
-    <row r="188" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B188" s="9">
+    <row r="188" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B188" s="16">
         <v>184</v>
       </c>
       <c r="C188" s="10" t="s">
         <v>400</v>
       </c>
       <c r="D188" s="11">
         <v>20030</v>
       </c>
       <c r="E188" s="12">
         <v>81.790000000000006</v>
       </c>
       <c r="F188" s="11">
         <v>5697</v>
       </c>
       <c r="G188" s="12">
         <v>30.96</v>
       </c>
     </row>
-    <row r="189" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B189" s="9">
+    <row r="189" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B189" s="16">
         <v>185</v>
       </c>
       <c r="C189" s="10" t="s">
         <v>401</v>
       </c>
       <c r="D189" s="11">
         <v>46279</v>
       </c>
       <c r="E189" s="12">
         <v>373.12</v>
       </c>
       <c r="F189" s="11">
         <v>8319</v>
       </c>
       <c r="G189" s="12">
         <v>423.2</v>
       </c>
     </row>
-    <row r="190" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B190" s="9">
+    <row r="190" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B190" s="16">
         <v>186</v>
       </c>
       <c r="C190" s="10" t="s">
         <v>402</v>
       </c>
       <c r="D190" s="11">
         <v>18475</v>
       </c>
       <c r="E190" s="12">
         <v>38.4</v>
       </c>
       <c r="F190" s="11">
         <v>3614</v>
       </c>
       <c r="G190" s="12">
         <v>18.079999999999998</v>
       </c>
     </row>
-    <row r="191" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B191" s="9">
+    <row r="191" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B191" s="16">
         <v>187</v>
       </c>
       <c r="C191" s="10" t="s">
         <v>403</v>
       </c>
       <c r="D191" s="11">
         <v>25964</v>
       </c>
       <c r="E191" s="12">
         <v>147.52000000000001</v>
       </c>
       <c r="F191" s="11">
         <v>18749</v>
       </c>
       <c r="G191" s="12">
         <v>144.16</v>
       </c>
     </row>
-    <row r="192" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B192" s="9">
+    <row r="192" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B192" s="16">
         <v>188</v>
       </c>
       <c r="C192" s="10" t="s">
         <v>404</v>
       </c>
       <c r="D192" s="11">
         <v>74499</v>
       </c>
       <c r="E192" s="12">
         <v>247.03</v>
       </c>
       <c r="F192" s="11">
         <v>37062</v>
       </c>
       <c r="G192" s="12">
         <v>253.56</v>
       </c>
     </row>
-    <row r="193" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B193" s="9">
+    <row r="193" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B193" s="16">
         <v>189</v>
       </c>
       <c r="C193" s="10" t="s">
         <v>405</v>
       </c>
       <c r="D193" s="11">
         <v>58033</v>
       </c>
       <c r="E193" s="12">
         <v>165.31</v>
       </c>
       <c r="F193" s="11">
         <v>11571</v>
       </c>
       <c r="G193" s="12">
         <v>70.400000000000006</v>
       </c>
     </row>
-    <row r="194" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B194" s="9">
+    <row r="194" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B194" s="16">
         <v>190</v>
       </c>
       <c r="C194" s="10" t="s">
         <v>406</v>
       </c>
       <c r="D194" s="11">
         <v>56</v>
       </c>
       <c r="E194" s="12">
         <v>11.33</v>
       </c>
       <c r="F194" s="11">
         <v>39737</v>
       </c>
       <c r="G194" s="12">
         <v>131.44999999999999</v>
       </c>
     </row>
-    <row r="195" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B195" s="9">
+    <row r="195" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B195" s="16">
         <v>191</v>
       </c>
       <c r="C195" s="10" t="s">
         <v>407</v>
       </c>
       <c r="D195" s="11">
         <v>8074</v>
       </c>
       <c r="E195" s="12">
         <v>71.64</v>
       </c>
       <c r="F195" s="11">
         <v>12501</v>
       </c>
       <c r="G195" s="12">
         <v>79</v>
       </c>
     </row>
-    <row r="196" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B196" s="9">
+    <row r="196" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B196" s="16">
         <v>192</v>
       </c>
       <c r="C196" s="10" t="s">
         <v>408</v>
       </c>
       <c r="D196" s="11">
         <v>61393</v>
       </c>
       <c r="E196" s="12">
         <v>252.17</v>
       </c>
       <c r="F196" s="11">
         <v>5351</v>
       </c>
       <c r="G196" s="12">
         <v>30.71</v>
       </c>
     </row>
-    <row r="197" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B197" s="9">
+    <row r="197" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B197" s="16">
         <v>193</v>
       </c>
       <c r="C197" s="10" t="s">
         <v>409</v>
       </c>
       <c r="D197" s="11">
         <v>1367</v>
       </c>
       <c r="E197" s="12">
         <v>9.9600000000000009</v>
       </c>
       <c r="F197" s="11">
         <v>9817</v>
       </c>
       <c r="G197" s="12">
         <v>93.13</v>
       </c>
     </row>
-    <row r="198" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B198" s="9">
+    <row r="198" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B198" s="16">
         <v>194</v>
       </c>
       <c r="C198" s="10" t="s">
         <v>410</v>
       </c>
       <c r="D198" s="11">
         <v>974259</v>
       </c>
       <c r="E198" s="12">
         <v>4133.71</v>
       </c>
       <c r="F198" s="11">
         <v>301484</v>
       </c>
       <c r="G198" s="12">
         <v>3564.56</v>
       </c>
     </row>
-    <row r="199" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B199" s="9">
+    <row r="199" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B199" s="16">
         <v>195</v>
       </c>
       <c r="C199" s="10" t="s">
         <v>411</v>
       </c>
       <c r="D199" s="11">
         <v>6915</v>
       </c>
       <c r="E199" s="12">
         <v>22.71</v>
       </c>
       <c r="F199" s="11">
         <v>1424</v>
       </c>
       <c r="G199" s="12">
         <v>285.33</v>
       </c>
     </row>
-    <row r="200" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B200" s="9">
+    <row r="200" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B200" s="16">
         <v>196</v>
       </c>
       <c r="C200" s="10" t="s">
         <v>412</v>
       </c>
       <c r="D200" s="11">
         <v>54950</v>
       </c>
       <c r="E200" s="12">
         <v>142.16999999999999</v>
       </c>
       <c r="F200" s="11">
         <v>7090</v>
       </c>
       <c r="G200" s="12">
         <v>44.96</v>
       </c>
     </row>
-    <row r="201" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B201" s="9">
+    <row r="201" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B201" s="16">
         <v>197</v>
       </c>
       <c r="C201" s="10" t="s">
         <v>413</v>
       </c>
       <c r="D201" s="11">
         <v>119565</v>
       </c>
       <c r="E201" s="12">
         <v>405.54</v>
       </c>
       <c r="F201" s="11">
         <v>50813</v>
       </c>
       <c r="G201" s="12">
         <v>163.71</v>
       </c>
     </row>
-    <row r="202" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B202" s="9">
+    <row r="202" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B202" s="16">
         <v>198</v>
       </c>
       <c r="C202" s="10" t="s">
         <v>414</v>
       </c>
       <c r="D202" s="11">
         <v>14401</v>
       </c>
       <c r="E202" s="12">
         <v>48.54</v>
       </c>
       <c r="F202" s="11">
         <v>0</v>
       </c>
       <c r="G202" s="12">
         <v>0</v>
       </c>
     </row>
-    <row r="203" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B203" s="9">
+    <row r="203" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B203" s="16">
         <v>199</v>
       </c>
       <c r="C203" s="10" t="s">
         <v>415</v>
       </c>
       <c r="D203" s="11">
         <v>279868</v>
       </c>
       <c r="E203" s="12">
         <v>1294.3499999999999</v>
       </c>
       <c r="F203" s="11">
         <v>179088</v>
       </c>
       <c r="G203" s="12">
         <v>800.62</v>
       </c>
     </row>
-    <row r="204" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B204" s="9">
+    <row r="204" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B204" s="16">
         <v>200</v>
       </c>
       <c r="C204" s="10" t="s">
         <v>416</v>
       </c>
       <c r="D204" s="11">
         <v>12347</v>
       </c>
       <c r="E204" s="12">
         <v>27.45</v>
       </c>
       <c r="F204" s="11">
         <v>2743</v>
       </c>
       <c r="G204" s="12">
         <v>20.85</v>
       </c>
     </row>
-    <row r="205" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B205" s="9">
+    <row r="205" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B205" s="16">
         <v>201</v>
       </c>
       <c r="C205" s="10" t="s">
         <v>417</v>
       </c>
       <c r="D205" s="11">
         <v>19852</v>
       </c>
       <c r="E205" s="12">
         <v>72.430000000000007</v>
       </c>
       <c r="F205" s="11">
         <v>7028</v>
       </c>
       <c r="G205" s="12">
         <v>48.65</v>
       </c>
     </row>
-    <row r="206" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B206" s="9">
+    <row r="206" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B206" s="16">
         <v>202</v>
       </c>
       <c r="C206" s="10" t="s">
         <v>418</v>
       </c>
       <c r="D206" s="11">
         <v>26673</v>
       </c>
       <c r="E206" s="12">
         <v>49.77</v>
       </c>
       <c r="F206" s="11">
         <v>7132</v>
       </c>
       <c r="G206" s="12">
         <v>60.22</v>
       </c>
     </row>
-    <row r="207" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B207" s="9">
+    <row r="207" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B207" s="16">
         <v>203</v>
       </c>
       <c r="C207" s="10" t="s">
         <v>419</v>
       </c>
       <c r="D207" s="11">
         <v>89025</v>
       </c>
       <c r="E207" s="12">
         <v>200.11</v>
       </c>
       <c r="F207" s="11">
         <v>18558</v>
       </c>
       <c r="G207" s="12">
         <v>91.79</v>
       </c>
     </row>
-    <row r="208" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B208" s="9">
+    <row r="208" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B208" s="16">
         <v>204</v>
       </c>
       <c r="C208" s="10" t="s">
         <v>420</v>
       </c>
       <c r="D208" s="11">
         <v>27171</v>
       </c>
       <c r="E208" s="12">
         <v>129.57</v>
       </c>
       <c r="F208" s="11">
         <v>15053</v>
       </c>
       <c r="G208" s="12">
         <v>74.7</v>
       </c>
     </row>
-    <row r="209" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B209" s="9">
+    <row r="209" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B209" s="16">
         <v>205</v>
       </c>
       <c r="C209" s="10" t="s">
         <v>421</v>
       </c>
       <c r="D209" s="11">
         <v>25535</v>
       </c>
       <c r="E209" s="12">
         <v>139.94</v>
       </c>
       <c r="F209" s="11">
         <v>23320</v>
       </c>
       <c r="G209" s="12">
         <v>320.58999999999997</v>
       </c>
     </row>
-    <row r="210" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B210" s="9">
+    <row r="210" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B210" s="16">
         <v>206</v>
       </c>
       <c r="C210" s="10" t="s">
         <v>422</v>
       </c>
       <c r="D210" s="11">
         <v>15731</v>
       </c>
       <c r="E210" s="12">
         <v>108.86</v>
       </c>
       <c r="F210" s="11">
         <v>6276</v>
       </c>
       <c r="G210" s="12">
         <v>39.33</v>
       </c>
     </row>
-    <row r="211" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B211" s="9">
+    <row r="211" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B211" s="16">
         <v>207</v>
       </c>
       <c r="C211" s="10" t="s">
         <v>423</v>
       </c>
       <c r="D211" s="11">
         <v>456478</v>
       </c>
       <c r="E211" s="12">
         <v>644.12</v>
       </c>
       <c r="F211" s="11">
         <v>106153</v>
       </c>
       <c r="G211" s="12">
         <v>351.74</v>
       </c>
     </row>
-    <row r="212" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B212" s="9">
+    <row r="212" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B212" s="16">
         <v>208</v>
       </c>
       <c r="C212" s="10" t="s">
         <v>424</v>
       </c>
       <c r="D212" s="11">
         <v>20964</v>
       </c>
       <c r="E212" s="12">
         <v>41.23</v>
       </c>
       <c r="F212" s="11">
         <v>9115</v>
       </c>
       <c r="G212" s="12">
         <v>50.21</v>
       </c>
     </row>
-    <row r="213" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B213" s="9">
+    <row r="213" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B213" s="16">
         <v>209</v>
       </c>
       <c r="C213" s="10" t="s">
         <v>425</v>
       </c>
       <c r="D213" s="11">
         <v>4401</v>
       </c>
       <c r="E213" s="12">
         <v>11.21</v>
       </c>
       <c r="F213" s="11">
         <v>1500</v>
       </c>
       <c r="G213" s="12">
         <v>29.7</v>
       </c>
     </row>
-    <row r="214" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B214" s="9">
+    <row r="214" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B214" s="16">
         <v>210</v>
       </c>
       <c r="C214" s="10" t="s">
         <v>426</v>
       </c>
       <c r="D214" s="11">
         <v>243807</v>
       </c>
       <c r="E214" s="12">
         <v>607.66</v>
       </c>
       <c r="F214" s="11">
         <v>66732</v>
       </c>
       <c r="G214" s="12">
         <v>788.27</v>
       </c>
     </row>
-    <row r="215" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B215" s="9">
+    <row r="215" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B215" s="16">
         <v>211</v>
       </c>
       <c r="C215" s="10" t="s">
         <v>427</v>
       </c>
       <c r="D215" s="11">
         <v>22805</v>
       </c>
       <c r="E215" s="12">
         <v>86.25</v>
       </c>
       <c r="F215" s="11">
         <v>12714</v>
       </c>
       <c r="G215" s="12">
         <v>100.69</v>
       </c>
     </row>
-    <row r="216" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B216" s="9">
+    <row r="216" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B216" s="16">
         <v>212</v>
       </c>
       <c r="C216" s="10" t="s">
         <v>428</v>
       </c>
       <c r="D216" s="11">
         <v>73233</v>
       </c>
       <c r="E216" s="12">
         <v>251.64</v>
       </c>
       <c r="F216" s="11">
         <v>14230</v>
       </c>
       <c r="G216" s="12">
         <v>70</v>
       </c>
     </row>
-    <row r="217" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B217" s="9">
+    <row r="217" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B217" s="16">
         <v>213</v>
       </c>
       <c r="C217" s="10" t="s">
         <v>429</v>
       </c>
       <c r="D217" s="11">
         <v>10505</v>
       </c>
       <c r="E217" s="12">
         <v>54.5</v>
       </c>
       <c r="F217" s="11">
         <v>6907</v>
       </c>
       <c r="G217" s="12">
         <v>27.26</v>
       </c>
     </row>
-    <row r="218" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B218" s="9">
+    <row r="218" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B218" s="16">
         <v>214</v>
       </c>
       <c r="C218" s="10" t="s">
         <v>430</v>
       </c>
       <c r="D218" s="11">
         <v>9865</v>
       </c>
       <c r="E218" s="12">
         <v>47.91</v>
       </c>
       <c r="F218" s="11">
         <v>5777</v>
       </c>
       <c r="G218" s="12">
         <v>39.04</v>
       </c>
     </row>
-    <row r="219" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B219" s="9">
+    <row r="219" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B219" s="16">
         <v>215</v>
       </c>
       <c r="C219" s="10" t="s">
         <v>236</v>
       </c>
       <c r="D219" s="11">
         <v>15696922</v>
       </c>
       <c r="E219" s="12">
         <v>21333.35</v>
       </c>
       <c r="F219" s="11">
         <v>1358188</v>
       </c>
       <c r="G219" s="12">
         <v>10399.370000000001</v>
       </c>
     </row>
-    <row r="220" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B220" s="9">
+    <row r="220" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B220" s="16">
         <v>216</v>
       </c>
       <c r="C220" s="10" t="s">
         <v>431</v>
       </c>
       <c r="D220" s="11">
         <v>1281879</v>
       </c>
       <c r="E220" s="12">
         <v>5986.73</v>
       </c>
       <c r="F220" s="11">
         <v>199189</v>
       </c>
       <c r="G220" s="12">
         <v>1753.82</v>
       </c>
     </row>
-    <row r="221" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B221" s="9">
+    <row r="221" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B221" s="16">
         <v>217</v>
       </c>
       <c r="C221" s="10" t="s">
         <v>239</v>
       </c>
       <c r="D221" s="11">
         <v>52535296</v>
       </c>
       <c r="E221" s="12">
         <v>128766.47</v>
       </c>
       <c r="F221" s="11">
         <v>6341348</v>
       </c>
       <c r="G221" s="12">
         <v>55896.62</v>
       </c>
     </row>
-    <row r="222" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B222" s="9">
+    <row r="222" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B222" s="16">
         <v>218</v>
       </c>
       <c r="C222" s="10" t="s">
         <v>432</v>
       </c>
       <c r="D222" s="11">
         <v>19</v>
       </c>
       <c r="E222" s="12">
         <v>22.96</v>
       </c>
       <c r="F222" s="11">
         <v>95</v>
       </c>
       <c r="G222" s="12">
         <v>1.85</v>
       </c>
     </row>
-    <row r="223" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B223" s="9">
+    <row r="223" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B223" s="16">
         <v>219</v>
       </c>
       <c r="C223" s="10" t="s">
         <v>433</v>
       </c>
       <c r="D223" s="11">
         <v>153108</v>
       </c>
       <c r="E223" s="12">
         <v>4136.38</v>
       </c>
       <c r="F223" s="11">
         <v>6353277</v>
       </c>
       <c r="G223" s="12">
         <v>3589.31</v>
       </c>
     </row>
-    <row r="224" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B224" s="9">
+    <row r="224" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B224" s="16">
         <v>220</v>
       </c>
       <c r="C224" s="10" t="s">
         <v>434</v>
       </c>
       <c r="D224" s="11">
         <v>17853</v>
       </c>
       <c r="E224" s="12">
         <v>55.41</v>
       </c>
       <c r="F224" s="11">
         <v>3711</v>
       </c>
       <c r="G224" s="12">
         <v>74.08</v>
       </c>
     </row>
-    <row r="225" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B225" s="9">
+    <row r="225" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B225" s="16">
         <v>221</v>
       </c>
       <c r="C225" s="10" t="s">
         <v>243</v>
       </c>
       <c r="D225" s="11">
         <v>400731</v>
       </c>
       <c r="E225" s="12">
         <v>1053.47</v>
       </c>
       <c r="F225" s="11">
         <v>306872</v>
       </c>
       <c r="G225" s="12">
         <v>2627.06</v>
       </c>
     </row>
-    <row r="226" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B226" s="9">
+    <row r="226" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B226" s="16">
         <v>222</v>
       </c>
       <c r="C226" s="10" t="s">
         <v>435</v>
       </c>
       <c r="D226" s="11">
         <v>256277</v>
       </c>
       <c r="E226" s="12">
         <v>989.86</v>
       </c>
       <c r="F226" s="11">
         <v>704648</v>
       </c>
       <c r="G226" s="12">
         <v>2287.4499999999998</v>
       </c>
     </row>
-    <row r="227" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B227" s="9">
+    <row r="227" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B227" s="16">
         <v>223</v>
       </c>
       <c r="C227" s="10" t="s">
         <v>436</v>
       </c>
       <c r="D227" s="11">
         <v>1249</v>
       </c>
       <c r="E227" s="12">
         <v>21.99</v>
       </c>
       <c r="F227" s="11">
         <v>892</v>
       </c>
       <c r="G227" s="12">
         <v>10.78</v>
       </c>
     </row>
-    <row r="228" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B228" s="9">
+    <row r="228" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B228" s="16">
         <v>224</v>
       </c>
       <c r="C228" s="10" t="s">
         <v>437</v>
       </c>
       <c r="D228" s="11">
         <v>20381</v>
       </c>
       <c r="E228" s="12">
         <v>53.44</v>
       </c>
       <c r="F228" s="11">
         <v>8543</v>
       </c>
       <c r="G228" s="12">
         <v>104.96</v>
       </c>
     </row>
-    <row r="229" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B229" s="9">
+    <row r="229" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B229" s="16">
         <v>225</v>
       </c>
       <c r="C229" s="10" t="s">
         <v>438</v>
       </c>
       <c r="D229" s="11">
         <v>61834</v>
       </c>
       <c r="E229" s="12">
         <v>147.66999999999999</v>
       </c>
       <c r="F229" s="11">
         <v>9835</v>
       </c>
       <c r="G229" s="12">
         <v>48.49</v>
       </c>
     </row>
-    <row r="230" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B230" s="9">
+    <row r="230" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B230" s="16">
         <v>226</v>
       </c>
       <c r="C230" s="10" t="s">
         <v>439</v>
       </c>
       <c r="D230" s="11">
         <v>1020</v>
       </c>
       <c r="E230" s="12">
         <v>9.58</v>
       </c>
       <c r="F230" s="11">
         <v>2678</v>
       </c>
       <c r="G230" s="12">
         <v>19.39</v>
       </c>
     </row>
-    <row r="231" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B231" s="9">
+    <row r="231" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B231" s="16">
         <v>227</v>
       </c>
       <c r="C231" s="10" t="s">
         <v>440</v>
       </c>
       <c r="D231" s="11">
         <v>263397</v>
       </c>
       <c r="E231" s="12">
         <v>2735.44</v>
       </c>
       <c r="F231" s="11">
         <v>69089</v>
       </c>
       <c r="G231" s="12">
         <v>281.94</v>
       </c>
     </row>
-    <row r="232" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B232" s="9">
+    <row r="232" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B232" s="16">
         <v>228</v>
       </c>
       <c r="C232" s="10" t="s">
         <v>249</v>
       </c>
       <c r="D232" s="11">
         <v>1652</v>
       </c>
       <c r="E232" s="12">
         <v>490.03</v>
       </c>
       <c r="F232" s="11">
         <v>6727</v>
       </c>
       <c r="G232" s="12">
         <v>339.28</v>
       </c>
     </row>
-    <row r="233" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B233" s="9">
+    <row r="233" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B233" s="16">
         <v>229</v>
       </c>
       <c r="C233" s="10" t="s">
         <v>441</v>
       </c>
       <c r="D233" s="11">
         <v>5592345</v>
       </c>
       <c r="E233" s="12">
         <v>107734.32</v>
       </c>
       <c r="F233" s="11">
         <v>180896070</v>
       </c>
       <c r="G233" s="12">
         <v>306608.43</v>
       </c>
     </row>
-    <row r="234" spans="2:7" x14ac:dyDescent="0.2">
-      <c r="B234" s="9">
+    <row r="234" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B234" s="16">
         <v>230</v>
       </c>
       <c r="C234" s="10" t="s">
         <v>251</v>
       </c>
       <c r="D234" s="11">
         <v>20750</v>
       </c>
       <c r="E234" s="12">
         <v>51.62</v>
       </c>
       <c r="F234" s="11">
         <v>2635</v>
       </c>
       <c r="G234" s="12">
         <v>28.02</v>
       </c>
     </row>
-    <row r="235" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B235" s="3" t="s">
+    <row r="235" spans="2:7" ht="24" x14ac:dyDescent="0.25">
+      <c r="B235" s="16"/>
+      <c r="C235" s="13" t="s">
         <v>252</v>
       </c>
-      <c r="C235" s="5"/>
-      <c r="D235" s="13">
+      <c r="D235" s="14">
         <v>872420358</v>
       </c>
-      <c r="E235" s="14">
+      <c r="E235" s="15">
         <v>4329421.05</v>
       </c>
-      <c r="F235" s="13">
+      <c r="F235" s="14">
         <v>872420358</v>
       </c>
-      <c r="G235" s="14">
+      <c r="G235" s="15">
         <v>4329421.05</v>
       </c>
     </row>
-    <row r="237" spans="2:7" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-      <c r="E237" s="15"/>
+    <row r="237" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="C237" s="8"/>
+      <c r="D237" s="8"/>
+      <c r="E237" s="8"/>
     </row>
   </sheetData>
-  <mergeCells count="6">
-    <mergeCell ref="B235:C235"/>
+  <mergeCells count="5">
     <mergeCell ref="B2:G2"/>
     <mergeCell ref="B3:B4"/>
     <mergeCell ref="C3:C4"/>
     <mergeCell ref="D3:E3"/>
     <mergeCell ref="F3:G3"/>
   </mergeCells>
-  <pageMargins left="0.02" right="0.05" top="0.13" bottom="0" header="0.04" footer="7.0000000000000007E-2"/>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="9" scale="77" fitToHeight="0" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{209FF0D4-5441-4AF4-819F-0015D7E2EC4F}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:S248"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="B2" sqref="B2:S2"/>
+      <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="0.85546875" style="29" customWidth="1"/>
-[...16 lines deleted...]
-    <col min="20" max="16384" width="9.140625" style="29"/>
+    <col min="1" max="1" width="2.85546875" style="6" customWidth="1"/>
+    <col min="2" max="2" width="6" style="6" customWidth="1"/>
+    <col min="3" max="3" width="62.28515625" style="6" customWidth="1"/>
+    <col min="4" max="4" width="10.140625" style="6" customWidth="1"/>
+    <col min="5" max="6" width="10" style="6" customWidth="1"/>
+    <col min="7" max="7" width="8.7109375" style="6" customWidth="1"/>
+    <col min="8" max="8" width="11.28515625" style="6" customWidth="1"/>
+    <col min="9" max="9" width="12.140625" style="6" customWidth="1"/>
+    <col min="10" max="10" width="11.5703125" style="6" customWidth="1"/>
+    <col min="11" max="11" width="8.7109375" style="6" customWidth="1"/>
+    <col min="12" max="12" width="10.140625" style="6" customWidth="1"/>
+    <col min="13" max="14" width="10" style="6" customWidth="1"/>
+    <col min="15" max="15" width="8.7109375" style="6" customWidth="1"/>
+    <col min="16" max="16" width="11.42578125" style="6" customWidth="1"/>
+    <col min="17" max="17" width="12.140625" style="6" customWidth="1"/>
+    <col min="18" max="18" width="12.28515625" style="6" customWidth="1"/>
+    <col min="19" max="19" width="8.42578125" style="6" customWidth="1"/>
+    <col min="20" max="16384" width="9.140625" style="6"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2"/>
-[...1 lines deleted...]
-      <c r="B2" s="17" t="s">
+    <row r="1" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2"/>
+    <row r="2" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B2" s="60" t="s">
         <v>0</v>
       </c>
-      <c r="C2" s="17"/>
-[...18 lines deleted...]
-      <c r="B3" s="18" t="s">
+      <c r="C2" s="60"/>
+      <c r="D2" s="60"/>
+      <c r="E2" s="60"/>
+      <c r="F2" s="60"/>
+      <c r="G2" s="60"/>
+      <c r="H2" s="60"/>
+      <c r="I2" s="60"/>
+      <c r="J2" s="60"/>
+      <c r="K2" s="60"/>
+      <c r="L2" s="60"/>
+      <c r="M2" s="60"/>
+      <c r="N2" s="60"/>
+      <c r="O2" s="60"/>
+      <c r="P2" s="60"/>
+      <c r="Q2" s="60"/>
+      <c r="R2" s="60"/>
+      <c r="S2" s="60"/>
+    </row>
+    <row r="3" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B3" s="61" t="s">
         <v>1</v>
       </c>
-      <c r="C3" s="19" t="s">
+      <c r="C3" s="61" t="s">
         <v>2</v>
       </c>
-      <c r="D3" s="18" t="s">
+      <c r="D3" s="61" t="s">
         <v>3</v>
       </c>
-      <c r="E3" s="18"/>
-[...6 lines deleted...]
-      <c r="L3" s="18" t="s">
+      <c r="E3" s="61"/>
+      <c r="F3" s="61"/>
+      <c r="G3" s="61"/>
+      <c r="H3" s="61"/>
+      <c r="I3" s="61"/>
+      <c r="J3" s="61"/>
+      <c r="K3" s="61"/>
+      <c r="L3" s="61" t="s">
         <v>4</v>
       </c>
-      <c r="M3" s="18"/>
-[...10 lines deleted...]
-      <c r="D4" s="18" t="s">
+      <c r="M3" s="61"/>
+      <c r="N3" s="61"/>
+      <c r="O3" s="61"/>
+      <c r="P3" s="61"/>
+      <c r="Q3" s="61"/>
+      <c r="R3" s="61"/>
+      <c r="S3" s="61"/>
+    </row>
+    <row r="4" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B4" s="61"/>
+      <c r="C4" s="61"/>
+      <c r="D4" s="61" t="s">
         <v>5</v>
       </c>
-      <c r="E4" s="18"/>
-[...2 lines deleted...]
-      <c r="H4" s="18" t="s">
+      <c r="E4" s="61"/>
+      <c r="F4" s="61"/>
+      <c r="G4" s="61"/>
+      <c r="H4" s="61" t="s">
         <v>6</v>
       </c>
-      <c r="I4" s="18"/>
-[...2 lines deleted...]
-      <c r="L4" s="18" t="s">
+      <c r="I4" s="61"/>
+      <c r="J4" s="61"/>
+      <c r="K4" s="61"/>
+      <c r="L4" s="61" t="s">
         <v>5</v>
       </c>
-      <c r="M4" s="18"/>
-[...2 lines deleted...]
-      <c r="P4" s="18" t="s">
+      <c r="M4" s="61"/>
+      <c r="N4" s="61"/>
+      <c r="O4" s="61"/>
+      <c r="P4" s="61" t="s">
         <v>6</v>
       </c>
-      <c r="Q4" s="18"/>
-[...6 lines deleted...]
-      <c r="D5" s="20" t="s">
+      <c r="Q4" s="61"/>
+      <c r="R4" s="61"/>
+      <c r="S4" s="61"/>
+    </row>
+    <row r="5" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B5" s="61"/>
+      <c r="C5" s="61"/>
+      <c r="D5" s="18" t="s">
         <v>7</v>
       </c>
-      <c r="E5" s="20" t="s">
+      <c r="E5" s="18" t="s">
         <v>8</v>
       </c>
-      <c r="F5" s="20" t="s">
+      <c r="F5" s="18" t="s">
         <v>9</v>
       </c>
-      <c r="G5" s="20" t="s">
+      <c r="G5" s="18" t="s">
         <v>10</v>
       </c>
-      <c r="H5" s="20" t="s">
+      <c r="H5" s="18" t="s">
         <v>7</v>
       </c>
-      <c r="I5" s="20" t="s">
+      <c r="I5" s="18" t="s">
         <v>8</v>
       </c>
-      <c r="J5" s="21" t="s">
+      <c r="J5" s="19" t="s">
         <v>9</v>
       </c>
-      <c r="K5" s="20" t="s">
+      <c r="K5" s="18" t="s">
         <v>10</v>
       </c>
-      <c r="L5" s="20" t="s">
+      <c r="L5" s="18" t="s">
         <v>7</v>
       </c>
-      <c r="M5" s="20" t="s">
+      <c r="M5" s="18" t="s">
         <v>8</v>
       </c>
-      <c r="N5" s="20" t="s">
+      <c r="N5" s="18" t="s">
         <v>9</v>
       </c>
-      <c r="O5" s="20" t="s">
+      <c r="O5" s="18" t="s">
         <v>10</v>
       </c>
-      <c r="P5" s="20" t="s">
+      <c r="P5" s="18" t="s">
         <v>7</v>
       </c>
-      <c r="Q5" s="20" t="s">
+      <c r="Q5" s="18" t="s">
         <v>8</v>
       </c>
-      <c r="R5" s="21" t="s">
+      <c r="R5" s="19" t="s">
         <v>9</v>
       </c>
-      <c r="S5" s="20" t="s">
+      <c r="S5" s="18" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="6" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B6" s="22">
+    <row r="6" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B6" s="20">
         <v>1</v>
       </c>
-      <c r="C6" s="23" t="s">
+      <c r="C6" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="D6" s="24">
+      <c r="D6" s="3">
         <v>9</v>
       </c>
-      <c r="E6" s="24">
+      <c r="E6" s="3">
         <v>7815</v>
       </c>
-      <c r="F6" s="24">
+      <c r="F6" s="3">
         <v>7824</v>
       </c>
-      <c r="G6" s="25">
+      <c r="G6" s="4">
         <v>2.46819307036499E-2</v>
       </c>
-      <c r="H6" s="25">
+      <c r="H6" s="4">
         <v>1.9121738020000001</v>
       </c>
-      <c r="I6" s="25">
+      <c r="I6" s="4">
         <v>998.21590494600002</v>
       </c>
-      <c r="J6" s="25">
+      <c r="J6" s="4">
         <v>1000.128078748</v>
       </c>
-      <c r="K6" s="25">
+      <c r="K6" s="4">
         <v>5.2153283978179704E-3</v>
       </c>
-      <c r="L6" s="24"/>
-      <c r="M6" s="24">
+      <c r="L6" s="3"/>
+      <c r="M6" s="3">
         <v>10864</v>
       </c>
-      <c r="N6" s="24">
+      <c r="N6" s="3">
         <v>10864</v>
       </c>
-      <c r="O6" s="25">
+      <c r="O6" s="4">
         <v>3.4272046927971901E-2</v>
       </c>
-      <c r="P6" s="25"/>
-      <c r="Q6" s="25">
+      <c r="P6" s="4"/>
+      <c r="Q6" s="4">
         <v>1047.448184393</v>
       </c>
-      <c r="R6" s="25">
+      <c r="R6" s="4">
         <v>1047.448184393</v>
       </c>
-      <c r="S6" s="25">
+      <c r="S6" s="4">
         <v>5.4620866840837303E-3</v>
       </c>
     </row>
-    <row r="7" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B7" s="22">
+    <row r="7" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B7" s="20">
         <v>2</v>
       </c>
-      <c r="C7" s="23" t="s">
+      <c r="C7" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="D7" s="24"/>
-      <c r="E7" s="24">
+      <c r="D7" s="3"/>
+      <c r="E7" s="3">
         <v>6118</v>
       </c>
-      <c r="F7" s="24">
+      <c r="F7" s="3">
         <v>6118</v>
       </c>
-      <c r="G7" s="25">
+      <c r="G7" s="4">
         <v>1.93001089014481E-2</v>
       </c>
-      <c r="H7" s="25"/>
-      <c r="I7" s="25">
+      <c r="H7" s="4"/>
+      <c r="I7" s="4">
         <v>758.88582204900001</v>
       </c>
-      <c r="J7" s="25">
+      <c r="J7" s="4">
         <v>758.88582204900001</v>
       </c>
-      <c r="K7" s="25">
+      <c r="K7" s="4">
         <v>3.9573319283147902E-3</v>
       </c>
-      <c r="L7" s="24"/>
-      <c r="M7" s="24">
+      <c r="L7" s="3"/>
+      <c r="M7" s="3">
         <v>9414</v>
       </c>
-      <c r="N7" s="24">
+      <c r="N7" s="3">
         <v>9414</v>
       </c>
-      <c r="O7" s="25">
+      <c r="O7" s="4">
         <v>2.9697813860449899E-2</v>
       </c>
-      <c r="P7" s="25"/>
-      <c r="Q7" s="25">
+      <c r="P7" s="4"/>
+      <c r="Q7" s="4">
         <v>922.40720211099995</v>
       </c>
-      <c r="R7" s="25">
+      <c r="R7" s="4">
         <v>922.40720211099995</v>
       </c>
-      <c r="S7" s="25">
+      <c r="S7" s="4">
         <v>4.8100404115675802E-3</v>
       </c>
     </row>
-    <row r="8" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B8" s="22">
+    <row r="8" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B8" s="20">
         <v>3</v>
       </c>
-      <c r="C8" s="23" t="s">
+      <c r="C8" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="D8" s="24">
+      <c r="D8" s="3">
         <v>6</v>
       </c>
-      <c r="E8" s="24">
+      <c r="E8" s="3">
         <v>31158</v>
       </c>
-      <c r="F8" s="24">
+      <c r="F8" s="3">
         <v>31164</v>
       </c>
-      <c r="G8" s="25">
+      <c r="G8" s="4">
         <v>9.8311309873280198E-2</v>
       </c>
-      <c r="H8" s="25">
+      <c r="H8" s="4">
         <v>1.2801806</v>
       </c>
-      <c r="I8" s="25">
+      <c r="I8" s="4">
         <v>9545.0593804</v>
       </c>
-      <c r="J8" s="25">
+      <c r="J8" s="4">
         <v>9546.3395610000007</v>
       </c>
-      <c r="K8" s="25">
+      <c r="K8" s="4">
         <v>4.97809199297976E-2</v>
       </c>
-      <c r="L8" s="24"/>
-      <c r="M8" s="24">
+      <c r="L8" s="3"/>
+      <c r="M8" s="3">
         <v>654</v>
       </c>
-      <c r="N8" s="24">
+      <c r="N8" s="3">
         <v>654</v>
       </c>
-      <c r="O8" s="25">
+      <c r="O8" s="4">
         <v>2.06313684562717E-3</v>
       </c>
-      <c r="P8" s="25"/>
-      <c r="Q8" s="25">
+      <c r="P8" s="4"/>
+      <c r="Q8" s="4">
         <v>18439.076786935999</v>
       </c>
-      <c r="R8" s="25">
+      <c r="R8" s="4">
         <v>18439.076786935999</v>
       </c>
-      <c r="S8" s="25">
+      <c r="S8" s="4">
         <v>9.61535255732823E-2</v>
       </c>
     </row>
-    <row r="9" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B9" s="22">
+    <row r="9" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B9" s="20">
         <v>4</v>
       </c>
-      <c r="C9" s="23" t="s">
+      <c r="C9" s="2" t="s">
         <v>14</v>
       </c>
-      <c r="D9" s="24">
+      <c r="D9" s="3">
         <v>1</v>
       </c>
-      <c r="E9" s="24">
+      <c r="E9" s="3">
         <v>1695</v>
       </c>
-      <c r="F9" s="24">
+      <c r="F9" s="3">
         <v>1696</v>
       </c>
-      <c r="G9" s="25">
+      <c r="G9" s="4">
         <v>5.3502753672533404E-3</v>
       </c>
-      <c r="H9" s="25">
+      <c r="H9" s="4">
         <v>0.25</v>
       </c>
-      <c r="I9" s="25">
+      <c r="I9" s="4">
         <v>158.348317788</v>
       </c>
-      <c r="J9" s="25">
+      <c r="J9" s="4">
         <v>158.598317788</v>
       </c>
-      <c r="K9" s="25">
+      <c r="K9" s="4">
         <v>8.2703638482119798E-4</v>
       </c>
-      <c r="L9" s="24"/>
-      <c r="M9" s="24">
+      <c r="L9" s="3"/>
+      <c r="M9" s="3">
         <v>3582</v>
       </c>
-      <c r="N9" s="24">
+      <c r="N9" s="3">
         <v>3582</v>
       </c>
-      <c r="O9" s="25">
+      <c r="O9" s="4">
         <v>1.12999329985268E-2</v>
       </c>
-      <c r="P9" s="25"/>
-      <c r="Q9" s="25">
+      <c r="P9" s="4"/>
+      <c r="Q9" s="4">
         <v>277.98492187699998</v>
       </c>
-      <c r="R9" s="25">
+      <c r="R9" s="4">
         <v>277.98492187699998</v>
       </c>
-      <c r="S9" s="25">
+      <c r="S9" s="4">
         <v>1.44959699466215E-3</v>
       </c>
     </row>
-    <row r="10" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B10" s="22">
+    <row r="10" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B10" s="20">
         <v>5</v>
       </c>
-      <c r="C10" s="23" t="s">
+      <c r="C10" s="2" t="s">
         <v>15</v>
       </c>
-      <c r="D10" s="24"/>
-      <c r="E10" s="24">
+      <c r="D10" s="3"/>
+      <c r="E10" s="3">
         <v>614</v>
       </c>
-      <c r="F10" s="24">
+      <c r="F10" s="3">
         <v>614</v>
       </c>
-      <c r="G10" s="25">
+      <c r="G10" s="4">
         <v>1.93695110583346E-3</v>
       </c>
-      <c r="H10" s="25"/>
-      <c r="I10" s="25">
+      <c r="H10" s="4"/>
+      <c r="I10" s="4">
         <v>40.189993798000003</v>
       </c>
-      <c r="J10" s="25">
+      <c r="J10" s="4">
         <v>40.189993798000003</v>
       </c>
-      <c r="K10" s="25">
+      <c r="K10" s="4">
         <v>2.09577173580836E-4</v>
       </c>
-      <c r="L10" s="24"/>
-      <c r="M10" s="24">
+      <c r="L10" s="3"/>
+      <c r="M10" s="3">
         <v>115</v>
       </c>
-      <c r="N10" s="24">
+      <c r="N10" s="3">
         <v>115</v>
       </c>
-      <c r="O10" s="25">
+      <c r="O10" s="4">
         <v>3.6278400190691901E-4</v>
       </c>
-      <c r="P10" s="25"/>
-      <c r="Q10" s="25">
+      <c r="P10" s="4"/>
+      <c r="Q10" s="4">
         <v>4.9283218</v>
       </c>
-      <c r="R10" s="25">
+      <c r="R10" s="4">
         <v>4.9283218</v>
       </c>
-      <c r="S10" s="25">
+      <c r="S10" s="4">
         <v>2.56995250741297E-5</v>
       </c>
     </row>
-    <row r="11" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B11" s="22">
+    <row r="11" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B11" s="20">
         <v>6</v>
       </c>
-      <c r="C11" s="23" t="s">
+      <c r="C11" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="D11" s="24">
+      <c r="D11" s="3">
         <v>47</v>
       </c>
-      <c r="E11" s="24">
+      <c r="E11" s="3">
         <v>4735</v>
       </c>
-      <c r="F11" s="24">
+      <c r="F11" s="3">
         <v>4782</v>
       </c>
-      <c r="G11" s="25">
+      <c r="G11" s="4">
         <v>1.5085505192338099E-2</v>
       </c>
-      <c r="H11" s="25">
+      <c r="H11" s="4">
         <v>2371.9738106999998</v>
       </c>
-      <c r="I11" s="25">
+      <c r="I11" s="4">
         <v>10180.468109117</v>
       </c>
-      <c r="J11" s="25">
+      <c r="J11" s="4">
         <v>12552.441919817</v>
       </c>
-      <c r="K11" s="25">
+      <c r="K11" s="4">
         <v>6.5456723191227903E-2</v>
       </c>
-      <c r="L11" s="24">
+      <c r="L11" s="3">
         <v>19</v>
       </c>
-      <c r="M11" s="24">
+      <c r="M11" s="3">
         <v>12793</v>
       </c>
-      <c r="N11" s="24">
+      <c r="N11" s="3">
         <v>12812</v>
       </c>
-      <c r="O11" s="25">
+      <c r="O11" s="4">
         <v>4.0417292455925603E-2</v>
       </c>
-      <c r="P11" s="25">
+      <c r="P11" s="4">
         <v>2242.9251671000002</v>
       </c>
-      <c r="Q11" s="25">
+      <c r="Q11" s="4">
         <v>10722.254287741</v>
       </c>
-      <c r="R11" s="25">
+      <c r="R11" s="4">
         <v>12965.179454841</v>
       </c>
-      <c r="S11" s="25">
+      <c r="S11" s="4">
         <v>6.7609009316371704E-2</v>
       </c>
     </row>
-    <row r="12" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B12" s="22">
+    <row r="12" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B12" s="20">
         <v>7</v>
       </c>
-      <c r="C12" s="23" t="s">
+      <c r="C12" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="D12" s="24">
+      <c r="D12" s="3">
         <v>33</v>
       </c>
-      <c r="E12" s="24">
+      <c r="E12" s="3">
         <v>3102</v>
       </c>
-      <c r="F12" s="24">
+      <c r="F12" s="3">
         <v>3135</v>
       </c>
-      <c r="G12" s="25">
+      <c r="G12" s="4">
         <v>9.8898073563320893E-3</v>
       </c>
-      <c r="H12" s="25">
+      <c r="H12" s="4">
         <v>949.81648319999999</v>
       </c>
-      <c r="I12" s="25">
+      <c r="I12" s="4">
         <v>334.63637538799998</v>
       </c>
-      <c r="J12" s="25">
+      <c r="J12" s="4">
         <v>1284.452858588</v>
       </c>
-      <c r="K12" s="25">
+      <c r="K12" s="4">
         <v>6.6979855994427698E-3</v>
       </c>
-      <c r="L12" s="24">
+      <c r="L12" s="3">
         <v>29</v>
       </c>
-      <c r="M12" s="24">
+      <c r="M12" s="3">
         <v>3057</v>
       </c>
-      <c r="N12" s="24">
+      <c r="N12" s="3">
         <v>3086</v>
       </c>
-      <c r="O12" s="25">
+      <c r="O12" s="4">
         <v>9.7352298250848006E-3</v>
       </c>
-      <c r="P12" s="25">
+      <c r="P12" s="4">
         <v>924</v>
       </c>
-      <c r="Q12" s="25">
+      <c r="Q12" s="4">
         <v>387.092911544</v>
       </c>
-      <c r="R12" s="25">
+      <c r="R12" s="4">
         <v>1311.0929115439999</v>
       </c>
-      <c r="S12" s="25">
+      <c r="S12" s="4">
         <v>6.8369044315934801E-3</v>
       </c>
     </row>
-    <row r="13" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B13" s="22">
+    <row r="13" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B13" s="20">
         <v>8</v>
       </c>
-      <c r="C13" s="23" t="s">
+      <c r="C13" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="D13" s="24"/>
-      <c r="E13" s="24">
+      <c r="D13" s="3"/>
+      <c r="E13" s="3">
         <v>884</v>
       </c>
-      <c r="F13" s="24">
+      <c r="F13" s="3">
         <v>884</v>
       </c>
-      <c r="G13" s="25">
+      <c r="G13" s="4">
         <v>2.7887048494410101E-3</v>
       </c>
-      <c r="H13" s="25"/>
-      <c r="I13" s="25">
+      <c r="H13" s="4"/>
+      <c r="I13" s="4">
         <v>122.943060624</v>
       </c>
-      <c r="J13" s="25">
+      <c r="J13" s="4">
         <v>122.943060624</v>
       </c>
-      <c r="K13" s="25">
+      <c r="K13" s="4">
         <v>6.4110632329178203E-4</v>
       </c>
-      <c r="L13" s="24"/>
-      <c r="M13" s="24">
+      <c r="L13" s="3"/>
+      <c r="M13" s="3">
         <v>1673</v>
       </c>
-      <c r="N13" s="24">
+      <c r="N13" s="3">
         <v>1673</v>
       </c>
-      <c r="O13" s="25">
+      <c r="O13" s="4">
         <v>5.2777185668719598E-3</v>
       </c>
-      <c r="P13" s="25"/>
-      <c r="Q13" s="25">
+      <c r="P13" s="4"/>
+      <c r="Q13" s="4">
         <v>97.039224443999998</v>
       </c>
-      <c r="R13" s="25">
+      <c r="R13" s="4">
         <v>97.039224443999998</v>
       </c>
-      <c r="S13" s="25">
+      <c r="S13" s="4">
         <v>5.0602661169014496E-4</v>
       </c>
     </row>
-    <row r="14" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B14" s="22">
+    <row r="14" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B14" s="20">
         <v>9</v>
       </c>
-      <c r="C14" s="23" t="s">
+      <c r="C14" s="2" t="s">
         <v>19</v>
       </c>
-      <c r="D14" s="24">
+      <c r="D14" s="3">
         <v>194</v>
       </c>
-      <c r="E14" s="24">
+      <c r="E14" s="3">
         <v>251855</v>
       </c>
-      <c r="F14" s="24">
+      <c r="F14" s="3">
         <v>252049</v>
       </c>
-      <c r="G14" s="25">
+      <c r="G14" s="4">
         <v>0.79512473823162599</v>
       </c>
-      <c r="H14" s="25">
+      <c r="H14" s="4">
         <v>4685.9548261910004</v>
       </c>
-      <c r="I14" s="25">
+      <c r="I14" s="4">
         <v>69649.125630869996</v>
       </c>
-      <c r="J14" s="25">
+      <c r="J14" s="4">
         <v>74335.080457061005</v>
       </c>
-      <c r="K14" s="25">
+      <c r="K14" s="4">
         <v>0.38763220861383002</v>
       </c>
-      <c r="L14" s="24">
+      <c r="L14" s="3">
         <v>124</v>
       </c>
-      <c r="M14" s="24">
+      <c r="M14" s="3">
         <v>275707</v>
       </c>
-      <c r="N14" s="24">
+      <c r="N14" s="3">
         <v>275831</v>
       </c>
-      <c r="O14" s="25">
+      <c r="O14" s="4">
         <v>0.87014846982597704</v>
       </c>
-      <c r="P14" s="25">
+      <c r="P14" s="4">
         <v>3678.2828641360002</v>
       </c>
-      <c r="Q14" s="25">
+      <c r="Q14" s="4">
         <v>71141.252312223005</v>
       </c>
-      <c r="R14" s="25">
+      <c r="R14" s="4">
         <v>74819.535176359001</v>
       </c>
-      <c r="S14" s="25">
+      <c r="S14" s="4">
         <v>0.39015847550774102</v>
       </c>
     </row>
-    <row r="15" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B15" s="22">
+    <row r="15" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B15" s="20">
         <v>10</v>
       </c>
-      <c r="C15" s="23" t="s">
+      <c r="C15" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="D15" s="24">
+      <c r="D15" s="3">
         <v>176</v>
       </c>
-      <c r="E15" s="24">
+      <c r="E15" s="3">
         <v>3435</v>
       </c>
-      <c r="F15" s="24">
+      <c r="F15" s="3">
         <v>3611</v>
       </c>
-      <c r="G15" s="25">
+      <c r="G15" s="4">
         <v>1.13914176598773E-2</v>
       </c>
-      <c r="H15" s="25">
+      <c r="H15" s="4">
         <v>2052.478370028</v>
       </c>
-      <c r="I15" s="25">
+      <c r="I15" s="4">
         <v>20660.543839780999</v>
       </c>
-      <c r="J15" s="25">
+      <c r="J15" s="4">
         <v>22713.022209809002</v>
       </c>
-      <c r="K15" s="25">
+      <c r="K15" s="4">
         <v>0.11844069999452</v>
       </c>
-      <c r="L15" s="24">
+      <c r="L15" s="3">
         <v>127</v>
       </c>
-      <c r="M15" s="24">
+      <c r="M15" s="3">
         <v>32939</v>
       </c>
-      <c r="N15" s="24">
+      <c r="N15" s="3">
         <v>33066</v>
       </c>
-      <c r="O15" s="25">
+      <c r="O15" s="4">
         <v>0.104311441800471</v>
       </c>
-      <c r="P15" s="25">
+      <c r="P15" s="4">
         <v>1808.5630231929999</v>
       </c>
-      <c r="Q15" s="25">
+      <c r="Q15" s="4">
         <v>23810.774181375</v>
       </c>
-      <c r="R15" s="25">
+      <c r="R15" s="4">
         <v>25619.337204568001</v>
       </c>
-      <c r="S15" s="25">
+      <c r="S15" s="4">
         <v>0.133596146029137</v>
       </c>
     </row>
-    <row r="16" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B16" s="22">
+    <row r="16" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B16" s="20">
         <v>11</v>
       </c>
-      <c r="C16" s="23" t="s">
+      <c r="C16" s="2" t="s">
         <v>21</v>
       </c>
-      <c r="D16" s="24">
+      <c r="D16" s="3">
         <v>4982</v>
       </c>
-      <c r="E16" s="24">
+      <c r="E16" s="3">
         <v>2589304</v>
       </c>
-      <c r="F16" s="24">
+      <c r="F16" s="3">
         <v>2594286</v>
       </c>
-      <c r="G16" s="25">
+      <c r="G16" s="4">
         <v>8.1840474536616803</v>
       </c>
-      <c r="H16" s="25">
+      <c r="H16" s="4">
         <v>13388.20999304</v>
       </c>
-      <c r="I16" s="25">
+      <c r="I16" s="4">
         <v>1581472.5823249801</v>
       </c>
-      <c r="J16" s="25">
+      <c r="J16" s="4">
         <v>1594860.79231802</v>
       </c>
-      <c r="K16" s="25">
+      <c r="K16" s="4">
         <v>8.3166575936505094</v>
       </c>
-      <c r="L16" s="24">
+      <c r="L16" s="3">
         <v>4813</v>
       </c>
-      <c r="M16" s="24">
+      <c r="M16" s="3">
         <v>2630632</v>
       </c>
-      <c r="N16" s="24">
+      <c r="N16" s="3">
         <v>2635445</v>
       </c>
-      <c r="O16" s="25">
+      <c r="O16" s="4">
         <v>8.3138894252659092</v>
       </c>
-      <c r="P16" s="25">
+      <c r="P16" s="4">
         <v>45887.944490923001</v>
       </c>
-      <c r="Q16" s="25">
+      <c r="Q16" s="4">
         <v>1605712.9319162399</v>
       </c>
-      <c r="R16" s="25">
+      <c r="R16" s="4">
         <v>1651600.87640716</v>
       </c>
-      <c r="S16" s="25">
+      <c r="S16" s="4">
         <v>8.6125378695198993</v>
       </c>
     </row>
-    <row r="17" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B17" s="22">
+    <row r="17" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B17" s="20">
         <v>12</v>
       </c>
-      <c r="C17" s="23" t="s">
+      <c r="C17" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="D17" s="24">
+      <c r="D17" s="3">
         <v>269</v>
       </c>
-      <c r="E17" s="24">
+      <c r="E17" s="3">
         <v>126605</v>
       </c>
-      <c r="F17" s="24">
+      <c r="F17" s="3">
         <v>126874</v>
       </c>
-      <c r="G17" s="25">
+      <c r="G17" s="4">
         <v>0.40024223876468201</v>
       </c>
-      <c r="H17" s="25">
+      <c r="H17" s="4">
         <v>9201.4662303730001</v>
       </c>
-      <c r="I17" s="25">
+      <c r="I17" s="4">
         <v>22213.673817188999</v>
       </c>
-      <c r="J17" s="25">
+      <c r="J17" s="4">
         <v>31415.140047561999</v>
       </c>
-      <c r="K17" s="25">
+      <c r="K17" s="4">
         <v>0.16381929024188599</v>
       </c>
-      <c r="L17" s="24">
+      <c r="L17" s="3">
         <v>184</v>
       </c>
-      <c r="M17" s="24">
+      <c r="M17" s="3">
         <v>175991</v>
       </c>
-      <c r="N17" s="24">
+      <c r="N17" s="3">
         <v>176175</v>
       </c>
-      <c r="O17" s="25">
+      <c r="O17" s="4">
         <v>0.55576931770392601</v>
       </c>
-      <c r="P17" s="25">
+      <c r="P17" s="4">
         <v>9785.8038542230006</v>
       </c>
-      <c r="Q17" s="25">
+      <c r="Q17" s="4">
         <v>26681.463159892999</v>
       </c>
-      <c r="R17" s="25">
+      <c r="R17" s="4">
         <v>36467.267014115998</v>
       </c>
-      <c r="S17" s="25">
+      <c r="S17" s="4">
         <v>0.190164417229057</v>
       </c>
     </row>
-    <row r="18" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B18" s="22">
+    <row r="18" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B18" s="20">
         <v>13</v>
       </c>
-      <c r="C18" s="23" t="s">
+      <c r="C18" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="D18" s="24">
+      <c r="D18" s="3">
         <v>441</v>
       </c>
-      <c r="E18" s="24">
+      <c r="E18" s="3">
         <v>32672</v>
       </c>
-      <c r="F18" s="24">
+      <c r="F18" s="3">
         <v>33113</v>
       </c>
-      <c r="G18" s="25">
+      <c r="G18" s="4">
         <v>0.104459710044729</v>
       </c>
-      <c r="H18" s="25">
+      <c r="H18" s="4">
         <v>5333.2056904499996</v>
       </c>
-      <c r="I18" s="25">
+      <c r="I18" s="4">
         <v>109703.370340216</v>
       </c>
-      <c r="J18" s="25">
+      <c r="J18" s="4">
         <v>115036.57603066599</v>
       </c>
-      <c r="K18" s="25">
+      <c r="K18" s="4">
         <v>0.59987669030502999</v>
       </c>
-      <c r="L18" s="24">
+      <c r="L18" s="3">
         <v>140</v>
       </c>
-      <c r="M18" s="24">
+      <c r="M18" s="3">
         <v>13120</v>
       </c>
-      <c r="N18" s="24">
+      <c r="N18" s="3">
         <v>13260</v>
       </c>
-      <c r="O18" s="25">
+      <c r="O18" s="4">
         <v>4.1830572741615203E-2</v>
       </c>
-      <c r="P18" s="25">
+      <c r="P18" s="4">
         <v>14229.412120973</v>
       </c>
-      <c r="Q18" s="25">
+      <c r="Q18" s="4">
         <v>126092.794971493</v>
       </c>
-      <c r="R18" s="25">
+      <c r="R18" s="4">
         <v>140322.20709246601</v>
       </c>
-      <c r="S18" s="25">
+      <c r="S18" s="4">
         <v>0.73173267208932102</v>
       </c>
     </row>
-    <row r="19" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B19" s="22">
+    <row r="19" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B19" s="20">
         <v>14</v>
       </c>
-      <c r="C19" s="23" t="s">
+      <c r="C19" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="D19" s="24">
+      <c r="D19" s="3">
         <v>66</v>
       </c>
-      <c r="E19" s="24">
+      <c r="E19" s="3">
         <v>443</v>
       </c>
-      <c r="F19" s="24">
+      <c r="F19" s="3">
         <v>509</v>
       </c>
-      <c r="G19" s="25">
+      <c r="G19" s="4">
         <v>1.60571353887497E-3</v>
       </c>
-      <c r="H19" s="25">
+      <c r="H19" s="4">
         <v>126.22882414999999</v>
       </c>
-      <c r="I19" s="25">
+      <c r="I19" s="4">
         <v>864.49094030499998</v>
       </c>
-      <c r="J19" s="25">
+      <c r="J19" s="4">
         <v>990.71976445500002</v>
       </c>
-      <c r="K19" s="25">
+      <c r="K19" s="4">
         <v>5.1662672328026899E-3</v>
       </c>
-      <c r="L19" s="24">
+      <c r="L19" s="3">
         <v>51</v>
       </c>
-      <c r="M19" s="24">
+      <c r="M19" s="3">
         <v>293</v>
       </c>
-      <c r="N19" s="24">
+      <c r="N19" s="3">
         <v>344</v>
       </c>
-      <c r="O19" s="25">
+      <c r="O19" s="4">
         <v>1.0851973622259101E-3</v>
       </c>
-      <c r="P19" s="25">
+      <c r="P19" s="4">
         <v>141.13650514299999</v>
       </c>
-      <c r="Q19" s="25">
+      <c r="Q19" s="4">
         <v>586.056844383</v>
       </c>
-      <c r="R19" s="25">
+      <c r="R19" s="4">
         <v>727.19334952600002</v>
       </c>
-      <c r="S19" s="25">
+      <c r="S19" s="4">
         <v>3.7920664433649201E-3</v>
       </c>
     </row>
-    <row r="20" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B20" s="22">
+    <row r="20" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B20" s="20">
         <v>15</v>
       </c>
-      <c r="C20" s="23" t="s">
+      <c r="C20" s="2" t="s">
         <v>25</v>
       </c>
-      <c r="D20" s="24">
+      <c r="D20" s="3">
         <v>4447</v>
       </c>
-      <c r="E20" s="24">
+      <c r="E20" s="3">
         <v>1097546</v>
       </c>
-      <c r="F20" s="24">
+      <c r="F20" s="3">
         <v>1101993</v>
       </c>
-      <c r="G20" s="25">
+      <c r="G20" s="4">
         <v>3.4763950488122699</v>
       </c>
-      <c r="H20" s="25">
+      <c r="H20" s="4">
         <v>62235.436927208</v>
       </c>
-      <c r="I20" s="25">
+      <c r="I20" s="4">
         <v>241922.56889195999</v>
       </c>
-      <c r="J20" s="25">
+      <c r="J20" s="4">
         <v>304158.005819168</v>
       </c>
-      <c r="K20" s="25">
+      <c r="K20" s="4">
         <v>1.58608074193674</v>
       </c>
-      <c r="L20" s="24">
+      <c r="L20" s="3">
         <v>5211</v>
       </c>
-      <c r="M20" s="24">
+      <c r="M20" s="3">
         <v>1222915</v>
       </c>
-      <c r="N20" s="24">
+      <c r="N20" s="3">
         <v>1228126</v>
       </c>
-      <c r="O20" s="25">
+      <c r="O20" s="4">
         <v>3.87429969674728</v>
       </c>
-      <c r="P20" s="25">
+      <c r="P20" s="4">
         <v>50420.010572079002</v>
       </c>
-      <c r="Q20" s="25">
+      <c r="Q20" s="4">
         <v>292188.54473936302</v>
       </c>
-      <c r="R20" s="25">
+      <c r="R20" s="4">
         <v>342608.555311442</v>
       </c>
-      <c r="S20" s="25">
+      <c r="S20" s="4">
         <v>1.78658730398607</v>
       </c>
     </row>
-    <row r="21" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B21" s="22">
+    <row r="21" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B21" s="20">
         <v>16</v>
       </c>
-      <c r="C21" s="23" t="s">
+      <c r="C21" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="D21" s="24">
+      <c r="D21" s="3">
         <v>4</v>
       </c>
-      <c r="E21" s="24">
+      <c r="E21" s="3">
         <v>321</v>
       </c>
-      <c r="F21" s="24">
+      <c r="F21" s="3">
         <v>325</v>
       </c>
-      <c r="G21" s="25">
+      <c r="G21" s="4">
         <v>1.0252591358239E-3</v>
       </c>
-      <c r="H21" s="25">
+      <c r="H21" s="4">
         <v>0.55894600000000005</v>
       </c>
-      <c r="I21" s="25">
+      <c r="I21" s="4">
         <v>118.80540428899999</v>
       </c>
-      <c r="J21" s="25">
+      <c r="J21" s="4">
         <v>119.364350289</v>
       </c>
-      <c r="K21" s="25">
+      <c r="K21" s="4">
         <v>6.2244456382887898E-4</v>
       </c>
-      <c r="L21" s="24">
+      <c r="L21" s="3">
         <v>22</v>
       </c>
-      <c r="M21" s="24">
+      <c r="M21" s="3">
         <v>101</v>
       </c>
-      <c r="N21" s="24">
+      <c r="N21" s="3">
         <v>123</v>
       </c>
-      <c r="O21" s="25">
+      <c r="O21" s="4">
         <v>3.8802114986566101E-4</v>
       </c>
-      <c r="P21" s="25">
+      <c r="P21" s="4">
         <v>2.7137850619999999</v>
       </c>
-      <c r="Q21" s="25">
+      <c r="Q21" s="4">
         <v>38.618575300000003</v>
       </c>
-      <c r="R21" s="25">
+      <c r="R21" s="4">
         <v>41.332360362000003</v>
       </c>
-      <c r="S21" s="25">
+      <c r="S21" s="4">
         <v>2.1553422739078901E-4</v>
       </c>
     </row>
-    <row r="22" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B22" s="22">
+    <row r="22" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B22" s="20">
         <v>17</v>
       </c>
-      <c r="C22" s="23" t="s">
+      <c r="C22" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="D22" s="24">
+      <c r="D22" s="3">
         <v>4</v>
       </c>
-      <c r="E22" s="24">
+      <c r="E22" s="3">
         <v>6</v>
       </c>
-      <c r="F22" s="24">
+      <c r="F22" s="3">
         <v>10</v>
       </c>
-      <c r="G22" s="25">
+      <c r="G22" s="4">
         <v>3.1546434948427697E-5</v>
       </c>
-      <c r="H22" s="25">
+      <c r="H22" s="4">
         <v>45.397992883000001</v>
       </c>
-      <c r="I22" s="25">
+      <c r="I22" s="4">
         <v>6.0340411999999999</v>
       </c>
-      <c r="J22" s="25">
+      <c r="J22" s="4">
         <v>51.432034082999998</v>
       </c>
-      <c r="K22" s="25">
+      <c r="K22" s="4">
         <v>2.6820059711392098E-4</v>
       </c>
-      <c r="L22" s="24">
+      <c r="L22" s="3">
         <v>3</v>
       </c>
-      <c r="M22" s="24"/>
-      <c r="N22" s="24">
+      <c r="M22" s="3"/>
+      <c r="N22" s="3">
         <v>3</v>
       </c>
-      <c r="O22" s="25">
+      <c r="O22" s="4">
         <v>9.4639304845283192E-6</v>
       </c>
-      <c r="P22" s="25">
+      <c r="P22" s="4">
         <v>65</v>
       </c>
-      <c r="Q22" s="25"/>
-      <c r="R22" s="25">
+      <c r="Q22" s="4"/>
+      <c r="R22" s="4">
         <v>65</v>
       </c>
-      <c r="S22" s="25">
+      <c r="S22" s="4">
         <v>3.3895293319085402E-4</v>
       </c>
     </row>
-    <row r="23" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B23" s="22">
+    <row r="23" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B23" s="20">
         <v>18</v>
       </c>
-      <c r="C23" s="23" t="s">
+      <c r="C23" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="D23" s="24">
+      <c r="D23" s="3">
         <v>2686</v>
       </c>
-      <c r="E23" s="24">
+      <c r="E23" s="3">
         <v>538339</v>
       </c>
-      <c r="F23" s="24">
+      <c r="F23" s="3">
         <v>541025</v>
       </c>
-      <c r="G23" s="25">
+      <c r="G23" s="4">
         <v>1.70674099679731</v>
       </c>
-      <c r="H23" s="25">
+      <c r="H23" s="4">
         <v>119785.570204292</v>
       </c>
-      <c r="I23" s="25">
+      <c r="I23" s="4">
         <v>218679.36122832299</v>
       </c>
-      <c r="J23" s="25">
+      <c r="J23" s="4">
         <v>338464.93143261498</v>
       </c>
-      <c r="K23" s="25">
+      <c r="K23" s="4">
         <v>1.7649797121742501</v>
       </c>
-      <c r="L23" s="24">
+      <c r="L23" s="3">
         <v>2523</v>
       </c>
-      <c r="M23" s="24">
+      <c r="M23" s="3">
         <v>723984</v>
       </c>
-      <c r="N23" s="24">
+      <c r="N23" s="3">
         <v>726507</v>
       </c>
-      <c r="O23" s="25">
+      <c r="O23" s="4">
         <v>2.29187058150774</v>
       </c>
-      <c r="P23" s="25">
+      <c r="P23" s="4">
         <v>114884.758286411</v>
       </c>
-      <c r="Q23" s="25">
+      <c r="Q23" s="4">
         <v>234967.461048948</v>
       </c>
-      <c r="R23" s="25">
+      <c r="R23" s="4">
         <v>349852.219335359</v>
       </c>
-      <c r="S23" s="25">
+      <c r="S23" s="4">
         <v>1.82436055272385</v>
       </c>
     </row>
-    <row r="24" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B24" s="22">
+    <row r="24" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B24" s="20">
         <v>19</v>
       </c>
-      <c r="C24" s="23" t="s">
+      <c r="C24" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="D24" s="24">
+      <c r="D24" s="3">
         <v>1309</v>
       </c>
-      <c r="E24" s="24">
+      <c r="E24" s="3">
         <v>235194</v>
       </c>
-      <c r="F24" s="24">
+      <c r="F24" s="3">
         <v>236503</v>
       </c>
-      <c r="G24" s="25">
+      <c r="G24" s="4">
         <v>0.74608265046080002</v>
       </c>
-      <c r="H24" s="25">
+      <c r="H24" s="4">
         <v>6283.9771236349998</v>
       </c>
-      <c r="I24" s="25">
+      <c r="I24" s="4">
         <v>82241.879715881005</v>
       </c>
-      <c r="J24" s="25">
+      <c r="J24" s="4">
         <v>88525.856839515996</v>
       </c>
-      <c r="K24" s="25">
+      <c r="K24" s="4">
         <v>0.46163228983057902</v>
       </c>
-      <c r="L24" s="24">
+      <c r="L24" s="3">
         <v>1984</v>
       </c>
-      <c r="M24" s="24">
+      <c r="M24" s="3">
         <v>244660</v>
       </c>
-      <c r="N24" s="24">
+      <c r="N24" s="3">
         <v>246644</v>
       </c>
-      <c r="O24" s="25">
+      <c r="O24" s="4">
         <v>0.77807389014200101</v>
       </c>
-      <c r="P24" s="25">
+      <c r="P24" s="4">
         <v>1460.370415308</v>
       </c>
-      <c r="Q24" s="25">
+      <c r="Q24" s="4">
         <v>67236.771190889995</v>
       </c>
-      <c r="R24" s="25">
+      <c r="R24" s="4">
         <v>68697.141606197998</v>
       </c>
-      <c r="S24" s="25">
+      <c r="S24" s="4">
         <v>0.35823227152689702</v>
       </c>
     </row>
-    <row r="25" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B25" s="22">
+    <row r="25" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B25" s="20">
         <v>20</v>
       </c>
-      <c r="C25" s="23" t="s">
+      <c r="C25" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="D25" s="24">
+      <c r="D25" s="3">
         <v>233</v>
       </c>
-      <c r="E25" s="24">
+      <c r="E25" s="3">
         <v>4891</v>
       </c>
-      <c r="F25" s="24">
+      <c r="F25" s="3">
         <v>5124</v>
       </c>
-      <c r="G25" s="25">
+      <c r="G25" s="4">
         <v>1.6164393267574399E-2</v>
       </c>
-      <c r="H25" s="25">
+      <c r="H25" s="4">
         <v>3896.5756059199998</v>
       </c>
-      <c r="I25" s="25">
+      <c r="I25" s="4">
         <v>18226.832515495</v>
       </c>
-      <c r="J25" s="25">
+      <c r="J25" s="4">
         <v>22123.408121414999</v>
       </c>
-      <c r="K25" s="25">
+      <c r="K25" s="4">
         <v>0.115366062691261</v>
       </c>
-      <c r="L25" s="24">
+      <c r="L25" s="3">
         <v>332</v>
       </c>
-      <c r="M25" s="24">
+      <c r="M25" s="3">
         <v>5789</v>
       </c>
-      <c r="N25" s="24">
+      <c r="N25" s="3">
         <v>6121</v>
       </c>
-      <c r="O25" s="25">
+      <c r="O25" s="4">
         <v>1.93095728319326E-2</v>
       </c>
-      <c r="P25" s="25">
+      <c r="P25" s="4">
         <v>2923.063015106</v>
       </c>
-      <c r="Q25" s="25">
+      <c r="Q25" s="4">
         <v>44773.781340533998</v>
       </c>
-      <c r="R25" s="25">
+      <c r="R25" s="4">
         <v>47696.844355640002</v>
       </c>
-      <c r="S25" s="25">
+      <c r="S25" s="4">
         <v>0.248722850742951</v>
       </c>
     </row>
-    <row r="26" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B26" s="22">
+    <row r="26" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B26" s="20">
         <v>21</v>
       </c>
-      <c r="C26" s="23" t="s">
+      <c r="C26" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="D26" s="24">
+      <c r="D26" s="3">
         <v>57</v>
       </c>
-      <c r="E26" s="24">
+      <c r="E26" s="3">
         <v>8742</v>
       </c>
-      <c r="F26" s="24">
+      <c r="F26" s="3">
         <v>8799</v>
       </c>
-      <c r="G26" s="25">
+      <c r="G26" s="4">
         <v>2.77577081111216E-2</v>
       </c>
-      <c r="H26" s="25">
+      <c r="H26" s="4">
         <v>31.15835642</v>
       </c>
-      <c r="I26" s="25">
+      <c r="I26" s="4">
         <v>1294.349372954</v>
       </c>
-      <c r="J26" s="25">
+      <c r="J26" s="4">
         <v>1325.5077293740001</v>
       </c>
-      <c r="K26" s="25">
+      <c r="K26" s="4">
         <v>6.9120728128994899E-3</v>
       </c>
-      <c r="L26" s="24"/>
-      <c r="M26" s="24">
+      <c r="L26" s="3"/>
+      <c r="M26" s="3">
         <v>9241</v>
       </c>
-      <c r="N26" s="24">
+      <c r="N26" s="3">
         <v>9241</v>
       </c>
-      <c r="O26" s="25">
+      <c r="O26" s="4">
         <v>2.91520605358421E-2</v>
       </c>
-      <c r="P26" s="25"/>
-      <c r="Q26" s="25">
+      <c r="P26" s="4"/>
+      <c r="Q26" s="4">
         <v>1327.3115242230001</v>
       </c>
-      <c r="R26" s="25">
+      <c r="R26" s="4">
         <v>1327.3115242230001</v>
       </c>
-      <c r="S26" s="25">
+      <c r="S26" s="4">
         <v>6.9214789906678403E-3</v>
       </c>
     </row>
-    <row r="27" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B27" s="22">
+    <row r="27" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B27" s="20">
         <v>22</v>
       </c>
-      <c r="C27" s="23" t="s">
+      <c r="C27" s="2" t="s">
         <v>32</v>
       </c>
-      <c r="D27" s="24"/>
-      <c r="E27" s="24">
+      <c r="D27" s="3"/>
+      <c r="E27" s="3">
         <v>358</v>
       </c>
-      <c r="F27" s="24">
+      <c r="F27" s="3">
         <v>358</v>
       </c>
-      <c r="G27" s="25">
+      <c r="G27" s="4">
         <v>1.1293623711537101E-3</v>
       </c>
-      <c r="H27" s="25"/>
-      <c r="I27" s="25">
+      <c r="H27" s="4"/>
+      <c r="I27" s="4">
         <v>40.457233786000003</v>
       </c>
-      <c r="J27" s="25">
+      <c r="J27" s="4">
         <v>40.457233786000003</v>
       </c>
-      <c r="K27" s="25">
+      <c r="K27" s="4">
         <v>2.10970739393121E-4</v>
       </c>
-      <c r="L27" s="24"/>
-      <c r="M27" s="24">
+      <c r="L27" s="3"/>
+      <c r="M27" s="3">
         <v>861</v>
       </c>
-      <c r="N27" s="24">
+      <c r="N27" s="3">
         <v>861</v>
       </c>
-      <c r="O27" s="25">
+      <c r="O27" s="4">
         <v>2.7161480490596299E-3</v>
       </c>
-      <c r="P27" s="25"/>
-      <c r="Q27" s="25">
+      <c r="P27" s="4"/>
+      <c r="Q27" s="4">
         <v>86.134220014999997</v>
       </c>
-      <c r="R27" s="25">
+      <c r="R27" s="4">
         <v>86.134220014999997</v>
       </c>
-      <c r="S27" s="25">
+      <c r="S27" s="4">
         <v>4.4916071572601002E-4</v>
       </c>
     </row>
-    <row r="28" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B28" s="22">
+    <row r="28" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B28" s="20">
         <v>23</v>
       </c>
-      <c r="C28" s="23" t="s">
+      <c r="C28" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="D28" s="24">
+      <c r="D28" s="3">
         <v>377</v>
       </c>
-      <c r="E28" s="24">
+      <c r="E28" s="3">
         <v>112782</v>
       </c>
-      <c r="F28" s="24">
+      <c r="F28" s="3">
         <v>113159</v>
       </c>
-      <c r="G28" s="25">
+      <c r="G28" s="4">
         <v>0.35697630323291302</v>
       </c>
-      <c r="H28" s="25">
+      <c r="H28" s="4">
         <v>7428.0856059460002</v>
       </c>
-      <c r="I28" s="25">
+      <c r="I28" s="4">
         <v>54639.168506242997</v>
       </c>
-      <c r="J28" s="25">
+      <c r="J28" s="4">
         <v>62067.254112189003</v>
       </c>
-      <c r="K28" s="25">
+      <c r="K28" s="4">
         <v>0.32365965902197802</v>
       </c>
-      <c r="L28" s="24">
+      <c r="L28" s="3">
         <v>307</v>
       </c>
-      <c r="M28" s="24">
+      <c r="M28" s="3">
         <v>6717</v>
       </c>
-      <c r="N28" s="24">
+      <c r="N28" s="3">
         <v>7024</v>
       </c>
-      <c r="O28" s="25">
+      <c r="O28" s="4">
         <v>2.21582159077756E-2</v>
       </c>
-      <c r="P28" s="25">
+      <c r="P28" s="4">
         <v>14049.17761438</v>
       </c>
-      <c r="Q28" s="25">
+      <c r="Q28" s="4">
         <v>49748.991768232001</v>
       </c>
-      <c r="R28" s="25">
+      <c r="R28" s="4">
         <v>63798.169382612003</v>
       </c>
-      <c r="S28" s="25">
+      <c r="S28" s="4">
         <v>0.33268579452989699</v>
       </c>
     </row>
-    <row r="29" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B29" s="22">
+    <row r="29" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B29" s="20">
         <v>24</v>
       </c>
-      <c r="C29" s="23" t="s">
+      <c r="C29" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="D29" s="24">
+      <c r="D29" s="3">
         <v>1</v>
       </c>
-      <c r="E29" s="24">
+      <c r="E29" s="3">
         <v>6989</v>
       </c>
-      <c r="F29" s="24">
+      <c r="F29" s="3">
         <v>6990</v>
       </c>
-      <c r="G29" s="25">
+      <c r="G29" s="4">
         <v>2.2050958028951E-2</v>
       </c>
-      <c r="H29" s="25">
+      <c r="H29" s="4">
         <v>4.8057999999999998E-3</v>
       </c>
-      <c r="I29" s="25">
+      <c r="I29" s="4">
         <v>918.58120574199995</v>
       </c>
-      <c r="J29" s="25">
+      <c r="J29" s="4">
         <v>918.58601154200005</v>
       </c>
-      <c r="K29" s="25">
+      <c r="K29" s="4">
         <v>4.7901142000038302E-3</v>
       </c>
-      <c r="L29" s="24"/>
-      <c r="M29" s="24">
+      <c r="L29" s="3"/>
+      <c r="M29" s="3">
         <v>7722</v>
       </c>
-      <c r="N29" s="24">
+      <c r="N29" s="3">
         <v>7722</v>
       </c>
-      <c r="O29" s="25">
+      <c r="O29" s="4">
         <v>2.4360157067175901E-2</v>
       </c>
-      <c r="P29" s="25"/>
-      <c r="Q29" s="25">
+      <c r="P29" s="4"/>
+      <c r="Q29" s="4">
         <v>1154.9344862190001</v>
       </c>
-      <c r="R29" s="25">
+      <c r="R29" s="4">
         <v>1154.9344862190001</v>
       </c>
-      <c r="S29" s="25">
+      <c r="S29" s="4">
         <v>6.0225912576492699E-3</v>
       </c>
     </row>
-    <row r="30" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B30" s="22">
+    <row r="30" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B30" s="20">
         <v>25</v>
       </c>
-      <c r="C30" s="23" t="s">
+      <c r="C30" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="D30" s="24">
+      <c r="D30" s="3">
         <v>4482</v>
       </c>
-      <c r="E30" s="24">
+      <c r="E30" s="3">
         <v>886915</v>
       </c>
-      <c r="F30" s="24">
+      <c r="F30" s="3">
         <v>891397</v>
       </c>
-      <c r="G30" s="25">
+      <c r="G30" s="4">
         <v>2.81203974737236</v>
       </c>
-      <c r="H30" s="25">
+      <c r="H30" s="4">
         <v>25580.500422752</v>
       </c>
-      <c r="I30" s="25">
+      <c r="I30" s="4">
         <v>277683.30089249997</v>
       </c>
-      <c r="J30" s="25">
+      <c r="J30" s="4">
         <v>303263.80131525203</v>
       </c>
-      <c r="K30" s="25">
+      <c r="K30" s="4">
         <v>1.5814177690217399</v>
       </c>
-      <c r="L30" s="24">
+      <c r="L30" s="3">
         <v>5946</v>
       </c>
-      <c r="M30" s="24">
+      <c r="M30" s="3">
         <v>1015634</v>
       </c>
-      <c r="N30" s="24">
+      <c r="N30" s="3">
         <v>1021580</v>
       </c>
-      <c r="O30" s="25">
+      <c r="O30" s="4">
         <v>3.2227207014614798</v>
       </c>
-      <c r="P30" s="25">
+      <c r="P30" s="4">
         <v>20801.601288201</v>
       </c>
-      <c r="Q30" s="25">
+      <c r="Q30" s="4">
         <v>336273.41150968301</v>
       </c>
-      <c r="R30" s="25">
+      <c r="R30" s="4">
         <v>357075.012797884</v>
       </c>
-      <c r="S30" s="25">
+      <c r="S30" s="4">
         <v>1.8620249685693</v>
       </c>
     </row>
-    <row r="31" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B31" s="22">
+    <row r="31" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B31" s="20">
         <v>26</v>
       </c>
-      <c r="C31" s="23" t="s">
+      <c r="C31" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="D31" s="24">
+      <c r="D31" s="3">
         <v>190</v>
       </c>
-      <c r="E31" s="24">
+      <c r="E31" s="3">
         <v>15047</v>
       </c>
-      <c r="F31" s="24">
+      <c r="F31" s="3">
         <v>15237</v>
       </c>
-      <c r="G31" s="25">
+      <c r="G31" s="4">
         <v>4.8067302930919299E-2</v>
       </c>
-      <c r="H31" s="25">
+      <c r="H31" s="4">
         <v>33.5137486</v>
       </c>
-      <c r="I31" s="25">
+      <c r="I31" s="4">
         <v>1204.8181507950001</v>
       </c>
-      <c r="J31" s="25">
+      <c r="J31" s="4">
         <v>1238.3318993949999</v>
       </c>
-      <c r="K31" s="25">
+      <c r="K31" s="4">
         <v>6.4574804548267299E-3</v>
       </c>
-      <c r="L31" s="24">
+      <c r="L31" s="3">
         <v>32</v>
       </c>
-      <c r="M31" s="24">
+      <c r="M31" s="3">
         <v>19948</v>
       </c>
-      <c r="N31" s="24">
+      <c r="N31" s="3">
         <v>19980</v>
       </c>
-      <c r="O31" s="25">
+      <c r="O31" s="4">
         <v>6.3029777026958597E-2</v>
       </c>
-      <c r="P31" s="25">
+      <c r="P31" s="4">
         <v>5.14</v>
       </c>
-      <c r="Q31" s="25">
+      <c r="Q31" s="4">
         <v>1436.2093101729999</v>
       </c>
-      <c r="R31" s="25">
+      <c r="R31" s="4">
         <v>1441.349310173</v>
       </c>
-      <c r="S31" s="25">
+      <c r="S31" s="4">
         <v>7.5161473297808102E-3</v>
       </c>
     </row>
-    <row r="32" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B32" s="22">
+    <row r="32" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B32" s="20">
         <v>27</v>
       </c>
-      <c r="C32" s="23" t="s">
+      <c r="C32" s="2" t="s">
         <v>37</v>
       </c>
-      <c r="D32" s="24">
+      <c r="D32" s="3">
         <v>293</v>
       </c>
-      <c r="E32" s="24">
+      <c r="E32" s="3">
         <v>49970</v>
       </c>
-      <c r="F32" s="24">
+      <c r="F32" s="3">
         <v>50263</v>
       </c>
-      <c r="G32" s="25">
+      <c r="G32" s="4">
         <v>0.15856184598128201</v>
       </c>
-      <c r="H32" s="25">
+      <c r="H32" s="4">
         <v>1364.4230648509999</v>
       </c>
-      <c r="I32" s="25">
+      <c r="I32" s="4">
         <v>12411.151425168</v>
       </c>
-      <c r="J32" s="25">
+      <c r="J32" s="4">
         <v>13775.574490019</v>
       </c>
-      <c r="K32" s="25">
+      <c r="K32" s="4">
         <v>7.18349443043238E-2</v>
       </c>
-      <c r="L32" s="24">
+      <c r="L32" s="3">
         <v>3937</v>
       </c>
-      <c r="M32" s="24">
+      <c r="M32" s="3">
         <v>55255</v>
       </c>
-      <c r="N32" s="24">
+      <c r="N32" s="3">
         <v>59192</v>
       </c>
-      <c r="O32" s="25">
+      <c r="O32" s="4">
         <v>0.186729657746733</v>
       </c>
-      <c r="P32" s="25">
+      <c r="P32" s="4">
         <v>1665.8395212729999</v>
       </c>
-      <c r="Q32" s="25">
+      <c r="Q32" s="4">
         <v>14587.445927602999</v>
       </c>
-      <c r="R32" s="25">
+      <c r="R32" s="4">
         <v>16253.285448876</v>
       </c>
-      <c r="S32" s="25">
+      <c r="S32" s="4">
         <v>8.47553657982269E-2</v>
       </c>
     </row>
-    <row r="33" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B33" s="22">
+    <row r="33" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B33" s="20">
         <v>28</v>
       </c>
-      <c r="C33" s="23" t="s">
+      <c r="C33" s="2" t="s">
         <v>38</v>
       </c>
-      <c r="D33" s="24">
+      <c r="D33" s="3">
         <v>501</v>
       </c>
-      <c r="E33" s="24">
+      <c r="E33" s="3">
         <v>344896</v>
       </c>
-      <c r="F33" s="24">
+      <c r="F33" s="3">
         <v>345397</v>
       </c>
-      <c r="G33" s="25">
+      <c r="G33" s="4">
         <v>1.0896043991882101</v>
       </c>
-      <c r="H33" s="25">
+      <c r="H33" s="4">
         <v>5866.4318967440004</v>
       </c>
-      <c r="I33" s="25">
+      <c r="I33" s="4">
         <v>64620.569462291998</v>
       </c>
-      <c r="J33" s="25">
+      <c r="J33" s="4">
         <v>70487.001359036003</v>
       </c>
-      <c r="K33" s="25">
+      <c r="K33" s="4">
         <v>0.36756578249958399</v>
       </c>
-      <c r="L33" s="24">
+      <c r="L33" s="3">
         <v>2469</v>
       </c>
-      <c r="M33" s="24">
+      <c r="M33" s="3">
         <v>437865</v>
       </c>
-      <c r="N33" s="24">
+      <c r="N33" s="3">
         <v>440334</v>
       </c>
-      <c r="O33" s="25">
+      <c r="O33" s="4">
         <v>1.3890967886581</v>
       </c>
-      <c r="P33" s="25">
+      <c r="P33" s="4">
         <v>4697.5525314790002</v>
       </c>
-      <c r="Q33" s="25">
+      <c r="Q33" s="4">
         <v>80730.163663943997</v>
       </c>
-      <c r="R33" s="25">
+      <c r="R33" s="4">
         <v>85427.716195422996</v>
       </c>
-      <c r="S33" s="25">
+      <c r="S33" s="4">
         <v>0.44547653815745297</v>
       </c>
     </row>
-    <row r="34" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B34" s="22">
+    <row r="34" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B34" s="20">
         <v>29</v>
       </c>
-      <c r="C34" s="23" t="s">
+      <c r="C34" s="2" t="s">
         <v>39</v>
       </c>
-      <c r="D34" s="24">
+      <c r="D34" s="3">
         <v>10</v>
       </c>
-      <c r="E34" s="24">
+      <c r="E34" s="3">
         <v>4726</v>
       </c>
-      <c r="F34" s="24">
+      <c r="F34" s="3">
         <v>4736</v>
       </c>
-      <c r="G34" s="25">
+      <c r="G34" s="4">
         <v>1.4940391591575401E-2</v>
       </c>
-      <c r="H34" s="25">
+      <c r="H34" s="4">
         <v>0.15032229999999999</v>
       </c>
-      <c r="I34" s="25">
+      <c r="I34" s="4">
         <v>288.03423320100001</v>
       </c>
-      <c r="J34" s="25">
+      <c r="J34" s="4">
         <v>288.18455550099998</v>
       </c>
-      <c r="K34" s="25">
+      <c r="K34" s="4">
         <v>1.5027846213440999E-3</v>
       </c>
-      <c r="L34" s="24">
+      <c r="L34" s="3">
         <v>10</v>
       </c>
-      <c r="M34" s="24">
+      <c r="M34" s="3">
         <v>7084</v>
       </c>
-      <c r="N34" s="24">
+      <c r="N34" s="3">
         <v>7094</v>
       </c>
-      <c r="O34" s="25">
+      <c r="O34" s="4">
         <v>2.2379040952414601E-2</v>
       </c>
-      <c r="P34" s="25">
+      <c r="P34" s="4">
         <v>1.39</v>
       </c>
-      <c r="Q34" s="25">
+      <c r="Q34" s="4">
         <v>1444.7216686500001</v>
       </c>
-      <c r="R34" s="25">
+      <c r="R34" s="4">
         <v>1446.11166865</v>
       </c>
-      <c r="S34" s="25">
+      <c r="S34" s="4">
         <v>7.5409814124682796E-3</v>
       </c>
     </row>
-    <row r="35" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B35" s="22">
+    <row r="35" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B35" s="20">
         <v>30</v>
       </c>
-      <c r="C35" s="23" t="s">
+      <c r="C35" s="2" t="s">
         <v>40</v>
       </c>
-      <c r="D35" s="24">
+      <c r="D35" s="3">
         <v>1316</v>
       </c>
-      <c r="E35" s="24">
+      <c r="E35" s="3">
         <v>264035</v>
       </c>
-      <c r="F35" s="24">
+      <c r="F35" s="3">
         <v>265351</v>
       </c>
-      <c r="G35" s="25">
+      <c r="G35" s="4">
         <v>0.83708780600002497</v>
       </c>
-      <c r="H35" s="25">
+      <c r="H35" s="4">
         <v>25835.815585502001</v>
       </c>
-      <c r="I35" s="25">
+      <c r="I35" s="4">
         <v>580792.79732527304</v>
       </c>
-      <c r="J35" s="25">
+      <c r="J35" s="4">
         <v>606628.612910775</v>
       </c>
-      <c r="K35" s="25">
+      <c r="K35" s="4">
         <v>3.1633622723631798</v>
       </c>
-      <c r="L35" s="24">
+      <c r="L35" s="3">
         <v>1678</v>
       </c>
-      <c r="M35" s="24">
+      <c r="M35" s="3">
         <v>167402</v>
       </c>
-      <c r="N35" s="24">
+      <c r="N35" s="3">
         <v>169080</v>
       </c>
-      <c r="O35" s="25">
+      <c r="O35" s="4">
         <v>0.53338712210801598</v>
       </c>
-      <c r="P35" s="25">
+      <c r="P35" s="4">
         <v>10544.550990420001</v>
       </c>
-      <c r="Q35" s="25">
+      <c r="Q35" s="4">
         <v>594378.861147588</v>
       </c>
-      <c r="R35" s="25">
+      <c r="R35" s="4">
         <v>604923.41213800805</v>
       </c>
-      <c r="S35" s="25">
+      <c r="S35" s="4">
         <v>3.1544702292307401</v>
       </c>
     </row>
-    <row r="36" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B36" s="22">
+    <row r="36" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B36" s="20">
         <v>31</v>
       </c>
-      <c r="C36" s="23" t="s">
+      <c r="C36" s="2" t="s">
         <v>41</v>
       </c>
-      <c r="D36" s="24">
+      <c r="D36" s="3">
         <v>2</v>
       </c>
-      <c r="E36" s="24">
+      <c r="E36" s="3">
         <v>1742</v>
       </c>
-      <c r="F36" s="24">
+      <c r="F36" s="3">
         <v>1744</v>
       </c>
-      <c r="G36" s="25">
+      <c r="G36" s="4">
         <v>5.5016982550057996E-3</v>
       </c>
-      <c r="H36" s="25">
+      <c r="H36" s="4">
         <v>5.6622E-3</v>
       </c>
-      <c r="I36" s="25">
+      <c r="I36" s="4">
         <v>348.094845754</v>
       </c>
-      <c r="J36" s="25">
+      <c r="J36" s="4">
         <v>348.10050795400002</v>
       </c>
-      <c r="K36" s="25">
+      <c r="K36" s="4">
         <v>1.8152259725574601E-3</v>
       </c>
-      <c r="L36" s="24"/>
-      <c r="M36" s="24">
+      <c r="L36" s="3"/>
+      <c r="M36" s="3">
         <v>2047</v>
       </c>
-      <c r="N36" s="24">
+      <c r="N36" s="3">
         <v>2047</v>
       </c>
-      <c r="O36" s="25">
+      <c r="O36" s="4">
         <v>6.4575552339431602E-3</v>
       </c>
-      <c r="P36" s="25"/>
-      <c r="Q36" s="25">
+      <c r="P36" s="4"/>
+      <c r="Q36" s="4">
         <v>386.04568374799999</v>
       </c>
-      <c r="R36" s="25">
+      <c r="R36" s="4">
         <v>386.04568374799999</v>
       </c>
-      <c r="S36" s="25">
+      <c r="S36" s="4">
         <v>2.0130971823392901E-3</v>
       </c>
     </row>
-    <row r="37" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B37" s="22">
+    <row r="37" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B37" s="20">
         <v>32</v>
       </c>
-      <c r="C37" s="23" t="s">
+      <c r="C37" s="2" t="s">
         <v>42</v>
       </c>
-      <c r="D37" s="24">
+      <c r="D37" s="3">
         <v>3100</v>
       </c>
-      <c r="E37" s="24">
+      <c r="E37" s="3">
         <v>162469</v>
       </c>
-      <c r="F37" s="24">
+      <c r="F37" s="3">
         <v>165569</v>
       </c>
-      <c r="G37" s="25">
+      <c r="G37" s="4">
         <v>0.52231116879762296</v>
       </c>
-      <c r="H37" s="25">
+      <c r="H37" s="4">
         <v>4506.0342639869996</v>
       </c>
-      <c r="I37" s="25">
+      <c r="I37" s="4">
         <v>20702.763777114</v>
       </c>
-      <c r="J37" s="25">
+      <c r="J37" s="4">
         <v>25208.798041100999</v>
       </c>
-      <c r="K37" s="25">
+      <c r="K37" s="4">
         <v>0.13145532366533899</v>
       </c>
-      <c r="L37" s="24">
+      <c r="L37" s="3">
         <v>493</v>
       </c>
-      <c r="M37" s="24">
+      <c r="M37" s="3">
         <v>145947</v>
       </c>
-      <c r="N37" s="24">
+      <c r="N37" s="3">
         <v>146440</v>
       </c>
-      <c r="O37" s="25">
+      <c r="O37" s="4">
         <v>0.46196599338477601</v>
       </c>
-      <c r="P37" s="25">
+      <c r="P37" s="4">
         <v>1368.151387657</v>
       </c>
-      <c r="Q37" s="25">
+      <c r="Q37" s="4">
         <v>21705.153490168999</v>
       </c>
-      <c r="R37" s="25">
+      <c r="R37" s="4">
         <v>23073.304877826002</v>
       </c>
-      <c r="S37" s="25">
+      <c r="S37" s="4">
         <v>0.12031945179609201</v>
       </c>
     </row>
-    <row r="38" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B38" s="22">
+    <row r="38" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B38" s="20">
         <v>33</v>
       </c>
-      <c r="C38" s="23" t="s">
+      <c r="C38" s="2" t="s">
         <v>43</v>
       </c>
-      <c r="D38" s="24">
+      <c r="D38" s="3">
         <v>1</v>
       </c>
-      <c r="E38" s="24">
+      <c r="E38" s="3">
         <v>1065</v>
       </c>
-      <c r="F38" s="24">
+      <c r="F38" s="3">
         <v>1066</v>
       </c>
-      <c r="G38" s="25">
+      <c r="G38" s="4">
         <v>3.3628499655024E-3</v>
       </c>
-      <c r="H38" s="25">
+      <c r="H38" s="4">
         <v>0.15</v>
       </c>
-      <c r="I38" s="25">
+      <c r="I38" s="4">
         <v>83.449892438999996</v>
       </c>
-      <c r="J38" s="25">
+      <c r="J38" s="4">
         <v>83.599892439000001</v>
       </c>
-      <c r="K38" s="25">
+      <c r="K38" s="4">
         <v>4.3594505779444602E-4</v>
       </c>
-      <c r="L38" s="24"/>
-      <c r="M38" s="24">
+      <c r="L38" s="3"/>
+      <c r="M38" s="3">
         <v>1944</v>
       </c>
-      <c r="N38" s="24">
+      <c r="N38" s="3">
         <v>1944</v>
       </c>
-      <c r="O38" s="25">
+      <c r="O38" s="4">
         <v>6.1326269539743504E-3</v>
       </c>
-      <c r="P38" s="25"/>
-      <c r="Q38" s="25">
+      <c r="P38" s="4"/>
+      <c r="Q38" s="4">
         <v>133.244089745</v>
       </c>
-      <c r="R38" s="25">
+      <c r="R38" s="4">
         <v>133.244089745</v>
       </c>
-      <c r="S38" s="25">
+      <c r="S38" s="4">
         <v>6.9482269306789495E-4</v>
       </c>
     </row>
-    <row r="39" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B39" s="22">
+    <row r="39" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B39" s="20">
         <v>34</v>
       </c>
-      <c r="C39" s="23" t="s">
+      <c r="C39" s="2" t="s">
         <v>44</v>
       </c>
-      <c r="D39" s="24">
+      <c r="D39" s="3">
         <v>327</v>
       </c>
-      <c r="E39" s="24">
+      <c r="E39" s="3">
         <v>3716</v>
       </c>
-      <c r="F39" s="24">
+      <c r="F39" s="3">
         <v>4043</v>
       </c>
-      <c r="G39" s="25">
+      <c r="G39" s="4">
         <v>1.27542236496493E-2</v>
       </c>
-      <c r="H39" s="25">
+      <c r="H39" s="4">
         <v>14772.547948871999</v>
       </c>
-      <c r="I39" s="25">
+      <c r="I39" s="4">
         <v>9046.7597736690004</v>
       </c>
-      <c r="J39" s="25">
+      <c r="J39" s="4">
         <v>23819.307722541002</v>
       </c>
-      <c r="K39" s="25">
+      <c r="K39" s="4">
         <v>0.124209603371244</v>
       </c>
-      <c r="L39" s="24">
+      <c r="L39" s="3">
         <v>335</v>
       </c>
-      <c r="M39" s="24">
+      <c r="M39" s="3">
         <v>482</v>
       </c>
-      <c r="N39" s="24">
+      <c r="N39" s="3">
         <v>817</v>
       </c>
-      <c r="O39" s="25">
+      <c r="O39" s="4">
         <v>2.5773437352865501E-3</v>
       </c>
-      <c r="P39" s="25">
+      <c r="P39" s="4">
         <v>14558.987107118999</v>
       </c>
-      <c r="Q39" s="25">
+      <c r="Q39" s="4">
         <v>9969.412715208</v>
       </c>
-      <c r="R39" s="25">
+      <c r="R39" s="4">
         <v>24528.399822326999</v>
       </c>
-      <c r="S39" s="25">
+      <c r="S39" s="4">
         <v>0.12790727794239601</v>
       </c>
     </row>
-    <row r="40" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B40" s="22">
+    <row r="40" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B40" s="20">
         <v>35</v>
       </c>
-      <c r="C40" s="23" t="s">
+      <c r="C40" s="2" t="s">
         <v>45</v>
       </c>
-      <c r="D40" s="24">
+      <c r="D40" s="3">
         <v>2</v>
       </c>
-      <c r="E40" s="24">
+      <c r="E40" s="3">
         <v>5</v>
       </c>
-      <c r="F40" s="24">
+      <c r="F40" s="3">
         <v>7</v>
       </c>
-      <c r="G40" s="25">
+      <c r="G40" s="4">
         <v>2.2082504463899401E-5</v>
       </c>
-      <c r="H40" s="25">
+      <c r="H40" s="4">
         <v>10.7237878</v>
       </c>
-      <c r="I40" s="25">
+      <c r="I40" s="4">
         <v>324.96056310099999</v>
       </c>
-      <c r="J40" s="25">
+      <c r="J40" s="4">
         <v>335.68435090100002</v>
       </c>
-      <c r="K40" s="25">
+      <c r="K40" s="4">
         <v>1.7504799286794099E-3</v>
       </c>
-      <c r="L40" s="24"/>
-      <c r="M40" s="24">
+      <c r="L40" s="3"/>
+      <c r="M40" s="3">
         <v>14</v>
       </c>
-      <c r="N40" s="24">
+      <c r="N40" s="3">
         <v>14</v>
       </c>
-      <c r="O40" s="25">
+      <c r="O40" s="4">
         <v>4.4165008927798803E-5</v>
       </c>
-      <c r="P40" s="25"/>
-      <c r="Q40" s="25">
+      <c r="P40" s="4"/>
+      <c r="Q40" s="4">
         <v>32.085520017999997</v>
       </c>
-      <c r="R40" s="25">
+      <c r="R40" s="4">
         <v>32.085520017999997</v>
       </c>
-      <c r="S40" s="25">
+      <c r="S40" s="4">
         <v>1.6731509420084601E-4</v>
       </c>
     </row>
-    <row r="41" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B41" s="22">
+    <row r="41" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B41" s="20">
         <v>36</v>
       </c>
-      <c r="C41" s="23" t="s">
+      <c r="C41" s="2" t="s">
         <v>46</v>
       </c>
-      <c r="D41" s="24">
+      <c r="D41" s="3">
         <v>47</v>
       </c>
-      <c r="E41" s="24">
+      <c r="E41" s="3">
         <v>501</v>
       </c>
-      <c r="F41" s="24">
+      <c r="F41" s="3">
         <v>548</v>
       </c>
-      <c r="G41" s="25">
+      <c r="G41" s="4">
         <v>1.7287446351738399E-3</v>
       </c>
-      <c r="H41" s="25">
+      <c r="H41" s="4">
         <v>296.430655226</v>
       </c>
-      <c r="I41" s="25">
+      <c r="I41" s="4">
         <v>1377.573697028</v>
       </c>
-      <c r="J41" s="25">
+      <c r="J41" s="4">
         <v>1674.004352254</v>
       </c>
-      <c r="K41" s="25">
+      <c r="K41" s="4">
         <v>8.7293643903192195E-3</v>
       </c>
-      <c r="L41" s="24">
+      <c r="L41" s="3">
         <v>62</v>
       </c>
-      <c r="M41" s="24">
+      <c r="M41" s="3">
         <v>523</v>
       </c>
-      <c r="N41" s="24">
+      <c r="N41" s="3">
         <v>585</v>
       </c>
-      <c r="O41" s="25">
+      <c r="O41" s="4">
         <v>1.8454664444830201E-3</v>
       </c>
-      <c r="P41" s="25">
+      <c r="P41" s="4">
         <v>389.00180517299998</v>
       </c>
-      <c r="Q41" s="25">
+      <c r="Q41" s="4">
         <v>1200.023671849</v>
       </c>
-      <c r="R41" s="25">
+      <c r="R41" s="4">
         <v>1589.0254770219999</v>
       </c>
-      <c r="S41" s="25">
+      <c r="S41" s="4">
         <v>8.2862284054092804E-3</v>
       </c>
     </row>
-    <row r="42" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B42" s="22">
+    <row r="42" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B42" s="20">
         <v>37</v>
       </c>
-      <c r="C42" s="23" t="s">
+      <c r="C42" s="2" t="s">
         <v>47</v>
       </c>
-      <c r="D42" s="24">
+      <c r="D42" s="3">
         <v>362</v>
       </c>
-      <c r="E42" s="24">
+      <c r="E42" s="3">
         <v>105811</v>
       </c>
-      <c r="F42" s="24">
+      <c r="F42" s="3">
         <v>106173</v>
       </c>
-      <c r="G42" s="25">
+      <c r="G42" s="4">
         <v>0.33493796377794199</v>
       </c>
-      <c r="H42" s="25">
+      <c r="H42" s="4">
         <v>1493.039578654</v>
       </c>
-      <c r="I42" s="25">
+      <c r="I42" s="4">
         <v>58394.621195715001</v>
       </c>
-      <c r="J42" s="25">
+      <c r="J42" s="4">
         <v>59887.660774368996</v>
       </c>
-      <c r="K42" s="25">
+      <c r="K42" s="4">
         <v>0.31229381971401898</v>
       </c>
-      <c r="L42" s="24">
+      <c r="L42" s="3">
         <v>414</v>
       </c>
-      <c r="M42" s="24">
+      <c r="M42" s="3">
         <v>95756</v>
       </c>
-      <c r="N42" s="24">
+      <c r="N42" s="3">
         <v>96170</v>
       </c>
-      <c r="O42" s="25">
+      <c r="O42" s="4">
         <v>0.30338206489902902</v>
       </c>
-      <c r="P42" s="25">
+      <c r="P42" s="4">
         <v>2668.4097515459998</v>
       </c>
-      <c r="Q42" s="25">
+      <c r="Q42" s="4">
         <v>43747.263651039</v>
       </c>
-      <c r="R42" s="25">
+      <c r="R42" s="4">
         <v>46415.673402585002</v>
       </c>
-      <c r="S42" s="25">
+      <c r="S42" s="4">
         <v>0.24204197916669101</v>
       </c>
     </row>
-    <row r="43" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B43" s="22">
+    <row r="43" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B43" s="20">
         <v>38</v>
       </c>
-      <c r="C43" s="23" t="s">
+      <c r="C43" s="2" t="s">
         <v>48</v>
       </c>
-      <c r="D43" s="24">
+      <c r="D43" s="3">
         <v>181</v>
       </c>
-      <c r="E43" s="24">
+      <c r="E43" s="3">
         <v>53949</v>
       </c>
-      <c r="F43" s="24">
+      <c r="F43" s="3">
         <v>54130</v>
       </c>
-      <c r="G43" s="25">
+      <c r="G43" s="4">
         <v>0.17076085237583899</v>
       </c>
-      <c r="H43" s="25">
+      <c r="H43" s="4">
         <v>1697.7613133299999</v>
       </c>
-      <c r="I43" s="25">
+      <c r="I43" s="4">
         <v>12517.831788285999</v>
       </c>
-      <c r="J43" s="25">
+      <c r="J43" s="4">
         <v>14215.593101615999</v>
       </c>
-      <c r="K43" s="25">
+      <c r="K43" s="4">
         <v>7.4129491982160303E-2</v>
       </c>
-      <c r="L43" s="24">
+      <c r="L43" s="3">
         <v>478</v>
       </c>
-      <c r="M43" s="24">
+      <c r="M43" s="3">
         <v>53034</v>
       </c>
-      <c r="N43" s="24">
+      <c r="N43" s="3">
         <v>53512</v>
       </c>
-      <c r="O43" s="25">
+      <c r="O43" s="4">
         <v>0.16881128269602599</v>
       </c>
-      <c r="P43" s="25">
+      <c r="P43" s="4">
         <v>1490.151263</v>
       </c>
-      <c r="Q43" s="25">
+      <c r="Q43" s="4">
         <v>10731.059377715999</v>
       </c>
-      <c r="R43" s="25">
+      <c r="R43" s="4">
         <v>12221.210640716001</v>
       </c>
-      <c r="S43" s="25">
+      <c r="S43" s="4">
         <v>6.3729464520214898E-2</v>
       </c>
     </row>
-    <row r="44" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B44" s="22">
+    <row r="44" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B44" s="20">
         <v>39</v>
       </c>
-      <c r="C44" s="23" t="s">
+      <c r="C44" s="2" t="s">
         <v>49</v>
       </c>
-      <c r="D44" s="24">
+      <c r="D44" s="3">
         <v>16</v>
       </c>
-      <c r="E44" s="24">
+      <c r="E44" s="3">
         <v>2710</v>
       </c>
-      <c r="F44" s="24">
+      <c r="F44" s="3">
         <v>2726</v>
       </c>
-      <c r="G44" s="25">
+      <c r="G44" s="4">
         <v>8.5995581669414001E-3</v>
       </c>
-      <c r="H44" s="25">
+      <c r="H44" s="4">
         <v>235.05439720000001</v>
       </c>
-      <c r="I44" s="25">
+      <c r="I44" s="4">
         <v>262.627270329</v>
       </c>
-      <c r="J44" s="25">
+      <c r="J44" s="4">
         <v>497.68166752899998</v>
       </c>
-      <c r="K44" s="25">
+      <c r="K44" s="4">
         <v>2.5952409385272299E-3</v>
       </c>
-      <c r="L44" s="24"/>
-      <c r="M44" s="24">
+      <c r="L44" s="3"/>
+      <c r="M44" s="3">
         <v>2506</v>
       </c>
-      <c r="N44" s="24">
+      <c r="N44" s="3">
         <v>2506</v>
       </c>
-      <c r="O44" s="25">
+      <c r="O44" s="4">
         <v>7.9055365980759892E-3</v>
       </c>
-      <c r="P44" s="25"/>
-      <c r="Q44" s="25">
+      <c r="P44" s="4"/>
+      <c r="Q44" s="4">
         <v>542.80127661699998</v>
       </c>
-      <c r="R44" s="25">
+      <c r="R44" s="4">
         <v>542.80127661699998</v>
       </c>
-      <c r="S44" s="25">
+      <c r="S44" s="4">
         <v>2.8305243822934201E-3</v>
       </c>
     </row>
-    <row r="45" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B45" s="22">
+    <row r="45" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B45" s="20">
         <v>40</v>
       </c>
-      <c r="C45" s="23" t="s">
+      <c r="C45" s="2" t="s">
         <v>50</v>
       </c>
-      <c r="D45" s="24">
+      <c r="D45" s="3">
         <v>3</v>
       </c>
-      <c r="E45" s="24">
+      <c r="E45" s="3">
         <v>8</v>
       </c>
-      <c r="F45" s="24">
+      <c r="F45" s="3">
         <v>11</v>
       </c>
-      <c r="G45" s="25">
+      <c r="G45" s="4">
         <v>3.47010784432705E-5</v>
       </c>
-      <c r="H45" s="25">
+      <c r="H45" s="4">
         <v>85.641481799999994</v>
       </c>
-      <c r="I45" s="25">
+      <c r="I45" s="4">
         <v>6.5368706489999999</v>
       </c>
-      <c r="J45" s="25">
+      <c r="J45" s="4">
         <v>92.178352449000002</v>
       </c>
-      <c r="K45" s="25">
+      <c r="K45" s="4">
         <v>4.8067881445059898E-4</v>
       </c>
-      <c r="L45" s="24"/>
-[...9 lines deleted...]
-      <c r="B46" s="22">
+      <c r="L45" s="3"/>
+      <c r="M45" s="3"/>
+      <c r="N45" s="3"/>
+      <c r="O45" s="4"/>
+      <c r="P45" s="4"/>
+      <c r="Q45" s="4"/>
+      <c r="R45" s="4"/>
+      <c r="S45" s="4"/>
+    </row>
+    <row r="46" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B46" s="20">
         <v>41</v>
       </c>
-      <c r="C46" s="23" t="s">
+      <c r="C46" s="2" t="s">
         <v>51</v>
       </c>
-      <c r="D46" s="24">
+      <c r="D46" s="3">
         <v>525</v>
       </c>
-      <c r="E46" s="24">
+      <c r="E46" s="3">
         <v>124337</v>
       </c>
-      <c r="F46" s="24">
+      <c r="F46" s="3">
         <v>124862</v>
       </c>
-      <c r="G46" s="25">
+      <c r="G46" s="4">
         <v>0.393895096053058</v>
       </c>
-      <c r="H46" s="25">
+      <c r="H46" s="4">
         <v>12625.606771807001</v>
       </c>
-      <c r="I46" s="25">
+      <c r="I46" s="4">
         <v>540344.46318535903</v>
       </c>
-      <c r="J46" s="25">
+      <c r="J46" s="4">
         <v>552970.06995716598</v>
       </c>
-      <c r="K46" s="25">
+      <c r="K46" s="4">
         <v>2.8835511873651298</v>
       </c>
-      <c r="L46" s="24">
+      <c r="L46" s="3">
         <v>954</v>
       </c>
-      <c r="M46" s="24">
+      <c r="M46" s="3">
         <v>46021</v>
       </c>
-      <c r="N46" s="24">
+      <c r="N46" s="3">
         <v>46975</v>
       </c>
-      <c r="O46" s="25">
+      <c r="O46" s="4">
         <v>0.148189378170239</v>
       </c>
-      <c r="P46" s="25">
+      <c r="P46" s="4">
         <v>47748.944925934004</v>
       </c>
-      <c r="Q46" s="25">
+      <c r="Q46" s="4">
         <v>471685.76895137399</v>
       </c>
-      <c r="R46" s="25">
+      <c r="R46" s="4">
         <v>519434.71387730801</v>
       </c>
-      <c r="S46" s="25">
+      <c r="S46" s="4">
         <v>2.7086756903056299</v>
       </c>
     </row>
-    <row r="47" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B47" s="22">
+    <row r="47" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B47" s="20">
         <v>42</v>
       </c>
-      <c r="C47" s="23" t="s">
+      <c r="C47" s="2" t="s">
         <v>52</v>
       </c>
-      <c r="D47" s="24">
+      <c r="D47" s="3">
         <v>778</v>
       </c>
-      <c r="E47" s="24">
+      <c r="E47" s="3">
         <v>18594</v>
       </c>
-      <c r="F47" s="24">
+      <c r="F47" s="3">
         <v>19372</v>
       </c>
-      <c r="G47" s="25">
+      <c r="G47" s="4">
         <v>6.11117537820942E-2</v>
       </c>
-      <c r="H47" s="25">
+      <c r="H47" s="4">
         <v>701.66514017999998</v>
       </c>
-      <c r="I47" s="25">
+      <c r="I47" s="4">
         <v>3325.3983495520001</v>
       </c>
-      <c r="J47" s="25">
+      <c r="J47" s="4">
         <v>4027.0634897320001</v>
       </c>
-      <c r="K47" s="25">
+      <c r="K47" s="4">
         <v>2.0999768953699399E-2</v>
       </c>
-      <c r="L47" s="24">
+      <c r="L47" s="3">
         <v>638</v>
       </c>
-      <c r="M47" s="24">
+      <c r="M47" s="3">
         <v>25755</v>
       </c>
-      <c r="N47" s="24">
+      <c r="N47" s="3">
         <v>26393</v>
       </c>
-      <c r="O47" s="25">
+      <c r="O47" s="4">
         <v>8.3260505759385303E-2</v>
       </c>
-      <c r="P47" s="25">
+      <c r="P47" s="4">
         <v>757.99190146000001</v>
       </c>
-      <c r="Q47" s="25">
+      <c r="Q47" s="4">
         <v>3929.4118399210001</v>
       </c>
-      <c r="R47" s="25">
+      <c r="R47" s="4">
         <v>4687.4037413810001</v>
       </c>
-      <c r="S47" s="25">
+      <c r="S47" s="4">
         <v>2.44432191875519E-2</v>
       </c>
     </row>
-    <row r="48" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B48" s="22">
+    <row r="48" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B48" s="20">
         <v>43</v>
       </c>
-      <c r="C48" s="23" t="s">
+      <c r="C48" s="2" t="s">
         <v>53</v>
       </c>
-      <c r="D48" s="24">
+      <c r="D48" s="3">
         <v>1</v>
       </c>
-      <c r="E48" s="24">
+      <c r="E48" s="3">
         <v>988</v>
       </c>
-      <c r="F48" s="24">
+      <c r="F48" s="3">
         <v>989</v>
       </c>
-      <c r="G48" s="25">
+      <c r="G48" s="4">
         <v>3.1199424163995001E-3</v>
       </c>
-      <c r="H48" s="25">
+      <c r="H48" s="4">
         <v>1.3998000000000001E-3</v>
       </c>
-      <c r="I48" s="25">
+      <c r="I48" s="4">
         <v>76.380699355999994</v>
       </c>
-      <c r="J48" s="25">
+      <c r="J48" s="4">
         <v>76.382099155999995</v>
       </c>
-      <c r="K48" s="25">
+      <c r="K48" s="4">
         <v>3.98306716187706E-4</v>
       </c>
-      <c r="L48" s="24"/>
-      <c r="M48" s="24">
+      <c r="L48" s="3"/>
+      <c r="M48" s="3">
         <v>170</v>
       </c>
-      <c r="N48" s="24">
+      <c r="N48" s="3">
         <v>170</v>
       </c>
-      <c r="O48" s="25">
+      <c r="O48" s="4">
         <v>5.3628939412327103E-4</v>
       </c>
-      <c r="P48" s="25"/>
-      <c r="Q48" s="25">
+      <c r="P48" s="4"/>
+      <c r="Q48" s="4">
         <v>18.293417417000001</v>
       </c>
-      <c r="R48" s="25">
+      <c r="R48" s="4">
         <v>18.293417417000001</v>
       </c>
-      <c r="S48" s="25">
+      <c r="S48" s="4">
         <v>9.5393961408874007E-5</v>
       </c>
     </row>
-    <row r="49" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B49" s="22">
+    <row r="49" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B49" s="20">
         <v>44</v>
       </c>
-      <c r="C49" s="23" t="s">
+      <c r="C49" s="2" t="s">
         <v>54</v>
       </c>
-      <c r="D49" s="24">
+      <c r="D49" s="3">
         <v>8</v>
       </c>
-      <c r="E49" s="24">
+      <c r="E49" s="3">
         <v>176</v>
       </c>
-      <c r="F49" s="24">
+      <c r="F49" s="3">
         <v>184</v>
       </c>
-      <c r="G49" s="25">
+      <c r="G49" s="4">
         <v>5.8045440305106995E-4</v>
       </c>
-      <c r="H49" s="25">
+      <c r="H49" s="4">
         <v>94.076774842999995</v>
       </c>
-      <c r="I49" s="25">
+      <c r="I49" s="4">
         <v>124.28454193100001</v>
       </c>
-      <c r="J49" s="25">
+      <c r="J49" s="4">
         <v>218.36131677399999</v>
       </c>
-      <c r="K49" s="25">
+      <c r="K49" s="4">
         <v>1.1386801356302199E-3</v>
       </c>
-      <c r="L49" s="24">
+      <c r="L49" s="3">
         <v>4</v>
       </c>
-      <c r="M49" s="24">
+      <c r="M49" s="3">
         <v>257</v>
       </c>
-      <c r="N49" s="24">
+      <c r="N49" s="3">
         <v>261</v>
       </c>
-      <c r="O49" s="25">
+      <c r="O49" s="4">
         <v>8.2336195215396396E-4</v>
       </c>
-      <c r="P49" s="25">
+      <c r="P49" s="4">
         <v>76.682505000000006</v>
       </c>
-      <c r="Q49" s="25">
+      <c r="Q49" s="4">
         <v>165.725791372</v>
       </c>
-      <c r="R49" s="25">
+      <c r="R49" s="4">
         <v>242.408296372</v>
       </c>
-      <c r="S49" s="25">
+      <c r="S49" s="4">
         <v>1.26407697053981E-3</v>
       </c>
     </row>
-    <row r="50" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B50" s="22">
+    <row r="50" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B50" s="20">
         <v>45</v>
       </c>
-      <c r="C50" s="23" t="s">
+      <c r="C50" s="2" t="s">
         <v>55</v>
       </c>
-      <c r="D50" s="24">
+      <c r="D50" s="3">
         <v>44</v>
       </c>
-      <c r="E50" s="24">
+      <c r="E50" s="3">
         <v>3602</v>
       </c>
-      <c r="F50" s="24">
+      <c r="F50" s="3">
         <v>3646</v>
       </c>
-      <c r="G50" s="25">
+      <c r="G50" s="4">
         <v>1.15018301821968E-2</v>
       </c>
-      <c r="H50" s="25">
+      <c r="H50" s="4">
         <v>18.660584939</v>
       </c>
-      <c r="I50" s="25">
+      <c r="I50" s="4">
         <v>377.99217654300003</v>
       </c>
-      <c r="J50" s="25">
+      <c r="J50" s="4">
         <v>396.65276148200002</v>
       </c>
-      <c r="K50" s="25">
+      <c r="K50" s="4">
         <v>2.0684094917319401E-3</v>
       </c>
-      <c r="L50" s="24"/>
-      <c r="M50" s="24">
+      <c r="L50" s="3"/>
+      <c r="M50" s="3">
         <v>5114</v>
       </c>
-      <c r="N50" s="24">
+      <c r="N50" s="3">
         <v>5114</v>
       </c>
-      <c r="O50" s="25">
+      <c r="O50" s="4">
         <v>1.6132846832625902E-2</v>
       </c>
-      <c r="P50" s="25"/>
-      <c r="Q50" s="25">
+      <c r="P50" s="4"/>
+      <c r="Q50" s="4">
         <v>558.903629013</v>
       </c>
-      <c r="R50" s="25">
+      <c r="R50" s="4">
         <v>558.903629013</v>
       </c>
-      <c r="S50" s="25">
+      <c r="S50" s="4">
         <v>2.9144926834610702E-3</v>
       </c>
     </row>
-    <row r="51" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B51" s="22">
+    <row r="51" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B51" s="20">
         <v>46</v>
       </c>
-      <c r="C51" s="23" t="s">
+      <c r="C51" s="2" t="s">
         <v>56</v>
       </c>
-      <c r="D51" s="24"/>
-      <c r="E51" s="24">
+      <c r="D51" s="3"/>
+      <c r="E51" s="3">
         <v>122</v>
       </c>
-      <c r="F51" s="24">
+      <c r="F51" s="3">
         <v>122</v>
       </c>
-      <c r="G51" s="25">
+      <c r="G51" s="4">
         <v>3.8486650637081798E-4</v>
       </c>
-      <c r="H51" s="25"/>
-      <c r="I51" s="25">
+      <c r="H51" s="4"/>
+      <c r="I51" s="4">
         <v>31.667837423999998</v>
       </c>
-      <c r="J51" s="25">
+      <c r="J51" s="4">
         <v>31.667837423999998</v>
       </c>
-      <c r="K51" s="25">
+      <c r="K51" s="4">
         <v>1.65137021271937E-4</v>
       </c>
-      <c r="L51" s="24"/>
-      <c r="M51" s="24">
+      <c r="L51" s="3"/>
+      <c r="M51" s="3">
         <v>272</v>
       </c>
-      <c r="N51" s="24">
+      <c r="N51" s="3">
         <v>272</v>
       </c>
-      <c r="O51" s="25">
+      <c r="O51" s="4">
         <v>8.58063030597234E-4</v>
       </c>
-      <c r="P51" s="25"/>
-      <c r="Q51" s="25">
+      <c r="P51" s="4"/>
+      <c r="Q51" s="4">
         <v>48.446606518999999</v>
       </c>
-      <c r="R51" s="25">
+      <c r="R51" s="4">
         <v>48.446606518999999</v>
       </c>
-      <c r="S51" s="25">
+      <c r="S51" s="4">
         <v>2.5263260588858798E-4</v>
       </c>
     </row>
-    <row r="52" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B52" s="22">
+    <row r="52" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B52" s="20">
         <v>47</v>
       </c>
-      <c r="C52" s="23" t="s">
+      <c r="C52" s="2" t="s">
         <v>57</v>
       </c>
-      <c r="D52" s="24">
+      <c r="D52" s="3">
         <v>234</v>
       </c>
-      <c r="E52" s="24">
+      <c r="E52" s="3">
         <v>500</v>
       </c>
-      <c r="F52" s="24">
+      <c r="F52" s="3">
         <v>734</v>
       </c>
-      <c r="G52" s="25">
+      <c r="G52" s="4">
         <v>2.3155083252146E-3</v>
       </c>
-      <c r="H52" s="25">
+      <c r="H52" s="4">
         <v>1483.167544442</v>
       </c>
-      <c r="I52" s="25">
+      <c r="I52" s="4">
         <v>6560.3263505450004</v>
       </c>
-      <c r="J52" s="25">
+      <c r="J52" s="4">
         <v>8043.4938949870002</v>
       </c>
-      <c r="K52" s="25">
+      <c r="K52" s="4">
         <v>4.1944089981670402E-2</v>
       </c>
-      <c r="L52" s="24">
+      <c r="L52" s="3">
         <v>157</v>
       </c>
-      <c r="M52" s="24">
+      <c r="M52" s="3">
         <v>764</v>
       </c>
-      <c r="N52" s="24">
+      <c r="N52" s="3">
         <v>921</v>
       </c>
-      <c r="O52" s="25">
+      <c r="O52" s="4">
         <v>2.9054266587501898E-3</v>
       </c>
-      <c r="P52" s="25">
+      <c r="P52" s="4">
         <v>1264.284906223</v>
       </c>
-      <c r="Q52" s="25">
+      <c r="Q52" s="4">
         <v>8216.5881817249992</v>
       </c>
-      <c r="R52" s="25">
+      <c r="R52" s="4">
         <v>9480.8730879480008</v>
       </c>
-      <c r="S52" s="25">
+      <c r="S52" s="4">
         <v>4.9439534498003201E-2</v>
       </c>
     </row>
-    <row r="53" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B53" s="22">
+    <row r="53" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B53" s="20">
         <v>48</v>
       </c>
-      <c r="C53" s="23" t="s">
+      <c r="C53" s="2" t="s">
         <v>58</v>
       </c>
-      <c r="D53" s="24">
+      <c r="D53" s="3">
         <v>27</v>
       </c>
-      <c r="E53" s="24">
+      <c r="E53" s="3">
         <v>31358</v>
       </c>
-      <c r="F53" s="24">
+      <c r="F53" s="3">
         <v>31385</v>
       </c>
-      <c r="G53" s="25">
+      <c r="G53" s="4">
         <v>9.9008486085640404E-2</v>
       </c>
-      <c r="H53" s="25">
+      <c r="H53" s="4">
         <v>1067.6560073359999</v>
       </c>
-      <c r="I53" s="25">
+      <c r="I53" s="4">
         <v>9686.0198584629998</v>
       </c>
-      <c r="J53" s="25">
+      <c r="J53" s="4">
         <v>10753.675865798999</v>
       </c>
-      <c r="K53" s="25">
+      <c r="K53" s="4">
         <v>5.6076768881481102E-2</v>
       </c>
-      <c r="L53" s="24">
+      <c r="L53" s="3">
         <v>117</v>
       </c>
-      <c r="M53" s="24">
+      <c r="M53" s="3">
         <v>44032</v>
       </c>
-      <c r="N53" s="24">
+      <c r="N53" s="3">
         <v>44149</v>
       </c>
-      <c r="O53" s="25">
+      <c r="O53" s="4">
         <v>0.13927435565381399</v>
       </c>
-      <c r="P53" s="25">
+      <c r="P53" s="4">
         <v>1063.6437054999999</v>
       </c>
-      <c r="Q53" s="25">
+      <c r="Q53" s="4">
         <v>14864.440447282999</v>
       </c>
-      <c r="R53" s="25">
+      <c r="R53" s="4">
         <v>15928.084152783</v>
       </c>
-      <c r="S53" s="25">
+      <c r="S53" s="4">
         <v>8.3059551441485593E-2</v>
       </c>
     </row>
-    <row r="54" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B54" s="22">
+    <row r="54" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B54" s="20">
         <v>49</v>
       </c>
-      <c r="C54" s="23" t="s">
+      <c r="C54" s="2" t="s">
         <v>59</v>
       </c>
-      <c r="D54" s="24">
+      <c r="D54" s="3">
         <v>145</v>
       </c>
-      <c r="E54" s="24">
+      <c r="E54" s="3">
         <v>16656</v>
       </c>
-      <c r="F54" s="24">
+      <c r="F54" s="3">
         <v>16801</v>
       </c>
-      <c r="G54" s="25">
+      <c r="G54" s="4">
         <v>5.3001165356853397E-2</v>
       </c>
-      <c r="H54" s="25">
+      <c r="H54" s="4">
         <v>2648.7695807999999</v>
       </c>
-      <c r="I54" s="25">
+      <c r="I54" s="4">
         <v>2326.705458894</v>
       </c>
-      <c r="J54" s="25">
+      <c r="J54" s="4">
         <v>4975.4750396939999</v>
       </c>
-      <c r="K54" s="25">
+      <c r="K54" s="4">
         <v>2.5945413211110199E-2</v>
       </c>
-      <c r="L54" s="24">
+      <c r="L54" s="3">
         <v>2284</v>
       </c>
-      <c r="M54" s="24">
+      <c r="M54" s="3">
         <v>22759</v>
       </c>
-      <c r="N54" s="24">
+      <c r="N54" s="3">
         <v>25043</v>
       </c>
-      <c r="O54" s="25">
+      <c r="O54" s="4">
         <v>7.9001737041347594E-2</v>
       </c>
-      <c r="P54" s="25">
+      <c r="P54" s="4">
         <v>2311.6399647170001</v>
       </c>
-      <c r="Q54" s="25">
+      <c r="Q54" s="4">
         <v>2438.5795309519999</v>
       </c>
-      <c r="R54" s="25">
+      <c r="R54" s="4">
         <v>4750.219495669</v>
       </c>
-      <c r="S54" s="25">
+      <c r="S54" s="4">
         <v>2.4770782020882901E-2</v>
       </c>
     </row>
-    <row r="55" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B55" s="22">
+    <row r="55" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B55" s="20">
         <v>50</v>
       </c>
-      <c r="C55" s="23" t="s">
+      <c r="C55" s="2" t="s">
         <v>60</v>
       </c>
-      <c r="D55" s="24">
+      <c r="D55" s="3">
         <v>15</v>
       </c>
-      <c r="E55" s="24">
+      <c r="E55" s="3">
         <v>443</v>
       </c>
-      <c r="F55" s="24">
+      <c r="F55" s="3">
         <v>458</v>
       </c>
-      <c r="G55" s="25">
+      <c r="G55" s="4">
         <v>1.44482672063799E-3</v>
       </c>
-      <c r="H55" s="25">
+      <c r="H55" s="4">
         <v>369.10741091900002</v>
       </c>
-      <c r="I55" s="25">
+      <c r="I55" s="4">
         <v>23906.230333631</v>
       </c>
-      <c r="J55" s="25">
+      <c r="J55" s="4">
         <v>24275.337744550001</v>
       </c>
-      <c r="K55" s="25">
+      <c r="K55" s="4">
         <v>0.12658764511867501</v>
       </c>
-      <c r="L55" s="24">
+      <c r="L55" s="3">
         <v>24</v>
       </c>
-      <c r="M55" s="24">
+      <c r="M55" s="3">
         <v>147</v>
       </c>
-      <c r="N55" s="24">
+      <c r="N55" s="3">
         <v>171</v>
       </c>
-      <c r="O55" s="25">
+      <c r="O55" s="4">
         <v>5.3944403761811395E-4</v>
       </c>
-      <c r="P55" s="25">
+      <c r="P55" s="4">
         <v>7355.6813723429996</v>
       </c>
-      <c r="Q55" s="25">
+      <c r="Q55" s="4">
         <v>27954.165323689998</v>
       </c>
-      <c r="R55" s="25">
+      <c r="R55" s="4">
         <v>35309.846696032997</v>
       </c>
-      <c r="S55" s="25">
+      <c r="S55" s="4">
         <v>0.18412886320214999</v>
       </c>
     </row>
-    <row r="56" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B56" s="22">
+    <row r="56" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B56" s="20">
         <v>51</v>
       </c>
-      <c r="C56" s="23" t="s">
+      <c r="C56" s="2" t="s">
         <v>61</v>
       </c>
-      <c r="D56" s="24">
+      <c r="D56" s="3">
         <v>6520</v>
       </c>
-      <c r="E56" s="24">
+      <c r="E56" s="3">
         <v>384211</v>
       </c>
-      <c r="F56" s="24">
+      <c r="F56" s="3">
         <v>390731</v>
       </c>
-      <c r="G56" s="25">
+      <c r="G56" s="4">
         <v>1.23261700738341</v>
       </c>
-      <c r="H56" s="25">
+      <c r="H56" s="4">
         <v>25884.397634269</v>
       </c>
-      <c r="I56" s="25">
+      <c r="I56" s="4">
         <v>119688.097840124</v>
       </c>
-      <c r="J56" s="25">
+      <c r="J56" s="4">
         <v>145572.49547439301</v>
       </c>
-      <c r="K56" s="25">
+      <c r="K56" s="4">
         <v>0.75911114358396703</v>
       </c>
-      <c r="L56" s="24">
+      <c r="L56" s="3">
         <v>1551</v>
       </c>
-      <c r="M56" s="24">
+      <c r="M56" s="3">
         <v>410949</v>
       </c>
-      <c r="N56" s="24">
+      <c r="N56" s="3">
         <v>412500</v>
       </c>
-      <c r="O56" s="25">
+      <c r="O56" s="4">
         <v>1.3012904416226401</v>
       </c>
-      <c r="P56" s="25">
+      <c r="P56" s="4">
         <v>7414.0320107879998</v>
       </c>
-      <c r="Q56" s="25">
+      <c r="Q56" s="4">
         <v>118928.78395449099</v>
       </c>
-      <c r="R56" s="25">
+      <c r="R56" s="4">
         <v>126342.81596527901</v>
       </c>
-      <c r="S56" s="25">
+      <c r="S56" s="4">
         <v>0.65883489321574795</v>
       </c>
     </row>
-    <row r="57" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B57" s="22">
+    <row r="57" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B57" s="20">
         <v>52</v>
       </c>
-      <c r="C57" s="23" t="s">
+      <c r="C57" s="2" t="s">
         <v>62</v>
       </c>
-      <c r="D57" s="24">
+      <c r="D57" s="3">
         <v>177</v>
       </c>
-      <c r="E57" s="24">
+      <c r="E57" s="3">
         <v>14371</v>
       </c>
-      <c r="F57" s="24">
+      <c r="F57" s="3">
         <v>14548</v>
       </c>
-      <c r="G57" s="25">
+      <c r="G57" s="4">
         <v>4.5893753562972699E-2</v>
       </c>
-      <c r="H57" s="25">
+      <c r="H57" s="4">
         <v>6679.0988768999996</v>
       </c>
-      <c r="I57" s="25">
+      <c r="I57" s="4">
         <v>8177.4998973539996</v>
       </c>
-      <c r="J57" s="25">
+      <c r="J57" s="4">
         <v>14856.598774254</v>
       </c>
-      <c r="K57" s="25">
+      <c r="K57" s="4">
         <v>7.7472118950354496E-2</v>
       </c>
-      <c r="L57" s="24">
+      <c r="L57" s="3">
         <v>198</v>
       </c>
-      <c r="M57" s="24">
+      <c r="M57" s="3">
         <v>15233</v>
       </c>
-      <c r="N57" s="24">
+      <c r="N57" s="3">
         <v>15431</v>
       </c>
-      <c r="O57" s="25">
+      <c r="O57" s="4">
         <v>4.8679303768918797E-2</v>
       </c>
-      <c r="P57" s="25">
+      <c r="P57" s="4">
         <v>7495.0882662000004</v>
       </c>
-      <c r="Q57" s="25">
+      <c r="Q57" s="4">
         <v>9877.2266920439997</v>
       </c>
-      <c r="R57" s="25">
+      <c r="R57" s="4">
         <v>17372.314958243998</v>
       </c>
-      <c r="S57" s="25">
+      <c r="S57" s="4">
         <v>9.0590724790956298E-2</v>
       </c>
     </row>
-    <row r="58" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B58" s="22">
+    <row r="58" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B58" s="20">
         <v>53</v>
       </c>
-      <c r="C58" s="23" t="s">
+      <c r="C58" s="2" t="s">
         <v>63</v>
       </c>
-      <c r="D58" s="24">
+      <c r="D58" s="3">
         <v>72</v>
       </c>
-      <c r="E58" s="24">
+      <c r="E58" s="3">
         <v>79</v>
       </c>
-      <c r="F58" s="24">
+      <c r="F58" s="3">
         <v>151</v>
       </c>
-      <c r="G58" s="25">
+      <c r="G58" s="4">
         <v>4.7635116772125899E-4</v>
       </c>
-      <c r="H58" s="25">
+      <c r="H58" s="4">
         <v>410.98981006399998</v>
       </c>
-      <c r="I58" s="25">
+      <c r="I58" s="4">
         <v>343.17310369400002</v>
       </c>
-      <c r="J58" s="25">
+      <c r="J58" s="4">
         <v>754.16291375799995</v>
       </c>
-      <c r="K58" s="25">
+      <c r="K58" s="4">
         <v>3.9327035649543898E-3</v>
       </c>
-      <c r="L58" s="24">
+      <c r="L58" s="3">
         <v>47</v>
       </c>
-      <c r="M58" s="24">
+      <c r="M58" s="3">
         <v>103</v>
       </c>
-      <c r="N58" s="24">
+      <c r="N58" s="3">
         <v>150</v>
       </c>
-      <c r="O58" s="25">
+      <c r="O58" s="4">
         <v>4.7319652422641602E-4</v>
       </c>
-      <c r="P58" s="25">
+      <c r="P58" s="4">
         <v>238.893610956</v>
       </c>
-      <c r="Q58" s="25">
+      <c r="Q58" s="4">
         <v>1383.9739439729999</v>
       </c>
-      <c r="R58" s="25">
+      <c r="R58" s="4">
         <v>1622.8675549290001</v>
       </c>
-      <c r="S58" s="25">
+      <c r="S58" s="4">
         <v>8.46270335266853E-3</v>
       </c>
     </row>
-    <row r="59" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B59" s="22">
+    <row r="59" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B59" s="20">
         <v>54</v>
       </c>
-      <c r="C59" s="23" t="s">
+      <c r="C59" s="2" t="s">
         <v>64</v>
       </c>
-      <c r="D59" s="24"/>
-      <c r="E59" s="24">
+      <c r="D59" s="3"/>
+      <c r="E59" s="3">
         <v>2</v>
       </c>
-      <c r="F59" s="24">
+      <c r="F59" s="3">
         <v>2</v>
       </c>
-      <c r="G59" s="25">
+      <c r="G59" s="4">
         <v>6.3092869896855504E-6</v>
       </c>
-      <c r="H59" s="25"/>
-      <c r="I59" s="25">
+      <c r="H59" s="4"/>
+      <c r="I59" s="4">
         <v>1.344626106</v>
       </c>
-      <c r="J59" s="25">
+      <c r="J59" s="4">
         <v>1.344626106</v>
       </c>
-      <c r="K59" s="25">
+      <c r="K59" s="4">
         <v>7.0117686565184097E-6</v>
       </c>
-      <c r="L59" s="24"/>
-      <c r="M59" s="24">
+      <c r="L59" s="3"/>
+      <c r="M59" s="3">
         <v>5</v>
       </c>
-      <c r="N59" s="24">
+      <c r="N59" s="3">
         <v>5</v>
       </c>
-      <c r="O59" s="25">
+      <c r="O59" s="4">
         <v>1.5773217474213899E-5</v>
       </c>
-      <c r="P59" s="25"/>
-      <c r="Q59" s="25">
+      <c r="P59" s="4"/>
+      <c r="Q59" s="4">
         <v>2.9</v>
       </c>
-      <c r="R59" s="25">
+      <c r="R59" s="4">
         <v>2.9</v>
       </c>
-      <c r="S59" s="25">
+      <c r="S59" s="4">
         <v>1.51225154808227E-5</v>
       </c>
     </row>
-    <row r="60" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B60" s="22">
+    <row r="60" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B60" s="20">
         <v>55</v>
       </c>
-      <c r="C60" s="23" t="s">
+      <c r="C60" s="2" t="s">
         <v>65</v>
       </c>
-      <c r="D60" s="24">
+      <c r="D60" s="3">
         <v>1</v>
       </c>
-      <c r="E60" s="24">
+      <c r="E60" s="3">
         <v>64</v>
       </c>
-      <c r="F60" s="24">
+      <c r="F60" s="3">
         <v>65</v>
       </c>
-      <c r="G60" s="25">
+      <c r="G60" s="4">
         <v>2.0505182716477999E-4</v>
       </c>
-      <c r="H60" s="25">
+      <c r="H60" s="4">
         <v>0.31184329999999999</v>
       </c>
-      <c r="I60" s="25">
+      <c r="I60" s="4">
         <v>24823.646000000001</v>
       </c>
-      <c r="J60" s="25">
+      <c r="J60" s="4">
         <v>24823.957843299999</v>
       </c>
-      <c r="K60" s="25">
+      <c r="K60" s="4">
         <v>0.12944851268296401</v>
       </c>
-      <c r="L60" s="24">
+      <c r="L60" s="3">
         <v>44</v>
       </c>
-      <c r="M60" s="24"/>
-      <c r="N60" s="24">
+      <c r="M60" s="3"/>
+      <c r="N60" s="3">
         <v>44</v>
       </c>
-      <c r="O60" s="25">
+      <c r="O60" s="4">
         <v>1.38804313773082E-4</v>
       </c>
-      <c r="P60" s="25">
+      <c r="P60" s="4">
         <v>24841.25</v>
       </c>
-      <c r="Q60" s="25"/>
-      <c r="R60" s="25">
+      <c r="Q60" s="4"/>
+      <c r="R60" s="4">
         <v>24841.25</v>
       </c>
-      <c r="S60" s="25">
+      <c r="S60" s="4">
         <v>0.12953868540965099</v>
       </c>
     </row>
-    <row r="61" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B61" s="22">
+    <row r="61" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B61" s="20">
         <v>56</v>
       </c>
-      <c r="C61" s="23" t="s">
+      <c r="C61" s="2" t="s">
         <v>66</v>
       </c>
-      <c r="D61" s="24">
+      <c r="D61" s="3">
         <v>20</v>
       </c>
-      <c r="E61" s="24">
+      <c r="E61" s="3">
         <v>8953</v>
       </c>
-      <c r="F61" s="24">
+      <c r="F61" s="3">
         <v>8973</v>
       </c>
-      <c r="G61" s="25">
+      <c r="G61" s="4">
         <v>2.83066160792242E-2</v>
       </c>
-      <c r="H61" s="25">
+      <c r="H61" s="4">
         <v>500.52215100000001</v>
       </c>
-      <c r="I61" s="25">
+      <c r="I61" s="4">
         <v>846.77279506900004</v>
       </c>
-      <c r="J61" s="25">
+      <c r="J61" s="4">
         <v>1347.2949460689999</v>
       </c>
-      <c r="K61" s="25">
+      <c r="K61" s="4">
         <v>7.0256857514354098E-3</v>
       </c>
-      <c r="L61" s="24"/>
-      <c r="M61" s="24">
+      <c r="L61" s="3"/>
+      <c r="M61" s="3">
         <v>10650</v>
       </c>
-      <c r="N61" s="24">
+      <c r="N61" s="3">
         <v>10650</v>
       </c>
-      <c r="O61" s="25">
+      <c r="O61" s="4">
         <v>3.3596953220075498E-2</v>
       </c>
-      <c r="P61" s="25"/>
-      <c r="Q61" s="25">
+      <c r="P61" s="4"/>
+      <c r="Q61" s="4">
         <v>1449.274817322</v>
       </c>
-      <c r="R61" s="25">
+      <c r="R61" s="4">
         <v>1449.274817322</v>
       </c>
-      <c r="S61" s="25">
+      <c r="S61" s="4">
         <v>7.5574761589374097E-3</v>
       </c>
     </row>
-    <row r="62" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B62" s="22">
+    <row r="62" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B62" s="20">
         <v>57</v>
       </c>
-      <c r="C62" s="23" t="s">
+      <c r="C62" s="2" t="s">
         <v>67</v>
       </c>
-      <c r="D62" s="24">
+      <c r="D62" s="3">
         <v>19</v>
       </c>
-      <c r="E62" s="24">
+      <c r="E62" s="3">
         <v>4229</v>
       </c>
-      <c r="F62" s="24">
+      <c r="F62" s="3">
         <v>4248</v>
       </c>
-      <c r="G62" s="25">
+      <c r="G62" s="4">
         <v>1.34009255660921E-2</v>
       </c>
-      <c r="H62" s="25">
+      <c r="H62" s="4">
         <v>376.37884599699998</v>
       </c>
-      <c r="I62" s="25">
+      <c r="I62" s="4">
         <v>502.70539221299998</v>
       </c>
-      <c r="J62" s="25">
+      <c r="J62" s="4">
         <v>879.08423820999997</v>
       </c>
-      <c r="K62" s="25">
+      <c r="K62" s="4">
         <v>4.5841258625096502E-3</v>
       </c>
-      <c r="L62" s="24"/>
-      <c r="M62" s="24">
+      <c r="L62" s="3"/>
+      <c r="M62" s="3">
         <v>6270</v>
       </c>
-      <c r="N62" s="24">
+      <c r="N62" s="3">
         <v>6270</v>
       </c>
-      <c r="O62" s="25">
+      <c r="O62" s="4">
         <v>1.9779614712664199E-2</v>
       </c>
-      <c r="P62" s="25"/>
-      <c r="Q62" s="25">
+      <c r="P62" s="4"/>
+      <c r="Q62" s="4">
         <v>938.22483364899995</v>
       </c>
-      <c r="R62" s="25">
+      <c r="R62" s="4">
         <v>938.22483364899995</v>
       </c>
-      <c r="S62" s="25">
+      <c r="S62" s="4">
         <v>4.8925239901204598E-3</v>
       </c>
     </row>
-    <row r="63" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B63" s="22">
+    <row r="63" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B63" s="20">
         <v>58</v>
       </c>
-      <c r="C63" s="23" t="s">
+      <c r="C63" s="2" t="s">
         <v>68</v>
       </c>
-      <c r="D63" s="24"/>
-      <c r="E63" s="24">
+      <c r="D63" s="3"/>
+      <c r="E63" s="3">
         <v>42</v>
       </c>
-      <c r="F63" s="24">
+      <c r="F63" s="3">
         <v>42</v>
       </c>
-      <c r="G63" s="25">
+      <c r="G63" s="4">
         <v>1.32495026783396E-4</v>
       </c>
-      <c r="H63" s="25"/>
-      <c r="I63" s="25">
+      <c r="H63" s="4"/>
+      <c r="I63" s="4">
         <v>2.779100117</v>
       </c>
-      <c r="J63" s="25">
+      <c r="J63" s="4">
         <v>2.779100117</v>
       </c>
-      <c r="K63" s="25">
+      <c r="K63" s="4">
         <v>1.4492063635203001E-5</v>
       </c>
-      <c r="L63" s="24"/>
-      <c r="M63" s="24">
+      <c r="L63" s="3"/>
+      <c r="M63" s="3">
         <v>46</v>
       </c>
-      <c r="N63" s="24">
+      <c r="N63" s="3">
         <v>46</v>
       </c>
-      <c r="O63" s="25">
+      <c r="O63" s="4">
         <v>1.45113600762768E-4</v>
       </c>
-      <c r="P63" s="25"/>
-      <c r="Q63" s="25">
+      <c r="P63" s="4"/>
+      <c r="Q63" s="4">
         <v>3.6375744000000001</v>
       </c>
-      <c r="R63" s="25">
+      <c r="R63" s="4">
         <v>3.6375744000000001</v>
       </c>
-      <c r="S63" s="25">
+      <c r="S63" s="4">
         <v>1.89687155781533E-5</v>
       </c>
     </row>
-    <row r="64" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B64" s="22">
+    <row r="64" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B64" s="20">
         <v>59</v>
       </c>
-      <c r="C64" s="23" t="s">
+      <c r="C64" s="2" t="s">
         <v>69</v>
       </c>
-      <c r="D64" s="24">
+      <c r="D64" s="3">
         <v>7746</v>
       </c>
-      <c r="E64" s="24">
+      <c r="E64" s="3">
         <v>5962568</v>
       </c>
-      <c r="F64" s="24">
+      <c r="F64" s="3">
         <v>5970314</v>
       </c>
-      <c r="G64" s="25">
+      <c r="G64" s="4">
         <v>18.8342122222687</v>
       </c>
-      <c r="H64" s="25">
+      <c r="H64" s="4">
         <v>67869.584855305002</v>
       </c>
-      <c r="I64" s="25">
+      <c r="I64" s="4">
         <v>3525267.7884546602</v>
       </c>
-      <c r="J64" s="25">
+      <c r="J64" s="4">
         <v>3593137.3733099601</v>
       </c>
-      <c r="K64" s="25">
+      <c r="K64" s="4">
         <v>18.736991569863001</v>
       </c>
-      <c r="L64" s="24">
+      <c r="L64" s="3">
         <v>6668</v>
       </c>
-      <c r="M64" s="24">
+      <c r="M64" s="3">
         <v>6294874</v>
       </c>
-      <c r="N64" s="24">
+      <c r="N64" s="3">
         <v>6301542</v>
       </c>
-      <c r="O64" s="25">
+      <c r="O64" s="4">
         <v>19.879118477778501</v>
       </c>
-      <c r="P64" s="25">
+      <c r="P64" s="4">
         <v>44597.004709323999</v>
       </c>
-      <c r="Q64" s="25">
+      <c r="Q64" s="4">
         <v>3964828.8715110901</v>
       </c>
-      <c r="R64" s="25">
+      <c r="R64" s="4">
         <v>4009425.8762204102</v>
       </c>
-      <c r="S64" s="25">
+      <c r="S64" s="4">
         <v>20.907794787018801</v>
       </c>
     </row>
-    <row r="65" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B65" s="22">
+    <row r="65" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B65" s="20">
         <v>60</v>
       </c>
-      <c r="C65" s="23" t="s">
+      <c r="C65" s="2" t="s">
         <v>70</v>
       </c>
-      <c r="D65" s="24"/>
-[...8 lines deleted...]
-      <c r="M65" s="24">
+      <c r="D65" s="3"/>
+      <c r="E65" s="3"/>
+      <c r="F65" s="3"/>
+      <c r="G65" s="4"/>
+      <c r="H65" s="4"/>
+      <c r="I65" s="4"/>
+      <c r="J65" s="4"/>
+      <c r="K65" s="4"/>
+      <c r="L65" s="3"/>
+      <c r="M65" s="3">
         <v>116</v>
       </c>
-      <c r="N65" s="24">
+      <c r="N65" s="3">
         <v>116</v>
       </c>
-      <c r="O65" s="25">
+      <c r="O65" s="4">
         <v>3.6593864540176199E-4</v>
       </c>
-      <c r="P65" s="25"/>
-      <c r="Q65" s="25">
+      <c r="P65" s="4"/>
+      <c r="Q65" s="4">
         <v>6702.4202818399999</v>
       </c>
-      <c r="R65" s="25">
+      <c r="R65" s="4">
         <v>6702.4202818399999</v>
       </c>
-      <c r="S65" s="25">
+      <c r="S65" s="4">
         <v>3.4950846369346797E-2</v>
       </c>
     </row>
-    <row r="66" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B66" s="22">
+    <row r="66" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B66" s="20">
         <v>61</v>
       </c>
-      <c r="C66" s="23" t="s">
+      <c r="C66" s="2" t="s">
         <v>71</v>
       </c>
-      <c r="D66" s="24">
+      <c r="D66" s="3">
         <v>20</v>
       </c>
-      <c r="E66" s="24">
+      <c r="E66" s="3">
         <v>508</v>
       </c>
-      <c r="F66" s="24">
+      <c r="F66" s="3">
         <v>528</v>
       </c>
-      <c r="G66" s="25">
+      <c r="G66" s="4">
         <v>1.66565176527698E-3</v>
       </c>
-      <c r="H66" s="25">
+      <c r="H66" s="4">
         <v>290.06871969999997</v>
       </c>
-      <c r="I66" s="25">
+      <c r="I66" s="4">
         <v>124.20207754800001</v>
       </c>
-      <c r="J66" s="25">
+      <c r="J66" s="4">
         <v>414.27079724800001</v>
       </c>
-      <c r="K66" s="25">
+      <c r="K66" s="4">
         <v>2.1602815671157398E-3</v>
       </c>
-      <c r="L66" s="24">
+      <c r="L66" s="3">
         <v>19</v>
       </c>
-      <c r="M66" s="24">
+      <c r="M66" s="3">
         <v>769</v>
       </c>
-      <c r="N66" s="24">
+      <c r="N66" s="3">
         <v>788</v>
       </c>
-      <c r="O66" s="25">
+      <c r="O66" s="4">
         <v>2.4858590739361098E-3</v>
       </c>
-      <c r="P66" s="25">
+      <c r="P66" s="4">
         <v>305</v>
       </c>
-      <c r="Q66" s="25">
+      <c r="Q66" s="4">
         <v>164.774612695</v>
       </c>
-      <c r="R66" s="25">
+      <c r="R66" s="4">
         <v>469.77461269499997</v>
       </c>
-      <c r="S66" s="25">
+      <c r="S66" s="4">
         <v>2.4497151217164302E-3</v>
       </c>
     </row>
-    <row r="67" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B67" s="22">
+    <row r="67" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B67" s="20">
         <v>62</v>
       </c>
-      <c r="C67" s="23" t="s">
+      <c r="C67" s="2" t="s">
         <v>72</v>
       </c>
-      <c r="D67" s="24">
+      <c r="D67" s="3">
         <v>8200</v>
       </c>
-      <c r="E67" s="24">
+      <c r="E67" s="3">
         <v>4105330</v>
       </c>
-      <c r="F67" s="24">
+      <c r="F67" s="3">
         <v>4113530</v>
       </c>
-      <c r="G67" s="25">
+      <c r="G67" s="4">
         <v>12.9767206553406</v>
       </c>
-      <c r="H67" s="25">
+      <c r="H67" s="4">
         <v>141699.26201875601</v>
       </c>
-      <c r="I67" s="25">
+      <c r="I67" s="4">
         <v>1927258.2180959899</v>
       </c>
-      <c r="J67" s="25">
+      <c r="J67" s="4">
         <v>2068957.4801147401</v>
       </c>
-      <c r="K67" s="25">
+      <c r="K67" s="4">
         <v>10.7889108697239</v>
       </c>
-      <c r="L67" s="24">
+      <c r="L67" s="3">
         <v>5030</v>
       </c>
-      <c r="M67" s="24">
+      <c r="M67" s="3">
         <v>3768663</v>
       </c>
-      <c r="N67" s="24">
+      <c r="N67" s="3">
         <v>3773693</v>
       </c>
-      <c r="O67" s="25">
+      <c r="O67" s="4">
         <v>11.9046560739837</v>
       </c>
-      <c r="P67" s="25">
+      <c r="P67" s="4">
         <v>88351.080888241995</v>
       </c>
-      <c r="Q67" s="25">
+      <c r="Q67" s="4">
         <v>2045637.0453081499</v>
       </c>
-      <c r="R67" s="25">
+      <c r="R67" s="4">
         <v>2133988.12619639</v>
       </c>
-      <c r="S67" s="25">
+      <c r="S67" s="4">
         <v>11.128023611826499</v>
       </c>
     </row>
-    <row r="68" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B68" s="22">
+    <row r="68" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B68" s="20">
         <v>63</v>
       </c>
-      <c r="C68" s="23" t="s">
+      <c r="C68" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="D68" s="24">
+      <c r="D68" s="3">
         <v>199</v>
       </c>
-      <c r="E68" s="24">
+      <c r="E68" s="3">
         <v>375</v>
       </c>
-      <c r="F68" s="24">
+      <c r="F68" s="3">
         <v>574</v>
       </c>
-      <c r="G68" s="25">
+      <c r="G68" s="4">
         <v>1.8107653660397499E-3</v>
       </c>
-      <c r="H68" s="25">
+      <c r="H68" s="4">
         <v>45582.992610629</v>
       </c>
-      <c r="I68" s="25">
+      <c r="I68" s="4">
         <v>83906.508455749004</v>
       </c>
-      <c r="J68" s="25">
+      <c r="J68" s="4">
         <v>129489.501066378</v>
       </c>
-      <c r="K68" s="25">
+      <c r="K68" s="4">
         <v>0.67524378775183203</v>
       </c>
-      <c r="L68" s="24">
+      <c r="L68" s="3">
         <v>274</v>
       </c>
-      <c r="M68" s="24"/>
-      <c r="N68" s="24">
+      <c r="M68" s="3"/>
+      <c r="N68" s="3">
         <v>274</v>
       </c>
-      <c r="O68" s="25">
+      <c r="O68" s="4">
         <v>8.6437231758691995E-4</v>
       </c>
-      <c r="P68" s="25">
+      <c r="P68" s="4">
         <v>130971.952371786</v>
       </c>
-      <c r="Q68" s="25"/>
-      <c r="R68" s="25">
+      <c r="Q68" s="4"/>
+      <c r="R68" s="4">
         <v>130971.952371786</v>
       </c>
-      <c r="S68" s="25">
+      <c r="S68" s="4">
         <v>0.68297426803307304</v>
       </c>
     </row>
-    <row r="69" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B69" s="22">
+    <row r="69" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B69" s="20">
         <v>64</v>
       </c>
-      <c r="C69" s="23" t="s">
+      <c r="C69" s="2" t="s">
         <v>74</v>
       </c>
-      <c r="D69" s="24">
+      <c r="D69" s="3">
         <v>7803</v>
       </c>
-      <c r="E69" s="24">
+      <c r="E69" s="3">
         <v>519211</v>
       </c>
-      <c r="F69" s="24">
+      <c r="F69" s="3">
         <v>527014</v>
       </c>
-      <c r="G69" s="25">
+      <c r="G69" s="4">
         <v>1.66254128679107</v>
       </c>
-      <c r="H69" s="25">
+      <c r="H69" s="4">
         <v>15321.487557469</v>
       </c>
-      <c r="I69" s="25">
+      <c r="I69" s="4">
         <v>270618.31982032501</v>
       </c>
-      <c r="J69" s="25">
+      <c r="J69" s="4">
         <v>285939.807377794</v>
       </c>
-      <c r="K69" s="25">
+      <c r="K69" s="4">
         <v>1.4910790219497101</v>
       </c>
-      <c r="L69" s="24">
+      <c r="L69" s="3">
         <v>3298</v>
       </c>
-      <c r="M69" s="24">
+      <c r="M69" s="3">
         <v>459034</v>
       </c>
-      <c r="N69" s="24">
+      <c r="N69" s="3">
         <v>462332</v>
       </c>
-      <c r="O69" s="25">
+      <c r="O69" s="4">
         <v>1.45849263625765</v>
       </c>
-      <c r="P69" s="25">
+      <c r="P69" s="4">
         <v>27967.754845613999</v>
       </c>
-      <c r="Q69" s="25">
+      <c r="Q69" s="4">
         <v>247515.99322721901</v>
       </c>
-      <c r="R69" s="25">
+      <c r="R69" s="4">
         <v>275483.748072833</v>
       </c>
-      <c r="S69" s="25">
+      <c r="S69" s="4">
         <v>1.43655422239534</v>
       </c>
     </row>
-    <row r="70" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B70" s="22">
+    <row r="70" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B70" s="20">
         <v>65</v>
       </c>
-      <c r="C70" s="23" t="s">
+      <c r="C70" s="2" t="s">
         <v>75</v>
       </c>
-      <c r="D70" s="24">
+      <c r="D70" s="3">
         <v>487</v>
       </c>
-      <c r="E70" s="24">
+      <c r="E70" s="3">
         <v>575472</v>
       </c>
-      <c r="F70" s="24">
+      <c r="F70" s="3">
         <v>575959</v>
       </c>
-      <c r="G70" s="25">
+      <c r="G70" s="4">
         <v>1.8169453126461499</v>
       </c>
-      <c r="H70" s="25">
+      <c r="H70" s="4">
         <v>4937.1699819169999</v>
       </c>
-      <c r="I70" s="25">
+      <c r="I70" s="4">
         <v>182136.58404395601</v>
       </c>
-      <c r="J70" s="25">
+      <c r="J70" s="4">
         <v>187073.754025873</v>
       </c>
-      <c r="K70" s="25">
+      <c r="K70" s="4">
         <v>0.97552611769375497</v>
       </c>
-      <c r="L70" s="24">
+      <c r="L70" s="3">
         <v>647</v>
       </c>
-      <c r="M70" s="24">
+      <c r="M70" s="3">
         <v>407623</v>
       </c>
-      <c r="N70" s="24">
+      <c r="N70" s="3">
         <v>408270</v>
       </c>
-      <c r="O70" s="25">
+      <c r="O70" s="4">
         <v>1.2879462996394599</v>
       </c>
-      <c r="P70" s="25">
+      <c r="P70" s="4">
         <v>3521.362272548</v>
       </c>
-      <c r="Q70" s="25">
+      <c r="Q70" s="4">
         <v>154213.01725463101</v>
       </c>
-      <c r="R70" s="25">
+      <c r="R70" s="4">
         <v>157734.379527179</v>
       </c>
-      <c r="S70" s="25">
+      <c r="S70" s="4">
         <v>0.82253124008887302</v>
       </c>
     </row>
-    <row r="71" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B71" s="22">
+    <row r="71" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B71" s="20">
         <v>66</v>
       </c>
-      <c r="C71" s="23" t="s">
+      <c r="C71" s="2" t="s">
         <v>76</v>
       </c>
-      <c r="D71" s="24">
+      <c r="D71" s="3">
         <v>39</v>
       </c>
-      <c r="E71" s="24">
+      <c r="E71" s="3">
         <v>41424</v>
       </c>
-      <c r="F71" s="24">
+      <c r="F71" s="3">
         <v>41463</v>
       </c>
-      <c r="G71" s="25">
+      <c r="G71" s="4">
         <v>0.130800983226666</v>
       </c>
-      <c r="H71" s="25">
+      <c r="H71" s="4">
         <v>1730.6737051</v>
       </c>
-      <c r="I71" s="25">
+      <c r="I71" s="4">
         <v>3997.3034290810001</v>
       </c>
-      <c r="J71" s="25">
+      <c r="J71" s="4">
         <v>5727.9771341810001</v>
       </c>
-      <c r="K71" s="25">
+      <c r="K71" s="4">
         <v>2.98694561673968E-2</v>
       </c>
-      <c r="L71" s="24">
+      <c r="L71" s="3">
         <v>51</v>
       </c>
-      <c r="M71" s="24">
+      <c r="M71" s="3">
         <v>21775</v>
       </c>
-      <c r="N71" s="24">
+      <c r="N71" s="3">
         <v>21826</v>
       </c>
-      <c r="O71" s="25">
+      <c r="O71" s="4">
         <v>6.8853248918438401E-2</v>
       </c>
-      <c r="P71" s="25">
+      <c r="P71" s="4">
         <v>1730.3158355</v>
       </c>
-      <c r="Q71" s="25">
+      <c r="Q71" s="4">
         <v>1896.4132304889999</v>
       </c>
-      <c r="R71" s="25">
+      <c r="R71" s="4">
         <v>3626.729065989</v>
       </c>
-      <c r="S71" s="25">
+      <c r="S71" s="4">
         <v>1.89121608431615E-2</v>
       </c>
     </row>
-    <row r="72" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B72" s="22">
+    <row r="72" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B72" s="20">
         <v>67</v>
       </c>
-      <c r="C72" s="23" t="s">
+      <c r="C72" s="2" t="s">
         <v>77</v>
       </c>
-      <c r="D72" s="24"/>
-[...8 lines deleted...]
-      <c r="M72" s="24">
+      <c r="D72" s="3"/>
+      <c r="E72" s="3"/>
+      <c r="F72" s="3"/>
+      <c r="G72" s="4"/>
+      <c r="H72" s="4"/>
+      <c r="I72" s="4"/>
+      <c r="J72" s="4"/>
+      <c r="K72" s="4"/>
+      <c r="L72" s="3"/>
+      <c r="M72" s="3">
         <v>224</v>
       </c>
-      <c r="N72" s="24">
+      <c r="N72" s="3">
         <v>224</v>
       </c>
-      <c r="O72" s="25">
+      <c r="O72" s="4">
         <v>7.0664014284478095E-4</v>
       </c>
-      <c r="P72" s="25"/>
-      <c r="Q72" s="25">
+      <c r="P72" s="4"/>
+      <c r="Q72" s="4">
         <v>8085.8001978000002</v>
       </c>
-      <c r="R72" s="25">
+      <c r="R72" s="4">
         <v>8085.8001978000002</v>
       </c>
-      <c r="S72" s="25">
+      <c r="S72" s="4">
         <v>4.2164702988300003E-2</v>
       </c>
     </row>
-    <row r="73" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B73" s="22">
+    <row r="73" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B73" s="20">
         <v>68</v>
       </c>
-      <c r="C73" s="23" t="s">
+      <c r="C73" s="2" t="s">
         <v>78</v>
       </c>
-      <c r="D73" s="24">
+      <c r="D73" s="3">
         <v>4091</v>
       </c>
-      <c r="E73" s="24">
+      <c r="E73" s="3">
         <v>480036</v>
       </c>
-      <c r="F73" s="24">
+      <c r="F73" s="3">
         <v>484127</v>
       </c>
-      <c r="G73" s="25">
+      <c r="G73" s="4">
         <v>1.52724809122775</v>
       </c>
-      <c r="H73" s="25">
+      <c r="H73" s="4">
         <v>18998.885678006998</v>
       </c>
-      <c r="I73" s="25">
+      <c r="I73" s="4">
         <v>159379.04894076099</v>
       </c>
-      <c r="J73" s="25">
+      <c r="J73" s="4">
         <v>178377.93461876799</v>
       </c>
-      <c r="K73" s="25">
+      <c r="K73" s="4">
         <v>0.93018037162396705</v>
       </c>
-      <c r="L73" s="24">
+      <c r="L73" s="3">
         <v>9796</v>
       </c>
-      <c r="M73" s="24">
+      <c r="M73" s="3">
         <v>542073</v>
       </c>
-      <c r="N73" s="24">
+      <c r="N73" s="3">
         <v>551869</v>
       </c>
-      <c r="O73" s="25">
+      <c r="O73" s="4">
         <v>1.7409499508553901</v>
       </c>
-      <c r="P73" s="25">
+      <c r="P73" s="4">
         <v>15582.906516769999</v>
       </c>
-      <c r="Q73" s="25">
+      <c r="Q73" s="4">
         <v>160939.821928071</v>
       </c>
-      <c r="R73" s="25">
+      <c r="R73" s="4">
         <v>176522.72844484099</v>
       </c>
-      <c r="S73" s="25">
+      <c r="S73" s="4">
         <v>0.92050610124971499</v>
       </c>
     </row>
-    <row r="74" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B74" s="22">
+    <row r="74" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B74" s="20">
         <v>69</v>
       </c>
-      <c r="C74" s="23" t="s">
+      <c r="C74" s="2" t="s">
         <v>79</v>
       </c>
-      <c r="D74" s="24"/>
-      <c r="E74" s="24">
+      <c r="D74" s="3"/>
+      <c r="E74" s="3">
         <v>15506</v>
       </c>
-      <c r="F74" s="24">
+      <c r="F74" s="3">
         <v>15506</v>
       </c>
-      <c r="G74" s="25">
+      <c r="G74" s="4">
         <v>4.8915902031032001E-2</v>
       </c>
-      <c r="H74" s="25"/>
-      <c r="I74" s="25">
+      <c r="H74" s="4"/>
+      <c r="I74" s="4">
         <v>30286.736787522001</v>
       </c>
-      <c r="J74" s="25">
+      <c r="J74" s="4">
         <v>30286.736787522001</v>
       </c>
-      <c r="K74" s="25">
+      <c r="K74" s="4">
         <v>0.157935050321691</v>
       </c>
-      <c r="L74" s="24"/>
-      <c r="M74" s="24">
+      <c r="L74" s="3"/>
+      <c r="M74" s="3">
         <v>14728</v>
       </c>
-      <c r="N74" s="24">
+      <c r="N74" s="3">
         <v>14728</v>
       </c>
-      <c r="O74" s="25">
+      <c r="O74" s="4">
         <v>4.6461589392044401E-2</v>
       </c>
-      <c r="P74" s="25"/>
-      <c r="Q74" s="25">
+      <c r="P74" s="4"/>
+      <c r="Q74" s="4">
         <v>29874.962403910002</v>
       </c>
-      <c r="R74" s="25">
+      <c r="R74" s="4">
         <v>29874.962403910002</v>
       </c>
-      <c r="S74" s="25">
+      <c r="S74" s="4">
         <v>0.155787786704181</v>
       </c>
     </row>
-    <row r="75" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B75" s="22">
+    <row r="75" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B75" s="20">
         <v>70</v>
       </c>
-      <c r="C75" s="23" t="s">
+      <c r="C75" s="2" t="s">
         <v>80</v>
       </c>
-      <c r="D75" s="24">
+      <c r="D75" s="3">
         <v>2109</v>
       </c>
-      <c r="E75" s="24">
+      <c r="E75" s="3">
         <v>284864</v>
       </c>
-      <c r="F75" s="24">
+      <c r="F75" s="3">
         <v>286973</v>
       </c>
-      <c r="G75" s="25">
+      <c r="G75" s="4">
         <v>0.90529750764551498</v>
       </c>
-      <c r="H75" s="25">
+      <c r="H75" s="4">
         <v>23498.343933651999</v>
       </c>
-      <c r="I75" s="25">
+      <c r="I75" s="4">
         <v>85782.602730548999</v>
       </c>
-      <c r="J75" s="25">
+      <c r="J75" s="4">
         <v>109280.94666420099</v>
       </c>
-      <c r="K75" s="25">
+      <c r="K75" s="4">
         <v>0.56986303713391095</v>
       </c>
-      <c r="L75" s="24">
+      <c r="L75" s="3">
         <v>3510</v>
       </c>
-      <c r="M75" s="24">
+      <c r="M75" s="3">
         <v>248607</v>
       </c>
-      <c r="N75" s="24">
+      <c r="N75" s="3">
         <v>252117</v>
       </c>
-      <c r="O75" s="25">
+      <c r="O75" s="4">
         <v>0.79533925398927496</v>
       </c>
-      <c r="P75" s="25">
+      <c r="P75" s="4">
         <v>25616.592765436999</v>
       </c>
-      <c r="Q75" s="25">
+      <c r="Q75" s="4">
         <v>85574.618572179999</v>
       </c>
-      <c r="R75" s="25">
+      <c r="R75" s="4">
         <v>111191.211337617</v>
       </c>
-      <c r="S75" s="25">
+      <c r="S75" s="4">
         <v>0.57982441889122305</v>
       </c>
     </row>
-    <row r="76" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B76" s="22">
+    <row r="76" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B76" s="20">
         <v>71</v>
       </c>
-      <c r="C76" s="23" t="s">
+      <c r="C76" s="2" t="s">
         <v>81</v>
       </c>
-      <c r="D76" s="24">
+      <c r="D76" s="3">
         <v>1106</v>
       </c>
-      <c r="E76" s="24">
+      <c r="E76" s="3">
         <v>453898</v>
       </c>
-      <c r="F76" s="24">
+      <c r="F76" s="3">
         <v>455004</v>
       </c>
-      <c r="G76" s="25">
+      <c r="G76" s="4">
         <v>1.43537540872744</v>
       </c>
-      <c r="H76" s="25">
+      <c r="H76" s="4">
         <v>3775.6058205119998</v>
       </c>
-      <c r="I76" s="25">
+      <c r="I76" s="4">
         <v>211132.738681927</v>
       </c>
-      <c r="J76" s="25">
+      <c r="J76" s="4">
         <v>214908.34450243899</v>
       </c>
-      <c r="K76" s="25">
+      <c r="K76" s="4">
         <v>1.12067405748142</v>
       </c>
-      <c r="L76" s="24">
+      <c r="L76" s="3">
         <v>622</v>
       </c>
-      <c r="M76" s="24">
+      <c r="M76" s="3">
         <v>433868</v>
       </c>
-      <c r="N76" s="24">
+      <c r="N76" s="3">
         <v>434490</v>
       </c>
-      <c r="O76" s="25">
+      <c r="O76" s="4">
         <v>1.3706610520742399</v>
       </c>
-      <c r="P76" s="25">
+      <c r="P76" s="4">
         <v>3780.3809729029999</v>
       </c>
-      <c r="Q76" s="25">
+      <c r="Q76" s="4">
         <v>212071.424047443</v>
       </c>
-      <c r="R76" s="25">
+      <c r="R76" s="4">
         <v>215851.80502034599</v>
       </c>
-      <c r="S76" s="25">
+      <c r="S76" s="4">
         <v>1.1255938837874899</v>
       </c>
     </row>
-    <row r="77" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B77" s="22">
+    <row r="77" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B77" s="20">
         <v>72</v>
       </c>
-      <c r="C77" s="23" t="s">
+      <c r="C77" s="2" t="s">
         <v>82</v>
       </c>
-      <c r="D77" s="24">
+      <c r="D77" s="3">
         <v>41</v>
       </c>
-      <c r="E77" s="24">
+      <c r="E77" s="3">
         <v>637</v>
       </c>
-      <c r="F77" s="24">
+      <c r="F77" s="3">
         <v>678</v>
       </c>
-      <c r="G77" s="25">
+      <c r="G77" s="4">
         <v>2.1388482895034E-3</v>
       </c>
-      <c r="H77" s="25">
+      <c r="H77" s="4">
         <v>737.43590467800004</v>
       </c>
-      <c r="I77" s="25">
+      <c r="I77" s="4">
         <v>6057.6357191280003</v>
       </c>
-      <c r="J77" s="25">
+      <c r="J77" s="4">
         <v>6795.0716238060004</v>
       </c>
-      <c r="K77" s="25">
+      <c r="K77" s="4">
         <v>3.5433991663553599E-2</v>
       </c>
-      <c r="L77" s="24">
+      <c r="L77" s="3">
         <v>12</v>
       </c>
-      <c r="M77" s="24">
+      <c r="M77" s="3">
         <v>462</v>
       </c>
-      <c r="N77" s="24">
+      <c r="N77" s="3">
         <v>474</v>
       </c>
-      <c r="O77" s="25">
+      <c r="O77" s="4">
         <v>1.49530101655547E-3</v>
       </c>
-      <c r="P77" s="25">
+      <c r="P77" s="4">
         <v>1213.6652630000001</v>
       </c>
-      <c r="Q77" s="25">
+      <c r="Q77" s="4">
         <v>883.52211406100002</v>
       </c>
-      <c r="R77" s="25">
+      <c r="R77" s="4">
         <v>2097.187377061</v>
       </c>
-      <c r="S77" s="25">
+      <c r="S77" s="4">
         <v>1.09361201985486E-2</v>
       </c>
     </row>
-    <row r="78" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B78" s="22">
+    <row r="78" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B78" s="20">
         <v>73</v>
       </c>
-      <c r="C78" s="23" t="s">
+      <c r="C78" s="2" t="s">
         <v>83</v>
       </c>
-      <c r="D78" s="24">
+      <c r="D78" s="3">
         <v>23</v>
       </c>
-      <c r="E78" s="24">
+      <c r="E78" s="3">
         <v>204</v>
       </c>
-      <c r="F78" s="24">
+      <c r="F78" s="3">
         <v>227</v>
       </c>
-      <c r="G78" s="25">
+      <c r="G78" s="4">
         <v>7.1610407332931003E-4</v>
       </c>
-      <c r="H78" s="25">
+      <c r="H78" s="4">
         <v>983.20011460000001</v>
       </c>
-      <c r="I78" s="25">
+      <c r="I78" s="4">
         <v>194.09597708800001</v>
       </c>
-      <c r="J78" s="25">
+      <c r="J78" s="4">
         <v>1177.2960916879999</v>
       </c>
-      <c r="K78" s="25">
+      <c r="K78" s="4">
         <v>6.1391994386427199E-3</v>
       </c>
-      <c r="L78" s="24">
+      <c r="L78" s="3">
         <v>45</v>
       </c>
-      <c r="M78" s="24">
+      <c r="M78" s="3">
         <v>321</v>
       </c>
-      <c r="N78" s="24">
+      <c r="N78" s="3">
         <v>366</v>
       </c>
-      <c r="O78" s="25">
+      <c r="O78" s="4">
         <v>1.1545995191124599E-3</v>
       </c>
-      <c r="P78" s="25">
+      <c r="P78" s="4">
         <v>1037.9295494</v>
       </c>
-      <c r="Q78" s="25">
+      <c r="Q78" s="4">
         <v>191.03412902599999</v>
       </c>
-      <c r="R78" s="25">
+      <c r="R78" s="4">
         <v>1228.9636784259999</v>
       </c>
-      <c r="S78" s="25">
+      <c r="S78" s="4">
         <v>6.4086283628848398E-3</v>
       </c>
     </row>
-    <row r="79" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B79" s="22">
+    <row r="79" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B79" s="20">
         <v>74</v>
       </c>
-      <c r="C79" s="23" t="s">
+      <c r="C79" s="2" t="s">
         <v>84</v>
       </c>
-      <c r="D79" s="24">
+      <c r="D79" s="3">
         <v>2</v>
       </c>
-      <c r="E79" s="24">
+      <c r="E79" s="3">
         <v>3010</v>
       </c>
-      <c r="F79" s="24">
+      <c r="F79" s="3">
         <v>3012</v>
       </c>
-      <c r="G79" s="25">
+      <c r="G79" s="4">
         <v>9.5017862064664307E-3</v>
       </c>
-      <c r="H79" s="25">
+      <c r="H79" s="4">
         <v>0.50107630000000003</v>
       </c>
-      <c r="I79" s="25">
+      <c r="I79" s="4">
         <v>451.16579958300002</v>
       </c>
-      <c r="J79" s="25">
+      <c r="J79" s="4">
         <v>451.66687588299999</v>
       </c>
-      <c r="K79" s="25">
+      <c r="K79" s="4">
         <v>2.3552894216260401E-3</v>
       </c>
-      <c r="L79" s="24"/>
-      <c r="M79" s="24">
+      <c r="L79" s="3"/>
+      <c r="M79" s="3">
         <v>3780</v>
       </c>
-      <c r="N79" s="24">
+      <c r="N79" s="3">
         <v>3780</v>
       </c>
-      <c r="O79" s="25">
+      <c r="O79" s="4">
         <v>1.19245524105057E-2</v>
       </c>
-      <c r="P79" s="25"/>
-      <c r="Q79" s="25">
+      <c r="P79" s="4"/>
+      <c r="Q79" s="4">
         <v>610.75537322399998</v>
       </c>
-      <c r="R79" s="25">
+      <c r="R79" s="4">
         <v>610.75537322399998</v>
       </c>
-      <c r="S79" s="25">
+      <c r="S79" s="4">
         <v>3.18488192640538E-3</v>
       </c>
     </row>
-    <row r="80" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B80" s="22">
+    <row r="80" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B80" s="20">
         <v>75</v>
       </c>
-      <c r="C80" s="23" t="s">
+      <c r="C80" s="2" t="s">
         <v>85</v>
       </c>
-      <c r="D80" s="24">
+      <c r="D80" s="3">
         <v>55</v>
       </c>
-      <c r="E80" s="24">
+      <c r="E80" s="3">
         <v>12551</v>
       </c>
-      <c r="F80" s="24">
+      <c r="F80" s="3">
         <v>12606</v>
       </c>
-      <c r="G80" s="25">
+      <c r="G80" s="4">
         <v>3.9767435895988003E-2</v>
       </c>
-      <c r="H80" s="25">
+      <c r="H80" s="4">
         <v>2174.4017902999999</v>
       </c>
-      <c r="I80" s="25">
+      <c r="I80" s="4">
         <v>8741.3311440350008</v>
       </c>
-      <c r="J80" s="25">
+      <c r="J80" s="4">
         <v>10915.732934334999</v>
       </c>
-      <c r="K80" s="25">
+      <c r="K80" s="4">
         <v>5.6921841477244002E-2</v>
       </c>
-      <c r="L80" s="24">
+      <c r="L80" s="3">
         <v>153</v>
       </c>
-      <c r="M80" s="24">
+      <c r="M80" s="3">
         <v>14546</v>
       </c>
-      <c r="N80" s="24">
+      <c r="N80" s="3">
         <v>14699</v>
       </c>
-      <c r="O80" s="25">
+      <c r="O80" s="4">
         <v>4.6370104730693897E-2</v>
       </c>
-      <c r="P80" s="25">
+      <c r="P80" s="4">
         <v>2693.6907302999998</v>
       </c>
-      <c r="Q80" s="25">
+      <c r="Q80" s="4">
         <v>8409.4549445520006</v>
       </c>
-      <c r="R80" s="25">
+      <c r="R80" s="4">
         <v>11103.145674852</v>
       </c>
-      <c r="S80" s="25">
+      <c r="S80" s="4">
         <v>5.7899135294406698E-2</v>
       </c>
     </row>
-    <row r="81" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B81" s="22">
+    <row r="81" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B81" s="20">
         <v>76</v>
       </c>
-      <c r="C81" s="23" t="s">
+      <c r="C81" s="2" t="s">
         <v>86</v>
       </c>
-      <c r="D81" s="24">
+      <c r="D81" s="3">
         <v>40</v>
       </c>
-      <c r="E81" s="24">
+      <c r="E81" s="3">
         <v>407</v>
       </c>
-      <c r="F81" s="24">
+      <c r="F81" s="3">
         <v>447</v>
       </c>
-      <c r="G81" s="25">
+      <c r="G81" s="4">
         <v>1.4101256421947201E-3</v>
       </c>
-      <c r="H81" s="25">
+      <c r="H81" s="4">
         <v>576.73975759999996</v>
       </c>
-      <c r="I81" s="25">
+      <c r="I81" s="4">
         <v>75.529602213999993</v>
       </c>
-      <c r="J81" s="25">
+      <c r="J81" s="4">
         <v>652.26935981400004</v>
       </c>
-      <c r="K81" s="25">
+      <c r="K81" s="4">
         <v>3.4013632729150201E-3</v>
       </c>
-      <c r="L81" s="24"/>
-      <c r="M81" s="24">
+      <c r="L81" s="3"/>
+      <c r="M81" s="3">
         <v>538</v>
       </c>
-      <c r="N81" s="24">
+      <c r="N81" s="3">
         <v>538</v>
       </c>
-      <c r="O81" s="25">
+      <c r="O81" s="4">
         <v>1.6971982002254101E-3</v>
       </c>
-      <c r="P81" s="25"/>
-      <c r="Q81" s="25">
+      <c r="P81" s="4"/>
+      <c r="Q81" s="4">
         <v>662.62448519999998</v>
       </c>
-      <c r="R81" s="25">
+      <c r="R81" s="4">
         <v>662.62448519999998</v>
       </c>
-      <c r="S81" s="25">
+      <c r="S81" s="4">
         <v>3.455361736348E-3</v>
       </c>
     </row>
-    <row r="82" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B82" s="22">
+    <row r="82" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B82" s="20">
         <v>77</v>
       </c>
-      <c r="C82" s="23" t="s">
+      <c r="C82" s="2" t="s">
         <v>87</v>
       </c>
-      <c r="D82" s="24">
+      <c r="D82" s="3">
         <v>3</v>
       </c>
-      <c r="E82" s="24">
+      <c r="E82" s="3">
         <v>1931</v>
       </c>
-      <c r="F82" s="24">
+      <c r="F82" s="3">
         <v>1934</v>
       </c>
-      <c r="G82" s="25">
+      <c r="G82" s="4">
         <v>6.1010805190259204E-3</v>
       </c>
-      <c r="H82" s="25">
+      <c r="H82" s="4">
         <v>0.40910970000000002</v>
       </c>
-      <c r="I82" s="25">
+      <c r="I82" s="4">
         <v>201.38232923000001</v>
       </c>
-      <c r="J82" s="25">
+      <c r="J82" s="4">
         <v>201.79143893</v>
       </c>
-      <c r="K82" s="25">
+      <c r="K82" s="4">
         <v>1.0522738479711801E-3</v>
       </c>
-      <c r="L82" s="24"/>
-      <c r="M82" s="24">
+      <c r="L82" s="3"/>
+      <c r="M82" s="3">
         <v>2577</v>
       </c>
-      <c r="N82" s="24">
+      <c r="N82" s="3">
         <v>2577</v>
       </c>
-      <c r="O82" s="25">
+      <c r="O82" s="4">
         <v>8.12951628620983E-3</v>
       </c>
-      <c r="P82" s="25"/>
-      <c r="Q82" s="25">
+      <c r="P82" s="4"/>
+      <c r="Q82" s="4">
         <v>233.50116564499999</v>
       </c>
-      <c r="R82" s="25">
+      <c r="R82" s="4">
         <v>233.50116564499999</v>
       </c>
-      <c r="S82" s="25">
+      <c r="S82" s="4">
         <v>1.2176293076747099E-3</v>
       </c>
     </row>
-    <row r="83" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B83" s="22">
+    <row r="83" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B83" s="20">
         <v>78</v>
       </c>
-      <c r="C83" s="23" t="s">
+      <c r="C83" s="2" t="s">
         <v>88</v>
       </c>
-      <c r="D83" s="24">
+      <c r="D83" s="3">
         <v>26</v>
       </c>
-      <c r="E83" s="24">
+      <c r="E83" s="3">
         <v>12888</v>
       </c>
-      <c r="F83" s="24">
+      <c r="F83" s="3">
         <v>12914</v>
       </c>
-      <c r="G83" s="25">
+      <c r="G83" s="4">
         <v>4.0739066092399599E-2</v>
       </c>
-      <c r="H83" s="25">
+      <c r="H83" s="4">
         <v>7.2935245000000002</v>
       </c>
-      <c r="I83" s="25">
+      <c r="I83" s="4">
         <v>2702.1247241470001</v>
       </c>
-      <c r="J83" s="25">
+      <c r="J83" s="4">
         <v>2709.4182486469999</v>
       </c>
-      <c r="K83" s="25">
+      <c r="K83" s="4">
         <v>1.41286963479958E-2</v>
       </c>
-      <c r="L83" s="24"/>
-      <c r="M83" s="24">
+      <c r="L83" s="3"/>
+      <c r="M83" s="3">
         <v>18042</v>
       </c>
-      <c r="N83" s="24">
+      <c r="N83" s="3">
         <v>18042</v>
       </c>
-      <c r="O83" s="25">
+      <c r="O83" s="4">
         <v>5.6916077933953299E-2</v>
       </c>
-      <c r="P83" s="25"/>
-      <c r="Q83" s="25">
+      <c r="P83" s="4"/>
+      <c r="Q83" s="4">
         <v>3089.8901354929999</v>
       </c>
-      <c r="R83" s="25">
+      <c r="R83" s="4">
         <v>3089.8901354929999</v>
       </c>
-      <c r="S83" s="25">
+      <c r="S83" s="4">
         <v>1.6112728071735999E-2</v>
       </c>
     </row>
-    <row r="84" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B84" s="22">
+    <row r="84" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B84" s="20">
         <v>79</v>
       </c>
-      <c r="C84" s="23" t="s">
+      <c r="C84" s="2" t="s">
         <v>89</v>
       </c>
-      <c r="D84" s="24">
+      <c r="D84" s="3">
         <v>18</v>
       </c>
-      <c r="E84" s="24">
+      <c r="E84" s="3">
         <v>454</v>
       </c>
-      <c r="F84" s="24">
+      <c r="F84" s="3">
         <v>472</v>
       </c>
-      <c r="G84" s="25">
+      <c r="G84" s="4">
         <v>1.48899172956579E-3</v>
       </c>
-      <c r="H84" s="25">
+      <c r="H84" s="4">
         <v>188.0441519</v>
       </c>
-      <c r="I84" s="25">
+      <c r="I84" s="4">
         <v>64.754123552999999</v>
       </c>
-      <c r="J84" s="25">
+      <c r="J84" s="4">
         <v>252.798275453</v>
       </c>
-      <c r="K84" s="25">
+      <c r="K84" s="4">
         <v>1.3182571841597499E-3</v>
       </c>
-      <c r="L84" s="24">
+      <c r="L84" s="3">
         <v>16</v>
       </c>
-      <c r="M84" s="24">
+      <c r="M84" s="3">
         <v>771</v>
       </c>
-      <c r="N84" s="24">
+      <c r="N84" s="3">
         <v>787</v>
       </c>
-      <c r="O84" s="25">
+      <c r="O84" s="4">
         <v>2.48270443044126E-3</v>
       </c>
-      <c r="P84" s="25">
+      <c r="P84" s="4">
         <v>179</v>
       </c>
-      <c r="Q84" s="25">
+      <c r="Q84" s="4">
         <v>113.972323004</v>
       </c>
-      <c r="R84" s="25">
+      <c r="R84" s="4">
         <v>292.97232300399997</v>
       </c>
-      <c r="S84" s="25">
+      <c r="S84" s="4">
         <v>1.5277512034760699E-3</v>
       </c>
     </row>
-    <row r="85" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B85" s="22">
+    <row r="85" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B85" s="20">
         <v>80</v>
       </c>
-      <c r="C85" s="23" t="s">
+      <c r="C85" s="2" t="s">
         <v>90</v>
       </c>
-      <c r="D85" s="24">
+      <c r="D85" s="3">
         <v>2</v>
       </c>
-      <c r="E85" s="24">
+      <c r="E85" s="3">
         <v>2090</v>
       </c>
-      <c r="F85" s="24">
+      <c r="F85" s="3">
         <v>2092</v>
       </c>
-      <c r="G85" s="25">
+      <c r="G85" s="4">
         <v>6.5995141912110799E-3</v>
       </c>
-      <c r="H85" s="25">
+      <c r="H85" s="4">
         <v>0.89814570000000005</v>
       </c>
-      <c r="I85" s="25">
+      <c r="I85" s="4">
         <v>212.87870244699999</v>
       </c>
-      <c r="J85" s="25">
+      <c r="J85" s="4">
         <v>213.77684814700001</v>
       </c>
-      <c r="K85" s="25">
+      <c r="K85" s="4">
         <v>1.1147736881187899E-3</v>
       </c>
-      <c r="L85" s="24"/>
-      <c r="M85" s="24">
+      <c r="L85" s="3"/>
+      <c r="M85" s="3">
         <v>1954</v>
       </c>
-      <c r="N85" s="24">
+      <c r="N85" s="3">
         <v>1954</v>
       </c>
-      <c r="O85" s="25">
+      <c r="O85" s="4">
         <v>6.1641733889227796E-3</v>
       </c>
-      <c r="P85" s="25"/>
-      <c r="Q85" s="25">
+      <c r="P85" s="4"/>
+      <c r="Q85" s="4">
         <v>227.42514241000001</v>
       </c>
-      <c r="R85" s="25">
+      <c r="R85" s="4">
         <v>227.42514241000001</v>
       </c>
-      <c r="S85" s="25">
+      <c r="S85" s="4">
         <v>1.1859449092495001E-3</v>
       </c>
     </row>
-    <row r="86" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B86" s="22">
+    <row r="86" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B86" s="20">
         <v>81</v>
       </c>
-      <c r="C86" s="23" t="s">
+      <c r="C86" s="2" t="s">
         <v>91</v>
       </c>
-      <c r="D86" s="24">
+      <c r="D86" s="3">
         <v>2</v>
       </c>
-      <c r="E86" s="24">
+      <c r="E86" s="3">
         <v>116</v>
       </c>
-      <c r="F86" s="24">
+      <c r="F86" s="3">
         <v>118</v>
       </c>
-      <c r="G86" s="25">
+      <c r="G86" s="4">
         <v>3.7224793239144701E-4</v>
       </c>
-      <c r="H86" s="25">
+      <c r="H86" s="4">
         <v>4.3064999999999998</v>
       </c>
-      <c r="I86" s="25">
+      <c r="I86" s="4">
         <v>8.8559743080000004</v>
       </c>
-      <c r="J86" s="25">
+      <c r="J86" s="4">
         <v>13.162474308</v>
       </c>
-      <c r="K86" s="25">
+      <c r="K86" s="4">
         <v>6.8637834996090202E-5</v>
       </c>
-      <c r="L86" s="24"/>
-      <c r="M86" s="24">
+      <c r="L86" s="3"/>
+      <c r="M86" s="3">
         <v>321</v>
       </c>
-      <c r="N86" s="24">
+      <c r="N86" s="3">
         <v>321</v>
       </c>
-      <c r="O86" s="25">
+      <c r="O86" s="4">
         <v>1.0126405618445301E-3</v>
       </c>
-      <c r="P86" s="25"/>
-      <c r="Q86" s="25">
+      <c r="P86" s="4"/>
+      <c r="Q86" s="4">
         <v>15.734769053000001</v>
       </c>
-      <c r="R86" s="25">
+      <c r="R86" s="4">
         <v>15.734769053000001</v>
       </c>
-      <c r="S86" s="25">
+      <c r="S86" s="4">
         <v>8.2051478824538902E-5</v>
       </c>
     </row>
-    <row r="87" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B87" s="22">
+    <row r="87" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B87" s="20">
         <v>82</v>
       </c>
-      <c r="C87" s="23" t="s">
+      <c r="C87" s="2" t="s">
         <v>92</v>
       </c>
-      <c r="D87" s="24">
+      <c r="D87" s="3">
         <v>2</v>
       </c>
-      <c r="E87" s="24">
+      <c r="E87" s="3">
         <v>491</v>
       </c>
-      <c r="F87" s="24">
+      <c r="F87" s="3">
         <v>493</v>
       </c>
-      <c r="G87" s="25">
+      <c r="G87" s="4">
         <v>1.55523924295749E-3</v>
       </c>
-      <c r="H87" s="25">
+      <c r="H87" s="4">
         <v>0.36225960000000001</v>
       </c>
-      <c r="I87" s="25">
+      <c r="I87" s="4">
         <v>71.201426936000004</v>
       </c>
-      <c r="J87" s="25">
+      <c r="J87" s="4">
         <v>71.563686536000006</v>
       </c>
-      <c r="K87" s="25">
+      <c r="K87" s="4">
         <v>3.7318033017427798E-4</v>
       </c>
-      <c r="L87" s="24"/>
-      <c r="M87" s="24">
+      <c r="L87" s="3"/>
+      <c r="M87" s="3">
         <v>183</v>
       </c>
-      <c r="N87" s="24">
+      <c r="N87" s="3">
         <v>183</v>
       </c>
-      <c r="O87" s="25">
+      <c r="O87" s="4">
         <v>5.7729975955622703E-4</v>
       </c>
-      <c r="P87" s="25"/>
-      <c r="Q87" s="25">
+      <c r="P87" s="4"/>
+      <c r="Q87" s="4">
         <v>4392.8653610490001</v>
       </c>
-      <c r="R87" s="25">
+      <c r="R87" s="4">
         <v>4392.8653610490001</v>
       </c>
-      <c r="S87" s="25">
+      <c r="S87" s="4">
         <v>2.2907301526770101E-2</v>
       </c>
     </row>
-    <row r="88" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B88" s="22">
+    <row r="88" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B88" s="20">
         <v>83</v>
       </c>
-      <c r="C88" s="23" t="s">
+      <c r="C88" s="2" t="s">
         <v>93</v>
       </c>
-      <c r="D88" s="24">
+      <c r="D88" s="3">
         <v>493</v>
       </c>
-      <c r="E88" s="24">
+      <c r="E88" s="3">
         <v>22198</v>
       </c>
-      <c r="F88" s="24">
+      <c r="F88" s="3">
         <v>22691</v>
       </c>
-      <c r="G88" s="25">
+      <c r="G88" s="4">
         <v>7.1582015541477403E-2</v>
       </c>
-      <c r="H88" s="25">
+      <c r="H88" s="4">
         <v>38151.778088412997</v>
       </c>
-      <c r="I88" s="25">
+      <c r="I88" s="4">
         <v>56661.391294859997</v>
       </c>
-      <c r="J88" s="25">
+      <c r="J88" s="4">
         <v>94813.169383272994</v>
       </c>
-      <c r="K88" s="25">
+      <c r="K88" s="4">
         <v>0.49441849027048801</v>
       </c>
-      <c r="L88" s="24">
+      <c r="L88" s="3">
         <v>542</v>
       </c>
-      <c r="M88" s="24">
+      <c r="M88" s="3">
         <v>20728</v>
       </c>
-      <c r="N88" s="24">
+      <c r="N88" s="3">
         <v>21270</v>
       </c>
-      <c r="O88" s="25">
+      <c r="O88" s="4">
         <v>6.7099267135305798E-2</v>
       </c>
-      <c r="P88" s="25">
+      <c r="P88" s="4">
         <v>46601.946694268001</v>
       </c>
-      <c r="Q88" s="25">
+      <c r="Q88" s="4">
         <v>56815.122819543001</v>
       </c>
-      <c r="R88" s="25">
+      <c r="R88" s="4">
         <v>103417.069513811</v>
       </c>
-      <c r="S88" s="25">
+      <c r="S88" s="4">
         <v>0.53928490851859601</v>
       </c>
     </row>
-    <row r="89" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B89" s="22">
+    <row r="89" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B89" s="20">
         <v>84</v>
       </c>
-      <c r="C89" s="23" t="s">
+      <c r="C89" s="2" t="s">
         <v>94</v>
       </c>
-      <c r="D89" s="24"/>
-      <c r="E89" s="24">
+      <c r="D89" s="3"/>
+      <c r="E89" s="3">
         <v>40</v>
       </c>
-      <c r="F89" s="24">
+      <c r="F89" s="3">
         <v>40</v>
       </c>
-      <c r="G89" s="25">
+      <c r="G89" s="4">
         <v>1.26185739793711E-4</v>
       </c>
-      <c r="H89" s="25"/>
-      <c r="I89" s="25">
+      <c r="H89" s="4"/>
+      <c r="I89" s="4">
         <v>229.99913792500001</v>
       </c>
-      <c r="J89" s="25">
+      <c r="J89" s="4">
         <v>229.99913792500001</v>
       </c>
-      <c r="K89" s="25">
+      <c r="K89" s="4">
         <v>1.1993674220161E-3</v>
       </c>
-      <c r="L89" s="24"/>
-      <c r="M89" s="24">
+      <c r="L89" s="3"/>
+      <c r="M89" s="3">
         <v>298</v>
       </c>
-      <c r="N89" s="24">
+      <c r="N89" s="3">
         <v>298</v>
       </c>
-      <c r="O89" s="25">
+      <c r="O89" s="4">
         <v>9.4008376146314599E-4</v>
       </c>
-      <c r="P89" s="25"/>
-      <c r="Q89" s="25">
+      <c r="P89" s="4"/>
+      <c r="Q89" s="4">
         <v>536.56101724200005</v>
       </c>
-      <c r="R89" s="25">
+      <c r="R89" s="4">
         <v>536.56101724200005</v>
       </c>
-      <c r="S89" s="25">
+      <c r="S89" s="4">
         <v>2.79798354815453E-3</v>
       </c>
     </row>
-    <row r="90" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B90" s="22">
+    <row r="90" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B90" s="20">
         <v>85</v>
       </c>
-      <c r="C90" s="23" t="s">
+      <c r="C90" s="2" t="s">
         <v>95</v>
       </c>
-      <c r="D90" s="24">
+      <c r="D90" s="3">
         <v>4</v>
       </c>
-      <c r="E90" s="24">
+      <c r="E90" s="3">
         <v>5365</v>
       </c>
-      <c r="F90" s="24">
+      <c r="F90" s="3">
         <v>5369</v>
       </c>
-      <c r="G90" s="25">
+      <c r="G90" s="4">
         <v>1.6937280923810801E-2</v>
       </c>
-      <c r="H90" s="25">
+      <c r="H90" s="4">
         <v>0.426115413</v>
       </c>
-      <c r="I90" s="25">
+      <c r="I90" s="4">
         <v>826.90170738999996</v>
       </c>
-      <c r="J90" s="25">
+      <c r="J90" s="4">
         <v>827.327822803</v>
       </c>
-      <c r="K90" s="25">
+      <c r="K90" s="4">
         <v>4.31423372691508E-3</v>
       </c>
-      <c r="L90" s="24"/>
-      <c r="M90" s="24">
+      <c r="L90" s="3"/>
+      <c r="M90" s="3">
         <v>5335</v>
       </c>
-      <c r="N90" s="24">
+      <c r="N90" s="3">
         <v>5335</v>
       </c>
-      <c r="O90" s="25">
+      <c r="O90" s="4">
         <v>1.6830023044986198E-2</v>
       </c>
-      <c r="P90" s="25"/>
-      <c r="Q90" s="25">
+      <c r="P90" s="4"/>
+      <c r="Q90" s="4">
         <v>821.90401948099998</v>
       </c>
-      <c r="R90" s="25">
+      <c r="R90" s="4">
         <v>821.90401948099998</v>
       </c>
-      <c r="S90" s="25">
+      <c r="S90" s="4">
         <v>4.2859504339144297E-3</v>
       </c>
     </row>
-    <row r="91" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B91" s="22">
+    <row r="91" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B91" s="20">
         <v>86</v>
       </c>
-      <c r="C91" s="23" t="s">
+      <c r="C91" s="2" t="s">
         <v>96</v>
       </c>
-      <c r="D91" s="24">
+      <c r="D91" s="3">
         <v>1129</v>
       </c>
-      <c r="E91" s="24">
+      <c r="E91" s="3">
         <v>139742</v>
       </c>
-      <c r="F91" s="24">
+      <c r="F91" s="3">
         <v>140871</v>
       </c>
-      <c r="G91" s="25">
+      <c r="G91" s="4">
         <v>0.44439778376199601</v>
       </c>
-      <c r="H91" s="25">
+      <c r="H91" s="4">
         <v>297.78341327599998</v>
       </c>
-      <c r="I91" s="25">
+      <c r="I91" s="4">
         <v>17732.844567857999</v>
       </c>
-      <c r="J91" s="25">
+      <c r="J91" s="4">
         <v>18030.627981133999</v>
       </c>
-      <c r="K91" s="25">
+      <c r="K91" s="4">
         <v>9.4023603715053194E-2</v>
       </c>
-      <c r="L91" s="24">
+      <c r="L91" s="3">
         <v>1924</v>
       </c>
-      <c r="M91" s="24">
+      <c r="M91" s="3">
         <v>130132</v>
       </c>
-      <c r="N91" s="24">
+      <c r="N91" s="3">
         <v>132056</v>
       </c>
-      <c r="O91" s="25">
+      <c r="O91" s="4">
         <v>0.41658960135495698</v>
       </c>
-      <c r="P91" s="25">
+      <c r="P91" s="4">
         <v>663.02049381400002</v>
       </c>
-      <c r="Q91" s="25">
+      <c r="Q91" s="4">
         <v>19826.631924847999</v>
       </c>
-      <c r="R91" s="25">
+      <c r="R91" s="4">
         <v>20489.652418662001</v>
       </c>
-      <c r="S91" s="25">
+      <c r="S91" s="4">
         <v>0.10684658134410099</v>
       </c>
     </row>
-    <row r="92" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B92" s="22">
+    <row r="92" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B92" s="20">
         <v>87</v>
       </c>
-      <c r="C92" s="23" t="s">
+      <c r="C92" s="2" t="s">
         <v>97</v>
       </c>
-      <c r="D92" s="24">
+      <c r="D92" s="3">
         <v>163</v>
       </c>
-      <c r="E92" s="24">
+      <c r="E92" s="3">
         <v>35358</v>
       </c>
-      <c r="F92" s="24">
+      <c r="F92" s="3">
         <v>35521</v>
       </c>
-      <c r="G92" s="25">
+      <c r="G92" s="4">
         <v>0.11205609158031</v>
       </c>
-      <c r="H92" s="25">
+      <c r="H92" s="4">
         <v>1795.6979511</v>
       </c>
-      <c r="I92" s="25">
+      <c r="I92" s="4">
         <v>3262.1699988410001</v>
       </c>
-      <c r="J92" s="25">
+      <c r="J92" s="4">
         <v>5057.867949941</v>
       </c>
-      <c r="K92" s="25">
+      <c r="K92" s="4">
         <v>2.6375064266530999E-2</v>
       </c>
-      <c r="L92" s="24">
+      <c r="L92" s="3">
         <v>2043</v>
       </c>
-      <c r="M92" s="24">
+      <c r="M92" s="3">
         <v>48800</v>
       </c>
-      <c r="N92" s="24">
+      <c r="N92" s="3">
         <v>50843</v>
       </c>
-      <c r="O92" s="25">
+      <c r="O92" s="4">
         <v>0.160391539208291</v>
       </c>
-      <c r="P92" s="25">
+      <c r="P92" s="4">
         <v>1881.786326292</v>
       </c>
-      <c r="Q92" s="25">
+      <c r="Q92" s="4">
         <v>5924.0157097049996</v>
       </c>
-      <c r="R92" s="25">
+      <c r="R92" s="4">
         <v>7805.8020359969996</v>
       </c>
-      <c r="S92" s="25">
+      <c r="S92" s="4">
         <v>4.0704607630897303E-2</v>
       </c>
     </row>
-    <row r="93" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B93" s="22">
+    <row r="93" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B93" s="20">
         <v>88</v>
       </c>
-      <c r="C93" s="23" t="s">
+      <c r="C93" s="2" t="s">
         <v>98</v>
       </c>
-      <c r="D93" s="24">
+      <c r="D93" s="3">
         <v>408</v>
       </c>
-      <c r="E93" s="24">
+      <c r="E93" s="3">
         <v>12997</v>
       </c>
-      <c r="F93" s="24">
+      <c r="F93" s="3">
         <v>13405</v>
       </c>
-      <c r="G93" s="25">
+      <c r="G93" s="4">
         <v>4.2287996048367402E-2</v>
       </c>
-      <c r="H93" s="25">
+      <c r="H93" s="4">
         <v>4846.4398853430002</v>
       </c>
-      <c r="I93" s="25">
+      <c r="I93" s="4">
         <v>3887.3283322010002</v>
       </c>
-      <c r="J93" s="25">
+      <c r="J93" s="4">
         <v>8733.7682175440004</v>
       </c>
-      <c r="K93" s="25">
+      <c r="K93" s="4">
         <v>4.5543636233009201E-2</v>
       </c>
-      <c r="L93" s="24"/>
-      <c r="M93" s="24">
+      <c r="L93" s="3"/>
+      <c r="M93" s="3">
         <v>22200</v>
       </c>
-      <c r="N93" s="24">
+      <c r="N93" s="3">
         <v>22200</v>
       </c>
-      <c r="O93" s="25">
+      <c r="O93" s="4">
         <v>7.0033085585509594E-2</v>
       </c>
-      <c r="P93" s="25"/>
-      <c r="Q93" s="25">
+      <c r="P93" s="4"/>
+      <c r="Q93" s="4">
         <v>9692.1498655520008</v>
       </c>
-      <c r="R93" s="25">
+      <c r="R93" s="4">
         <v>9692.1498655520008</v>
       </c>
-      <c r="S93" s="25">
+      <c r="S93" s="4">
         <v>5.0541271166987603E-2</v>
       </c>
     </row>
-    <row r="94" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B94" s="22">
+    <row r="94" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B94" s="20">
         <v>89</v>
       </c>
-      <c r="C94" s="23" t="s">
+      <c r="C94" s="2" t="s">
         <v>99</v>
       </c>
-      <c r="D94" s="24">
+      <c r="D94" s="3">
         <v>6352</v>
       </c>
-      <c r="E94" s="24">
+      <c r="E94" s="3">
         <v>254096</v>
       </c>
-      <c r="F94" s="24">
+      <c r="F94" s="3">
         <v>260448</v>
       </c>
-      <c r="G94" s="25">
+      <c r="G94" s="4">
         <v>0.82162058894481105</v>
       </c>
-      <c r="H94" s="25">
+      <c r="H94" s="4">
         <v>4739.6649323359998</v>
       </c>
-      <c r="I94" s="25">
+      <c r="I94" s="4">
         <v>33767.691892367999</v>
       </c>
-      <c r="J94" s="25">
+      <c r="J94" s="4">
         <v>38507.356824704002</v>
       </c>
-      <c r="K94" s="25">
+      <c r="K94" s="4">
         <v>0.20080279300246601</v>
       </c>
-      <c r="L94" s="24">
+      <c r="L94" s="3">
         <v>1331</v>
       </c>
-      <c r="M94" s="24">
+      <c r="M94" s="3">
         <v>286074</v>
       </c>
-      <c r="N94" s="24">
+      <c r="N94" s="3">
         <v>287405</v>
       </c>
-      <c r="O94" s="25">
+      <c r="O94" s="4">
         <v>0.90666031363528699</v>
       </c>
-      <c r="P94" s="25">
+      <c r="P94" s="4">
         <v>3418.8525041980001</v>
       </c>
-      <c r="Q94" s="25">
+      <c r="Q94" s="4">
         <v>38380.142101557001</v>
       </c>
-      <c r="R94" s="25">
+      <c r="R94" s="4">
         <v>41798.994605754997</v>
       </c>
-      <c r="S94" s="25">
+      <c r="S94" s="4">
         <v>0.217967566554605</v>
       </c>
     </row>
-    <row r="95" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B95" s="22">
+    <row r="95" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B95" s="20">
         <v>90</v>
       </c>
-      <c r="C95" s="23" t="s">
+      <c r="C95" s="2" t="s">
         <v>100</v>
       </c>
-      <c r="D95" s="24">
+      <c r="D95" s="3">
         <v>57</v>
       </c>
-      <c r="E95" s="24">
+      <c r="E95" s="3">
         <v>674</v>
       </c>
-      <c r="F95" s="24">
+      <c r="F95" s="3">
         <v>731</v>
       </c>
-      <c r="G95" s="25">
+      <c r="G95" s="4">
         <v>2.30604439473007E-3</v>
       </c>
-      <c r="H95" s="25">
+      <c r="H95" s="4">
         <v>2038.9645123329999</v>
       </c>
-      <c r="I95" s="25">
+      <c r="I95" s="4">
         <v>950.39463163899995</v>
       </c>
-      <c r="J95" s="25">
+      <c r="J95" s="4">
         <v>2989.3591439719999</v>
       </c>
-      <c r="K95" s="25">
+      <c r="K95" s="4">
         <v>1.55884930801571E-2</v>
       </c>
-      <c r="L95" s="24">
+      <c r="L95" s="3">
         <v>54</v>
       </c>
-      <c r="M95" s="24">
+      <c r="M95" s="3">
         <v>392</v>
       </c>
-      <c r="N95" s="24">
+      <c r="N95" s="3">
         <v>446</v>
       </c>
-      <c r="O95" s="25">
+      <c r="O95" s="4">
         <v>1.40697099869988E-3</v>
       </c>
-      <c r="P95" s="25">
+      <c r="P95" s="4">
         <v>2157.2083640679998</v>
       </c>
-      <c r="Q95" s="25">
+      <c r="Q95" s="4">
         <v>1531.9478080250001</v>
       </c>
-      <c r="R95" s="25">
+      <c r="R95" s="4">
         <v>3689.1561720929999</v>
       </c>
-      <c r="S95" s="25">
+      <c r="S95" s="4">
         <v>1.9237697008154898E-2</v>
       </c>
     </row>
-    <row r="96" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B96" s="22">
+    <row r="96" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B96" s="20">
         <v>91</v>
       </c>
-      <c r="C96" s="23" t="s">
+      <c r="C96" s="2" t="s">
         <v>101</v>
       </c>
-      <c r="D96" s="24">
+      <c r="D96" s="3">
         <v>131</v>
       </c>
-      <c r="E96" s="24">
+      <c r="E96" s="3">
         <v>12923</v>
       </c>
-      <c r="F96" s="24">
+      <c r="F96" s="3">
         <v>13054</v>
       </c>
-      <c r="G96" s="25">
+      <c r="G96" s="4">
         <v>4.1180716181677603E-2</v>
       </c>
-      <c r="H96" s="25">
+      <c r="H96" s="4">
         <v>121.52755897999999</v>
       </c>
-      <c r="I96" s="25">
+      <c r="I96" s="4">
         <v>1976.96938348</v>
       </c>
-      <c r="J96" s="25">
+      <c r="J96" s="4">
         <v>2098.4969424599999</v>
       </c>
-      <c r="K96" s="25">
+      <c r="K96" s="4">
         <v>1.09429491375209E-2</v>
       </c>
-      <c r="L96" s="24">
+      <c r="L96" s="3">
         <v>2326</v>
       </c>
-      <c r="M96" s="24">
+      <c r="M96" s="3">
         <v>18314</v>
       </c>
-      <c r="N96" s="24">
+      <c r="N96" s="3">
         <v>20640</v>
       </c>
-      <c r="O96" s="25">
+      <c r="O96" s="4">
         <v>6.5111841733554901E-2</v>
       </c>
-      <c r="P96" s="25">
+      <c r="P96" s="4">
         <v>351.0476898</v>
       </c>
-      <c r="Q96" s="25">
+      <c r="Q96" s="4">
         <v>2346.7209701199999</v>
       </c>
-      <c r="R96" s="25">
+      <c r="R96" s="4">
         <v>2697.7686599200001</v>
       </c>
-      <c r="S96" s="25">
+      <c r="S96" s="4">
         <v>1.40679476976961E-2</v>
       </c>
     </row>
-    <row r="97" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B97" s="22">
+    <row r="97" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B97" s="20">
         <v>92</v>
       </c>
-      <c r="C97" s="23" t="s">
+      <c r="C97" s="2" t="s">
         <v>102</v>
       </c>
-      <c r="D97" s="24"/>
-      <c r="E97" s="24">
+      <c r="D97" s="3"/>
+      <c r="E97" s="3">
         <v>491</v>
       </c>
-      <c r="F97" s="24">
+      <c r="F97" s="3">
         <v>491</v>
       </c>
-      <c r="G97" s="25">
+      <c r="G97" s="4">
         <v>1.5489299559678E-3</v>
       </c>
-      <c r="H97" s="25"/>
-      <c r="I97" s="25">
+      <c r="H97" s="4"/>
+      <c r="I97" s="4">
         <v>34.637373068000002</v>
       </c>
-      <c r="J97" s="25">
+      <c r="J97" s="4">
         <v>34.637373068000002</v>
       </c>
-      <c r="K97" s="25">
+      <c r="K97" s="4">
         <v>1.8062214152960801E-4</v>
       </c>
-      <c r="L97" s="24"/>
-      <c r="M97" s="24">
+      <c r="L97" s="3"/>
+      <c r="M97" s="3">
         <v>649</v>
       </c>
-      <c r="N97" s="24">
+      <c r="N97" s="3">
         <v>649</v>
       </c>
-      <c r="O97" s="25">
+      <c r="O97" s="4">
         <v>2.0473636281529602E-3</v>
       </c>
-      <c r="P97" s="25"/>
-      <c r="Q97" s="25">
+      <c r="P97" s="4"/>
+      <c r="Q97" s="4">
         <v>59.009588348999998</v>
       </c>
-      <c r="R97" s="25">
+      <c r="R97" s="4">
         <v>59.009588348999998</v>
       </c>
-      <c r="S97" s="25">
+      <c r="S97" s="4">
         <v>3.07714970111976E-4</v>
       </c>
     </row>
-    <row r="98" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B98" s="22">
+    <row r="98" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B98" s="20">
         <v>93</v>
       </c>
-      <c r="C98" s="23" t="s">
+      <c r="C98" s="2" t="s">
         <v>103</v>
       </c>
-      <c r="D98" s="24">
+      <c r="D98" s="3">
         <v>156</v>
       </c>
-      <c r="E98" s="24">
+      <c r="E98" s="3">
         <v>113</v>
       </c>
-      <c r="F98" s="24">
+      <c r="F98" s="3">
         <v>269</v>
       </c>
-      <c r="G98" s="25">
+      <c r="G98" s="4">
         <v>8.4859910011270601E-4</v>
       </c>
-      <c r="H98" s="25">
+      <c r="H98" s="4">
         <v>1687.4450345339999</v>
       </c>
-      <c r="I98" s="25">
+      <c r="I98" s="4">
         <v>693.87676279300001</v>
       </c>
-      <c r="J98" s="25">
+      <c r="J98" s="4">
         <v>2381.3217973269998</v>
       </c>
-      <c r="K98" s="25">
+      <c r="K98" s="4">
         <v>1.2417784739620101E-2</v>
       </c>
-      <c r="L98" s="24">
+      <c r="L98" s="3">
         <v>20</v>
       </c>
-      <c r="M98" s="24">
+      <c r="M98" s="3">
         <v>295</v>
       </c>
-      <c r="N98" s="24">
+      <c r="N98" s="3">
         <v>315</v>
       </c>
-      <c r="O98" s="25">
+      <c r="O98" s="4">
         <v>9.93712700875473E-4</v>
       </c>
-      <c r="P98" s="25">
+      <c r="P98" s="4">
         <v>1600</v>
       </c>
-      <c r="Q98" s="25">
+      <c r="Q98" s="4">
         <v>1083.54291915</v>
       </c>
-      <c r="R98" s="25">
+      <c r="R98" s="4">
         <v>2683.5429191500002</v>
       </c>
-      <c r="S98" s="25">
+      <c r="S98" s="4">
         <v>1.3993765289068301E-2</v>
       </c>
     </row>
-    <row r="99" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B99" s="22">
+    <row r="99" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B99" s="20">
         <v>94</v>
       </c>
-      <c r="C99" s="23" t="s">
+      <c r="C99" s="2" t="s">
         <v>104</v>
       </c>
-      <c r="D99" s="24">
+      <c r="D99" s="3">
         <v>2969</v>
       </c>
-      <c r="E99" s="24">
+      <c r="E99" s="3">
         <v>1620090</v>
       </c>
-      <c r="F99" s="24">
+      <c r="F99" s="3">
         <v>1623059</v>
       </c>
-      <c r="G99" s="25">
+      <c r="G99" s="4">
         <v>5.1201725160960203</v>
       </c>
-      <c r="H99" s="25">
+      <c r="H99" s="4">
         <v>13783.202690282</v>
       </c>
-      <c r="I99" s="25">
+      <c r="I99" s="4">
         <v>540450.09885259497</v>
       </c>
-      <c r="J99" s="25">
+      <c r="J99" s="4">
         <v>554233.30154287699</v>
       </c>
-      <c r="K99" s="25">
+      <c r="K99" s="4">
         <v>2.8901385112309099</v>
       </c>
-      <c r="L99" s="24">
+      <c r="L99" s="3">
         <v>1864</v>
       </c>
-      <c r="M99" s="24">
+      <c r="M99" s="3">
         <v>1475523</v>
       </c>
-      <c r="N99" s="24">
+      <c r="N99" s="3">
         <v>1477387</v>
       </c>
-      <c r="O99" s="25">
+      <c r="O99" s="4">
         <v>4.6606292889152803</v>
       </c>
-      <c r="P99" s="25">
+      <c r="P99" s="4">
         <v>28972.981111969999</v>
       </c>
-      <c r="Q99" s="25">
+      <c r="Q99" s="4">
         <v>550612.31999751704</v>
       </c>
-      <c r="R99" s="25">
+      <c r="R99" s="4">
         <v>579585.30110948696</v>
       </c>
-      <c r="S99" s="25">
+      <c r="S99" s="4">
         <v>3.02234058223639</v>
       </c>
     </row>
-    <row r="100" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B100" s="22">
+    <row r="100" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B100" s="20">
         <v>95</v>
       </c>
-      <c r="C100" s="23" t="s">
+      <c r="C100" s="2" t="s">
         <v>105</v>
       </c>
-      <c r="D100" s="24">
+      <c r="D100" s="3">
         <v>4</v>
       </c>
-      <c r="E100" s="24">
+      <c r="E100" s="3">
         <v>3523</v>
       </c>
-      <c r="F100" s="24">
+      <c r="F100" s="3">
         <v>3527</v>
       </c>
-      <c r="G100" s="25">
+      <c r="G100" s="4">
         <v>1.11264276063105E-2</v>
       </c>
-      <c r="H100" s="25">
+      <c r="H100" s="4">
         <v>3.5908807999999999</v>
       </c>
-      <c r="I100" s="25">
+      <c r="I100" s="4">
         <v>277.98306139800002</v>
       </c>
-      <c r="J100" s="25">
+      <c r="J100" s="4">
         <v>281.573942198</v>
       </c>
-      <c r="K100" s="25">
+      <c r="K100" s="4">
         <v>1.46831251720191E-3</v>
       </c>
-      <c r="L100" s="24"/>
-      <c r="M100" s="24">
+      <c r="L100" s="3"/>
+      <c r="M100" s="3">
         <v>5870</v>
       </c>
-      <c r="N100" s="24">
+      <c r="N100" s="3">
         <v>5870</v>
       </c>
-      <c r="O100" s="25">
+      <c r="O100" s="4">
         <v>1.8517757314727101E-2</v>
       </c>
-      <c r="P100" s="25"/>
-      <c r="Q100" s="25">
+      <c r="P100" s="4"/>
+      <c r="Q100" s="4">
         <v>605.70539791399995</v>
       </c>
-      <c r="R100" s="25">
+      <c r="R100" s="4">
         <v>605.70539791399995</v>
       </c>
-      <c r="S100" s="25">
+      <c r="S100" s="4">
         <v>3.1585480195766699E-3</v>
       </c>
     </row>
-    <row r="101" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B101" s="22">
+    <row r="101" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B101" s="20">
         <v>96</v>
       </c>
-      <c r="C101" s="23" t="s">
+      <c r="C101" s="2" t="s">
         <v>106</v>
       </c>
-      <c r="D101" s="24">
+      <c r="D101" s="3">
         <v>13</v>
       </c>
-      <c r="E101" s="24">
+      <c r="E101" s="3">
         <v>17194</v>
       </c>
-      <c r="F101" s="24">
+      <c r="F101" s="3">
         <v>17207</v>
       </c>
-      <c r="G101" s="25">
+      <c r="G101" s="4">
         <v>5.4281950615759599E-2</v>
       </c>
-      <c r="H101" s="25">
+      <c r="H101" s="4">
         <v>2.366861214</v>
       </c>
-      <c r="I101" s="25">
+      <c r="I101" s="4">
         <v>3802.265711218</v>
       </c>
-      <c r="J101" s="25">
+      <c r="J101" s="4">
         <v>3804.632572432</v>
       </c>
-      <c r="K101" s="25">
+      <c r="K101" s="4">
         <v>1.9839867232912201E-2</v>
       </c>
-      <c r="L101" s="24">
+      <c r="L101" s="3">
         <v>25</v>
       </c>
-      <c r="M101" s="24">
+      <c r="M101" s="3">
         <v>28067</v>
       </c>
-      <c r="N101" s="24">
+      <c r="N101" s="3">
         <v>28092</v>
       </c>
-      <c r="O101" s="25">
+      <c r="O101" s="4">
         <v>8.8620245057123195E-2</v>
       </c>
-      <c r="P101" s="25">
+      <c r="P101" s="4">
         <v>4.7735000000000003</v>
       </c>
-      <c r="Q101" s="25">
+      <c r="Q101" s="4">
         <v>5149.768374061</v>
       </c>
-      <c r="R101" s="25">
+      <c r="R101" s="4">
         <v>5154.5418740610003</v>
       </c>
-      <c r="S101" s="25">
+      <c r="S101" s="4">
         <v>2.6879185961047099E-2</v>
       </c>
     </row>
-    <row r="102" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B102" s="22">
+    <row r="102" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B102" s="20">
         <v>97</v>
       </c>
-      <c r="C102" s="23" t="s">
+      <c r="C102" s="2" t="s">
         <v>107</v>
       </c>
-      <c r="D102" s="24">
+      <c r="D102" s="3">
         <v>24</v>
       </c>
-      <c r="E102" s="24">
+      <c r="E102" s="3">
         <v>2909</v>
       </c>
-      <c r="F102" s="24">
+      <c r="F102" s="3">
         <v>2933</v>
       </c>
-      <c r="G102" s="25">
+      <c r="G102" s="4">
         <v>9.2525693703738501E-3</v>
       </c>
-      <c r="H102" s="25">
+      <c r="H102" s="4">
         <v>210.0432854</v>
       </c>
-      <c r="I102" s="25">
+      <c r="I102" s="4">
         <v>590.06436689899999</v>
       </c>
-      <c r="J102" s="25">
+      <c r="J102" s="4">
         <v>800.10765229900005</v>
       </c>
-      <c r="K102" s="25">
+      <c r="K102" s="4">
         <v>4.1722897786953001E-3</v>
       </c>
-      <c r="L102" s="24"/>
-      <c r="M102" s="24">
+      <c r="L102" s="3"/>
+      <c r="M102" s="3">
         <v>3390</v>
       </c>
-      <c r="N102" s="24">
+      <c r="N102" s="3">
         <v>3390</v>
       </c>
-      <c r="O102" s="25">
+      <c r="O102" s="4">
         <v>1.0694241447516999E-2</v>
       </c>
-      <c r="P102" s="25"/>
-      <c r="Q102" s="25">
+      <c r="P102" s="4"/>
+      <c r="Q102" s="4">
         <v>838.39426986800004</v>
       </c>
-      <c r="R102" s="25">
+      <c r="R102" s="4">
         <v>838.39426986800004</v>
       </c>
-      <c r="S102" s="25">
+      <c r="S102" s="4">
         <v>4.3719414914179001E-3</v>
       </c>
     </row>
-    <row r="103" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B103" s="22">
+    <row r="103" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B103" s="20">
         <v>98</v>
       </c>
-      <c r="C103" s="23" t="s">
+      <c r="C103" s="2" t="s">
         <v>108</v>
       </c>
-      <c r="D103" s="24">
+      <c r="D103" s="3">
         <v>161</v>
       </c>
-      <c r="E103" s="24">
+      <c r="E103" s="3">
         <v>119</v>
       </c>
-      <c r="F103" s="24">
+      <c r="F103" s="3">
         <v>280</v>
       </c>
-      <c r="G103" s="25">
+      <c r="G103" s="4">
         <v>8.8330017855597605E-4</v>
       </c>
-      <c r="H103" s="25">
+      <c r="H103" s="4">
         <v>181.62517574899999</v>
       </c>
-      <c r="I103" s="25">
+      <c r="I103" s="4">
         <v>1489.2917578229999</v>
       </c>
-      <c r="J103" s="25">
+      <c r="J103" s="4">
         <v>1670.9169335720001</v>
       </c>
-      <c r="K103" s="25">
+      <c r="K103" s="4">
         <v>8.7132645500384194E-3</v>
       </c>
-      <c r="L103" s="24">
+      <c r="L103" s="3">
         <v>145</v>
       </c>
-      <c r="M103" s="24">
+      <c r="M103" s="3">
         <v>29</v>
       </c>
-      <c r="N103" s="24">
+      <c r="N103" s="3">
         <v>174</v>
       </c>
-      <c r="O103" s="25">
+      <c r="O103" s="4">
         <v>5.4890796810264304E-4</v>
       </c>
-      <c r="P103" s="25">
+      <c r="P103" s="4">
         <v>518.74129417500001</v>
       </c>
-      <c r="Q103" s="25">
+      <c r="Q103" s="4">
         <v>1123.0813859299999</v>
       </c>
-      <c r="R103" s="25">
+      <c r="R103" s="4">
         <v>1641.822680105</v>
       </c>
-      <c r="S103" s="25">
+      <c r="S103" s="4">
         <v>8.5615478953978402E-3</v>
       </c>
     </row>
-    <row r="104" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B104" s="22">
+    <row r="104" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B104" s="20">
         <v>99</v>
       </c>
-      <c r="C104" s="23" t="s">
+      <c r="C104" s="2" t="s">
         <v>109</v>
       </c>
-      <c r="D104" s="24">
+      <c r="D104" s="3">
         <v>10</v>
       </c>
-      <c r="E104" s="24">
+      <c r="E104" s="3">
         <v>20403</v>
       </c>
-      <c r="F104" s="24">
+      <c r="F104" s="3">
         <v>20413</v>
       </c>
-      <c r="G104" s="25">
+      <c r="G104" s="4">
         <v>6.4395737660225494E-2</v>
       </c>
-      <c r="H104" s="25">
+      <c r="H104" s="4">
         <v>1.0591577000000001</v>
       </c>
-      <c r="I104" s="25">
+      <c r="I104" s="4">
         <v>3118.0909903769998</v>
       </c>
-      <c r="J104" s="25">
+      <c r="J104" s="4">
         <v>3119.1501480769998</v>
       </c>
-      <c r="K104" s="25">
+      <c r="K104" s="4">
         <v>1.6265309103898298E-2</v>
       </c>
-      <c r="L104" s="24">
+      <c r="L104" s="3">
         <v>1</v>
       </c>
-      <c r="M104" s="24">
+      <c r="M104" s="3">
         <v>28667</v>
       </c>
-      <c r="N104" s="24">
+      <c r="N104" s="3">
         <v>28668</v>
       </c>
-      <c r="O104" s="25">
+      <c r="O104" s="4">
         <v>9.0437319710152606E-2</v>
       </c>
-      <c r="P104" s="25">
+      <c r="P104" s="4">
         <v>0.1</v>
       </c>
-      <c r="Q104" s="25">
+      <c r="Q104" s="4">
         <v>3352.3209094479998</v>
       </c>
-      <c r="R104" s="25">
+      <c r="R104" s="4">
         <v>3352.4209094480002</v>
       </c>
-      <c r="S104" s="25">
+      <c r="S104" s="4">
         <v>1.74817369315039E-2</v>
       </c>
     </row>
-    <row r="105" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B105" s="22">
+    <row r="105" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B105" s="20">
         <v>100</v>
       </c>
-      <c r="C105" s="23" t="s">
+      <c r="C105" s="2" t="s">
         <v>110</v>
       </c>
-      <c r="D105" s="24">
+      <c r="D105" s="3">
         <v>203</v>
       </c>
-      <c r="E105" s="24">
+      <c r="E105" s="3">
         <v>7317</v>
       </c>
-      <c r="F105" s="24">
+      <c r="F105" s="3">
         <v>7520</v>
       </c>
-      <c r="G105" s="25">
+      <c r="G105" s="4">
         <v>2.3722919081217701E-2</v>
       </c>
-      <c r="H105" s="25">
+      <c r="H105" s="4">
         <v>2036.469235757</v>
       </c>
-      <c r="I105" s="25">
+      <c r="I105" s="4">
         <v>31919.486834732001</v>
       </c>
-      <c r="J105" s="25">
+      <c r="J105" s="4">
         <v>33955.956070489003</v>
       </c>
-      <c r="K105" s="25">
+      <c r="K105" s="4">
         <v>0.177068783221416</v>
       </c>
-      <c r="L105" s="24">
+      <c r="L105" s="3">
         <v>358</v>
       </c>
-      <c r="M105" s="24">
+      <c r="M105" s="3">
         <v>8893</v>
       </c>
-      <c r="N105" s="24">
+      <c r="N105" s="3">
         <v>9251</v>
       </c>
-      <c r="O105" s="25">
+      <c r="O105" s="4">
         <v>2.9183606970790501E-2</v>
       </c>
-      <c r="P105" s="25">
+      <c r="P105" s="4">
         <v>2252.707091232</v>
       </c>
-      <c r="Q105" s="25">
+      <c r="Q105" s="4">
         <v>41828.511434157001</v>
       </c>
-      <c r="R105" s="25">
+      <c r="R105" s="4">
         <v>44081.218525388998</v>
       </c>
-      <c r="S105" s="25">
+      <c r="S105" s="4">
         <v>0.22986858950473299</v>
       </c>
     </row>
-    <row r="106" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B106" s="22">
+    <row r="106" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B106" s="20">
         <v>101</v>
       </c>
-      <c r="C106" s="23" t="s">
+      <c r="C106" s="2" t="s">
         <v>111</v>
       </c>
-      <c r="D106" s="24">
+      <c r="D106" s="3">
         <v>41</v>
       </c>
-      <c r="E106" s="24">
+      <c r="E106" s="3">
         <v>814</v>
       </c>
-      <c r="F106" s="24">
+      <c r="F106" s="3">
         <v>855</v>
       </c>
-      <c r="G106" s="25">
+      <c r="G106" s="4">
         <v>2.6972201880905702E-3</v>
       </c>
-      <c r="H106" s="25">
+      <c r="H106" s="4">
         <v>90.168052220000007</v>
       </c>
-      <c r="I106" s="25">
+      <c r="I106" s="4">
         <v>86.680227251000005</v>
       </c>
-      <c r="J106" s="25">
+      <c r="J106" s="4">
         <v>176.84827947100001</v>
       </c>
-      <c r="K106" s="25">
+      <c r="K106" s="4">
         <v>9.2220373933002105E-4</v>
       </c>
-      <c r="L106" s="24">
+      <c r="L106" s="3">
         <v>16</v>
       </c>
-      <c r="M106" s="24">
+      <c r="M106" s="3">
         <v>1004</v>
       </c>
-      <c r="N106" s="24">
+      <c r="N106" s="3">
         <v>1020</v>
       </c>
-      <c r="O106" s="25">
+      <c r="O106" s="4">
         <v>3.2177363647396301E-3</v>
       </c>
-      <c r="P106" s="25">
+      <c r="P106" s="4">
         <v>33.5</v>
       </c>
-      <c r="Q106" s="25">
+      <c r="Q106" s="4">
         <v>298.36387209499998</v>
       </c>
-      <c r="R106" s="25">
+      <c r="R106" s="4">
         <v>331.86387209499998</v>
       </c>
-      <c r="S106" s="25">
+      <c r="S106" s="4">
         <v>1.7305574287180699E-3</v>
       </c>
     </row>
-    <row r="107" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B107" s="22">
+    <row r="107" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B107" s="20">
         <v>102</v>
       </c>
-      <c r="C107" s="23" t="s">
+      <c r="C107" s="2" t="s">
         <v>112</v>
       </c>
-      <c r="D107" s="24">
+      <c r="D107" s="3">
         <v>8</v>
       </c>
-      <c r="E107" s="24">
+      <c r="E107" s="3">
         <v>26</v>
       </c>
-      <c r="F107" s="24">
+      <c r="F107" s="3">
         <v>34</v>
       </c>
-      <c r="G107" s="25">
+      <c r="G107" s="4">
         <v>1.0725787882465401E-4</v>
       </c>
-      <c r="H107" s="25">
+      <c r="H107" s="4">
         <v>112.6104215</v>
       </c>
-      <c r="I107" s="25">
+      <c r="I107" s="4">
         <v>12691.75</v>
       </c>
-      <c r="J107" s="25">
+      <c r="J107" s="4">
         <v>12804.3604215</v>
       </c>
-      <c r="K107" s="25">
+      <c r="K107" s="4">
         <v>6.6770392653850902E-2</v>
       </c>
-      <c r="L107" s="24">
+      <c r="L107" s="3">
         <v>33</v>
       </c>
-      <c r="M107" s="24"/>
-      <c r="N107" s="24">
+      <c r="M107" s="3"/>
+      <c r="N107" s="3">
         <v>33</v>
       </c>
-      <c r="O107" s="25">
+      <c r="O107" s="4">
         <v>1.04103235329812E-4</v>
       </c>
-      <c r="P107" s="25">
+      <c r="P107" s="4">
         <v>13335.8661522</v>
       </c>
-      <c r="Q107" s="25"/>
-      <c r="R107" s="25">
+      <c r="Q107" s="4"/>
+      <c r="R107" s="4">
         <v>13335.8661522</v>
       </c>
-      <c r="S107" s="25">
+      <c r="S107" s="4">
         <v>6.9542014598904994E-2</v>
       </c>
     </row>
-    <row r="108" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B108" s="22">
+    <row r="108" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B108" s="20">
         <v>103</v>
       </c>
-      <c r="C108" s="23" t="s">
+      <c r="C108" s="2" t="s">
         <v>113</v>
       </c>
-      <c r="D108" s="24">
+      <c r="D108" s="3">
         <v>324</v>
       </c>
-      <c r="E108" s="24">
+      <c r="E108" s="3">
         <v>9049</v>
       </c>
-      <c r="F108" s="24">
+      <c r="F108" s="3">
         <v>9373</v>
       </c>
-      <c r="G108" s="25">
+      <c r="G108" s="4">
         <v>2.9568473477161301E-2</v>
       </c>
-      <c r="H108" s="25">
+      <c r="H108" s="4">
         <v>5426.7432968060002</v>
       </c>
-      <c r="I108" s="25">
+      <c r="I108" s="4">
         <v>28573.629579551001</v>
       </c>
-      <c r="J108" s="25">
+      <c r="J108" s="4">
         <v>34000.372876357003</v>
       </c>
-      <c r="K108" s="25">
+      <c r="K108" s="4">
         <v>0.17730040178498399</v>
       </c>
-      <c r="L108" s="24">
+      <c r="L108" s="3">
         <v>376</v>
       </c>
-      <c r="M108" s="24">
+      <c r="M108" s="3">
         <v>15809</v>
       </c>
-      <c r="N108" s="24">
+      <c r="N108" s="3">
         <v>16185</v>
       </c>
-      <c r="O108" s="25">
+      <c r="O108" s="4">
         <v>5.1057904964030301E-2</v>
       </c>
-      <c r="P108" s="25">
+      <c r="P108" s="4">
         <v>6171.9643236940001</v>
       </c>
-      <c r="Q108" s="25">
+      <c r="Q108" s="4">
         <v>32915.863453528997</v>
       </c>
-      <c r="R108" s="25">
+      <c r="R108" s="4">
         <v>39087.827777222999</v>
       </c>
-      <c r="S108" s="25">
+      <c r="S108" s="4">
         <v>0.20382975195613401</v>
       </c>
     </row>
-    <row r="109" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B109" s="22">
+    <row r="109" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B109" s="20">
         <v>104</v>
       </c>
-      <c r="C109" s="23" t="s">
+      <c r="C109" s="2" t="s">
         <v>114</v>
       </c>
-      <c r="D109" s="24">
+      <c r="D109" s="3">
         <v>6</v>
       </c>
-      <c r="E109" s="24">
+      <c r="E109" s="3">
         <v>5351</v>
       </c>
-      <c r="F109" s="24">
+      <c r="F109" s="3">
         <v>5357</v>
       </c>
-      <c r="G109" s="25">
+      <c r="G109" s="4">
         <v>1.6899425201872698E-2</v>
       </c>
-      <c r="H109" s="25">
+      <c r="H109" s="4">
         <v>4.6188399999999998E-2</v>
       </c>
-      <c r="I109" s="25">
+      <c r="I109" s="4">
         <v>723.26216904199998</v>
       </c>
-      <c r="J109" s="25">
+      <c r="J109" s="4">
         <v>723.30835744199999</v>
       </c>
-      <c r="K109" s="25">
+      <c r="K109" s="4">
         <v>3.7718075285603802E-3</v>
       </c>
-      <c r="L109" s="24"/>
-      <c r="M109" s="24">
+      <c r="L109" s="3"/>
+      <c r="M109" s="3">
         <v>2955</v>
       </c>
-      <c r="N109" s="24">
+      <c r="N109" s="3">
         <v>2955</v>
       </c>
-      <c r="O109" s="25">
+      <c r="O109" s="4">
         <v>9.3219715272603899E-3</v>
       </c>
-      <c r="P109" s="25"/>
-      <c r="Q109" s="25">
+      <c r="P109" s="4"/>
+      <c r="Q109" s="4">
         <v>949.50437876299998</v>
       </c>
-      <c r="R109" s="25">
+      <c r="R109" s="4">
         <v>949.50437876299998</v>
       </c>
-      <c r="S109" s="25">
+      <c r="S109" s="4">
         <v>4.9513429886042896E-3</v>
       </c>
     </row>
-    <row r="110" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B110" s="22">
+    <row r="110" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B110" s="20">
         <v>105</v>
       </c>
-      <c r="C110" s="23" t="s">
+      <c r="C110" s="2" t="s">
         <v>115</v>
       </c>
-      <c r="D110" s="24">
+      <c r="D110" s="3">
         <v>20</v>
       </c>
-      <c r="E110" s="24">
+      <c r="E110" s="3">
         <v>659</v>
       </c>
-      <c r="F110" s="24">
+      <c r="F110" s="3">
         <v>679</v>
       </c>
-      <c r="G110" s="25">
+      <c r="G110" s="4">
         <v>2.1420029329982399E-3</v>
       </c>
-      <c r="H110" s="25">
+      <c r="H110" s="4">
         <v>1888.6794053000001</v>
       </c>
-      <c r="I110" s="25">
+      <c r="I110" s="4">
         <v>88948.207448072993</v>
       </c>
-      <c r="J110" s="25">
+      <c r="J110" s="4">
         <v>90836.886853372998</v>
       </c>
-      <c r="K110" s="25">
+      <c r="K110" s="4">
         <v>0.47368352678271602</v>
       </c>
-      <c r="L110" s="24"/>
-      <c r="M110" s="24">
+      <c r="L110" s="3"/>
+      <c r="M110" s="3">
         <v>2889</v>
       </c>
-      <c r="N110" s="24">
+      <c r="N110" s="3">
         <v>2889</v>
       </c>
-      <c r="O110" s="25">
+      <c r="O110" s="4">
         <v>9.1137650566007703E-3</v>
       </c>
-      <c r="P110" s="25"/>
-      <c r="Q110" s="25">
+      <c r="P110" s="4"/>
+      <c r="Q110" s="4">
         <v>186219.69523074999</v>
       </c>
-      <c r="R110" s="25">
+      <c r="R110" s="4">
         <v>186219.69523074999</v>
       </c>
-      <c r="S110" s="25">
+      <c r="S110" s="4">
         <v>0.97107249102107196</v>
       </c>
     </row>
-    <row r="111" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B111" s="22">
+    <row r="111" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B111" s="20">
         <v>106</v>
       </c>
-      <c r="C111" s="23" t="s">
+      <c r="C111" s="2" t="s">
         <v>116</v>
       </c>
-      <c r="D111" s="24">
+      <c r="D111" s="3">
         <v>1</v>
       </c>
-      <c r="E111" s="24">
+      <c r="E111" s="3">
         <v>3839</v>
       </c>
-      <c r="F111" s="24">
+      <c r="F111" s="3">
         <v>3840</v>
       </c>
-      <c r="G111" s="25">
+      <c r="G111" s="4">
         <v>1.2113831020196201E-2</v>
       </c>
-      <c r="H111" s="25">
+      <c r="H111" s="4">
         <v>7.5339999999999999E-4</v>
       </c>
-      <c r="I111" s="25">
+      <c r="I111" s="4">
         <v>558.40665093999996</v>
       </c>
-      <c r="J111" s="25">
+      <c r="J111" s="4">
         <v>558.40740433999997</v>
       </c>
-      <c r="K111" s="25">
+      <c r="K111" s="4">
         <v>2.9119050402543799E-3</v>
       </c>
-      <c r="L111" s="24"/>
-      <c r="M111" s="24">
+      <c r="L111" s="3"/>
+      <c r="M111" s="3">
         <v>5994</v>
       </c>
-      <c r="N111" s="24">
+      <c r="N111" s="3">
         <v>5994</v>
       </c>
-      <c r="O111" s="25">
+      <c r="O111" s="4">
         <v>1.8908933108087601E-2</v>
       </c>
-      <c r="P111" s="25"/>
-      <c r="Q111" s="25">
+      <c r="P111" s="4"/>
+      <c r="Q111" s="4">
         <v>701.01425996099999</v>
       </c>
-      <c r="R111" s="25">
+      <c r="R111" s="4">
         <v>701.01425996099999</v>
       </c>
-      <c r="S111" s="25">
+      <c r="S111" s="4">
         <v>3.6555513788061101E-3</v>
       </c>
     </row>
-    <row r="112" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B112" s="22">
+    <row r="112" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B112" s="20">
         <v>107</v>
       </c>
-      <c r="C112" s="23" t="s">
+      <c r="C112" s="2" t="s">
         <v>117</v>
       </c>
-      <c r="D112" s="24">
+      <c r="D112" s="3">
         <v>5</v>
       </c>
-      <c r="E112" s="24">
+      <c r="E112" s="3">
         <v>4010</v>
       </c>
-      <c r="F112" s="24">
+      <c r="F112" s="3">
         <v>4015</v>
       </c>
-      <c r="G112" s="25">
+      <c r="G112" s="4">
         <v>1.26658936317937E-2</v>
       </c>
-      <c r="H112" s="25">
+      <c r="H112" s="4">
         <v>1.5848154000000001</v>
       </c>
-      <c r="I112" s="25">
+      <c r="I112" s="4">
         <v>464.15485643199997</v>
       </c>
-      <c r="J112" s="25">
+      <c r="J112" s="4">
         <v>465.739671832</v>
       </c>
-      <c r="K112" s="25">
+      <c r="K112" s="4">
         <v>2.4286742749354199E-3</v>
       </c>
-      <c r="L112" s="24"/>
-      <c r="M112" s="24">
+      <c r="L112" s="3"/>
+      <c r="M112" s="3">
         <v>5937</v>
       </c>
-      <c r="N112" s="24">
+      <c r="N112" s="3">
         <v>5937</v>
       </c>
-      <c r="O112" s="25">
+      <c r="O112" s="4">
         <v>1.8729118428881499E-2</v>
       </c>
-      <c r="P112" s="25"/>
-      <c r="Q112" s="25">
+      <c r="P112" s="4"/>
+      <c r="Q112" s="4">
         <v>512.06476802300006</v>
       </c>
-      <c r="R112" s="25">
+      <c r="R112" s="4">
         <v>512.06476802300006</v>
       </c>
-      <c r="S112" s="25">
+      <c r="S112" s="4">
         <v>2.6702439246937002E-3</v>
       </c>
     </row>
-    <row r="113" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B113" s="22">
+    <row r="113" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B113" s="20">
         <v>108</v>
       </c>
-      <c r="C113" s="23" t="s">
+      <c r="C113" s="2" t="s">
         <v>118</v>
       </c>
-      <c r="D113" s="24">
+      <c r="D113" s="3">
         <v>1</v>
       </c>
-      <c r="E113" s="24">
+      <c r="E113" s="3">
         <v>1</v>
       </c>
-      <c r="F113" s="24">
+      <c r="F113" s="3">
         <v>2</v>
       </c>
-      <c r="G113" s="25">
+      <c r="G113" s="4">
         <v>6.3092869896855504E-6</v>
       </c>
-      <c r="H113" s="25">
+      <c r="H113" s="4">
         <v>1.2914999999999999E-3</v>
       </c>
-      <c r="I113" s="25">
+      <c r="I113" s="4">
         <v>2.5496715E-2</v>
       </c>
-      <c r="J113" s="25">
+      <c r="J113" s="4">
         <v>2.6788215000000001E-2</v>
       </c>
-      <c r="K113" s="25">
+      <c r="K113" s="4">
         <v>1.39691446910727E-7</v>
       </c>
-      <c r="L113" s="24">
+      <c r="L113" s="3">
         <v>1</v>
       </c>
-      <c r="M113" s="24">
+      <c r="M113" s="3">
         <v>4</v>
       </c>
-      <c r="N113" s="24">
+      <c r="N113" s="3">
         <v>5</v>
       </c>
-      <c r="O113" s="25">
+      <c r="O113" s="4">
         <v>1.5773217474213899E-5</v>
       </c>
-      <c r="P113" s="25">
+      <c r="P113" s="4">
         <v>18.037500000000001</v>
       </c>
-      <c r="Q113" s="25">
+      <c r="Q113" s="4">
         <v>59.7</v>
       </c>
-      <c r="R113" s="25">
+      <c r="R113" s="4">
         <v>77.737499999999997</v>
       </c>
-      <c r="S113" s="25">
+      <c r="S113" s="4">
         <v>4.0537467144498502E-4</v>
       </c>
     </row>
-    <row r="114" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B114" s="22">
+    <row r="114" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B114" s="20">
         <v>109</v>
       </c>
-      <c r="C114" s="23" t="s">
+      <c r="C114" s="2" t="s">
         <v>119</v>
       </c>
-      <c r="D114" s="24"/>
-      <c r="E114" s="24">
+      <c r="D114" s="3"/>
+      <c r="E114" s="3">
         <v>7</v>
       </c>
-      <c r="F114" s="24">
+      <c r="F114" s="3">
         <v>7</v>
       </c>
-      <c r="G114" s="25">
+      <c r="G114" s="4">
         <v>2.2082504463899401E-5</v>
       </c>
-      <c r="H114" s="25"/>
-      <c r="I114" s="25">
+      <c r="H114" s="4"/>
+      <c r="I114" s="4">
         <v>0.90753261399999996</v>
       </c>
-      <c r="J114" s="25">
+      <c r="J114" s="4">
         <v>0.90753261399999996</v>
       </c>
-      <c r="K114" s="25">
+      <c r="K114" s="4">
         <v>4.7324744843332797E-6</v>
       </c>
-      <c r="L114" s="24"/>
-[...9 lines deleted...]
-      <c r="B115" s="22">
+      <c r="L114" s="3"/>
+      <c r="M114" s="3"/>
+      <c r="N114" s="3"/>
+      <c r="O114" s="4"/>
+      <c r="P114" s="4"/>
+      <c r="Q114" s="4"/>
+      <c r="R114" s="4"/>
+      <c r="S114" s="4"/>
+    </row>
+    <row r="115" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B115" s="20">
         <v>110</v>
       </c>
-      <c r="C115" s="23" t="s">
+      <c r="C115" s="2" t="s">
         <v>120</v>
       </c>
-      <c r="D115" s="24"/>
-      <c r="E115" s="24">
+      <c r="D115" s="3"/>
+      <c r="E115" s="3">
         <v>331</v>
       </c>
-      <c r="F115" s="24">
+      <c r="F115" s="3">
         <v>331</v>
       </c>
-      <c r="G115" s="25">
+      <c r="G115" s="4">
         <v>1.0441869967929599E-3</v>
       </c>
-      <c r="H115" s="25"/>
-      <c r="I115" s="25">
+      <c r="H115" s="4"/>
+      <c r="I115" s="4">
         <v>18.389656173999999</v>
       </c>
-      <c r="J115" s="25">
+      <c r="J115" s="4">
         <v>18.389656173999999</v>
       </c>
-      <c r="K115" s="25">
+      <c r="K115" s="4">
         <v>9.5895813854593895E-5</v>
       </c>
-      <c r="L115" s="24"/>
-      <c r="M115" s="24">
+      <c r="L115" s="3"/>
+      <c r="M115" s="3">
         <v>671</v>
       </c>
-      <c r="N115" s="24">
+      <c r="N115" s="3">
         <v>671</v>
       </c>
-      <c r="O115" s="25">
+      <c r="O115" s="4">
         <v>2.1167657850395E-3</v>
       </c>
-      <c r="P115" s="25"/>
-      <c r="Q115" s="25">
+      <c r="P115" s="4"/>
+      <c r="Q115" s="4">
         <v>37.089867699999999</v>
       </c>
-      <c r="R115" s="25">
+      <c r="R115" s="4">
         <v>37.089867699999999</v>
       </c>
-      <c r="S115" s="25">
+      <c r="S115" s="4">
         <v>1.9341106843962701E-4</v>
       </c>
     </row>
-    <row r="116" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B116" s="22">
+    <row r="116" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B116" s="20">
         <v>111</v>
       </c>
-      <c r="C116" s="23" t="s">
+      <c r="C116" s="2" t="s">
         <v>121</v>
       </c>
-      <c r="D116" s="24">
+      <c r="D116" s="3">
         <v>59</v>
       </c>
-      <c r="E116" s="24">
+      <c r="E116" s="3">
         <v>8054</v>
       </c>
-      <c r="F116" s="24">
+      <c r="F116" s="3">
         <v>8113</v>
       </c>
-      <c r="G116" s="25">
+      <c r="G116" s="4">
         <v>2.5593622673659399E-2</v>
       </c>
-      <c r="H116" s="25">
+      <c r="H116" s="4">
         <v>19.699586564000001</v>
       </c>
-      <c r="I116" s="25">
+      <c r="I116" s="4">
         <v>1200.9613938089999</v>
       </c>
-      <c r="J116" s="25">
+      <c r="J116" s="4">
         <v>1220.660980373</v>
       </c>
-      <c r="K116" s="25">
+      <c r="K116" s="4">
         <v>6.3653326112161901E-3</v>
       </c>
-      <c r="L116" s="24">
+      <c r="L116" s="3">
         <v>25</v>
       </c>
-      <c r="M116" s="24">
+      <c r="M116" s="3">
         <v>8235</v>
       </c>
-      <c r="N116" s="24">
+      <c r="N116" s="3">
         <v>8260</v>
       </c>
-      <c r="O116" s="25">
+      <c r="O116" s="4">
         <v>2.60573552674013E-2</v>
       </c>
-      <c r="P116" s="25">
+      <c r="P116" s="4">
         <v>5.5922254239999996</v>
       </c>
-      <c r="Q116" s="25">
+      <c r="Q116" s="4">
         <v>1174.4512055549999</v>
       </c>
-      <c r="R116" s="25">
+      <c r="R116" s="4">
         <v>1180.043430979</v>
       </c>
-      <c r="S116" s="25">
+      <c r="S116" s="4">
         <v>6.1535258803527898E-3</v>
       </c>
     </row>
-    <row r="117" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B117" s="22">
+    <row r="117" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B117" s="20">
         <v>112</v>
       </c>
-      <c r="C117" s="23" t="s">
+      <c r="C117" s="2" t="s">
         <v>122</v>
       </c>
-      <c r="D117" s="24">
+      <c r="D117" s="3">
         <v>92</v>
       </c>
-      <c r="E117" s="24">
+      <c r="E117" s="3">
         <v>54</v>
       </c>
-      <c r="F117" s="24">
+      <c r="F117" s="3">
         <v>146</v>
       </c>
-      <c r="G117" s="25">
+      <c r="G117" s="4">
         <v>4.60577950247045E-4</v>
       </c>
-      <c r="H117" s="25">
+      <c r="H117" s="4">
         <v>27852.259676999998</v>
       </c>
-      <c r="I117" s="25">
+      <c r="I117" s="4">
         <v>36776.989609752003</v>
       </c>
-      <c r="J117" s="25">
+      <c r="J117" s="4">
         <v>64629.249286751998</v>
       </c>
-      <c r="K117" s="25">
+      <c r="K117" s="4">
         <v>0.33701959408719301</v>
       </c>
-      <c r="L117" s="24">
+      <c r="L117" s="3">
         <v>145</v>
       </c>
-      <c r="M117" s="24"/>
-      <c r="N117" s="24">
+      <c r="M117" s="3"/>
+      <c r="N117" s="3">
         <v>145</v>
       </c>
-      <c r="O117" s="25">
+      <c r="O117" s="4">
         <v>4.5742330675220202E-4</v>
       </c>
-      <c r="P117" s="25">
+      <c r="P117" s="4">
         <v>64243.658587888</v>
       </c>
-      <c r="Q117" s="25"/>
-      <c r="R117" s="25">
+      <c r="Q117" s="4"/>
+      <c r="R117" s="4">
         <v>64243.658587888</v>
       </c>
-      <c r="S117" s="25">
+      <c r="S117" s="4">
         <v>0.335008869496561</v>
       </c>
     </row>
-    <row r="118" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B118" s="22">
+    <row r="118" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B118" s="20">
         <v>113</v>
       </c>
-      <c r="C118" s="23" t="s">
+      <c r="C118" s="2" t="s">
         <v>123</v>
       </c>
-      <c r="D118" s="24">
+      <c r="D118" s="3">
         <v>2</v>
       </c>
-      <c r="E118" s="24">
+      <c r="E118" s="3">
         <v>234</v>
       </c>
-      <c r="F118" s="24">
+      <c r="F118" s="3">
         <v>236</v>
       </c>
-      <c r="G118" s="25">
+      <c r="G118" s="4">
         <v>7.4449586478289402E-4</v>
       </c>
-      <c r="H118" s="25">
+      <c r="H118" s="4">
         <v>65.612020548000004</v>
       </c>
-      <c r="I118" s="25">
+      <c r="I118" s="4">
         <v>120.797183</v>
       </c>
-      <c r="J118" s="25">
+      <c r="J118" s="4">
         <v>186.40920354799999</v>
       </c>
-      <c r="K118" s="25">
+      <c r="K118" s="4">
         <v>9.7206071255947102E-4</v>
       </c>
-      <c r="L118" s="24">
+      <c r="L118" s="3">
         <v>20</v>
       </c>
-      <c r="M118" s="24">
+      <c r="M118" s="3">
         <v>40</v>
       </c>
-      <c r="N118" s="24">
+      <c r="N118" s="3">
         <v>60</v>
       </c>
-      <c r="O118" s="25">
+      <c r="O118" s="4">
         <v>1.8927860969056599E-4</v>
       </c>
-      <c r="P118" s="25">
+      <c r="P118" s="4">
         <v>105.68237209999999</v>
       </c>
-      <c r="Q118" s="25">
+      <c r="Q118" s="4">
         <v>107.090281195</v>
       </c>
-      <c r="R118" s="25">
+      <c r="R118" s="4">
         <v>212.772653295</v>
       </c>
-      <c r="S118" s="25">
+      <c r="S118" s="4">
         <v>1.1095371528790901E-3</v>
       </c>
     </row>
-    <row r="119" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B119" s="22">
+    <row r="119" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B119" s="20">
         <v>114</v>
       </c>
-      <c r="C119" s="23" t="s">
+      <c r="C119" s="2" t="s">
         <v>124</v>
       </c>
-      <c r="D119" s="24">
+      <c r="D119" s="3">
         <v>6</v>
       </c>
-      <c r="E119" s="24">
+      <c r="E119" s="3">
         <v>2776</v>
       </c>
-      <c r="F119" s="24">
+      <c r="F119" s="3">
         <v>2782</v>
       </c>
-      <c r="G119" s="25">
+      <c r="G119" s="4">
         <v>8.7762182026526001E-3</v>
       </c>
-      <c r="H119" s="25">
+      <c r="H119" s="4">
         <v>75.014468600000001</v>
       </c>
-      <c r="I119" s="25">
+      <c r="I119" s="4">
         <v>1075.202650193</v>
       </c>
-      <c r="J119" s="25">
+      <c r="J119" s="4">
         <v>1150.2171187930001</v>
       </c>
-      <c r="K119" s="25">
+      <c r="K119" s="4">
         <v>5.9979917880187798E-3</v>
       </c>
-      <c r="L119" s="24"/>
-      <c r="M119" s="24">
+      <c r="L119" s="3"/>
+      <c r="M119" s="3">
         <v>2108</v>
       </c>
-      <c r="N119" s="24">
+      <c r="N119" s="3">
         <v>2108</v>
       </c>
-      <c r="O119" s="25">
+      <c r="O119" s="4">
         <v>6.64998848712857E-3</v>
       </c>
-      <c r="P119" s="25"/>
-      <c r="Q119" s="25">
+      <c r="P119" s="4"/>
+      <c r="Q119" s="4">
         <v>374.02738843200001</v>
       </c>
-      <c r="R119" s="25">
+      <c r="R119" s="4">
         <v>374.02738843200001</v>
       </c>
-      <c r="S119" s="25">
+      <c r="S119" s="4">
         <v>1.9504258523498699E-3</v>
       </c>
     </row>
-    <row r="120" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B120" s="22">
+    <row r="120" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B120" s="20">
         <v>115</v>
       </c>
-      <c r="C120" s="23" t="s">
+      <c r="C120" s="2" t="s">
         <v>125</v>
       </c>
-      <c r="D120" s="24">
+      <c r="D120" s="3">
         <v>25</v>
       </c>
-      <c r="E120" s="24">
+      <c r="E120" s="3">
         <v>10631</v>
       </c>
-      <c r="F120" s="24">
+      <c r="F120" s="3">
         <v>10656</v>
       </c>
-      <c r="G120" s="25">
+      <c r="G120" s="4">
         <v>3.3615881081044602E-2</v>
       </c>
-      <c r="H120" s="25">
+      <c r="H120" s="4">
         <v>433.07530143399998</v>
       </c>
-      <c r="I120" s="25">
+      <c r="I120" s="4">
         <v>6581.3686697769999</v>
       </c>
-      <c r="J120" s="25">
+      <c r="J120" s="4">
         <v>7014.4439712109997</v>
       </c>
-      <c r="K120" s="25">
+      <c r="K120" s="4">
         <v>3.6577943980690399E-2</v>
       </c>
-      <c r="L120" s="24">
+      <c r="L120" s="3">
         <v>23</v>
       </c>
-      <c r="M120" s="24">
+      <c r="M120" s="3">
         <v>12066</v>
       </c>
-      <c r="N120" s="24">
+      <c r="N120" s="3">
         <v>12089</v>
       </c>
-      <c r="O120" s="25">
+      <c r="O120" s="4">
         <v>3.8136485209154303E-2</v>
       </c>
-      <c r="P120" s="25">
+      <c r="P120" s="4">
         <v>429</v>
       </c>
-      <c r="Q120" s="25">
+      <c r="Q120" s="4">
         <v>15034.381565426</v>
       </c>
-      <c r="R120" s="25">
+      <c r="R120" s="4">
         <v>15463.381565426</v>
       </c>
-      <c r="S120" s="25">
+      <c r="S120" s="4">
         <v>8.0636285210008096E-2</v>
       </c>
     </row>
-    <row r="121" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B121" s="22">
+    <row r="121" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B121" s="20">
         <v>116</v>
       </c>
-      <c r="C121" s="23" t="s">
+      <c r="C121" s="2" t="s">
         <v>126</v>
       </c>
-      <c r="D121" s="24">
+      <c r="D121" s="3">
         <v>50</v>
       </c>
-      <c r="E121" s="24">
+      <c r="E121" s="3">
         <v>8756</v>
       </c>
-      <c r="F121" s="24">
+      <c r="F121" s="3">
         <v>8806</v>
       </c>
-      <c r="G121" s="25">
+      <c r="G121" s="4">
         <v>2.7779790615585501E-2</v>
       </c>
-      <c r="H121" s="25">
+      <c r="H121" s="4">
         <v>3235.173930548</v>
       </c>
-      <c r="I121" s="25">
+      <c r="I121" s="4">
         <v>378679.89181257802</v>
       </c>
-      <c r="J121" s="25">
+      <c r="J121" s="4">
         <v>381915.06574312598</v>
       </c>
-      <c r="K121" s="25">
+      <c r="K121" s="4">
         <v>1.9915574117447801</v>
       </c>
-      <c r="L121" s="24">
+      <c r="L121" s="3">
         <v>192</v>
       </c>
-      <c r="M121" s="24">
+      <c r="M121" s="3">
         <v>10909</v>
       </c>
-      <c r="N121" s="24">
+      <c r="N121" s="3">
         <v>11101</v>
       </c>
-      <c r="O121" s="25">
+      <c r="O121" s="4">
         <v>3.5019697436249601E-2</v>
       </c>
-      <c r="P121" s="25">
+      <c r="P121" s="4">
         <v>15816.338388141001</v>
       </c>
-      <c r="Q121" s="25">
+      <c r="Q121" s="4">
         <v>366098.97513098503</v>
       </c>
-      <c r="R121" s="25">
+      <c r="R121" s="4">
         <v>381915.31351912598</v>
       </c>
-      <c r="S121" s="25">
+      <c r="S121" s="4">
         <v>1.9915587038125</v>
       </c>
     </row>
-    <row r="122" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B122" s="22">
+    <row r="122" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B122" s="20">
         <v>117</v>
       </c>
-      <c r="C122" s="23" t="s">
+      <c r="C122" s="2" t="s">
         <v>127</v>
       </c>
-      <c r="D122" s="24">
+      <c r="D122" s="3">
         <v>12</v>
       </c>
-      <c r="E122" s="24">
+      <c r="E122" s="3">
         <v>9238</v>
       </c>
-      <c r="F122" s="24">
+      <c r="F122" s="3">
         <v>9250</v>
       </c>
-      <c r="G122" s="25">
+      <c r="G122" s="4">
         <v>2.91804523272957E-2</v>
       </c>
-      <c r="H122" s="25">
+      <c r="H122" s="4">
         <v>2.4753595000000002</v>
       </c>
-      <c r="I122" s="25">
+      <c r="I122" s="4">
         <v>1020.143236154</v>
       </c>
-      <c r="J122" s="25">
+      <c r="J122" s="4">
         <v>1022.618595654</v>
       </c>
-      <c r="K122" s="25">
+      <c r="K122" s="4">
         <v>5.3326088081913203E-3</v>
       </c>
-      <c r="L122" s="24"/>
-      <c r="M122" s="24">
+      <c r="L122" s="3"/>
+      <c r="M122" s="3">
         <v>10507</v>
       </c>
-      <c r="N122" s="24">
+      <c r="N122" s="3">
         <v>10507</v>
       </c>
-      <c r="O122" s="25">
+      <c r="O122" s="4">
         <v>3.3145839200312999E-2</v>
       </c>
-      <c r="P122" s="25"/>
-      <c r="Q122" s="25">
+      <c r="P122" s="4"/>
+      <c r="Q122" s="4">
         <v>1253.0077775520001</v>
       </c>
-      <c r="R122" s="25">
+      <c r="R122" s="4">
         <v>1253.0077775520001</v>
       </c>
-      <c r="S122" s="25">
+      <c r="S122" s="4">
         <v>6.5340101771108302E-3</v>
       </c>
     </row>
-    <row r="123" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B123" s="22">
+    <row r="123" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B123" s="20">
         <v>118</v>
       </c>
-      <c r="C123" s="23" t="s">
+      <c r="C123" s="2" t="s">
         <v>128</v>
       </c>
-      <c r="D123" s="24">
+      <c r="D123" s="3">
         <v>50</v>
       </c>
-      <c r="E123" s="24">
+      <c r="E123" s="3">
         <v>609</v>
       </c>
-      <c r="F123" s="24">
+      <c r="F123" s="3">
         <v>659</v>
       </c>
-      <c r="G123" s="25">
+      <c r="G123" s="4">
         <v>2.0789100631013898E-3</v>
       </c>
-      <c r="H123" s="25">
+      <c r="H123" s="4">
         <v>9056.5388017000005</v>
       </c>
-      <c r="I123" s="25">
+      <c r="I123" s="4">
         <v>6131.8571670250003</v>
       </c>
-      <c r="J123" s="25">
+      <c r="J123" s="4">
         <v>15188.395968725001</v>
       </c>
-      <c r="K123" s="25">
+      <c r="K123" s="4">
         <v>7.9202328677899794E-2</v>
       </c>
-      <c r="L123" s="24"/>
-      <c r="M123" s="24">
+      <c r="L123" s="3"/>
+      <c r="M123" s="3">
         <v>3092</v>
       </c>
-      <c r="N123" s="24">
+      <c r="N123" s="3">
         <v>3092</v>
       </c>
-      <c r="O123" s="25">
+      <c r="O123" s="4">
         <v>9.7541576860538503E-3</v>
       </c>
-      <c r="P123" s="25"/>
-      <c r="Q123" s="25">
+      <c r="P123" s="4"/>
+      <c r="Q123" s="4">
         <v>9362.8452091180006</v>
       </c>
-      <c r="R123" s="25">
+      <c r="R123" s="4">
         <v>9362.8452091180006</v>
       </c>
-      <c r="S123" s="25">
+      <c r="S123" s="4">
         <v>4.8824059179115101E-2</v>
       </c>
     </row>
-    <row r="124" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B124" s="22">
+    <row r="124" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B124" s="20">
         <v>119</v>
       </c>
-      <c r="C124" s="23" t="s">
+      <c r="C124" s="2" t="s">
         <v>129</v>
       </c>
-      <c r="D124" s="24">
+      <c r="D124" s="3">
         <v>233</v>
       </c>
-      <c r="E124" s="24">
+      <c r="E124" s="3">
         <v>622</v>
       </c>
-      <c r="F124" s="24">
+      <c r="F124" s="3">
         <v>855</v>
       </c>
-      <c r="G124" s="25">
+      <c r="G124" s="4">
         <v>2.6972201880905702E-3</v>
       </c>
-      <c r="H124" s="25">
+      <c r="H124" s="4">
         <v>35172.280367314997</v>
       </c>
-      <c r="I124" s="25">
+      <c r="I124" s="4">
         <v>26237.152376827999</v>
       </c>
-      <c r="J124" s="25">
+      <c r="J124" s="4">
         <v>61409.432744143</v>
       </c>
-      <c r="K124" s="25">
+      <c r="K124" s="4">
         <v>0.32022934391098101</v>
       </c>
-      <c r="L124" s="24">
+      <c r="L124" s="3">
         <v>618</v>
       </c>
-      <c r="M124" s="24"/>
-      <c r="N124" s="24">
+      <c r="M124" s="3"/>
+      <c r="N124" s="3">
         <v>618</v>
       </c>
-      <c r="O124" s="25">
+      <c r="O124" s="4">
         <v>1.9495696798128299E-3</v>
       </c>
-      <c r="P124" s="25">
+      <c r="P124" s="4">
         <v>91477.548656529994</v>
       </c>
-      <c r="Q124" s="25"/>
-      <c r="R124" s="25">
+      <c r="Q124" s="4"/>
+      <c r="R124" s="4">
         <v>91477.548656529994</v>
       </c>
-      <c r="S124" s="25">
+      <c r="S124" s="4">
         <v>0.47702436058830699</v>
       </c>
     </row>
-    <row r="125" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B125" s="22">
+    <row r="125" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B125" s="20">
         <v>120</v>
       </c>
-      <c r="C125" s="23" t="s">
+      <c r="C125" s="2" t="s">
         <v>130</v>
       </c>
-      <c r="D125" s="24">
+      <c r="D125" s="3">
         <v>6</v>
       </c>
-      <c r="E125" s="24">
+      <c r="E125" s="3">
         <v>5310</v>
       </c>
-      <c r="F125" s="24">
+      <c r="F125" s="3">
         <v>5316</v>
       </c>
-      <c r="G125" s="25">
+      <c r="G125" s="4">
         <v>1.6770084818584201E-2</v>
       </c>
-      <c r="H125" s="25">
+      <c r="H125" s="4">
         <v>0.460673</v>
       </c>
-      <c r="I125" s="25">
+      <c r="I125" s="4">
         <v>370.43101648999999</v>
       </c>
-      <c r="J125" s="25">
+      <c r="J125" s="4">
         <v>370.89168948999998</v>
       </c>
-      <c r="K125" s="25">
+      <c r="K125" s="4">
         <v>1.9340742469038E-3</v>
       </c>
-      <c r="L125" s="24">
+      <c r="L125" s="3">
         <v>2</v>
       </c>
-      <c r="M125" s="24">
+      <c r="M125" s="3">
         <v>10236</v>
       </c>
-      <c r="N125" s="24">
+      <c r="N125" s="3">
         <v>10238</v>
       </c>
-      <c r="O125" s="25">
+      <c r="O125" s="4">
         <v>3.2297240100200297E-2</v>
       </c>
-      <c r="P125" s="25">
+      <c r="P125" s="4">
         <v>0.1346</v>
       </c>
-      <c r="Q125" s="25">
+      <c r="Q125" s="4">
         <v>737.55307969299997</v>
       </c>
-      <c r="R125" s="25">
+      <c r="R125" s="4">
         <v>737.68767969299995</v>
       </c>
-      <c r="S125" s="25">
+      <c r="S125" s="4">
         <v>3.8467908124722701E-3</v>
       </c>
     </row>
-    <row r="126" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B126" s="22">
+    <row r="126" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B126" s="20">
         <v>121</v>
       </c>
-      <c r="C126" s="23" t="s">
+      <c r="C126" s="2" t="s">
         <v>131</v>
       </c>
-      <c r="D126" s="24">
+      <c r="D126" s="3">
         <v>6</v>
       </c>
-      <c r="E126" s="24">
+      <c r="E126" s="3">
         <v>1235</v>
       </c>
-      <c r="F126" s="24">
+      <c r="F126" s="3">
         <v>1241</v>
       </c>
-      <c r="G126" s="25">
+      <c r="G126" s="4">
         <v>3.9149125770998796E-3</v>
       </c>
-      <c r="H126" s="25">
+      <c r="H126" s="4">
         <v>21.586713199999998</v>
       </c>
-      <c r="I126" s="25">
+      <c r="I126" s="4">
         <v>901.71642215099996</v>
       </c>
-      <c r="J126" s="25">
+      <c r="J126" s="4">
         <v>923.30313535100004</v>
       </c>
-      <c r="K126" s="25">
+      <c r="K126" s="4">
         <v>4.8147123992543697E-3</v>
       </c>
-      <c r="L126" s="24">
+      <c r="L126" s="3">
         <v>17</v>
       </c>
-      <c r="M126" s="24">
+      <c r="M126" s="3">
         <v>112</v>
       </c>
-      <c r="N126" s="24">
+      <c r="N126" s="3">
         <v>129</v>
       </c>
-      <c r="O126" s="25">
+      <c r="O126" s="4">
         <v>4.0694901083471798E-4</v>
       </c>
-      <c r="P126" s="25">
+      <c r="P126" s="4">
         <v>169.271518485</v>
       </c>
-      <c r="Q126" s="25">
+      <c r="Q126" s="4">
         <v>229.59018882699999</v>
       </c>
-      <c r="R126" s="25">
+      <c r="R126" s="4">
         <v>398.86170731200002</v>
       </c>
-      <c r="S126" s="25">
+      <c r="S126" s="4">
         <v>2.0799283943217601E-3</v>
       </c>
     </row>
-    <row r="127" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B127" s="22">
+    <row r="127" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B127" s="20">
         <v>122</v>
       </c>
-      <c r="C127" s="23" t="s">
+      <c r="C127" s="2" t="s">
         <v>132</v>
       </c>
-      <c r="D127" s="24">
+      <c r="D127" s="3">
         <v>614</v>
       </c>
-      <c r="E127" s="24">
+      <c r="E127" s="3">
         <v>90089</v>
       </c>
-      <c r="F127" s="24">
+      <c r="F127" s="3">
         <v>90703</v>
       </c>
-      <c r="G127" s="25">
+      <c r="G127" s="4">
         <v>0.28613562891272398</v>
       </c>
-      <c r="H127" s="25">
+      <c r="H127" s="4">
         <v>823.57593406900003</v>
       </c>
-      <c r="I127" s="25">
+      <c r="I127" s="4">
         <v>19573.982153812001</v>
       </c>
-      <c r="J127" s="25">
+      <c r="J127" s="4">
         <v>20397.558087881</v>
       </c>
-      <c r="K127" s="25">
+      <c r="K127" s="4">
         <v>0.106366340674125</v>
       </c>
-      <c r="L127" s="24">
+      <c r="L127" s="3">
         <v>1547</v>
       </c>
-      <c r="M127" s="24">
+      <c r="M127" s="3">
         <v>109705</v>
       </c>
-      <c r="N127" s="24">
+      <c r="N127" s="3">
         <v>111252</v>
       </c>
-      <c r="O127" s="25">
+      <c r="O127" s="4">
         <v>0.35096039808824803</v>
       </c>
-      <c r="P127" s="25">
+      <c r="P127" s="4">
         <v>886.35403977500005</v>
       </c>
-      <c r="Q127" s="25">
+      <c r="Q127" s="4">
         <v>23105.141969865999</v>
       </c>
-      <c r="R127" s="25">
+      <c r="R127" s="4">
         <v>23991.496009641</v>
       </c>
-      <c r="S127" s="25">
+      <c r="S127" s="4">
         <v>0.12510750683237701</v>
       </c>
     </row>
-    <row r="128" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B128" s="22">
+    <row r="128" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B128" s="20">
         <v>123</v>
       </c>
-      <c r="C128" s="23" t="s">
+      <c r="C128" s="2" t="s">
         <v>133</v>
       </c>
-      <c r="D128" s="24">
+      <c r="D128" s="3">
         <v>4799</v>
       </c>
-      <c r="E128" s="24">
+      <c r="E128" s="3">
         <v>1152240</v>
       </c>
-      <c r="F128" s="24">
+      <c r="F128" s="3">
         <v>1157039</v>
       </c>
-      <c r="G128" s="25">
+      <c r="G128" s="4">
         <v>3.65004555462939</v>
       </c>
-      <c r="H128" s="25">
+      <c r="H128" s="4">
         <v>104808.29330343701</v>
       </c>
-      <c r="I128" s="25">
+      <c r="I128" s="4">
         <v>368911.79667290201</v>
       </c>
-      <c r="J128" s="25">
+      <c r="J128" s="4">
         <v>473720.08997633902</v>
       </c>
-      <c r="K128" s="25">
+      <c r="K128" s="4">
         <v>2.4702894462910101</v>
       </c>
-      <c r="L128" s="24">
+      <c r="L128" s="3">
         <v>4382</v>
       </c>
-      <c r="M128" s="24">
+      <c r="M128" s="3">
         <v>1337658</v>
       </c>
-      <c r="N128" s="24">
+      <c r="N128" s="3">
         <v>1342040</v>
       </c>
-      <c r="O128" s="25">
+      <c r="O128" s="4">
         <v>4.2336577558188004</v>
       </c>
-      <c r="P128" s="25">
+      <c r="P128" s="4">
         <v>10600.794903309001</v>
       </c>
-      <c r="Q128" s="25">
+      <c r="Q128" s="4">
         <v>448861.16073325102</v>
       </c>
-      <c r="R128" s="25">
+      <c r="R128" s="4">
         <v>459461.95563655999</v>
       </c>
-      <c r="S128" s="25">
+      <c r="S128" s="4">
         <v>2.39593811619413</v>
       </c>
     </row>
-    <row r="129" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B129" s="22">
+    <row r="129" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B129" s="20">
         <v>124</v>
       </c>
-      <c r="C129" s="23" t="s">
+      <c r="C129" s="2" t="s">
         <v>134</v>
       </c>
-      <c r="D129" s="24">
+      <c r="D129" s="3">
         <v>38</v>
       </c>
-      <c r="E129" s="24">
+      <c r="E129" s="3">
         <v>175</v>
       </c>
-      <c r="F129" s="24">
+      <c r="F129" s="3">
         <v>213</v>
       </c>
-      <c r="G129" s="25">
+      <c r="G129" s="4">
         <v>6.7193906440151101E-4</v>
       </c>
-      <c r="H129" s="25">
+      <c r="H129" s="4">
         <v>721.08440370000005</v>
       </c>
-      <c r="I129" s="25">
+      <c r="I129" s="4">
         <v>1365.1557944450001</v>
       </c>
-      <c r="J129" s="25">
+      <c r="J129" s="4">
         <v>2086.2401981449998</v>
       </c>
-      <c r="K129" s="25">
+      <c r="K129" s="4">
         <v>1.08790343769526E-2</v>
       </c>
-      <c r="L129" s="24">
+      <c r="L129" s="3">
         <v>63</v>
       </c>
-      <c r="M129" s="24">
+      <c r="M129" s="3">
         <v>213</v>
       </c>
-      <c r="N129" s="24">
+      <c r="N129" s="3">
         <v>276</v>
       </c>
-      <c r="O129" s="25">
+      <c r="O129" s="4">
         <v>8.7068160457660503E-4</v>
       </c>
-      <c r="P129" s="25">
+      <c r="P129" s="4">
         <v>653.43534959299996</v>
       </c>
-      <c r="Q129" s="25">
+      <c r="Q129" s="4">
         <v>1733.5533103759999</v>
       </c>
-      <c r="R129" s="25">
+      <c r="R129" s="4">
         <v>2386.9886599689999</v>
       </c>
-      <c r="S129" s="25">
+      <c r="S129" s="4">
         <v>1.24473355044585E-2</v>
       </c>
     </row>
-    <row r="130" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B130" s="22">
+    <row r="130" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B130" s="20">
         <v>125</v>
       </c>
-      <c r="C130" s="23" t="s">
+      <c r="C130" s="2" t="s">
         <v>135</v>
       </c>
-      <c r="D130" s="24">
+      <c r="D130" s="3">
         <v>5</v>
       </c>
-      <c r="E130" s="24">
+      <c r="E130" s="3">
         <v>3830</v>
       </c>
-      <c r="F130" s="24">
+      <c r="F130" s="3">
         <v>3835</v>
       </c>
-      <c r="G130" s="25">
+      <c r="G130" s="4">
         <v>1.2098057802722001E-2</v>
       </c>
-      <c r="H130" s="25">
+      <c r="H130" s="4">
         <v>1.2236076</v>
       </c>
-      <c r="I130" s="25">
+      <c r="I130" s="4">
         <v>873.09438005499999</v>
       </c>
-      <c r="J130" s="25">
+      <c r="J130" s="4">
         <v>874.31798765500002</v>
       </c>
-      <c r="K130" s="25">
+      <c r="K130" s="4">
         <v>4.5592714839567299E-3</v>
       </c>
-      <c r="L130" s="24"/>
-      <c r="M130" s="24">
+      <c r="L130" s="3"/>
+      <c r="M130" s="3">
         <v>5519</v>
       </c>
-      <c r="N130" s="24">
+      <c r="N130" s="3">
         <v>5519</v>
       </c>
-      <c r="O130" s="25">
+      <c r="O130" s="4">
         <v>1.7410477448037299E-2</v>
       </c>
-      <c r="P130" s="25"/>
-      <c r="Q130" s="25">
+      <c r="P130" s="4"/>
+      <c r="Q130" s="4">
         <v>946.71721758800004</v>
       </c>
-      <c r="R130" s="25">
+      <c r="R130" s="4">
         <v>946.71721758800004</v>
       </c>
-      <c r="S130" s="25">
+      <c r="S130" s="4">
         <v>4.9368088892882602E-3</v>
       </c>
     </row>
-    <row r="131" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B131" s="22">
+    <row r="131" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B131" s="20">
         <v>126</v>
       </c>
-      <c r="C131" s="23" t="s">
+      <c r="C131" s="2" t="s">
         <v>136</v>
       </c>
-      <c r="D131" s="24"/>
-      <c r="E131" s="24">
+      <c r="D131" s="3"/>
+      <c r="E131" s="3">
         <v>791</v>
       </c>
-      <c r="F131" s="24">
+      <c r="F131" s="3">
         <v>791</v>
       </c>
-      <c r="G131" s="25">
+      <c r="G131" s="4">
         <v>2.4953230044206299E-3</v>
       </c>
-      <c r="H131" s="25"/>
-      <c r="I131" s="25">
+      <c r="H131" s="4"/>
+      <c r="I131" s="4">
         <v>67.101973548999993</v>
       </c>
-      <c r="J131" s="25">
+      <c r="J131" s="4">
         <v>67.101973548999993</v>
       </c>
-      <c r="K131" s="25">
+      <c r="K131" s="4">
         <v>3.4991401165121E-4</v>
       </c>
-      <c r="L131" s="24"/>
-      <c r="M131" s="24">
+      <c r="L131" s="3"/>
+      <c r="M131" s="3">
         <v>614</v>
       </c>
-      <c r="N131" s="24">
+      <c r="N131" s="3">
         <v>614</v>
       </c>
-      <c r="O131" s="25">
+      <c r="O131" s="4">
         <v>1.93695110583346E-3</v>
       </c>
-      <c r="P131" s="25"/>
-      <c r="Q131" s="25">
+      <c r="P131" s="4"/>
+      <c r="Q131" s="4">
         <v>45.205230022000002</v>
       </c>
-      <c r="R131" s="25">
+      <c r="R131" s="4">
         <v>45.205230022000002</v>
       </c>
-      <c r="S131" s="25">
+      <c r="S131" s="4">
         <v>2.3572992786960299E-4</v>
       </c>
     </row>
-    <row r="132" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B132" s="22">
+    <row r="132" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B132" s="20">
         <v>127</v>
       </c>
-      <c r="C132" s="23" t="s">
+      <c r="C132" s="2" t="s">
         <v>137</v>
       </c>
-      <c r="D132" s="24">
+      <c r="D132" s="3">
         <v>35</v>
       </c>
-      <c r="E132" s="24">
+      <c r="E132" s="3">
         <v>18603</v>
       </c>
-      <c r="F132" s="24">
+      <c r="F132" s="3">
         <v>18638</v>
       </c>
-      <c r="G132" s="25">
+      <c r="G132" s="4">
         <v>5.8796245456879601E-2</v>
       </c>
-      <c r="H132" s="25">
+      <c r="H132" s="4">
         <v>2.3028636090000001</v>
       </c>
-      <c r="I132" s="25">
+      <c r="I132" s="4">
         <v>1382.998249213</v>
       </c>
-      <c r="J132" s="25">
+      <c r="J132" s="4">
         <v>1385.3011128220001</v>
       </c>
-      <c r="K132" s="25">
+      <c r="K132" s="4">
         <v>7.2238750083626398E-3</v>
       </c>
-      <c r="L132" s="24">
+      <c r="L132" s="3">
         <v>100</v>
       </c>
-      <c r="M132" s="24">
+      <c r="M132" s="3">
         <v>33175</v>
       </c>
-      <c r="N132" s="24">
+      <c r="N132" s="3">
         <v>33275</v>
       </c>
-      <c r="O132" s="25">
+      <c r="O132" s="4">
         <v>0.104970762290893</v>
       </c>
-      <c r="P132" s="25">
+      <c r="P132" s="4">
         <v>25.973772009000001</v>
       </c>
-      <c r="Q132" s="25">
+      <c r="Q132" s="4">
         <v>3867.447008052</v>
       </c>
-      <c r="R132" s="25">
+      <c r="R132" s="4">
         <v>3893.4207800610002</v>
       </c>
-      <c r="S132" s="25">
+      <c r="S132" s="4">
         <v>2.0302867593044598E-2</v>
       </c>
     </row>
-    <row r="133" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B133" s="22">
+    <row r="133" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B133" s="20">
         <v>128</v>
       </c>
-      <c r="C133" s="23" t="s">
+      <c r="C133" s="2" t="s">
         <v>138</v>
       </c>
-      <c r="D133" s="24">
+      <c r="D133" s="3">
         <v>25</v>
       </c>
-      <c r="E133" s="24">
+      <c r="E133" s="3">
         <v>2619</v>
       </c>
-      <c r="F133" s="24">
+      <c r="F133" s="3">
         <v>2644</v>
       </c>
-      <c r="G133" s="25">
+      <c r="G133" s="4">
         <v>8.3408774003642903E-3</v>
       </c>
-      <c r="H133" s="25">
+      <c r="H133" s="4">
         <v>1375.3141680000001</v>
       </c>
-      <c r="I133" s="25">
+      <c r="I133" s="4">
         <v>208.68097539199999</v>
       </c>
-      <c r="J133" s="25">
+      <c r="J133" s="4">
         <v>1583.995143392</v>
       </c>
-      <c r="K133" s="25">
+      <c r="K133" s="4">
         <v>8.2599969232736402E-3</v>
       </c>
-      <c r="L133" s="24"/>
-      <c r="M133" s="24">
+      <c r="L133" s="3"/>
+      <c r="M133" s="3">
         <v>2408</v>
       </c>
-      <c r="N133" s="24">
+      <c r="N133" s="3">
         <v>2408</v>
       </c>
-      <c r="O133" s="25">
+      <c r="O133" s="4">
         <v>7.5963815355813997E-3</v>
       </c>
-      <c r="P133" s="25"/>
-      <c r="Q133" s="25">
+      <c r="P133" s="4"/>
+      <c r="Q133" s="4">
         <v>1696.236651531</v>
       </c>
-      <c r="R133" s="25">
+      <c r="R133" s="4">
         <v>1696.236651531</v>
       </c>
-      <c r="S133" s="25">
+      <c r="S133" s="4">
         <v>8.8452982834194699E-3</v>
       </c>
     </row>
-    <row r="134" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B134" s="22">
+    <row r="134" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B134" s="20">
         <v>129</v>
       </c>
-      <c r="C134" s="23" t="s">
+      <c r="C134" s="2" t="s">
         <v>139</v>
       </c>
-      <c r="D134" s="24">
+      <c r="D134" s="3">
         <v>5</v>
       </c>
-      <c r="E134" s="24">
+      <c r="E134" s="3">
         <v>5682</v>
       </c>
-      <c r="F134" s="24">
+      <c r="F134" s="3">
         <v>5687</v>
       </c>
-      <c r="G134" s="25">
+      <c r="G134" s="4">
         <v>1.7940457555170899E-2</v>
       </c>
-      <c r="H134" s="25">
+      <c r="H134" s="4">
         <v>1.6954693000000001</v>
       </c>
-      <c r="I134" s="25">
+      <c r="I134" s="4">
         <v>767.79005777400005</v>
       </c>
-      <c r="J134" s="25">
+      <c r="J134" s="4">
         <v>769.48552707399995</v>
       </c>
-      <c r="K134" s="25">
+      <c r="K134" s="4">
         <v>4.0126057915329701E-3</v>
       </c>
-      <c r="L134" s="24">
+      <c r="L134" s="3">
         <v>7</v>
       </c>
-      <c r="M134" s="24">
+      <c r="M134" s="3">
         <v>7406</v>
       </c>
-      <c r="N134" s="24">
+      <c r="N134" s="3">
         <v>7413</v>
       </c>
-      <c r="O134" s="25">
+      <c r="O134" s="4">
         <v>2.33853722272695E-2</v>
       </c>
-      <c r="P134" s="25">
+      <c r="P134" s="4">
         <v>0.29286481199999997</v>
       </c>
-      <c r="Q134" s="25">
+      <c r="Q134" s="4">
         <v>834.51899971499995</v>
       </c>
-      <c r="R134" s="25">
+      <c r="R134" s="4">
         <v>834.81186452700001</v>
       </c>
-      <c r="S134" s="25">
+      <c r="S134" s="4">
         <v>4.3532604637531204E-3</v>
       </c>
     </row>
-    <row r="135" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B135" s="22">
+    <row r="135" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B135" s="20">
         <v>130</v>
       </c>
-      <c r="C135" s="23" t="s">
+      <c r="C135" s="2" t="s">
         <v>140</v>
       </c>
-      <c r="D135" s="24">
+      <c r="D135" s="3">
         <v>238</v>
       </c>
-      <c r="E135" s="24">
+      <c r="E135" s="3">
         <v>175138</v>
       </c>
-      <c r="F135" s="24">
+      <c r="F135" s="3">
         <v>175376</v>
       </c>
-      <c r="G135" s="25">
+      <c r="G135" s="4">
         <v>0.55324875755154601</v>
       </c>
-      <c r="H135" s="25">
+      <c r="H135" s="4">
         <v>9189.7090649830006</v>
       </c>
-      <c r="I135" s="25">
+      <c r="I135" s="4">
         <v>117438.61797369301</v>
       </c>
-      <c r="J135" s="25">
+      <c r="J135" s="4">
         <v>126628.327038676</v>
       </c>
-      <c r="K135" s="25">
+      <c r="K135" s="4">
         <v>0.660323736535539</v>
       </c>
-      <c r="L135" s="24">
+      <c r="L135" s="3">
         <v>804</v>
       </c>
-      <c r="M135" s="24">
+      <c r="M135" s="3">
         <v>172029</v>
       </c>
-      <c r="N135" s="24">
+      <c r="N135" s="3">
         <v>172833</v>
       </c>
-      <c r="O135" s="25">
+      <c r="O135" s="4">
         <v>0.54522649914416099</v>
       </c>
-      <c r="P135" s="25">
+      <c r="P135" s="4">
         <v>12089.697313893999</v>
       </c>
-      <c r="Q135" s="25">
+      <c r="Q135" s="4">
         <v>95703.068610451999</v>
       </c>
-      <c r="R135" s="25">
+      <c r="R135" s="4">
         <v>107792.76592434599</v>
       </c>
-      <c r="S135" s="25">
+      <c r="S135" s="4">
         <v>0.56210267979711204</v>
       </c>
     </row>
-    <row r="136" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B136" s="22">
+    <row r="136" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B136" s="20">
         <v>131</v>
       </c>
-      <c r="C136" s="23" t="s">
+      <c r="C136" s="2" t="s">
         <v>141</v>
       </c>
-      <c r="D136" s="24">
+      <c r="D136" s="3">
         <v>69</v>
       </c>
-      <c r="E136" s="24">
+      <c r="E136" s="3">
         <v>144369</v>
       </c>
-      <c r="F136" s="24">
+      <c r="F136" s="3">
         <v>144438</v>
       </c>
-      <c r="G136" s="25">
+      <c r="G136" s="4">
         <v>0.45565039710810101</v>
       </c>
-      <c r="H136" s="25">
+      <c r="H136" s="4">
         <v>7281.1021886999997</v>
       </c>
-      <c r="I136" s="25">
+      <c r="I136" s="4">
         <v>578598.49785787903</v>
       </c>
-      <c r="J136" s="25">
+      <c r="J136" s="4">
         <v>585879.60004657903</v>
       </c>
-      <c r="K136" s="25">
+      <c r="K136" s="4">
         <v>3.0551632143457299</v>
       </c>
-      <c r="L136" s="24"/>
-      <c r="M136" s="24">
+      <c r="L136" s="3"/>
+      <c r="M136" s="3">
         <v>68</v>
       </c>
-      <c r="N136" s="24">
+      <c r="N136" s="3">
         <v>68</v>
       </c>
-      <c r="O136" s="25">
+      <c r="O136" s="4">
         <v>2.1451575764930899E-4</v>
       </c>
-      <c r="P136" s="25"/>
-      <c r="Q136" s="25">
+      <c r="P136" s="4"/>
+      <c r="Q136" s="4">
         <v>19.387419300000001</v>
       </c>
-      <c r="R136" s="25">
+      <c r="R136" s="4">
         <v>19.387419300000001</v>
       </c>
-      <c r="S136" s="25">
+      <c r="S136" s="4">
         <v>1.01098809826707E-4</v>
       </c>
     </row>
-    <row r="137" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B137" s="22">
+    <row r="137" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B137" s="20">
         <v>132</v>
       </c>
-      <c r="C137" s="23" t="s">
+      <c r="C137" s="2" t="s">
         <v>142</v>
       </c>
-      <c r="D137" s="24"/>
-      <c r="E137" s="24">
+      <c r="D137" s="3"/>
+      <c r="E137" s="3">
         <v>990</v>
       </c>
-      <c r="F137" s="24">
+      <c r="F137" s="3">
         <v>990</v>
       </c>
-      <c r="G137" s="25">
+      <c r="G137" s="4">
         <v>3.1230970598943499E-3</v>
       </c>
-      <c r="H137" s="25"/>
-      <c r="I137" s="25">
+      <c r="H137" s="4"/>
+      <c r="I137" s="4">
         <v>82.641748899999996</v>
       </c>
-      <c r="J137" s="25">
+      <c r="J137" s="4">
         <v>82.641748899999996</v>
       </c>
-      <c r="K137" s="25">
+      <c r="K137" s="4">
         <v>4.30948664518109E-4</v>
       </c>
-      <c r="L137" s="24"/>
-      <c r="M137" s="24">
+      <c r="L137" s="3"/>
+      <c r="M137" s="3">
         <v>867</v>
       </c>
-      <c r="N137" s="24">
+      <c r="N137" s="3">
         <v>867</v>
       </c>
-      <c r="O137" s="25">
+      <c r="O137" s="4">
         <v>2.73507591002868E-3</v>
       </c>
-      <c r="P137" s="25"/>
-      <c r="Q137" s="25">
+      <c r="P137" s="4"/>
+      <c r="Q137" s="4">
         <v>65.861621704000001</v>
       </c>
-      <c r="R137" s="25">
+      <c r="R137" s="4">
         <v>65.861621704000001</v>
       </c>
-      <c r="S137" s="25">
+      <c r="S137" s="4">
         <v>3.4344599786580399E-4</v>
       </c>
     </row>
-    <row r="138" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B138" s="22">
+    <row r="138" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B138" s="20">
         <v>133</v>
       </c>
-      <c r="C138" s="23" t="s">
+      <c r="C138" s="2" t="s">
         <v>143</v>
       </c>
-      <c r="D138" s="24"/>
-      <c r="E138" s="24">
+      <c r="D138" s="3"/>
+      <c r="E138" s="3">
         <v>1924</v>
       </c>
-      <c r="F138" s="24">
+      <c r="F138" s="3">
         <v>1924</v>
       </c>
-      <c r="G138" s="25">
+      <c r="G138" s="4">
         <v>6.0695340840774903E-3</v>
       </c>
-      <c r="H138" s="25"/>
-      <c r="I138" s="25">
+      <c r="H138" s="4"/>
+      <c r="I138" s="4">
         <v>295.13337025099997</v>
       </c>
-      <c r="J138" s="25">
+      <c r="J138" s="4">
         <v>295.13337025099997</v>
       </c>
-      <c r="K138" s="25">
+      <c r="K138" s="4">
         <v>1.5390203312166E-3</v>
       </c>
-      <c r="L138" s="24"/>
-      <c r="M138" s="24">
+      <c r="L138" s="3"/>
+      <c r="M138" s="3">
         <v>1106</v>
       </c>
-      <c r="N138" s="24">
+      <c r="N138" s="3">
         <v>1106</v>
       </c>
-      <c r="O138" s="25">
+      <c r="O138" s="4">
         <v>3.4890357052961098E-3</v>
       </c>
-      <c r="P138" s="25"/>
-      <c r="Q138" s="25">
+      <c r="P138" s="4"/>
+      <c r="Q138" s="4">
         <v>214.8328837</v>
       </c>
-      <c r="R138" s="25">
+      <c r="R138" s="4">
         <v>214.8328837</v>
       </c>
-      <c r="S138" s="25">
+      <c r="S138" s="4">
         <v>1.1202805550148401E-3</v>
       </c>
     </row>
-    <row r="139" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B139" s="22">
+    <row r="139" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B139" s="20">
         <v>134</v>
       </c>
-      <c r="C139" s="23" t="s">
+      <c r="C139" s="2" t="s">
         <v>144</v>
       </c>
-      <c r="D139" s="24">
+      <c r="D139" s="3">
         <v>85</v>
       </c>
-      <c r="E139" s="24">
+      <c r="E139" s="3">
         <v>342</v>
       </c>
-      <c r="F139" s="24">
+      <c r="F139" s="3">
         <v>427</v>
       </c>
-      <c r="G139" s="25">
+      <c r="G139" s="4">
         <v>1.34703277229786E-3</v>
       </c>
-      <c r="H139" s="25">
+      <c r="H139" s="4">
         <v>905.55884270000001</v>
       </c>
-      <c r="I139" s="25">
+      <c r="I139" s="4">
         <v>360.70363005199999</v>
       </c>
-      <c r="J139" s="25">
+      <c r="J139" s="4">
         <v>1266.2624727519999</v>
       </c>
-      <c r="K139" s="25">
+      <c r="K139" s="4">
         <v>6.6031289127506899E-3</v>
       </c>
-      <c r="L139" s="24">
+      <c r="L139" s="3">
         <v>2</v>
       </c>
-      <c r="M139" s="24">
+      <c r="M139" s="3">
         <v>1160</v>
       </c>
-      <c r="N139" s="24">
+      <c r="N139" s="3">
         <v>1162</v>
       </c>
-      <c r="O139" s="25">
+      <c r="O139" s="4">
         <v>3.6656957410072999E-3</v>
       </c>
-      <c r="P139" s="25">
+      <c r="P139" s="4">
         <v>51</v>
       </c>
-      <c r="Q139" s="25">
+      <c r="Q139" s="4">
         <v>925.14672064499996</v>
       </c>
-      <c r="R139" s="25">
+      <c r="R139" s="4">
         <v>976.14672064499996</v>
       </c>
-      <c r="S139" s="25">
+      <c r="S139" s="4">
         <v>5.0902737567270198E-3</v>
       </c>
     </row>
-    <row r="140" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B140" s="22">
+    <row r="140" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B140" s="20">
         <v>135</v>
       </c>
-      <c r="C140" s="23" t="s">
+      <c r="C140" s="2" t="s">
         <v>145</v>
       </c>
-      <c r="D140" s="24">
+      <c r="D140" s="3">
         <v>89</v>
       </c>
-      <c r="E140" s="24">
+      <c r="E140" s="3">
         <v>1144</v>
       </c>
-      <c r="F140" s="24">
+      <c r="F140" s="3">
         <v>1233</v>
       </c>
-      <c r="G140" s="25">
+      <c r="G140" s="4">
         <v>3.8896754291411401E-3</v>
       </c>
-      <c r="H140" s="25">
+      <c r="H140" s="4">
         <v>16501.085466155</v>
       </c>
-      <c r="I140" s="25">
+      <c r="I140" s="4">
         <v>19859.052574924001</v>
       </c>
-      <c r="J140" s="25">
+      <c r="J140" s="4">
         <v>36360.138041079001</v>
       </c>
-      <c r="K140" s="25">
+      <c r="K140" s="4">
         <v>0.18960577600381701</v>
       </c>
-      <c r="L140" s="24">
+      <c r="L140" s="3">
         <v>3446</v>
       </c>
-      <c r="M140" s="24"/>
-      <c r="N140" s="24">
+      <c r="M140" s="3"/>
+      <c r="N140" s="3">
         <v>3446</v>
       </c>
-      <c r="O140" s="25">
+      <c r="O140" s="4">
         <v>1.0870901483228199E-2</v>
       </c>
-      <c r="P140" s="25">
+      <c r="P140" s="4">
         <v>80056.878271445996</v>
       </c>
-      <c r="Q140" s="25"/>
-      <c r="R140" s="25">
+      <c r="Q140" s="4"/>
+      <c r="R140" s="4">
         <v>80056.878271445996</v>
       </c>
-      <c r="S140" s="25">
+      <c r="S140" s="4">
         <v>0.41746944172630501</v>
       </c>
     </row>
-    <row r="141" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B141" s="22">
+    <row r="141" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B141" s="20">
         <v>136</v>
       </c>
-      <c r="C141" s="23" t="s">
+      <c r="C141" s="2" t="s">
         <v>146</v>
       </c>
-      <c r="D141" s="24">
+      <c r="D141" s="3">
         <v>61</v>
       </c>
-      <c r="E141" s="24">
+      <c r="E141" s="3">
         <v>14862</v>
       </c>
-      <c r="F141" s="24">
+      <c r="F141" s="3">
         <v>14923</v>
       </c>
-      <c r="G141" s="25">
+      <c r="G141" s="4">
         <v>4.7076744873538703E-2</v>
       </c>
-      <c r="H141" s="25">
+      <c r="H141" s="4">
         <v>494.71800230999997</v>
       </c>
-      <c r="I141" s="25">
+      <c r="I141" s="4">
         <v>10405.633211454</v>
       </c>
-      <c r="J141" s="25">
+      <c r="J141" s="4">
         <v>10900.351213763999</v>
       </c>
-      <c r="K141" s="25">
+      <c r="K141" s="4">
         <v>5.6841631026396902E-2</v>
       </c>
-      <c r="L141" s="24">
+      <c r="L141" s="3">
         <v>61</v>
       </c>
-      <c r="M141" s="24">
+      <c r="M141" s="3">
         <v>8337</v>
       </c>
-      <c r="N141" s="24">
+      <c r="N141" s="3">
         <v>8398</v>
       </c>
-      <c r="O141" s="25">
+      <c r="O141" s="4">
         <v>2.6492696069689601E-2</v>
       </c>
-      <c r="P141" s="25">
+      <c r="P141" s="4">
         <v>152.17046470400001</v>
       </c>
-      <c r="Q141" s="25">
+      <c r="Q141" s="4">
         <v>8567.2526376990008</v>
       </c>
-      <c r="R141" s="25">
+      <c r="R141" s="4">
         <v>8719.4231024029996</v>
       </c>
-      <c r="S141" s="25">
+      <c r="S141" s="4">
         <v>4.5468831327562999E-2</v>
       </c>
     </row>
-    <row r="142" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B142" s="22">
+    <row r="142" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B142" s="20">
         <v>137</v>
       </c>
-      <c r="C142" s="23" t="s">
+      <c r="C142" s="2" t="s">
         <v>147</v>
       </c>
-      <c r="D142" s="24">
+      <c r="D142" s="3">
         <v>3</v>
       </c>
-      <c r="E142" s="24">
+      <c r="E142" s="3">
         <v>1064</v>
       </c>
-      <c r="F142" s="24">
+      <c r="F142" s="3">
         <v>1067</v>
       </c>
-      <c r="G142" s="25">
+      <c r="G142" s="4">
         <v>3.3660046089972399E-3</v>
       </c>
-      <c r="H142" s="25">
+      <c r="H142" s="4">
         <v>0.15450920000000001</v>
       </c>
-      <c r="I142" s="25">
+      <c r="I142" s="4">
         <v>150.025335789</v>
       </c>
-      <c r="J142" s="25">
+      <c r="J142" s="4">
         <v>150.179844989</v>
       </c>
-      <c r="K142" s="25">
+      <c r="K142" s="4">
         <v>7.8313690715645199E-4</v>
       </c>
-      <c r="L142" s="24"/>
-      <c r="M142" s="24">
+      <c r="L142" s="3"/>
+      <c r="M142" s="3">
         <v>1718</v>
       </c>
-      <c r="N142" s="24">
+      <c r="N142" s="3">
         <v>1718</v>
       </c>
-      <c r="O142" s="25">
+      <c r="O142" s="4">
         <v>5.4196775241398803E-3</v>
       </c>
-      <c r="P142" s="25"/>
-      <c r="Q142" s="25">
+      <c r="P142" s="4"/>
+      <c r="Q142" s="4">
         <v>214.48570314599999</v>
       </c>
-      <c r="R142" s="25">
+      <c r="R142" s="4">
         <v>214.48570314599999</v>
       </c>
-      <c r="S142" s="25">
+      <c r="S142" s="4">
         <v>1.11847012628984E-3</v>
       </c>
     </row>
-    <row r="143" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B143" s="22">
+    <row r="143" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B143" s="20">
         <v>138</v>
       </c>
-      <c r="C143" s="23" t="s">
+      <c r="C143" s="2" t="s">
         <v>148</v>
       </c>
-      <c r="D143" s="24">
+      <c r="D143" s="3">
         <v>854</v>
       </c>
-      <c r="E143" s="24">
+      <c r="E143" s="3">
         <v>3778</v>
       </c>
-      <c r="F143" s="24">
+      <c r="F143" s="3">
         <v>4632</v>
       </c>
-      <c r="G143" s="25">
+      <c r="G143" s="4">
         <v>1.4612308668111701E-2</v>
       </c>
-      <c r="H143" s="25">
+      <c r="H143" s="4">
         <v>4015.1866800060002</v>
       </c>
-      <c r="I143" s="25">
+      <c r="I143" s="4">
         <v>5466.022659577</v>
       </c>
-      <c r="J143" s="25">
+      <c r="J143" s="4">
         <v>9481.2093395829997</v>
       </c>
-      <c r="K143" s="25">
+      <c r="K143" s="4">
         <v>4.9441287936125899E-2</v>
       </c>
-      <c r="L143" s="24">
+      <c r="L143" s="3">
         <v>43</v>
       </c>
-      <c r="M143" s="24">
+      <c r="M143" s="3">
         <v>2883</v>
       </c>
-      <c r="N143" s="24">
+      <c r="N143" s="3">
         <v>2926</v>
       </c>
-      <c r="O143" s="25">
+      <c r="O143" s="4">
         <v>9.2304868659099596E-3</v>
       </c>
-      <c r="P143" s="25">
+      <c r="P143" s="4">
         <v>3680.6791996070001</v>
       </c>
-      <c r="Q143" s="25">
+      <c r="Q143" s="4">
         <v>6020.0598450300004</v>
       </c>
-      <c r="R143" s="25">
+      <c r="R143" s="4">
         <v>9700.7390446369991</v>
       </c>
-      <c r="S143" s="25">
+      <c r="S143" s="4">
         <v>5.0586060819980898E-2</v>
       </c>
     </row>
-    <row r="144" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B144" s="22">
+    <row r="144" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B144" s="20">
         <v>139</v>
       </c>
-      <c r="C144" s="23" t="s">
+      <c r="C144" s="2" t="s">
         <v>149</v>
       </c>
-      <c r="D144" s="24">
+      <c r="D144" s="3">
         <v>61</v>
       </c>
-      <c r="E144" s="24">
+      <c r="E144" s="3">
         <v>5720</v>
       </c>
-      <c r="F144" s="24">
+      <c r="F144" s="3">
         <v>5781</v>
       </c>
-      <c r="G144" s="25">
+      <c r="G144" s="4">
         <v>1.8236994043686099E-2</v>
       </c>
-      <c r="H144" s="25">
+      <c r="H144" s="4">
         <v>102.85510840000001</v>
       </c>
-      <c r="I144" s="25">
+      <c r="I144" s="4">
         <v>1062.75224966</v>
       </c>
-      <c r="J144" s="25">
+      <c r="J144" s="4">
         <v>1165.60735806</v>
       </c>
-      <c r="K144" s="25">
+      <c r="K144" s="4">
         <v>6.0782466609735301E-3</v>
       </c>
-      <c r="L144" s="24"/>
-      <c r="M144" s="24">
+      <c r="L144" s="3"/>
+      <c r="M144" s="3">
         <v>6047</v>
       </c>
-      <c r="N144" s="24">
+      <c r="N144" s="3">
         <v>6047</v>
       </c>
-      <c r="O144" s="25">
+      <c r="O144" s="4">
         <v>1.9076129213314301E-2</v>
       </c>
-      <c r="P144" s="25"/>
-      <c r="Q144" s="25">
+      <c r="P144" s="4"/>
+      <c r="Q144" s="4">
         <v>1086.4617672869999</v>
       </c>
-      <c r="R144" s="25">
+      <c r="R144" s="4">
         <v>1086.4617672869999</v>
       </c>
-      <c r="S144" s="25">
+      <c r="S144" s="4">
         <v>5.6655292741792001E-3</v>
       </c>
     </row>
-    <row r="145" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B145" s="22">
+    <row r="145" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B145" s="20">
         <v>140</v>
       </c>
-      <c r="C145" s="23" t="s">
+      <c r="C145" s="2" t="s">
         <v>150</v>
       </c>
-      <c r="D145" s="24">
+      <c r="D145" s="3">
         <v>20</v>
       </c>
-      <c r="E145" s="24">
+      <c r="E145" s="3">
         <v>2735</v>
       </c>
-      <c r="F145" s="24">
+      <c r="F145" s="3">
         <v>2755</v>
       </c>
-      <c r="G145" s="25">
+      <c r="G145" s="4">
         <v>8.6910428282918391E-3</v>
       </c>
-      <c r="H145" s="25">
+      <c r="H145" s="4">
         <v>403.14582230000002</v>
       </c>
-      <c r="I145" s="25">
+      <c r="I145" s="4">
         <v>602.26765745099999</v>
       </c>
-      <c r="J145" s="25">
+      <c r="J145" s="4">
         <v>1005.413479751</v>
       </c>
-      <c r="K145" s="25">
+      <c r="K145" s="4">
         <v>5.24288996971116E-3</v>
       </c>
-      <c r="L145" s="24">
+      <c r="L145" s="3">
         <v>1</v>
       </c>
-      <c r="M145" s="24">
+      <c r="M145" s="3">
         <v>4339</v>
       </c>
-      <c r="N145" s="24">
+      <c r="N145" s="3">
         <v>4340</v>
       </c>
-      <c r="O145" s="25">
+      <c r="O145" s="4">
         <v>1.36911527676176E-2</v>
       </c>
-      <c r="P145" s="25">
+      <c r="P145" s="4">
         <v>2.2065999999999999E-2</v>
       </c>
-      <c r="Q145" s="25">
+      <c r="Q145" s="4">
         <v>1004.384930867</v>
       </c>
-      <c r="R145" s="25">
+      <c r="R145" s="4">
         <v>1004.406996867</v>
       </c>
-      <c r="S145" s="25">
+      <c r="S145" s="4">
         <v>5.2376415031613402E-3</v>
       </c>
     </row>
-    <row r="146" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B146" s="22">
+    <row r="146" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B146" s="20">
         <v>141</v>
       </c>
-      <c r="C146" s="23" t="s">
+      <c r="C146" s="2" t="s">
         <v>151</v>
       </c>
-      <c r="D146" s="24">
+      <c r="D146" s="3">
         <v>1</v>
       </c>
-      <c r="E146" s="24">
+      <c r="E146" s="3">
         <v>3091</v>
       </c>
-      <c r="F146" s="24">
+      <c r="F146" s="3">
         <v>3092</v>
       </c>
-      <c r="G146" s="25">
+      <c r="G146" s="4">
         <v>9.7541576860538503E-3</v>
       </c>
-      <c r="H146" s="25">
+      <c r="H146" s="4">
         <v>1.0763000000000001E-3</v>
       </c>
-      <c r="I146" s="25">
+      <c r="I146" s="4">
         <v>288.88587756499999</v>
       </c>
-      <c r="J146" s="25">
+      <c r="J146" s="4">
         <v>288.88695386500001</v>
       </c>
-      <c r="K146" s="25">
+      <c r="K146" s="4">
         <v>1.5064473903555801E-3</v>
       </c>
-      <c r="L146" s="24"/>
-      <c r="M146" s="24">
+      <c r="L146" s="3"/>
+      <c r="M146" s="3">
         <v>3329</v>
       </c>
-      <c r="N146" s="24">
+      <c r="N146" s="3">
         <v>3329</v>
       </c>
-      <c r="O146" s="25">
+      <c r="O146" s="4">
         <v>1.0501808194331601E-2</v>
       </c>
-      <c r="P146" s="25"/>
-      <c r="Q146" s="25">
+      <c r="P146" s="4"/>
+      <c r="Q146" s="4">
         <v>358.05879523499999</v>
       </c>
-      <c r="R146" s="25">
+      <c r="R146" s="4">
         <v>358.05879523499999</v>
       </c>
-      <c r="S146" s="25">
+      <c r="S146" s="4">
         <v>1.8671550599951799E-3</v>
       </c>
     </row>
-    <row r="147" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B147" s="22">
+    <row r="147" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B147" s="20">
         <v>142</v>
       </c>
-      <c r="C147" s="23" t="s">
+      <c r="C147" s="2" t="s">
         <v>152</v>
       </c>
-      <c r="D147" s="24"/>
-      <c r="E147" s="24">
+      <c r="D147" s="3"/>
+      <c r="E147" s="3">
         <v>1552</v>
       </c>
-      <c r="F147" s="24">
+      <c r="F147" s="3">
         <v>1552</v>
       </c>
-      <c r="G147" s="25">
+      <c r="G147" s="4">
         <v>4.8960067039959801E-3</v>
       </c>
-      <c r="H147" s="25"/>
-      <c r="I147" s="25">
+      <c r="H147" s="4"/>
+      <c r="I147" s="4">
         <v>254.421524672</v>
       </c>
-      <c r="J147" s="25">
+      <c r="J147" s="4">
         <v>254.421524672</v>
       </c>
-      <c r="K147" s="25">
+      <c r="K147" s="4">
         <v>1.3267218777609799E-3</v>
       </c>
-      <c r="L147" s="24"/>
-      <c r="M147" s="24">
+      <c r="L147" s="3"/>
+      <c r="M147" s="3">
         <v>2158</v>
       </c>
-      <c r="N147" s="24">
+      <c r="N147" s="3">
         <v>2158</v>
       </c>
-      <c r="O147" s="25">
+      <c r="O147" s="4">
         <v>6.8077206618707004E-3</v>
       </c>
-      <c r="P147" s="25"/>
-      <c r="Q147" s="25">
+      <c r="P147" s="4"/>
+      <c r="Q147" s="4">
         <v>263.51260152899999</v>
       </c>
-      <c r="R147" s="25">
+      <c r="R147" s="4">
         <v>263.51260152899999</v>
       </c>
-      <c r="S147" s="25">
+      <c r="S147" s="4">
         <v>1.3741287572462701E-3</v>
       </c>
     </row>
-    <row r="148" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B148" s="22">
+    <row r="148" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B148" s="20">
         <v>143</v>
       </c>
-      <c r="C148" s="23" t="s">
+      <c r="C148" s="2" t="s">
         <v>153</v>
       </c>
-      <c r="D148" s="24">
+      <c r="D148" s="3">
         <v>1</v>
       </c>
-      <c r="E148" s="24">
+      <c r="E148" s="3">
         <v>964</v>
       </c>
-      <c r="F148" s="24">
+      <c r="F148" s="3">
         <v>965</v>
       </c>
-      <c r="G148" s="25">
+      <c r="G148" s="4">
         <v>3.04423097252328E-3</v>
       </c>
-      <c r="H148" s="25">
+      <c r="H148" s="4">
         <v>4.8500000000000001E-2</v>
       </c>
-      <c r="I148" s="25">
+      <c r="I148" s="4">
         <v>199.21226596400001</v>
       </c>
-      <c r="J148" s="25">
+      <c r="J148" s="4">
         <v>199.260765964</v>
       </c>
-      <c r="K148" s="25">
+      <c r="K148" s="4">
         <v>1.03907724759006E-3</v>
       </c>
-      <c r="L148" s="24">
+      <c r="L148" s="3">
         <v>5</v>
       </c>
-      <c r="M148" s="24">
+      <c r="M148" s="3">
         <v>1253</v>
       </c>
-      <c r="N148" s="24">
+      <c r="N148" s="3">
         <v>1258</v>
       </c>
-      <c r="O148" s="25">
+      <c r="O148" s="4">
         <v>3.9685415165122096E-3</v>
       </c>
-      <c r="P148" s="25">
+      <c r="P148" s="4">
         <v>0.70167999999999997</v>
       </c>
-      <c r="Q148" s="25">
+      <c r="Q148" s="4">
         <v>264.28728313400001</v>
       </c>
-      <c r="R148" s="25">
+      <c r="R148" s="4">
         <v>264.98896313400002</v>
       </c>
-      <c r="S148" s="25">
+      <c r="S148" s="4">
         <v>1.38182748180727E-3</v>
       </c>
     </row>
-    <row r="149" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B149" s="22">
+    <row r="149" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B149" s="20">
         <v>144</v>
       </c>
-      <c r="C149" s="23" t="s">
+      <c r="C149" s="2" t="s">
         <v>154</v>
       </c>
-      <c r="D149" s="24"/>
-      <c r="E149" s="24">
+      <c r="D149" s="3"/>
+      <c r="E149" s="3">
         <v>218</v>
       </c>
-      <c r="F149" s="24">
+      <c r="F149" s="3">
         <v>218</v>
       </c>
-      <c r="G149" s="25">
+      <c r="G149" s="4">
         <v>6.8771228187572496E-4</v>
       </c>
-      <c r="H149" s="25"/>
-      <c r="I149" s="25">
+      <c r="H149" s="4"/>
+      <c r="I149" s="4">
         <v>30.081485184000002</v>
       </c>
-      <c r="J149" s="25">
+      <c r="J149" s="4">
         <v>30.081485184000002</v>
       </c>
-      <c r="K149" s="25">
+      <c r="K149" s="4">
         <v>1.56864732890062E-4</v>
       </c>
-      <c r="L149" s="24"/>
-      <c r="M149" s="24">
+      <c r="L149" s="3"/>
+      <c r="M149" s="3">
         <v>134</v>
       </c>
-      <c r="N149" s="24">
+      <c r="N149" s="3">
         <v>134</v>
       </c>
-      <c r="O149" s="25">
+      <c r="O149" s="4">
         <v>4.2272222830893198E-4</v>
       </c>
-      <c r="P149" s="25"/>
-      <c r="Q149" s="25">
+      <c r="P149" s="4"/>
+      <c r="Q149" s="4">
         <v>9.3820240199999994</v>
       </c>
-      <c r="R149" s="25">
+      <c r="R149" s="4">
         <v>9.3820240199999994</v>
       </c>
-      <c r="S149" s="25">
+      <c r="S149" s="4">
         <v>4.8924070166862298E-5</v>
       </c>
     </row>
-    <row r="150" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B150" s="22">
+    <row r="150" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B150" s="20">
         <v>145</v>
       </c>
-      <c r="C150" s="23" t="s">
+      <c r="C150" s="2" t="s">
         <v>155</v>
       </c>
-      <c r="D150" s="24">
+      <c r="D150" s="3">
         <v>1</v>
       </c>
-      <c r="E150" s="24">
+      <c r="E150" s="3">
         <v>1531</v>
       </c>
-      <c r="F150" s="24">
+      <c r="F150" s="3">
         <v>1532</v>
       </c>
-      <c r="G150" s="25">
+      <c r="G150" s="4">
         <v>4.8329138340991304E-3</v>
       </c>
-      <c r="H150" s="25">
+      <c r="H150" s="4">
         <v>1.0763000000000001E-3</v>
       </c>
-      <c r="I150" s="25">
+      <c r="I150" s="4">
         <v>207.238588459</v>
       </c>
-      <c r="J150" s="25">
+      <c r="J150" s="4">
         <v>207.23966475899999</v>
       </c>
-      <c r="K150" s="25">
+      <c r="K150" s="4">
         <v>1.08068449605465E-3</v>
       </c>
-      <c r="L150" s="24"/>
-      <c r="M150" s="24">
+      <c r="L150" s="3"/>
+      <c r="M150" s="3">
         <v>1224</v>
       </c>
-      <c r="N150" s="24">
+      <c r="N150" s="3">
         <v>1224</v>
       </c>
-      <c r="O150" s="25">
+      <c r="O150" s="4">
         <v>3.86128363768755E-3</v>
       </c>
-      <c r="P150" s="25"/>
-      <c r="Q150" s="25">
+      <c r="P150" s="4"/>
+      <c r="Q150" s="4">
         <v>161.09548011199999</v>
       </c>
-      <c r="R150" s="25">
+      <c r="R150" s="4">
         <v>161.09548011199999</v>
       </c>
-      <c r="S150" s="25">
+      <c r="S150" s="4">
         <v>8.4005823858078997E-4</v>
       </c>
     </row>
-    <row r="151" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B151" s="22">
+    <row r="151" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B151" s="20">
         <v>146</v>
       </c>
-      <c r="C151" s="23" t="s">
+      <c r="C151" s="2" t="s">
         <v>156</v>
       </c>
-      <c r="D151" s="24">
+      <c r="D151" s="3">
         <v>118</v>
       </c>
-      <c r="E151" s="24">
+      <c r="E151" s="3">
         <v>545</v>
       </c>
-      <c r="F151" s="24">
+      <c r="F151" s="3">
         <v>663</v>
       </c>
-      <c r="G151" s="25">
+      <c r="G151" s="4">
         <v>2.0915286370807602E-3</v>
       </c>
-      <c r="H151" s="25">
+      <c r="H151" s="4">
         <v>2677.5911050609998</v>
       </c>
-      <c r="I151" s="25">
+      <c r="I151" s="4">
         <v>2276.804830954</v>
       </c>
-      <c r="J151" s="25">
+      <c r="J151" s="4">
         <v>4954.3959360150002</v>
       </c>
-      <c r="K151" s="25">
+      <c r="K151" s="4">
         <v>2.5835492841555899E-2</v>
       </c>
-      <c r="L151" s="24">
+      <c r="L151" s="3">
         <v>128</v>
       </c>
-      <c r="M151" s="24">
+      <c r="M151" s="3">
         <v>269</v>
       </c>
-      <c r="N151" s="24">
+      <c r="N151" s="3">
         <v>397</v>
       </c>
-      <c r="O151" s="25">
+      <c r="O151" s="4">
         <v>1.25239346745258E-3</v>
       </c>
-      <c r="P151" s="25">
+      <c r="P151" s="4">
         <v>3743.9424181519998</v>
       </c>
-      <c r="Q151" s="25">
+      <c r="Q151" s="4">
         <v>2637.8796477129999</v>
       </c>
-      <c r="R151" s="25">
+      <c r="R151" s="4">
         <v>6381.8220658649998</v>
       </c>
-      <c r="S151" s="25">
+      <c r="S151" s="4">
         <v>3.3279035512724001E-2</v>
       </c>
     </row>
-    <row r="152" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B152" s="22">
+    <row r="152" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B152" s="20">
         <v>147</v>
       </c>
-      <c r="C152" s="23" t="s">
+      <c r="C152" s="2" t="s">
         <v>157</v>
       </c>
-      <c r="D152" s="24">
+      <c r="D152" s="3">
         <v>5</v>
       </c>
-      <c r="E152" s="24">
+      <c r="E152" s="3">
         <v>3116</v>
       </c>
-      <c r="F152" s="24">
+      <c r="F152" s="3">
         <v>3121</v>
       </c>
-      <c r="G152" s="25">
+      <c r="G152" s="4">
         <v>9.8456423474042893E-3</v>
       </c>
-      <c r="H152" s="25">
+      <c r="H152" s="4">
         <v>0.38107629999999998</v>
       </c>
-      <c r="I152" s="25">
+      <c r="I152" s="4">
         <v>607.48096907900003</v>
       </c>
-      <c r="J152" s="25">
+      <c r="J152" s="4">
         <v>607.86204537900005</v>
       </c>
-      <c r="K152" s="25">
+      <c r="K152" s="4">
         <v>3.1697942039477598E-3</v>
       </c>
-      <c r="L152" s="24"/>
-      <c r="M152" s="24">
+      <c r="L152" s="3"/>
+      <c r="M152" s="3">
         <v>4289</v>
       </c>
-      <c r="N152" s="24">
+      <c r="N152" s="3">
         <v>4289</v>
       </c>
-      <c r="O152" s="25">
+      <c r="O152" s="4">
         <v>1.35302659493807E-2</v>
       </c>
-      <c r="P152" s="25"/>
-      <c r="Q152" s="25">
+      <c r="P152" s="4"/>
+      <c r="Q152" s="4">
         <v>618.27258298100003</v>
       </c>
-      <c r="R152" s="25">
+      <c r="R152" s="4">
         <v>618.27258298100003</v>
       </c>
-      <c r="S152" s="25">
+      <c r="S152" s="4">
         <v>3.22408162327532E-3</v>
       </c>
     </row>
-    <row r="153" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B153" s="22">
+    <row r="153" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B153" s="20">
         <v>148</v>
       </c>
-      <c r="C153" s="23" t="s">
+      <c r="C153" s="2" t="s">
         <v>158</v>
       </c>
-      <c r="D153" s="24">
+      <c r="D153" s="3">
         <v>4995</v>
       </c>
-      <c r="E153" s="24">
+      <c r="E153" s="3">
         <v>146854</v>
       </c>
-      <c r="F153" s="24">
+      <c r="F153" s="3">
         <v>151849</v>
       </c>
-      <c r="G153" s="25">
+      <c r="G153" s="4">
         <v>0.47902946004837998</v>
       </c>
-      <c r="H153" s="25">
+      <c r="H153" s="4">
         <v>7467.8939290509998</v>
       </c>
-      <c r="I153" s="25">
+      <c r="I153" s="4">
         <v>29961.737487432001</v>
       </c>
-      <c r="J153" s="25">
+      <c r="J153" s="4">
         <v>37429.631416482996</v>
       </c>
-      <c r="K153" s="25">
+      <c r="K153" s="4">
         <v>0.19518282087491501</v>
       </c>
-      <c r="L153" s="24">
+      <c r="L153" s="3">
         <v>1884</v>
       </c>
-      <c r="M153" s="24">
+      <c r="M153" s="3">
         <v>142402</v>
       </c>
-      <c r="N153" s="24">
+      <c r="N153" s="3">
         <v>144286</v>
       </c>
-      <c r="O153" s="25">
+      <c r="O153" s="4">
         <v>0.45517089129688398</v>
       </c>
-      <c r="P153" s="25">
+      <c r="P153" s="4">
         <v>4340.5318633699999</v>
       </c>
-      <c r="Q153" s="25">
+      <c r="Q153" s="4">
         <v>32543.992115351</v>
       </c>
-      <c r="R153" s="25">
+      <c r="R153" s="4">
         <v>36884.523978721001</v>
       </c>
-      <c r="S153" s="25">
+      <c r="S153" s="4">
         <v>0.19234027064516701</v>
       </c>
     </row>
-    <row r="154" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B154" s="22">
+    <row r="154" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B154" s="20">
         <v>149</v>
       </c>
-      <c r="C154" s="23" t="s">
+      <c r="C154" s="2" t="s">
         <v>159</v>
       </c>
-      <c r="D154" s="24"/>
-      <c r="E154" s="24">
+      <c r="D154" s="3"/>
+      <c r="E154" s="3">
         <v>210</v>
       </c>
-      <c r="F154" s="24">
+      <c r="F154" s="3">
         <v>210</v>
       </c>
-      <c r="G154" s="25">
+      <c r="G154" s="4">
         <v>6.6247513391698204E-4</v>
       </c>
-      <c r="H154" s="25"/>
-      <c r="I154" s="25">
+      <c r="H154" s="4"/>
+      <c r="I154" s="4">
         <v>26.899492590000001</v>
       </c>
-      <c r="J154" s="25">
+      <c r="J154" s="4">
         <v>26.899492590000001</v>
       </c>
-      <c r="K154" s="25">
+      <c r="K154" s="4">
         <v>1.40271721765018E-4</v>
       </c>
-      <c r="L154" s="24"/>
-      <c r="M154" s="24">
+      <c r="L154" s="3"/>
+      <c r="M154" s="3">
         <v>33</v>
       </c>
-      <c r="N154" s="24">
+      <c r="N154" s="3">
         <v>33</v>
       </c>
-      <c r="O154" s="25">
+      <c r="O154" s="4">
         <v>1.04103235329812E-4</v>
       </c>
-      <c r="P154" s="25"/>
-      <c r="Q154" s="25">
+      <c r="P154" s="4"/>
+      <c r="Q154" s="4">
         <v>9.2894007999999992</v>
       </c>
-      <c r="R154" s="25">
+      <c r="R154" s="4">
         <v>9.2894007999999992</v>
       </c>
-      <c r="S154" s="25">
+      <c r="S154" s="4">
         <v>4.8441071519161103E-5</v>
       </c>
     </row>
-    <row r="155" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B155" s="22">
+    <row r="155" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B155" s="20">
         <v>150</v>
       </c>
-      <c r="C155" s="23" t="s">
+      <c r="C155" s="2" t="s">
         <v>160</v>
       </c>
-      <c r="D155" s="24">
+      <c r="D155" s="3">
         <v>1677</v>
       </c>
-      <c r="E155" s="24">
+      <c r="E155" s="3">
         <v>317819</v>
       </c>
-      <c r="F155" s="24">
+      <c r="F155" s="3">
         <v>319496</v>
       </c>
-      <c r="G155" s="25">
+      <c r="G155" s="4">
         <v>1.0078959780282899</v>
       </c>
-      <c r="H155" s="25">
+      <c r="H155" s="4">
         <v>38397.586476085002</v>
       </c>
-      <c r="I155" s="25">
+      <c r="I155" s="4">
         <v>468684.98358073301</v>
       </c>
-      <c r="J155" s="25">
+      <c r="J155" s="4">
         <v>507082.57005681802</v>
       </c>
-      <c r="K155" s="25">
+      <c r="K155" s="4">
         <v>2.6442634537033101</v>
       </c>
-      <c r="L155" s="24">
+      <c r="L155" s="3">
         <v>5593</v>
       </c>
-      <c r="M155" s="24">
+      <c r="M155" s="3">
         <v>191735</v>
       </c>
-      <c r="N155" s="24">
+      <c r="N155" s="3">
         <v>197328</v>
       </c>
-      <c r="O155" s="25">
+      <c r="O155" s="4">
         <v>0.62249949155033502</v>
       </c>
-      <c r="P155" s="25">
+      <c r="P155" s="4">
         <v>33457.203414894997</v>
       </c>
-      <c r="Q155" s="25">
+      <c r="Q155" s="4">
         <v>494016.24983220297</v>
       </c>
-      <c r="R155" s="25">
+      <c r="R155" s="4">
         <v>527473.45324709802</v>
       </c>
-      <c r="S155" s="25">
+      <c r="S155" s="4">
         <v>2.7505949870525099</v>
       </c>
     </row>
-    <row r="156" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B156" s="22">
+    <row r="156" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B156" s="20">
         <v>151</v>
       </c>
-      <c r="C156" s="23" t="s">
+      <c r="C156" s="2" t="s">
         <v>161</v>
       </c>
-      <c r="D156" s="24">
+      <c r="D156" s="3">
         <v>14725</v>
       </c>
-      <c r="E156" s="24">
+      <c r="E156" s="3">
         <v>4208321</v>
       </c>
-      <c r="F156" s="24">
+      <c r="F156" s="3">
         <v>4223046</v>
       </c>
-      <c r="G156" s="25">
+      <c r="G156" s="4">
         <v>13.3222045923218</v>
       </c>
-      <c r="H156" s="25">
+      <c r="H156" s="4">
         <v>167721.943991398</v>
       </c>
-      <c r="I156" s="25">
+      <c r="I156" s="4">
         <v>2244033.4464539899</v>
       </c>
-      <c r="J156" s="25">
+      <c r="J156" s="4">
         <v>2411755.3904453898</v>
       </c>
-      <c r="K156" s="25">
+      <c r="K156" s="4">
         <v>12.5764855958511</v>
       </c>
-      <c r="L156" s="24">
+      <c r="L156" s="3">
         <v>7502</v>
       </c>
-      <c r="M156" s="24">
+      <c r="M156" s="3">
         <v>3363206</v>
       </c>
-      <c r="N156" s="24">
+      <c r="N156" s="3">
         <v>3370708</v>
       </c>
-      <c r="O156" s="25">
+      <c r="O156" s="4">
         <v>10.6333820652145</v>
       </c>
-      <c r="P156" s="25">
+      <c r="P156" s="4">
         <v>211384.27952528</v>
       </c>
-      <c r="Q156" s="25">
+      <c r="Q156" s="4">
         <v>2329827.89466178</v>
       </c>
-      <c r="R156" s="25">
+      <c r="R156" s="4">
         <v>2541212.17418706</v>
       </c>
-      <c r="S156" s="25">
+      <c r="S156" s="4">
         <v>13.251558773861699</v>
       </c>
     </row>
-    <row r="157" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B157" s="22">
+    <row r="157" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B157" s="20">
         <v>152</v>
       </c>
-      <c r="C157" s="23" t="s">
+      <c r="C157" s="2" t="s">
         <v>162</v>
       </c>
-      <c r="D157" s="24">
+      <c r="D157" s="3">
         <v>191</v>
       </c>
-      <c r="E157" s="24">
+      <c r="E157" s="3">
         <v>810</v>
       </c>
-      <c r="F157" s="24">
+      <c r="F157" s="3">
         <v>1001</v>
       </c>
-      <c r="G157" s="25">
+      <c r="G157" s="4">
         <v>3.1577981383376199E-3</v>
       </c>
-      <c r="H157" s="25">
+      <c r="H157" s="4">
         <v>16613.350690800002</v>
       </c>
-      <c r="I157" s="25">
+      <c r="I157" s="4">
         <v>30730.707549415001</v>
       </c>
-      <c r="J157" s="25">
+      <c r="J157" s="4">
         <v>47344.058240215003</v>
       </c>
-      <c r="K157" s="25">
+      <c r="K157" s="4">
         <v>0.24688319091814601</v>
       </c>
-      <c r="L157" s="24">
+      <c r="L157" s="3">
         <v>1589</v>
       </c>
-      <c r="M157" s="24"/>
-      <c r="N157" s="24">
+      <c r="M157" s="3"/>
+      <c r="N157" s="3">
         <v>1589</v>
       </c>
-      <c r="O157" s="25">
+      <c r="O157" s="4">
         <v>5.0127285133051702E-3</v>
       </c>
-      <c r="P157" s="25">
+      <c r="P157" s="4">
         <v>46112.469137305998</v>
       </c>
-      <c r="Q157" s="25"/>
-      <c r="R157" s="25">
+      <c r="Q157" s="4"/>
+      <c r="R157" s="4">
         <v>46112.469137305998</v>
       </c>
-      <c r="S157" s="25">
+      <c r="S157" s="4">
         <v>0.240460871857886</v>
       </c>
     </row>
-    <row r="158" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B158" s="22">
+    <row r="158" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B158" s="20">
         <v>153</v>
       </c>
-      <c r="C158" s="23" t="s">
+      <c r="C158" s="2" t="s">
         <v>163</v>
       </c>
-      <c r="D158" s="24"/>
-      <c r="E158" s="24">
+      <c r="D158" s="3"/>
+      <c r="E158" s="3">
         <v>2020</v>
       </c>
-      <c r="F158" s="24">
+      <c r="F158" s="3">
         <v>2020</v>
       </c>
-      <c r="G158" s="25">
+      <c r="G158" s="4">
         <v>6.3723798595824001E-3</v>
       </c>
-      <c r="H158" s="25"/>
-      <c r="I158" s="25">
+      <c r="H158" s="4"/>
+      <c r="I158" s="4">
         <v>172.53801451300001</v>
       </c>
-      <c r="J158" s="25">
+      <c r="J158" s="4">
         <v>172.53801451300001</v>
       </c>
-      <c r="K158" s="25">
+      <c r="K158" s="4">
         <v>8.9972717086319297E-4</v>
       </c>
-      <c r="L158" s="24"/>
-      <c r="M158" s="24">
+      <c r="L158" s="3"/>
+      <c r="M158" s="3">
         <v>709</v>
       </c>
-      <c r="N158" s="24">
+      <c r="N158" s="3">
         <v>709</v>
       </c>
-      <c r="O158" s="25">
+      <c r="O158" s="4">
         <v>2.2366422378435301E-3</v>
       </c>
-      <c r="P158" s="25"/>
-      <c r="Q158" s="25">
+      <c r="P158" s="4"/>
+      <c r="Q158" s="4">
         <v>158.20102528999999</v>
       </c>
-      <c r="R158" s="25">
+      <c r="R158" s="4">
         <v>158.20102528999999</v>
       </c>
-      <c r="S158" s="25">
+      <c r="S158" s="4">
         <v>8.24964639320708E-4</v>
       </c>
     </row>
-    <row r="159" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B159" s="22">
+    <row r="159" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B159" s="20">
         <v>154</v>
       </c>
-      <c r="C159" s="23" t="s">
+      <c r="C159" s="2" t="s">
         <v>164</v>
       </c>
-      <c r="D159" s="24">
+      <c r="D159" s="3">
         <v>131</v>
       </c>
-      <c r="E159" s="24">
+      <c r="E159" s="3">
         <v>4861</v>
       </c>
-      <c r="F159" s="24">
+      <c r="F159" s="3">
         <v>4992</v>
       </c>
-      <c r="G159" s="25">
+      <c r="G159" s="4">
         <v>1.5747980326255101E-2</v>
       </c>
-      <c r="H159" s="25">
+      <c r="H159" s="4">
         <v>5370.1559613930003</v>
       </c>
-      <c r="I159" s="25">
+      <c r="I159" s="4">
         <v>28477.972166315001</v>
       </c>
-      <c r="J159" s="25">
+      <c r="J159" s="4">
         <v>33848.128127707998</v>
       </c>
-      <c r="K159" s="25">
+      <c r="K159" s="4">
         <v>0.17650649710625399</v>
       </c>
-      <c r="L159" s="24">
+      <c r="L159" s="3">
         <v>467</v>
       </c>
-      <c r="M159" s="24">
+      <c r="M159" s="3">
         <v>5719</v>
       </c>
-      <c r="N159" s="24">
+      <c r="N159" s="3">
         <v>6186</v>
       </c>
-      <c r="O159" s="25">
+      <c r="O159" s="4">
         <v>1.9514624659097399E-2</v>
       </c>
-      <c r="P159" s="25">
+      <c r="P159" s="4">
         <v>1529.6439052860001</v>
       </c>
-      <c r="Q159" s="25">
+      <c r="Q159" s="4">
         <v>35394.688760268</v>
       </c>
-      <c r="R159" s="25">
+      <c r="R159" s="4">
         <v>36924.332665554</v>
       </c>
-      <c r="S159" s="25">
+      <c r="S159" s="4">
         <v>0.19254785943237501</v>
       </c>
     </row>
-    <row r="160" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B160" s="22">
+    <row r="160" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B160" s="20">
         <v>155</v>
       </c>
-      <c r="C160" s="23" t="s">
+      <c r="C160" s="2" t="s">
         <v>165</v>
       </c>
-      <c r="D160" s="24"/>
-      <c r="E160" s="24">
+      <c r="D160" s="3"/>
+      <c r="E160" s="3">
         <v>3521</v>
       </c>
-      <c r="F160" s="24">
+      <c r="F160" s="3">
         <v>3521</v>
       </c>
-      <c r="G160" s="25">
+      <c r="G160" s="4">
         <v>1.11074997453414E-2</v>
       </c>
-      <c r="H160" s="25"/>
-      <c r="I160" s="25">
+      <c r="H160" s="4"/>
+      <c r="I160" s="4">
         <v>606.409219957</v>
       </c>
-      <c r="J160" s="25">
+      <c r="J160" s="4">
         <v>606.409219957</v>
       </c>
-      <c r="K160" s="25">
+      <c r="K160" s="4">
         <v>3.16221821259082E-3</v>
       </c>
-      <c r="L160" s="24"/>
-      <c r="M160" s="24">
+      <c r="L160" s="3"/>
+      <c r="M160" s="3">
         <v>2086</v>
       </c>
-      <c r="N160" s="24">
+      <c r="N160" s="3">
         <v>2086</v>
       </c>
-      <c r="O160" s="25">
+      <c r="O160" s="4">
         <v>6.5805863302420197E-3</v>
       </c>
-      <c r="P160" s="25"/>
-      <c r="Q160" s="25">
+      <c r="P160" s="4"/>
+      <c r="Q160" s="4">
         <v>587.84524756899998</v>
       </c>
-      <c r="R160" s="25">
+      <c r="R160" s="4">
         <v>587.84524756899998</v>
       </c>
-      <c r="S160" s="25">
+      <c r="S160" s="4">
         <v>3.0654133988587099E-3</v>
       </c>
     </row>
-    <row r="161" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B161" s="22">
+    <row r="161" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B161" s="20">
         <v>156</v>
       </c>
-      <c r="C161" s="23" t="s">
+      <c r="C161" s="2" t="s">
         <v>166</v>
       </c>
-      <c r="D161" s="24">
+      <c r="D161" s="3">
         <v>46</v>
       </c>
-      <c r="E161" s="24">
+      <c r="E161" s="3">
         <v>6313</v>
       </c>
-      <c r="F161" s="24">
+      <c r="F161" s="3">
         <v>6359</v>
       </c>
-      <c r="G161" s="25">
+      <c r="G161" s="4">
         <v>2.0060377983705201E-2</v>
       </c>
-      <c r="H161" s="25">
+      <c r="H161" s="4">
         <v>1711.9572962</v>
       </c>
-      <c r="I161" s="25">
+      <c r="I161" s="4">
         <v>2857.0380814710002</v>
       </c>
-      <c r="J161" s="25">
+      <c r="J161" s="4">
         <v>4568.9953776709999</v>
       </c>
-      <c r="K161" s="25">
+      <c r="K161" s="4">
         <v>2.38257597691852E-2</v>
       </c>
-      <c r="L161" s="24">
+      <c r="L161" s="3">
         <v>64</v>
       </c>
-      <c r="M161" s="24">
+      <c r="M161" s="3">
         <v>5035</v>
       </c>
-      <c r="N161" s="24">
+      <c r="N161" s="3">
         <v>5099</v>
       </c>
-      <c r="O161" s="25">
+      <c r="O161" s="4">
         <v>1.6085527180203299E-2</v>
       </c>
-      <c r="P161" s="25">
+      <c r="P161" s="4">
         <v>1731.0083285999999</v>
       </c>
-      <c r="Q161" s="25">
+      <c r="Q161" s="4">
         <v>3227.9693022840002</v>
       </c>
-      <c r="R161" s="25">
+      <c r="R161" s="4">
         <v>4958.9776308840001</v>
       </c>
-      <c r="S161" s="25">
+      <c r="S161" s="4">
         <v>2.5859384824861002E-2</v>
       </c>
     </row>
-    <row r="162" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B162" s="22">
+    <row r="162" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B162" s="20">
         <v>157</v>
       </c>
-      <c r="C162" s="23" t="s">
+      <c r="C162" s="2" t="s">
         <v>167</v>
       </c>
-      <c r="D162" s="24">
+      <c r="D162" s="3">
         <v>60</v>
       </c>
-      <c r="E162" s="24">
+      <c r="E162" s="3">
         <v>44904</v>
       </c>
-      <c r="F162" s="24">
+      <c r="F162" s="3">
         <v>44964</v>
       </c>
-      <c r="G162" s="25">
+      <c r="G162" s="4">
         <v>0.14184539010211</v>
       </c>
-      <c r="H162" s="25">
+      <c r="H162" s="4">
         <v>453.63234896</v>
       </c>
-      <c r="I162" s="25">
+      <c r="I162" s="4">
         <v>8677.9985649739992</v>
       </c>
-      <c r="J162" s="25">
+      <c r="J162" s="4">
         <v>9131.6309139339992</v>
       </c>
-      <c r="K162" s="25">
+      <c r="K162" s="4">
         <v>4.76183551245263E-2</v>
       </c>
-      <c r="L162" s="24">
+      <c r="L162" s="3">
         <v>68</v>
       </c>
-      <c r="M162" s="24">
+      <c r="M162" s="3">
         <v>45324</v>
       </c>
-      <c r="N162" s="24">
+      <c r="N162" s="3">
         <v>45392</v>
       </c>
-      <c r="O162" s="25">
+      <c r="O162" s="4">
         <v>0.14319557751790299</v>
       </c>
-      <c r="P162" s="25">
+      <c r="P162" s="4">
         <v>451.39778800699997</v>
       </c>
-      <c r="Q162" s="25">
+      <c r="Q162" s="4">
         <v>9101.0751612929998</v>
       </c>
-      <c r="R162" s="25">
+      <c r="R162" s="4">
         <v>9552.4729492999995</v>
       </c>
-      <c r="S162" s="25">
+      <c r="S162" s="4">
         <v>4.9812903467561898E-2</v>
       </c>
     </row>
-    <row r="163" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B163" s="22">
+    <row r="163" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B163" s="20">
         <v>158</v>
       </c>
-      <c r="C163" s="23" t="s">
+      <c r="C163" s="2" t="s">
         <v>168</v>
       </c>
-      <c r="D163" s="24">
+      <c r="D163" s="3">
         <v>2025</v>
       </c>
-      <c r="E163" s="24">
+      <c r="E163" s="3">
         <v>117316</v>
       </c>
-      <c r="F163" s="24">
+      <c r="F163" s="3">
         <v>119341</v>
       </c>
-      <c r="G163" s="25">
+      <c r="G163" s="4">
         <v>0.376478309318031</v>
       </c>
-      <c r="H163" s="25">
+      <c r="H163" s="4">
         <v>905.31786359800003</v>
       </c>
-      <c r="I163" s="25">
+      <c r="I163" s="4">
         <v>14200.434953010999</v>
       </c>
-      <c r="J163" s="25">
+      <c r="J163" s="4">
         <v>15105.752816609</v>
       </c>
-      <c r="K163" s="25">
+      <c r="K163" s="4">
         <v>7.8771372696086597E-2</v>
       </c>
-      <c r="L163" s="24">
+      <c r="L163" s="3">
         <v>1011</v>
       </c>
-      <c r="M163" s="24">
+      <c r="M163" s="3">
         <v>161364</v>
       </c>
-      <c r="N163" s="24">
+      <c r="N163" s="3">
         <v>162375</v>
       </c>
-      <c r="O163" s="25">
+      <c r="O163" s="4">
         <v>0.51223523747509503</v>
       </c>
-      <c r="P163" s="25">
+      <c r="P163" s="4">
         <v>870.81285879400002</v>
       </c>
-      <c r="Q163" s="25">
+      <c r="Q163" s="4">
         <v>17564.928213236999</v>
       </c>
-      <c r="R163" s="25">
+      <c r="R163" s="4">
         <v>18435.741072031</v>
       </c>
-      <c r="S163" s="25">
+      <c r="S163" s="4">
         <v>9.6136130952492502E-2</v>
       </c>
     </row>
-    <row r="164" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B164" s="22">
+    <row r="164" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B164" s="20">
         <v>159</v>
       </c>
-      <c r="C164" s="23" t="s">
+      <c r="C164" s="2" t="s">
         <v>169</v>
       </c>
-      <c r="D164" s="24">
+      <c r="D164" s="3">
         <v>20</v>
       </c>
-      <c r="E164" s="24">
+      <c r="E164" s="3">
         <v>10382</v>
       </c>
-      <c r="F164" s="24">
+      <c r="F164" s="3">
         <v>10402</v>
       </c>
-      <c r="G164" s="25">
+      <c r="G164" s="4">
         <v>3.28146016333545E-2</v>
       </c>
-      <c r="H164" s="25">
+      <c r="H164" s="4">
         <v>0.78094189999999997</v>
       </c>
-      <c r="I164" s="25">
+      <c r="I164" s="4">
         <v>500.83937881600002</v>
       </c>
-      <c r="J164" s="25">
+      <c r="J164" s="4">
         <v>501.62032071599998</v>
       </c>
-      <c r="K164" s="25">
+      <c r="K164" s="4">
         <v>2.6157796777665399E-3</v>
       </c>
-      <c r="L164" s="24">
+      <c r="L164" s="3">
         <v>3</v>
       </c>
-      <c r="M164" s="24">
+      <c r="M164" s="3">
         <v>19472</v>
       </c>
-      <c r="N164" s="24">
+      <c r="N164" s="3">
         <v>19475</v>
       </c>
-      <c r="O164" s="25">
+      <c r="O164" s="4">
         <v>6.1436682062063E-2</v>
       </c>
-      <c r="P164" s="25">
+      <c r="P164" s="4">
         <v>2.3608929000000001</v>
       </c>
-      <c r="Q164" s="25">
+      <c r="Q164" s="4">
         <v>1064.1332042680001</v>
       </c>
-      <c r="R164" s="25">
+      <c r="R164" s="4">
         <v>1066.4940971680001</v>
       </c>
-      <c r="S164" s="25">
+      <c r="S164" s="4">
         <v>5.5614046533204002E-3</v>
       </c>
     </row>
-    <row r="165" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B165" s="22">
+    <row r="165" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B165" s="20">
         <v>160</v>
       </c>
-      <c r="C165" s="23" t="s">
+      <c r="C165" s="2" t="s">
         <v>170</v>
       </c>
-      <c r="D165" s="24">
+      <c r="D165" s="3">
         <v>81</v>
       </c>
-      <c r="E165" s="24">
+      <c r="E165" s="3">
         <v>5711</v>
       </c>
-      <c r="F165" s="24">
+      <c r="F165" s="3">
         <v>5792</v>
       </c>
-      <c r="G165" s="25">
+      <c r="G165" s="4">
         <v>1.8271695122129301E-2</v>
       </c>
-      <c r="H165" s="25">
+      <c r="H165" s="4">
         <v>11120.9946795</v>
       </c>
-      <c r="I165" s="25">
+      <c r="I165" s="4">
         <v>4255.8647252840001</v>
       </c>
-      <c r="J165" s="25">
+      <c r="J165" s="4">
         <v>15376.859404784</v>
       </c>
-      <c r="K165" s="25">
+      <c r="K165" s="4">
         <v>8.0185101515614005E-2</v>
       </c>
-      <c r="L165" s="24">
+      <c r="L165" s="3">
         <v>59</v>
       </c>
-      <c r="M165" s="24">
+      <c r="M165" s="3">
         <v>16870</v>
       </c>
-      <c r="N165" s="24">
+      <c r="N165" s="3">
         <v>16929</v>
       </c>
-      <c r="O165" s="25">
+      <c r="O165" s="4">
         <v>5.3404959724193297E-2</v>
       </c>
-      <c r="P165" s="25">
+      <c r="P165" s="4">
         <v>11669.727000000001</v>
       </c>
-      <c r="Q165" s="25">
+      <c r="Q165" s="4">
         <v>4594.3779025069998</v>
       </c>
-      <c r="R165" s="25">
+      <c r="R165" s="4">
         <v>16264.104902507001</v>
       </c>
-      <c r="S165" s="25">
+      <c r="S165" s="4">
         <v>8.4811785575823098E-2</v>
       </c>
     </row>
-    <row r="166" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B166" s="22">
+    <row r="166" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B166" s="20">
         <v>161</v>
       </c>
-      <c r="C166" s="23" t="s">
+      <c r="C166" s="2" t="s">
         <v>171</v>
       </c>
-      <c r="D166" s="24"/>
-      <c r="E166" s="24">
+      <c r="D166" s="3"/>
+      <c r="E166" s="3">
         <v>837</v>
       </c>
-      <c r="F166" s="24">
+      <c r="F166" s="3">
         <v>837</v>
       </c>
-      <c r="G166" s="25">
+      <c r="G166" s="4">
         <v>2.6404366051833998E-3</v>
       </c>
-      <c r="H166" s="25"/>
-      <c r="I166" s="25">
+      <c r="H166" s="4"/>
+      <c r="I166" s="4">
         <v>124.319222045</v>
       </c>
-      <c r="J166" s="25">
+      <c r="J166" s="4">
         <v>124.319222045</v>
       </c>
-      <c r="K166" s="25">
+      <c r="K166" s="4">
         <v>6.4828253791012098E-4</v>
       </c>
-      <c r="L166" s="24"/>
-      <c r="M166" s="24">
+      <c r="L166" s="3"/>
+      <c r="M166" s="3">
         <v>1256</v>
       </c>
-      <c r="N166" s="24">
+      <c r="N166" s="3">
         <v>1256</v>
       </c>
-      <c r="O166" s="25">
+      <c r="O166" s="4">
         <v>3.9622322295225203E-3</v>
       </c>
-      <c r="P166" s="25"/>
-      <c r="Q166" s="25">
+      <c r="P166" s="4"/>
+      <c r="Q166" s="4">
         <v>130.29361979000001</v>
       </c>
-      <c r="R166" s="25">
+      <c r="R166" s="4">
         <v>130.29361979000001</v>
       </c>
-      <c r="S166" s="25">
+      <c r="S166" s="4">
         <v>6.7943699390576103E-4</v>
       </c>
     </row>
-    <row r="167" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B167" s="22">
+    <row r="167" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B167" s="20">
         <v>162</v>
       </c>
-      <c r="C167" s="23" t="s">
+      <c r="C167" s="2" t="s">
         <v>172</v>
       </c>
-      <c r="D167" s="24">
+      <c r="D167" s="3">
         <v>2</v>
       </c>
-      <c r="E167" s="24">
+      <c r="E167" s="3">
         <v>2109</v>
       </c>
-      <c r="F167" s="24">
+      <c r="F167" s="3">
         <v>2111</v>
       </c>
-      <c r="G167" s="25">
+      <c r="G167" s="4">
         <v>6.6594524176130897E-3</v>
       </c>
-      <c r="H167" s="25">
+      <c r="H167" s="4">
         <v>3.1493199999999999E-2</v>
       </c>
-      <c r="I167" s="25">
+      <c r="I167" s="4">
         <v>228.60734840800001</v>
       </c>
-      <c r="J167" s="25">
+      <c r="J167" s="4">
         <v>228.63884160800001</v>
       </c>
-      <c r="K167" s="25">
+      <c r="K167" s="4">
         <v>1.1922739385290899E-3</v>
       </c>
-      <c r="L167" s="24"/>
-      <c r="M167" s="24">
+      <c r="L167" s="3"/>
+      <c r="M167" s="3">
         <v>2489</v>
       </c>
-      <c r="N167" s="24">
+      <c r="N167" s="3">
         <v>2489</v>
       </c>
-      <c r="O167" s="25">
+      <c r="O167" s="4">
         <v>7.8519076586636601E-3</v>
       </c>
-      <c r="P167" s="25"/>
-      <c r="Q167" s="25">
+      <c r="P167" s="4"/>
+      <c r="Q167" s="4">
         <v>237.35842731100001</v>
       </c>
-      <c r="R167" s="25">
+      <c r="R167" s="4">
         <v>237.35842731100001</v>
       </c>
-      <c r="S167" s="25">
+      <c r="S167" s="4">
         <v>1.2377436177635601E-3</v>
       </c>
     </row>
-    <row r="168" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B168" s="22">
+    <row r="168" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B168" s="20">
         <v>163</v>
       </c>
-      <c r="C168" s="23" t="s">
+      <c r="C168" s="2" t="s">
         <v>173</v>
       </c>
-      <c r="D168" s="24"/>
-      <c r="E168" s="24">
+      <c r="D168" s="3"/>
+      <c r="E168" s="3">
         <v>1996</v>
       </c>
-      <c r="F168" s="24">
+      <c r="F168" s="3">
         <v>1996</v>
       </c>
-      <c r="G168" s="25">
+      <c r="G168" s="4">
         <v>6.2966684157061796E-3</v>
       </c>
-      <c r="H168" s="25"/>
-      <c r="I168" s="25">
+      <c r="H168" s="4"/>
+      <c r="I168" s="4">
         <v>203.45102069000001</v>
       </c>
-      <c r="J168" s="25">
+      <c r="J168" s="4">
         <v>203.45102069000001</v>
       </c>
-      <c r="K168" s="25">
+      <c r="K168" s="4">
         <v>1.0609280034392099E-3</v>
       </c>
-      <c r="L168" s="24"/>
-      <c r="M168" s="24">
+      <c r="L168" s="3"/>
+      <c r="M168" s="3">
         <v>4255</v>
       </c>
-      <c r="N168" s="24">
+      <c r="N168" s="3">
         <v>4255</v>
       </c>
-      <c r="O168" s="25">
+      <c r="O168" s="4">
         <v>1.3423008070556E-2</v>
       </c>
-      <c r="P168" s="25"/>
-      <c r="Q168" s="25">
+      <c r="P168" s="4"/>
+      <c r="Q168" s="4">
         <v>431.90500808399997</v>
       </c>
-      <c r="R168" s="25">
+      <c r="R168" s="4">
         <v>431.90500808399997</v>
       </c>
-      <c r="S168" s="25">
+      <c r="S168" s="4">
         <v>2.2522379899983301E-3</v>
       </c>
     </row>
-    <row r="169" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B169" s="22">
+    <row r="169" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B169" s="20">
         <v>164</v>
       </c>
-      <c r="C169" s="23" t="s">
+      <c r="C169" s="2" t="s">
         <v>174</v>
       </c>
-      <c r="D169" s="24">
+      <c r="D169" s="3">
         <v>49</v>
       </c>
-      <c r="E169" s="24">
+      <c r="E169" s="3">
         <v>4824</v>
       </c>
-      <c r="F169" s="24">
+      <c r="F169" s="3">
         <v>4873</v>
       </c>
-      <c r="G169" s="25">
+      <c r="G169" s="4">
         <v>1.53725777503688E-2</v>
       </c>
-      <c r="H169" s="25">
+      <c r="H169" s="4">
         <v>25.4047172</v>
       </c>
-      <c r="I169" s="25">
+      <c r="I169" s="4">
         <v>532.44516015199997</v>
       </c>
-      <c r="J169" s="25">
+      <c r="J169" s="4">
         <v>557.84987735200002</v>
       </c>
-      <c r="K169" s="25">
+      <c r="K169" s="4">
         <v>2.9089977262864398E-3</v>
       </c>
-      <c r="L169" s="24"/>
-      <c r="M169" s="24">
+      <c r="L169" s="3"/>
+      <c r="M169" s="3">
         <v>6331</v>
       </c>
-      <c r="N169" s="24">
+      <c r="N169" s="3">
         <v>6331</v>
       </c>
-      <c r="O169" s="25">
+      <c r="O169" s="4">
         <v>1.9972047965849601E-2</v>
       </c>
-      <c r="P169" s="25"/>
-      <c r="Q169" s="25">
+      <c r="P169" s="4"/>
+      <c r="Q169" s="4">
         <v>756.46065864399998</v>
       </c>
-      <c r="R169" s="25">
+      <c r="R169" s="4">
         <v>756.46065864399998</v>
       </c>
-      <c r="S169" s="25">
+      <c r="S169" s="4">
         <v>3.9446855244749104E-3</v>
       </c>
     </row>
-    <row r="170" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B170" s="22">
+    <row r="170" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B170" s="20">
         <v>165</v>
       </c>
-      <c r="C170" s="23" t="s">
+      <c r="C170" s="2" t="s">
         <v>175</v>
       </c>
-      <c r="D170" s="24">
+      <c r="D170" s="3">
         <v>1</v>
       </c>
-      <c r="E170" s="24">
+      <c r="E170" s="3">
         <v>858</v>
       </c>
-      <c r="F170" s="24">
+      <c r="F170" s="3">
         <v>859</v>
       </c>
-      <c r="G170" s="25">
+      <c r="G170" s="4">
         <v>2.7098387620699401E-3</v>
       </c>
-      <c r="H170" s="25">
+      <c r="H170" s="4">
         <v>4.6636999999999998E-2</v>
       </c>
-      <c r="I170" s="25">
+      <c r="I170" s="4">
         <v>60.833948739</v>
       </c>
-      <c r="J170" s="25">
+      <c r="J170" s="4">
         <v>60.880585738999997</v>
       </c>
-      <c r="K170" s="25">
+      <c r="K170" s="4">
         <v>3.1747158631709801E-4</v>
       </c>
-      <c r="L170" s="24"/>
-      <c r="M170" s="24">
+      <c r="L170" s="3"/>
+      <c r="M170" s="3">
         <v>1867</v>
       </c>
-      <c r="N170" s="24">
+      <c r="N170" s="3">
         <v>1867</v>
       </c>
-      <c r="O170" s="25">
+      <c r="O170" s="4">
         <v>5.88971940487146E-3</v>
       </c>
-      <c r="P170" s="25"/>
-      <c r="Q170" s="25">
+      <c r="P170" s="4"/>
+      <c r="Q170" s="4">
         <v>228.356549567</v>
       </c>
-      <c r="R170" s="25">
+      <c r="R170" s="4">
         <v>228.356549567</v>
       </c>
-      <c r="S170" s="25">
+      <c r="S170" s="4">
         <v>1.19080188137042E-3</v>
       </c>
     </row>
-    <row r="171" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B171" s="22">
+    <row r="171" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B171" s="20">
         <v>166</v>
       </c>
-      <c r="C171" s="23" t="s">
+      <c r="C171" s="2" t="s">
         <v>176</v>
       </c>
-      <c r="D171" s="24">
+      <c r="D171" s="3">
         <v>9</v>
       </c>
-      <c r="E171" s="24">
+      <c r="E171" s="3">
         <v>7684</v>
       </c>
-      <c r="F171" s="24">
+      <c r="F171" s="3">
         <v>7693</v>
       </c>
-      <c r="G171" s="25">
+      <c r="G171" s="4">
         <v>2.42686724058255E-2</v>
       </c>
-      <c r="H171" s="25">
+      <c r="H171" s="4">
         <v>2.8051784999999998</v>
       </c>
-      <c r="I171" s="25">
+      <c r="I171" s="4">
         <v>736.66769345299997</v>
       </c>
-      <c r="J171" s="25">
+      <c r="J171" s="4">
         <v>739.47287195299998</v>
       </c>
-      <c r="K171" s="25">
+      <c r="K171" s="4">
         <v>3.8560999840543801E-3</v>
       </c>
-      <c r="L171" s="24">
+      <c r="L171" s="3">
         <v>2</v>
       </c>
-      <c r="M171" s="24">
+      <c r="M171" s="3">
         <v>3737</v>
       </c>
-      <c r="N171" s="24">
+      <c r="N171" s="3">
         <v>3739</v>
       </c>
-      <c r="O171" s="25">
+      <c r="O171" s="4">
         <v>1.1795212027217099E-2</v>
       </c>
-      <c r="P171" s="25">
+      <c r="P171" s="4">
         <v>1.2355879000000001</v>
       </c>
-      <c r="Q171" s="25">
+      <c r="Q171" s="4">
         <v>528.61265381999999</v>
       </c>
-      <c r="R171" s="25">
+      <c r="R171" s="4">
         <v>529.84824172000003</v>
       </c>
-      <c r="S171" s="25">
+      <c r="S171" s="4">
         <v>2.76297870272324E-3</v>
       </c>
     </row>
-    <row r="172" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B172" s="22">
+    <row r="172" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B172" s="20">
         <v>167</v>
       </c>
-      <c r="C172" s="23" t="s">
+      <c r="C172" s="2" t="s">
         <v>177</v>
       </c>
-      <c r="D172" s="24">
+      <c r="D172" s="3">
         <v>4</v>
       </c>
-      <c r="E172" s="24">
+      <c r="E172" s="3">
         <v>3011</v>
       </c>
-      <c r="F172" s="24">
+      <c r="F172" s="3">
         <v>3015</v>
       </c>
-      <c r="G172" s="25">
+      <c r="G172" s="4">
         <v>9.5112501369509599E-3</v>
       </c>
-      <c r="H172" s="25">
+      <c r="H172" s="4">
         <v>0.165217</v>
       </c>
-      <c r="I172" s="25">
+      <c r="I172" s="4">
         <v>637.89418687700004</v>
       </c>
-      <c r="J172" s="25">
+      <c r="J172" s="4">
         <v>638.05940387700002</v>
       </c>
-      <c r="K172" s="25">
+      <c r="K172" s="4">
         <v>3.3272631768325699E-3</v>
       </c>
-      <c r="L172" s="24"/>
-      <c r="M172" s="24">
+      <c r="L172" s="3"/>
+      <c r="M172" s="3">
         <v>4265</v>
       </c>
-      <c r="N172" s="24">
+      <c r="N172" s="3">
         <v>4265</v>
       </c>
-      <c r="O172" s="25">
+      <c r="O172" s="4">
         <v>1.3454554505504399E-2</v>
       </c>
-      <c r="P172" s="25"/>
-      <c r="Q172" s="25">
+      <c r="P172" s="4"/>
+      <c r="Q172" s="4">
         <v>630.45756239599996</v>
       </c>
-      <c r="R172" s="25">
+      <c r="R172" s="4">
         <v>630.45756239599996</v>
       </c>
-      <c r="S172" s="25">
+      <c r="S172" s="4">
         <v>3.2876221542535401E-3</v>
       </c>
     </row>
-    <row r="173" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B173" s="22">
+    <row r="173" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B173" s="20">
         <v>168</v>
       </c>
-      <c r="C173" s="23" t="s">
+      <c r="C173" s="2" t="s">
         <v>178</v>
       </c>
-      <c r="D173" s="24">
+      <c r="D173" s="3">
         <v>25</v>
       </c>
-      <c r="E173" s="24">
+      <c r="E173" s="3">
         <v>620</v>
       </c>
-      <c r="F173" s="24">
+      <c r="F173" s="3">
         <v>645</v>
       </c>
-      <c r="G173" s="25">
+      <c r="G173" s="4">
         <v>2.0347450541735898E-3</v>
       </c>
-      <c r="H173" s="25">
+      <c r="H173" s="4">
         <v>29.162869799999999</v>
       </c>
-      <c r="I173" s="25">
+      <c r="I173" s="4">
         <v>50.280182003999997</v>
       </c>
-      <c r="J173" s="25">
+      <c r="J173" s="4">
         <v>79.443051804000007</v>
       </c>
-      <c r="K173" s="25">
+      <c r="K173" s="4">
         <v>4.14268545086135E-4</v>
       </c>
-      <c r="L173" s="24"/>
-      <c r="M173" s="24">
+      <c r="L173" s="3"/>
+      <c r="M173" s="3">
         <v>1227</v>
       </c>
-      <c r="N173" s="24">
+      <c r="N173" s="3">
         <v>1227</v>
       </c>
-      <c r="O173" s="25">
+      <c r="O173" s="4">
         <v>3.87074756817208E-3</v>
       </c>
-      <c r="P173" s="25"/>
-      <c r="Q173" s="25">
+      <c r="P173" s="4"/>
+      <c r="Q173" s="4">
         <v>120.937351315</v>
       </c>
-      <c r="R173" s="25">
+      <c r="R173" s="4">
         <v>120.937351315</v>
       </c>
-      <c r="S173" s="25">
+      <c r="S173" s="4">
         <v>6.3064723016233995E-4</v>
       </c>
     </row>
-    <row r="174" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B174" s="22">
+    <row r="174" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B174" s="20">
         <v>169</v>
       </c>
-      <c r="C174" s="23" t="s">
+      <c r="C174" s="2" t="s">
         <v>179</v>
       </c>
-      <c r="D174" s="24"/>
-      <c r="E174" s="24">
+      <c r="D174" s="3"/>
+      <c r="E174" s="3">
         <v>1800</v>
       </c>
-      <c r="F174" s="24">
+      <c r="F174" s="3">
         <v>1800</v>
       </c>
-      <c r="G174" s="25">
+      <c r="G174" s="4">
         <v>5.6783582907169901E-3</v>
       </c>
-      <c r="H174" s="25"/>
-      <c r="I174" s="25">
+      <c r="H174" s="4"/>
+      <c r="I174" s="4">
         <v>202.451016127</v>
       </c>
-      <c r="J174" s="25">
+      <c r="J174" s="4">
         <v>202.451016127</v>
       </c>
-      <c r="K174" s="25">
+      <c r="K174" s="4">
         <v>1.05571331913409E-3</v>
       </c>
-      <c r="L174" s="24"/>
-      <c r="M174" s="24">
+      <c r="L174" s="3"/>
+      <c r="M174" s="3">
         <v>3708</v>
       </c>
-      <c r="N174" s="24">
+      <c r="N174" s="3">
         <v>3708</v>
       </c>
-      <c r="O174" s="25">
+      <c r="O174" s="4">
         <v>1.1697418078877E-2</v>
       </c>
-      <c r="P174" s="25"/>
-      <c r="Q174" s="25">
+      <c r="P174" s="4"/>
+      <c r="Q174" s="4">
         <v>1496.7455250789999</v>
       </c>
-      <c r="R174" s="25">
+      <c r="R174" s="4">
         <v>1496.7455250789999</v>
       </c>
-      <c r="S174" s="25">
+      <c r="S174" s="4">
         <v>7.80501978408942E-3</v>
       </c>
     </row>
-    <row r="175" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B175" s="22">
+    <row r="175" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B175" s="20">
         <v>170</v>
       </c>
-      <c r="C175" s="23" t="s">
+      <c r="C175" s="2" t="s">
         <v>180</v>
       </c>
-      <c r="D175" s="24">
+      <c r="D175" s="3">
         <v>10</v>
       </c>
-      <c r="E175" s="24">
+      <c r="E175" s="3">
         <v>4854</v>
       </c>
-      <c r="F175" s="24">
+      <c r="F175" s="3">
         <v>4864</v>
       </c>
-      <c r="G175" s="25">
+      <c r="G175" s="4">
         <v>1.53441859589152E-2</v>
       </c>
-      <c r="H175" s="25">
+      <c r="H175" s="4">
         <v>75.0133364</v>
       </c>
-      <c r="I175" s="25">
+      <c r="I175" s="4">
         <v>465.399131238</v>
       </c>
-      <c r="J175" s="25">
+      <c r="J175" s="4">
         <v>540.41246763799995</v>
       </c>
-      <c r="K175" s="25">
+      <c r="K175" s="4">
         <v>2.8180675544432002E-3</v>
       </c>
-      <c r="L175" s="24">
+      <c r="L175" s="3">
         <v>11</v>
       </c>
-      <c r="M175" s="24">
+      <c r="M175" s="3">
         <v>5594</v>
       </c>
-      <c r="N175" s="24">
+      <c r="N175" s="3">
         <v>5605</v>
       </c>
-      <c r="O175" s="25">
+      <c r="O175" s="4">
         <v>1.7681776788593701E-2</v>
       </c>
-      <c r="P175" s="25">
+      <c r="P175" s="4">
         <v>75.099999999999994</v>
       </c>
-      <c r="Q175" s="25">
+      <c r="Q175" s="4">
         <v>660.49499976899995</v>
       </c>
-      <c r="R175" s="25">
+      <c r="R175" s="4">
         <v>735.59499976899997</v>
       </c>
-      <c r="S175" s="25">
+      <c r="S175" s="4">
         <v>3.8358781971112102E-3</v>
       </c>
     </row>
-    <row r="176" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B176" s="22">
+    <row r="176" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B176" s="20">
         <v>171</v>
       </c>
-      <c r="C176" s="23" t="s">
+      <c r="C176" s="2" t="s">
         <v>181</v>
       </c>
-      <c r="D176" s="24"/>
-      <c r="E176" s="24">
+      <c r="D176" s="3"/>
+      <c r="E176" s="3">
         <v>3530</v>
       </c>
-      <c r="F176" s="24">
+      <c r="F176" s="3">
         <v>3530</v>
       </c>
-      <c r="G176" s="25">
+      <c r="G176" s="4">
         <v>1.1135891536794999E-2</v>
       </c>
-      <c r="H176" s="25"/>
-      <c r="I176" s="25">
+      <c r="H176" s="4"/>
+      <c r="I176" s="4">
         <v>497.53719173100001</v>
       </c>
-      <c r="J176" s="25">
+      <c r="J176" s="4">
         <v>497.53719173100001</v>
       </c>
-      <c r="K176" s="25">
+      <c r="K176" s="4">
         <v>2.5944875462886601E-3</v>
       </c>
-      <c r="L176" s="24"/>
-      <c r="M176" s="24">
+      <c r="L176" s="3"/>
+      <c r="M176" s="3">
         <v>6444</v>
       </c>
-      <c r="N176" s="24">
+      <c r="N176" s="3">
         <v>6444</v>
       </c>
-      <c r="O176" s="25">
+      <c r="O176" s="4">
         <v>2.0328522680766799E-2</v>
       </c>
-      <c r="P176" s="25"/>
-      <c r="Q176" s="25">
+      <c r="P176" s="4"/>
+      <c r="Q176" s="4">
         <v>497.494952033</v>
       </c>
-      <c r="R176" s="25">
+      <c r="R176" s="4">
         <v>497.494952033</v>
       </c>
-      <c r="S176" s="25">
+      <c r="S176" s="4">
         <v>2.5942672806035199E-3</v>
       </c>
     </row>
-    <row r="177" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B177" s="22">
+    <row r="177" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B177" s="20">
         <v>172</v>
       </c>
-      <c r="C177" s="23" t="s">
+      <c r="C177" s="2" t="s">
         <v>182</v>
       </c>
-      <c r="D177" s="24">
+      <c r="D177" s="3">
         <v>4</v>
       </c>
-      <c r="E177" s="24">
+      <c r="E177" s="3">
         <v>2216</v>
       </c>
-      <c r="F177" s="24">
+      <c r="F177" s="3">
         <v>2220</v>
       </c>
-      <c r="G177" s="25">
+      <c r="G177" s="4">
         <v>7.0033085585509596E-3</v>
       </c>
-      <c r="H177" s="25">
+      <c r="H177" s="4">
         <v>7.5925999999999997E-3</v>
       </c>
-      <c r="I177" s="25">
+      <c r="I177" s="4">
         <v>971.07763934000002</v>
       </c>
-      <c r="J177" s="25">
+      <c r="J177" s="4">
         <v>971.08523193999997</v>
       </c>
-      <c r="K177" s="25">
+      <c r="K177" s="4">
         <v>5.0638798114520604E-3</v>
       </c>
-      <c r="L177" s="24"/>
-      <c r="M177" s="24">
+      <c r="L177" s="3"/>
+      <c r="M177" s="3">
         <v>2550</v>
       </c>
-      <c r="N177" s="24">
+      <c r="N177" s="3">
         <v>2550</v>
       </c>
-      <c r="O177" s="25">
+      <c r="O177" s="4">
         <v>8.0443409118490707E-3</v>
       </c>
-      <c r="P177" s="25"/>
-      <c r="Q177" s="25">
+      <c r="P177" s="4"/>
+      <c r="Q177" s="4">
         <v>851.13420216999998</v>
       </c>
-      <c r="R177" s="25">
+      <c r="R177" s="4">
         <v>851.13420216999998</v>
       </c>
-      <c r="S177" s="25">
+      <c r="S177" s="4">
         <v>4.4383759133012199E-3</v>
       </c>
     </row>
-    <row r="178" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B178" s="22">
+    <row r="178" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B178" s="20">
         <v>173</v>
       </c>
-      <c r="C178" s="23" t="s">
+      <c r="C178" s="2" t="s">
         <v>183</v>
       </c>
-      <c r="D178" s="24">
+      <c r="D178" s="3">
         <v>1</v>
       </c>
-      <c r="E178" s="24"/>
-      <c r="F178" s="24">
+      <c r="E178" s="3"/>
+      <c r="F178" s="3">
         <v>1</v>
       </c>
-      <c r="G178" s="25">
+      <c r="G178" s="4">
         <v>3.1546434948427701E-6</v>
       </c>
-      <c r="H178" s="25">
+      <c r="H178" s="4">
         <v>2.929E-2</v>
       </c>
-      <c r="I178" s="25"/>
-      <c r="J178" s="25">
+      <c r="I178" s="4"/>
+      <c r="J178" s="4">
         <v>2.929E-2</v>
       </c>
-      <c r="K178" s="25">
+      <c r="K178" s="4">
         <v>1.5273740635631001E-7</v>
       </c>
-      <c r="L178" s="24"/>
-[...9 lines deleted...]
-      <c r="B179" s="22">
+      <c r="L178" s="3"/>
+      <c r="M178" s="3"/>
+      <c r="N178" s="3"/>
+      <c r="O178" s="4"/>
+      <c r="P178" s="4"/>
+      <c r="Q178" s="4"/>
+      <c r="R178" s="4"/>
+      <c r="S178" s="4"/>
+    </row>
+    <row r="179" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B179" s="20">
         <v>174</v>
       </c>
-      <c r="C179" s="23" t="s">
+      <c r="C179" s="2" t="s">
         <v>184</v>
       </c>
-      <c r="D179" s="24">
+      <c r="D179" s="3">
         <v>2</v>
       </c>
-      <c r="E179" s="24">
+      <c r="E179" s="3">
         <v>2543</v>
       </c>
-      <c r="F179" s="24">
+      <c r="F179" s="3">
         <v>2545</v>
       </c>
-      <c r="G179" s="25">
+      <c r="G179" s="4">
         <v>8.02856769437486E-3</v>
       </c>
-      <c r="H179" s="25">
+      <c r="H179" s="4">
         <v>0.15411440000000001</v>
       </c>
-      <c r="I179" s="25">
+      <c r="I179" s="4">
         <v>312.59404322300003</v>
       </c>
-      <c r="J179" s="25">
+      <c r="J179" s="4">
         <v>312.748157623</v>
       </c>
-      <c r="K179" s="25">
+      <c r="K179" s="4">
         <v>1.6308754673284799E-3</v>
       </c>
-      <c r="L179" s="24"/>
-      <c r="M179" s="24">
+      <c r="L179" s="3"/>
+      <c r="M179" s="3">
         <v>3991</v>
       </c>
-      <c r="N179" s="24">
+      <c r="N179" s="3">
         <v>3991</v>
       </c>
-      <c r="O179" s="25">
+      <c r="O179" s="4">
         <v>1.2590182187917499E-2</v>
       </c>
-      <c r="P179" s="25"/>
-      <c r="Q179" s="25">
+      <c r="P179" s="4"/>
+      <c r="Q179" s="4">
         <v>355.77082396200001</v>
       </c>
-      <c r="R179" s="25">
+      <c r="R179" s="4">
         <v>355.77082396200001</v>
       </c>
-      <c r="S179" s="25">
+      <c r="S179" s="4">
         <v>1.8552240665484199E-3</v>
       </c>
     </row>
-    <row r="180" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B180" s="22">
+    <row r="180" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B180" s="20">
         <v>175</v>
       </c>
-      <c r="C180" s="23" t="s">
+      <c r="C180" s="2" t="s">
         <v>185</v>
       </c>
-      <c r="D180" s="24">
+      <c r="D180" s="3">
         <v>15</v>
       </c>
-      <c r="E180" s="24">
+      <c r="E180" s="3">
         <v>23162</v>
       </c>
-      <c r="F180" s="24">
+      <c r="F180" s="3">
         <v>23177</v>
       </c>
-      <c r="G180" s="25">
+      <c r="G180" s="4">
         <v>7.3115172279970997E-2</v>
       </c>
-      <c r="H180" s="25">
+      <c r="H180" s="4">
         <v>4.3325973629999996</v>
       </c>
-      <c r="I180" s="25">
+      <c r="I180" s="4">
         <v>2803.668184308</v>
       </c>
-      <c r="J180" s="25">
+      <c r="J180" s="4">
         <v>2808.0007816709999</v>
       </c>
-      <c r="K180" s="25">
+      <c r="K180" s="4">
         <v>1.4642770789993801E-2</v>
       </c>
-      <c r="L180" s="24">
+      <c r="L180" s="3">
         <v>2</v>
       </c>
-      <c r="M180" s="24">
+      <c r="M180" s="3">
         <v>32656</v>
       </c>
-      <c r="N180" s="24">
+      <c r="N180" s="3">
         <v>32658</v>
       </c>
-      <c r="O180" s="25">
+      <c r="O180" s="4">
         <v>0.103024347254575</v>
       </c>
-      <c r="P180" s="25">
+      <c r="P180" s="4">
         <v>0.63398969999999999</v>
       </c>
-      <c r="Q180" s="25">
+      <c r="Q180" s="4">
         <v>3241.4172054830001</v>
       </c>
-      <c r="R180" s="25">
+      <c r="R180" s="4">
         <v>3242.0511951829999</v>
       </c>
-      <c r="S180" s="25">
+      <c r="S180" s="4">
         <v>1.6906196340956799E-2</v>
       </c>
     </row>
-    <row r="181" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B181" s="22">
+    <row r="181" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B181" s="20">
         <v>176</v>
       </c>
-      <c r="C181" s="23" t="s">
+      <c r="C181" s="2" t="s">
         <v>186</v>
       </c>
-      <c r="D181" s="24">
+      <c r="D181" s="3">
         <v>1</v>
       </c>
-      <c r="E181" s="24">
+      <c r="E181" s="3">
         <v>213</v>
       </c>
-      <c r="F181" s="24">
+      <c r="F181" s="3">
         <v>214</v>
       </c>
-      <c r="G181" s="25">
+      <c r="G181" s="4">
         <v>6.7509370789635295E-4</v>
       </c>
-      <c r="H181" s="25">
+      <c r="H181" s="4">
         <v>0.11</v>
       </c>
-      <c r="I181" s="25">
+      <c r="I181" s="4">
         <v>14.345738847</v>
       </c>
-      <c r="J181" s="25">
+      <c r="J181" s="4">
         <v>14.455738846999999</v>
       </c>
-      <c r="K181" s="25">
+      <c r="K181" s="4">
         <v>7.5381770517409698E-5</v>
       </c>
-      <c r="L181" s="24">
+      <c r="L181" s="3">
         <v>1</v>
       </c>
-      <c r="M181" s="24">
+      <c r="M181" s="3">
         <v>495</v>
       </c>
-      <c r="N181" s="24">
+      <c r="N181" s="3">
         <v>496</v>
       </c>
-      <c r="O181" s="25">
+      <c r="O181" s="4">
         <v>1.56470317344202E-3</v>
       </c>
-      <c r="P181" s="25">
+      <c r="P181" s="4">
         <v>0.11</v>
       </c>
-      <c r="Q181" s="25">
+      <c r="Q181" s="4">
         <v>49.256774499999999</v>
       </c>
-      <c r="R181" s="25">
+      <c r="R181" s="4">
         <v>49.366774499999998</v>
       </c>
-      <c r="S181" s="25">
+      <c r="S181" s="4">
         <v>2.5743096952225301E-4</v>
       </c>
     </row>
-    <row r="182" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B182" s="22">
+    <row r="182" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B182" s="20">
         <v>177</v>
       </c>
-      <c r="C182" s="23" t="s">
+      <c r="C182" s="2" t="s">
         <v>187</v>
       </c>
-      <c r="D182" s="24">
+      <c r="D182" s="3">
         <v>237</v>
       </c>
-      <c r="E182" s="24">
+      <c r="E182" s="3">
         <v>401</v>
       </c>
-      <c r="F182" s="24">
+      <c r="F182" s="3">
         <v>638</v>
       </c>
-      <c r="G182" s="25">
+      <c r="G182" s="4">
         <v>2.0126625497096898E-3</v>
       </c>
-      <c r="H182" s="25">
+      <c r="H182" s="4">
         <v>186730.40532530399</v>
       </c>
-      <c r="I182" s="25">
+      <c r="I182" s="4">
         <v>383215.10000956798</v>
       </c>
-      <c r="J182" s="25">
+      <c r="J182" s="4">
         <v>569945.50533487205</v>
       </c>
-      <c r="K182" s="25">
+      <c r="K182" s="4">
         <v>2.9720723198799801</v>
       </c>
-      <c r="L182" s="24">
+      <c r="L182" s="3">
         <v>750</v>
       </c>
-      <c r="M182" s="24">
+      <c r="M182" s="3">
         <v>3</v>
       </c>
-      <c r="N182" s="24">
+      <c r="N182" s="3">
         <v>753</v>
       </c>
-      <c r="O182" s="25">
+      <c r="O182" s="4">
         <v>2.3754465516166098E-3</v>
       </c>
-      <c r="P182" s="25">
+      <c r="P182" s="4">
         <v>9244.2640651999991</v>
       </c>
-      <c r="Q182" s="25">
+      <c r="Q182" s="4">
         <v>2.8410000000000002</v>
       </c>
-      <c r="R182" s="25">
+      <c r="R182" s="4">
         <v>9247.1050651999994</v>
       </c>
-      <c r="S182" s="25">
+      <c r="S182" s="4">
         <v>4.82205136211315E-2</v>
       </c>
     </row>
-    <row r="183" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B183" s="22">
+    <row r="183" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B183" s="20">
         <v>178</v>
       </c>
-      <c r="C183" s="23" t="s">
+      <c r="C183" s="2" t="s">
         <v>188</v>
       </c>
-      <c r="D183" s="24"/>
-      <c r="E183" s="24">
+      <c r="D183" s="3"/>
+      <c r="E183" s="3">
         <v>1955</v>
       </c>
-      <c r="F183" s="24">
+      <c r="F183" s="3">
         <v>1955</v>
       </c>
-      <c r="G183" s="25">
+      <c r="G183" s="4">
         <v>6.1673280324176204E-3</v>
       </c>
-      <c r="H183" s="25"/>
-      <c r="I183" s="25">
+      <c r="H183" s="4"/>
+      <c r="I183" s="4">
         <v>249.926582443</v>
       </c>
-      <c r="J183" s="25">
+      <c r="J183" s="4">
         <v>249.926582443</v>
       </c>
-      <c r="K183" s="25">
+      <c r="K183" s="4">
         <v>1.3032822800218601E-3</v>
       </c>
-      <c r="L183" s="24"/>
-      <c r="M183" s="24">
+      <c r="L183" s="3"/>
+      <c r="M183" s="3">
         <v>4847</v>
       </c>
-      <c r="N183" s="24">
+      <c r="N183" s="3">
         <v>4847</v>
       </c>
-      <c r="O183" s="25">
+      <c r="O183" s="4">
         <v>1.5290557019502901E-2</v>
       </c>
-      <c r="P183" s="25"/>
-      <c r="Q183" s="25">
+      <c r="P183" s="4"/>
+      <c r="Q183" s="4">
         <v>598.39843055400002</v>
       </c>
-      <c r="R183" s="25">
+      <c r="R183" s="4">
         <v>598.39843055400002</v>
       </c>
-      <c r="S183" s="25">
+      <c r="S183" s="4">
         <v>3.1204446654320298E-3</v>
       </c>
     </row>
-    <row r="184" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B184" s="22">
+    <row r="184" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B184" s="20">
         <v>179</v>
       </c>
-      <c r="C184" s="23" t="s">
+      <c r="C184" s="2" t="s">
         <v>189</v>
       </c>
-      <c r="D184" s="24">
+      <c r="D184" s="3">
         <v>54</v>
       </c>
-      <c r="E184" s="24">
+      <c r="E184" s="3">
         <v>37884</v>
       </c>
-      <c r="F184" s="24">
+      <c r="F184" s="3">
         <v>37938</v>
       </c>
-      <c r="G184" s="25">
+      <c r="G184" s="4">
         <v>0.119680864907345</v>
       </c>
-      <c r="H184" s="25">
+      <c r="H184" s="4">
         <v>20.136336698000001</v>
       </c>
-      <c r="I184" s="25">
+      <c r="I184" s="4">
         <v>6181.8077153779996</v>
       </c>
-      <c r="J184" s="25">
+      <c r="J184" s="4">
         <v>6201.9440520759999</v>
       </c>
-      <c r="K184" s="25">
+      <c r="K184" s="4">
         <v>3.2341032737488201E-2</v>
       </c>
-      <c r="L184" s="24"/>
-      <c r="M184" s="24">
+      <c r="L184" s="3"/>
+      <c r="M184" s="3">
         <v>37241</v>
       </c>
-      <c r="N184" s="24">
+      <c r="N184" s="3">
         <v>37241</v>
       </c>
-      <c r="O184" s="25">
+      <c r="O184" s="4">
         <v>0.11748207839144</v>
       </c>
-      <c r="P184" s="25"/>
-      <c r="Q184" s="25">
+      <c r="P184" s="4"/>
+      <c r="Q184" s="4">
         <v>6830.1431546909998</v>
       </c>
-      <c r="R184" s="25">
+      <c r="R184" s="4">
         <v>6830.1431546909998</v>
       </c>
-      <c r="S184" s="25">
+      <c r="S184" s="4">
         <v>3.5616877790706901E-2</v>
       </c>
     </row>
-    <row r="185" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B185" s="22">
+    <row r="185" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B185" s="20">
         <v>180</v>
       </c>
-      <c r="C185" s="23" t="s">
+      <c r="C185" s="2" t="s">
         <v>190</v>
       </c>
-      <c r="D185" s="24"/>
-      <c r="E185" s="24">
+      <c r="D185" s="3"/>
+      <c r="E185" s="3">
         <v>263</v>
       </c>
-      <c r="F185" s="24">
+      <c r="F185" s="3">
         <v>263</v>
       </c>
-      <c r="G185" s="25">
+      <c r="G185" s="4">
         <v>8.2967123914364903E-4</v>
       </c>
-      <c r="H185" s="25"/>
-      <c r="I185" s="25">
+      <c r="H185" s="4"/>
+      <c r="I185" s="4">
         <v>14.614185362000001</v>
       </c>
-      <c r="J185" s="25">
+      <c r="J185" s="4">
         <v>14.614185362000001</v>
       </c>
-      <c r="K185" s="25">
+      <c r="K185" s="4">
         <v>7.6208015302226906E-5</v>
       </c>
-      <c r="L185" s="24"/>
-      <c r="M185" s="24">
+      <c r="L185" s="3"/>
+      <c r="M185" s="3">
         <v>299</v>
       </c>
-      <c r="N185" s="24">
+      <c r="N185" s="3">
         <v>299</v>
       </c>
-      <c r="O185" s="25">
+      <c r="O185" s="4">
         <v>9.4323840495798901E-4</v>
       </c>
-      <c r="P185" s="25"/>
-      <c r="Q185" s="25">
+      <c r="P185" s="4"/>
+      <c r="Q185" s="4">
         <v>22.189178355999999</v>
       </c>
-      <c r="R185" s="25">
+      <c r="R185" s="4">
         <v>22.189178355999999</v>
       </c>
-      <c r="S185" s="25">
+      <c r="S185" s="4">
         <v>1.15709032136326E-4</v>
       </c>
     </row>
-    <row r="186" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B186" s="22">
+    <row r="186" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B186" s="20">
         <v>181</v>
       </c>
-      <c r="C186" s="23" t="s">
+      <c r="C186" s="2" t="s">
         <v>191</v>
       </c>
-      <c r="D186" s="24">
+      <c r="D186" s="3">
         <v>20</v>
       </c>
-      <c r="E186" s="24">
+      <c r="E186" s="3">
         <v>439</v>
       </c>
-      <c r="F186" s="24">
+      <c r="F186" s="3">
         <v>459</v>
       </c>
-      <c r="G186" s="25">
+      <c r="G186" s="4">
         <v>1.4479813641328301E-3</v>
       </c>
-      <c r="H186" s="25">
+      <c r="H186" s="4">
         <v>30.060322299999999</v>
       </c>
-      <c r="I186" s="25">
+      <c r="I186" s="4">
         <v>56.766182723999997</v>
       </c>
-      <c r="J186" s="25">
+      <c r="J186" s="4">
         <v>86.826505023999999</v>
       </c>
-      <c r="K186" s="25">
+      <c r="K186" s="4">
         <v>4.5277074702454201E-4</v>
       </c>
-      <c r="L186" s="24"/>
-      <c r="M186" s="24">
+      <c r="L186" s="3"/>
+      <c r="M186" s="3">
         <v>718</v>
       </c>
-      <c r="N186" s="24">
+      <c r="N186" s="3">
         <v>718</v>
       </c>
-      <c r="O186" s="25">
+      <c r="O186" s="4">
         <v>2.2650340292971098E-3</v>
       </c>
-      <c r="P186" s="25"/>
-      <c r="Q186" s="25">
+      <c r="P186" s="4"/>
+      <c r="Q186" s="4">
         <v>108.20834078599999</v>
       </c>
-      <c r="R186" s="25">
+      <c r="R186" s="4">
         <v>108.20834078599999</v>
       </c>
-      <c r="S186" s="25">
+      <c r="S186" s="4">
         <v>5.64269761617389E-4</v>
       </c>
     </row>
-    <row r="187" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B187" s="22">
+    <row r="187" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B187" s="20">
         <v>182</v>
       </c>
-      <c r="C187" s="23" t="s">
+      <c r="C187" s="2" t="s">
         <v>192</v>
       </c>
-      <c r="D187" s="24"/>
-      <c r="E187" s="24">
+      <c r="D187" s="3"/>
+      <c r="E187" s="3">
         <v>582</v>
       </c>
-      <c r="F187" s="24">
+      <c r="F187" s="3">
         <v>582</v>
       </c>
-      <c r="G187" s="25">
+      <c r="G187" s="4">
         <v>1.83600251399849E-3</v>
       </c>
-      <c r="H187" s="25"/>
-      <c r="I187" s="25">
+      <c r="H187" s="4"/>
+      <c r="I187" s="4">
         <v>149.29792094699999</v>
       </c>
-      <c r="J187" s="25">
+      <c r="J187" s="4">
         <v>149.29792094699999</v>
       </c>
-      <c r="K187" s="25">
+      <c r="K187" s="4">
         <v>7.7853797268126099E-4</v>
       </c>
-      <c r="L187" s="24"/>
-      <c r="M187" s="24">
+      <c r="L187" s="3"/>
+      <c r="M187" s="3">
         <v>1397</v>
       </c>
-      <c r="N187" s="24">
+      <c r="N187" s="3">
         <v>1397</v>
       </c>
-      <c r="O187" s="25">
+      <c r="O187" s="4">
         <v>4.4070369622953498E-3</v>
       </c>
-      <c r="P187" s="25"/>
-      <c r="Q187" s="25">
+      <c r="P187" s="4"/>
+      <c r="Q187" s="4">
         <v>677.43118284599996</v>
       </c>
-      <c r="R187" s="25">
+      <c r="R187" s="4">
         <v>677.43118284599996</v>
       </c>
-      <c r="S187" s="25">
+      <c r="S187" s="4">
         <v>3.5325736378554102E-3</v>
       </c>
     </row>
-    <row r="188" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B188" s="22">
+    <row r="188" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B188" s="20">
         <v>183</v>
       </c>
-      <c r="C188" s="23" t="s">
+      <c r="C188" s="2" t="s">
         <v>193</v>
       </c>
-      <c r="D188" s="24"/>
-      <c r="E188" s="24">
+      <c r="D188" s="3"/>
+      <c r="E188" s="3">
         <v>210</v>
       </c>
-      <c r="F188" s="24">
+      <c r="F188" s="3">
         <v>210</v>
       </c>
-      <c r="G188" s="25">
+      <c r="G188" s="4">
         <v>6.6247513391698204E-4</v>
       </c>
-      <c r="H188" s="25"/>
-      <c r="I188" s="25">
+      <c r="H188" s="4"/>
+      <c r="I188" s="4">
         <v>15.968476820999999</v>
       </c>
-      <c r="J188" s="25">
+      <c r="J188" s="4">
         <v>15.968476820999999</v>
       </c>
-      <c r="K188" s="25">
+      <c r="K188" s="4">
         <v>8.3270185493355695E-5</v>
       </c>
-      <c r="L188" s="24"/>
-      <c r="M188" s="24">
+      <c r="L188" s="3"/>
+      <c r="M188" s="3">
         <v>4339</v>
       </c>
-      <c r="N188" s="24">
+      <c r="N188" s="3">
         <v>4339</v>
       </c>
-      <c r="O188" s="25">
+      <c r="O188" s="4">
         <v>1.36879981241228E-2</v>
       </c>
-      <c r="P188" s="25"/>
-      <c r="Q188" s="25">
+      <c r="P188" s="4"/>
+      <c r="Q188" s="4">
         <v>272.166158091</v>
       </c>
-      <c r="R188" s="25">
+      <c r="R188" s="4">
         <v>272.166158091</v>
       </c>
-      <c r="S188" s="25">
+      <c r="S188" s="4">
         <v>1.4192541169266201E-3</v>
       </c>
     </row>
-    <row r="189" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B189" s="22">
+    <row r="189" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B189" s="20">
         <v>184</v>
       </c>
-      <c r="C189" s="23" t="s">
+      <c r="C189" s="2" t="s">
         <v>194</v>
       </c>
-      <c r="D189" s="24">
+      <c r="D189" s="3">
         <v>231</v>
       </c>
-      <c r="E189" s="24">
+      <c r="E189" s="3">
         <v>1229</v>
       </c>
-      <c r="F189" s="24">
+      <c r="F189" s="3">
         <v>1460</v>
       </c>
-      <c r="G189" s="25">
+      <c r="G189" s="4">
         <v>4.6057795024704497E-3</v>
       </c>
-      <c r="H189" s="25">
+      <c r="H189" s="4">
         <v>106.61614446999999</v>
       </c>
-      <c r="I189" s="25">
+      <c r="I189" s="4">
         <v>130.64684884499999</v>
       </c>
-      <c r="J189" s="25">
+      <c r="J189" s="4">
         <v>237.26299331499999</v>
       </c>
-      <c r="K189" s="25">
+      <c r="K189" s="4">
         <v>1.23724596187325E-3</v>
       </c>
-      <c r="L189" s="24"/>
-      <c r="M189" s="24">
+      <c r="L189" s="3"/>
+      <c r="M189" s="3">
         <v>1586</v>
       </c>
-      <c r="N189" s="24">
+      <c r="N189" s="3">
         <v>1586</v>
       </c>
-      <c r="O189" s="25">
+      <c r="O189" s="4">
         <v>5.0032645828206402E-3</v>
       </c>
-      <c r="P189" s="25"/>
-      <c r="Q189" s="25">
+      <c r="P189" s="4"/>
+      <c r="Q189" s="4">
         <v>245.44368466399999</v>
       </c>
-      <c r="R189" s="25">
+      <c r="R189" s="4">
         <v>245.44368466399999</v>
       </c>
-      <c r="S189" s="25">
+      <c r="S189" s="4">
         <v>1.27990549000052E-3</v>
       </c>
     </row>
-    <row r="190" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B190" s="22">
+    <row r="190" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B190" s="20">
         <v>185</v>
       </c>
-      <c r="C190" s="23" t="s">
+      <c r="C190" s="2" t="s">
         <v>195</v>
       </c>
-      <c r="D190" s="24">
+      <c r="D190" s="3">
         <v>146</v>
       </c>
-      <c r="E190" s="24">
+      <c r="E190" s="3">
         <v>43962</v>
       </c>
-      <c r="F190" s="24">
+      <c r="F190" s="3">
         <v>44108</v>
       </c>
-      <c r="G190" s="25">
+      <c r="G190" s="4">
         <v>0.139145015270525</v>
       </c>
-      <c r="H190" s="25">
+      <c r="H190" s="4">
         <v>5621.6080754269997</v>
       </c>
-      <c r="I190" s="25">
+      <c r="I190" s="4">
         <v>14977.662565936</v>
       </c>
-      <c r="J190" s="25">
+      <c r="J190" s="4">
         <v>20599.270641363</v>
       </c>
-      <c r="K190" s="25">
+      <c r="K190" s="4">
         <v>0.10741820316126501</v>
       </c>
-      <c r="L190" s="24">
+      <c r="L190" s="3">
         <v>10</v>
       </c>
-      <c r="M190" s="24">
+      <c r="M190" s="3">
         <v>73695</v>
       </c>
-      <c r="N190" s="24">
+      <c r="N190" s="3">
         <v>73705</v>
       </c>
-      <c r="O190" s="25">
+      <c r="O190" s="4">
         <v>0.23251299878738699</v>
       </c>
-      <c r="P190" s="25">
+      <c r="P190" s="4">
         <v>0.56243489999999996</v>
       </c>
-      <c r="Q190" s="25">
+      <c r="Q190" s="4">
         <v>22380.975562393</v>
       </c>
-      <c r="R190" s="25">
+      <c r="R190" s="4">
         <v>22381.537997292999</v>
       </c>
-      <c r="S190" s="25">
+      <c r="S190" s="4">
         <v>0.116712122361616</v>
       </c>
     </row>
-    <row r="191" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B191" s="22">
+    <row r="191" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B191" s="20">
         <v>186</v>
       </c>
-      <c r="C191" s="23" t="s">
+      <c r="C191" s="2" t="s">
         <v>196</v>
       </c>
-      <c r="D191" s="24">
+      <c r="D191" s="3">
         <v>12</v>
       </c>
-      <c r="E191" s="24">
+      <c r="E191" s="3">
         <v>238</v>
       </c>
-      <c r="F191" s="24">
+      <c r="F191" s="3">
         <v>250</v>
       </c>
-      <c r="G191" s="25">
+      <c r="G191" s="4">
         <v>7.8866087371069304E-4</v>
       </c>
-      <c r="H191" s="25">
+      <c r="H191" s="4">
         <v>144.84081302499999</v>
       </c>
-      <c r="I191" s="25">
+      <c r="I191" s="4">
         <v>305.81825185999998</v>
       </c>
-      <c r="J191" s="25">
+      <c r="J191" s="4">
         <v>450.65906488500002</v>
       </c>
-      <c r="K191" s="25">
+      <c r="K191" s="4">
         <v>2.35003402941259E-3</v>
       </c>
-      <c r="L191" s="24"/>
-      <c r="M191" s="24">
+      <c r="L191" s="3"/>
+      <c r="M191" s="3">
         <v>299</v>
       </c>
-      <c r="N191" s="24">
+      <c r="N191" s="3">
         <v>299</v>
       </c>
-      <c r="O191" s="25">
+      <c r="O191" s="4">
         <v>9.4323840495798901E-4</v>
       </c>
-      <c r="P191" s="25"/>
-      <c r="Q191" s="25">
+      <c r="P191" s="4"/>
+      <c r="Q191" s="4">
         <v>154.95913429399999</v>
       </c>
-      <c r="R191" s="25">
+      <c r="R191" s="4">
         <v>154.95913429399999</v>
       </c>
-      <c r="S191" s="25">
+      <c r="S191" s="4">
         <v>8.0805927836410496E-4</v>
       </c>
     </row>
-    <row r="192" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B192" s="22">
+    <row r="192" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B192" s="20">
         <v>187</v>
       </c>
-      <c r="C192" s="23" t="s">
+      <c r="C192" s="2" t="s">
         <v>197</v>
       </c>
-      <c r="D192" s="24">
+      <c r="D192" s="3">
         <v>3</v>
       </c>
-      <c r="E192" s="24">
+      <c r="E192" s="3">
         <v>3199</v>
       </c>
-      <c r="F192" s="24">
+      <c r="F192" s="3">
         <v>3202</v>
       </c>
-      <c r="G192" s="25">
+      <c r="G192" s="4">
         <v>1.01011684704866E-2</v>
       </c>
-      <c r="H192" s="25">
+      <c r="H192" s="4">
         <v>0.2200163</v>
       </c>
-      <c r="I192" s="25">
+      <c r="I192" s="4">
         <v>264.06133525000001</v>
       </c>
-      <c r="J192" s="25">
+      <c r="J192" s="4">
         <v>264.28135155000001</v>
       </c>
-      <c r="K192" s="25">
+      <c r="K192" s="4">
         <v>1.37813752762332E-3</v>
       </c>
-      <c r="L192" s="24"/>
-      <c r="M192" s="24">
+      <c r="L192" s="3"/>
+      <c r="M192" s="3">
         <v>4854</v>
       </c>
-      <c r="N192" s="24">
+      <c r="N192" s="3">
         <v>4854</v>
       </c>
-      <c r="O192" s="25">
+      <c r="O192" s="4">
         <v>1.53126395239668E-2</v>
       </c>
-      <c r="P192" s="25"/>
-      <c r="Q192" s="25">
+      <c r="P192" s="4"/>
+      <c r="Q192" s="4">
         <v>421.42465735500002</v>
       </c>
-      <c r="R192" s="25">
+      <c r="R192" s="4">
         <v>421.42465735500002</v>
       </c>
-      <c r="S192" s="25">
+      <c r="S192" s="4">
         <v>2.1975865189142801E-3</v>
       </c>
     </row>
-    <row r="193" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B193" s="22">
+    <row r="193" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B193" s="20">
         <v>188</v>
       </c>
-      <c r="C193" s="23" t="s">
+      <c r="C193" s="2" t="s">
         <v>198</v>
       </c>
-      <c r="D193" s="24">
+      <c r="D193" s="3">
         <v>42</v>
       </c>
-      <c r="E193" s="24">
+      <c r="E193" s="3">
         <v>1487</v>
       </c>
-      <c r="F193" s="24">
+      <c r="F193" s="3">
         <v>1529</v>
       </c>
-      <c r="G193" s="25">
+      <c r="G193" s="4">
         <v>4.8234499036146003E-3</v>
       </c>
-      <c r="H193" s="25">
+      <c r="H193" s="4">
         <v>1.941896802</v>
       </c>
-      <c r="I193" s="25">
+      <c r="I193" s="4">
         <v>511.40720599399998</v>
       </c>
-      <c r="J193" s="25">
+      <c r="J193" s="4">
         <v>513.34910279600001</v>
       </c>
-      <c r="K193" s="25">
+      <c r="K193" s="4">
         <v>2.67694129451689E-3</v>
       </c>
-      <c r="L193" s="24">
+      <c r="L193" s="3">
         <v>46</v>
       </c>
-      <c r="M193" s="24">
+      <c r="M193" s="3">
         <v>3470</v>
       </c>
-      <c r="N193" s="24">
+      <c r="N193" s="3">
         <v>3516</v>
       </c>
-      <c r="O193" s="25">
+      <c r="O193" s="4">
         <v>1.1091726527867199E-2</v>
       </c>
-      <c r="P193" s="25">
+      <c r="P193" s="4">
         <v>1.0089531700000001</v>
       </c>
-      <c r="Q193" s="25">
+      <c r="Q193" s="4">
         <v>1193.4810900580001</v>
       </c>
-      <c r="R193" s="25">
+      <c r="R193" s="4">
         <v>1194.4900432280001</v>
       </c>
-      <c r="S193" s="25">
+      <c r="S193" s="4">
         <v>6.2288600587600204E-3</v>
       </c>
     </row>
-    <row r="194" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B194" s="22">
+    <row r="194" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B194" s="20">
         <v>189</v>
       </c>
-      <c r="C194" s="23" t="s">
+      <c r="C194" s="2" t="s">
         <v>199</v>
       </c>
-      <c r="D194" s="24">
+      <c r="D194" s="3">
         <v>1052</v>
       </c>
-      <c r="E194" s="24">
+      <c r="E194" s="3">
         <v>286639</v>
       </c>
-      <c r="F194" s="24">
+      <c r="F194" s="3">
         <v>287691</v>
       </c>
-      <c r="G194" s="25">
+      <c r="G194" s="4">
         <v>0.90756254167481198</v>
       </c>
-      <c r="H194" s="25">
+      <c r="H194" s="4">
         <v>51380.685736633</v>
       </c>
-      <c r="I194" s="25">
+      <c r="I194" s="4">
         <v>353892.40948178398</v>
       </c>
-      <c r="J194" s="25">
+      <c r="J194" s="4">
         <v>405273.095218417</v>
       </c>
-      <c r="K194" s="25">
+      <c r="K194" s="4">
         <v>2.1133616056556699</v>
       </c>
-      <c r="L194" s="24">
+      <c r="L194" s="3">
         <v>1270</v>
       </c>
-      <c r="M194" s="24">
+      <c r="M194" s="3">
         <v>185780</v>
       </c>
-      <c r="N194" s="24">
+      <c r="N194" s="3">
         <v>187050</v>
       </c>
-      <c r="O194" s="25">
+      <c r="O194" s="4">
         <v>0.59007606571034099</v>
       </c>
-      <c r="P194" s="25">
+      <c r="P194" s="4">
         <v>34023.576087774003</v>
       </c>
-      <c r="Q194" s="25">
+      <c r="Q194" s="4">
         <v>362456.60591720801</v>
       </c>
-      <c r="R194" s="25">
+      <c r="R194" s="4">
         <v>396480.18200498202</v>
       </c>
-      <c r="S194" s="25">
+      <c r="S194" s="4">
         <v>2.0675095483481898</v>
       </c>
     </row>
-    <row r="195" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B195" s="22">
+    <row r="195" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B195" s="20">
         <v>190</v>
       </c>
-      <c r="C195" s="23" t="s">
+      <c r="C195" s="2" t="s">
         <v>200</v>
       </c>
-      <c r="D195" s="24">
+      <c r="D195" s="3">
         <v>3</v>
       </c>
-      <c r="E195" s="24">
+      <c r="E195" s="3">
         <v>3151</v>
       </c>
-      <c r="F195" s="24">
+      <c r="F195" s="3">
         <v>3154</v>
       </c>
-      <c r="G195" s="25">
+      <c r="G195" s="4">
         <v>9.9497455827341104E-3</v>
       </c>
-      <c r="H195" s="25">
+      <c r="H195" s="4">
         <v>1.3198596</v>
       </c>
-      <c r="I195" s="25">
+      <c r="I195" s="4">
         <v>389.59601170500002</v>
       </c>
-      <c r="J195" s="25">
+      <c r="J195" s="4">
         <v>390.915871305</v>
       </c>
-      <c r="K195" s="25">
+      <c r="K195" s="4">
         <v>2.0384935570721299E-3</v>
       </c>
-      <c r="L195" s="24"/>
-      <c r="M195" s="24">
+      <c r="L195" s="3"/>
+      <c r="M195" s="3">
         <v>2541</v>
       </c>
-      <c r="N195" s="24">
+      <c r="N195" s="3">
         <v>2541</v>
       </c>
-      <c r="O195" s="25">
+      <c r="O195" s="4">
         <v>8.0159491203954901E-3</v>
       </c>
-      <c r="P195" s="25"/>
-      <c r="Q195" s="25">
+      <c r="P195" s="4"/>
+      <c r="Q195" s="4">
         <v>279.491628504</v>
       </c>
-      <c r="R195" s="25">
+      <c r="R195" s="4">
         <v>279.491628504</v>
       </c>
-      <c r="S195" s="25">
+      <c r="S195" s="4">
         <v>1.45745395821107E-3</v>
       </c>
     </row>
-    <row r="196" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B196" s="22">
+    <row r="196" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B196" s="20">
         <v>191</v>
       </c>
-      <c r="C196" s="23" t="s">
+      <c r="C196" s="2" t="s">
         <v>201</v>
       </c>
-      <c r="D196" s="24">
+      <c r="D196" s="3">
         <v>444</v>
       </c>
-      <c r="E196" s="24">
+      <c r="E196" s="3">
         <v>62534</v>
       </c>
-      <c r="F196" s="24">
+      <c r="F196" s="3">
         <v>62978</v>
       </c>
-      <c r="G196" s="25">
+      <c r="G196" s="4">
         <v>0.19867313801820799</v>
       </c>
-      <c r="H196" s="25">
+      <c r="H196" s="4">
         <v>817.82422308000002</v>
       </c>
-      <c r="I196" s="25">
+      <c r="I196" s="4">
         <v>21374.204378122002</v>
       </c>
-      <c r="J196" s="25">
+      <c r="J196" s="4">
         <v>22192.028601202001</v>
       </c>
-      <c r="K196" s="25">
+      <c r="K196" s="4">
         <v>0.115723895197427</v>
       </c>
-      <c r="L196" s="24">
+      <c r="L196" s="3">
         <v>329</v>
       </c>
-      <c r="M196" s="24">
+      <c r="M196" s="3">
         <v>88614</v>
       </c>
-      <c r="N196" s="24">
+      <c r="N196" s="3">
         <v>88943</v>
       </c>
-      <c r="O196" s="25">
+      <c r="O196" s="4">
         <v>0.28058345636180099</v>
       </c>
-      <c r="P196" s="25">
+      <c r="P196" s="4">
         <v>2378.0351905550001</v>
       </c>
-      <c r="Q196" s="25">
+      <c r="Q196" s="4">
         <v>22477.818502139002</v>
       </c>
-      <c r="R196" s="25">
+      <c r="R196" s="4">
         <v>24855.853692694</v>
       </c>
-      <c r="S196" s="25">
+      <c r="S196" s="4">
         <v>0.129614838709252</v>
       </c>
     </row>
-    <row r="197" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B197" s="22">
+    <row r="197" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B197" s="20">
         <v>192</v>
       </c>
-      <c r="C197" s="23" t="s">
+      <c r="C197" s="2" t="s">
         <v>202</v>
       </c>
-      <c r="D197" s="24">
+      <c r="D197" s="3">
         <v>32</v>
       </c>
-      <c r="E197" s="24">
+      <c r="E197" s="3">
         <v>32447</v>
       </c>
-      <c r="F197" s="24">
+      <c r="F197" s="3">
         <v>32479</v>
       </c>
-      <c r="G197" s="25">
+      <c r="G197" s="4">
         <v>0.10245966606899801</v>
       </c>
-      <c r="H197" s="25">
+      <c r="H197" s="4">
         <v>24.766675915</v>
       </c>
-      <c r="I197" s="25">
+      <c r="I197" s="4">
         <v>4418.5588344119997</v>
       </c>
-      <c r="J197" s="25">
+      <c r="J197" s="4">
         <v>4443.3255103270003</v>
       </c>
-      <c r="K197" s="25">
+      <c r="K197" s="4">
         <v>2.31704340745706E-2</v>
       </c>
-      <c r="L197" s="24">
+      <c r="L197" s="3">
         <v>2</v>
       </c>
-      <c r="M197" s="24">
+      <c r="M197" s="3">
         <v>34989</v>
       </c>
-      <c r="N197" s="24">
+      <c r="N197" s="3">
         <v>34991</v>
       </c>
-      <c r="O197" s="25">
+      <c r="O197" s="4">
         <v>0.110384130528043</v>
       </c>
-      <c r="P197" s="25">
+      <c r="P197" s="4">
         <v>1.0502</v>
       </c>
-      <c r="Q197" s="25">
+      <c r="Q197" s="4">
         <v>4989.0475564070002</v>
       </c>
-      <c r="R197" s="25">
+      <c r="R197" s="4">
         <v>4990.0977564069999</v>
       </c>
-      <c r="S197" s="25">
+      <c r="S197" s="4">
         <v>2.6021665714511599E-2</v>
       </c>
     </row>
-    <row r="198" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B198" s="22">
+    <row r="198" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B198" s="20">
         <v>193</v>
       </c>
-      <c r="C198" s="23" t="s">
+      <c r="C198" s="2" t="s">
         <v>203</v>
       </c>
-      <c r="D198" s="24">
+      <c r="D198" s="3">
         <v>10</v>
       </c>
-      <c r="E198" s="24">
+      <c r="E198" s="3">
         <v>3389</v>
       </c>
-      <c r="F198" s="24">
+      <c r="F198" s="3">
         <v>3399</v>
       </c>
-      <c r="G198" s="25">
+      <c r="G198" s="4">
         <v>1.0722633238970601E-2</v>
       </c>
-      <c r="H198" s="25">
+      <c r="H198" s="4">
         <v>2.5111135999999998</v>
       </c>
-      <c r="I198" s="25">
+      <c r="I198" s="4">
         <v>447.63693731299998</v>
       </c>
-      <c r="J198" s="25">
+      <c r="J198" s="4">
         <v>450.14805091300002</v>
       </c>
-      <c r="K198" s="25">
+      <c r="K198" s="4">
         <v>2.3473692650324198E-3</v>
       </c>
-      <c r="L198" s="24"/>
-      <c r="M198" s="24">
+      <c r="L198" s="3"/>
+      <c r="M198" s="3">
         <v>3405</v>
       </c>
-      <c r="N198" s="24">
+      <c r="N198" s="3">
         <v>3405</v>
       </c>
-      <c r="O198" s="25">
+      <c r="O198" s="4">
         <v>1.07415610999396E-2</v>
       </c>
-      <c r="P198" s="25"/>
-      <c r="Q198" s="25">
+      <c r="P198" s="4"/>
+      <c r="Q198" s="4">
         <v>574.55533237899999</v>
       </c>
-      <c r="R198" s="25">
+      <c r="R198" s="4">
         <v>574.55533237899999</v>
       </c>
-      <c r="S198" s="25">
+      <c r="S198" s="4">
         <v>2.99611100292782E-3</v>
       </c>
     </row>
-    <row r="199" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B199" s="22">
+    <row r="199" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B199" s="20">
         <v>194</v>
       </c>
-      <c r="C199" s="23" t="s">
+      <c r="C199" s="2" t="s">
         <v>204</v>
       </c>
-      <c r="D199" s="24">
+      <c r="D199" s="3">
         <v>6</v>
       </c>
-      <c r="E199" s="24">
+      <c r="E199" s="3">
         <v>1259</v>
       </c>
-      <c r="F199" s="24">
+      <c r="F199" s="3">
         <v>1265</v>
       </c>
-      <c r="G199" s="25">
+      <c r="G199" s="4">
         <v>3.9906240209761096E-3</v>
       </c>
-      <c r="H199" s="25">
+      <c r="H199" s="4">
         <v>37.289768649999999</v>
       </c>
-      <c r="I199" s="25">
+      <c r="I199" s="4">
         <v>1318.0242895040001</v>
       </c>
-      <c r="J199" s="25">
+      <c r="J199" s="4">
         <v>1355.3140581539999</v>
       </c>
-      <c r="K199" s="25">
+      <c r="K199" s="4">
         <v>7.0675026985553601E-3</v>
       </c>
-      <c r="L199" s="24">
+      <c r="L199" s="3">
         <v>30</v>
       </c>
-      <c r="M199" s="24">
+      <c r="M199" s="3">
         <v>2368</v>
       </c>
-      <c r="N199" s="24">
+      <c r="N199" s="3">
         <v>2398</v>
       </c>
-      <c r="O199" s="25">
+      <c r="O199" s="4">
         <v>7.5648351006329696E-3</v>
       </c>
-      <c r="P199" s="25">
+      <c r="P199" s="4">
         <v>2.2405876999999998</v>
       </c>
-      <c r="Q199" s="25">
+      <c r="Q199" s="4">
         <v>1626.955996361</v>
       </c>
-      <c r="R199" s="25">
+      <c r="R199" s="4">
         <v>1629.1965840610001</v>
       </c>
-      <c r="S199" s="25">
+      <c r="S199" s="4">
         <v>8.4957070909537896E-3</v>
       </c>
     </row>
-    <row r="200" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B200" s="22">
+    <row r="200" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B200" s="20">
         <v>195</v>
       </c>
-      <c r="C200" s="23" t="s">
+      <c r="C200" s="2" t="s">
         <v>205</v>
       </c>
-      <c r="D200" s="24"/>
-      <c r="E200" s="24">
+      <c r="D200" s="3"/>
+      <c r="E200" s="3">
         <v>501</v>
       </c>
-      <c r="F200" s="24">
+      <c r="F200" s="3">
         <v>501</v>
       </c>
-      <c r="G200" s="25">
+      <c r="G200" s="4">
         <v>1.5804763909162301E-3</v>
       </c>
-      <c r="H200" s="25"/>
-      <c r="I200" s="25">
+      <c r="H200" s="4"/>
+      <c r="I200" s="4">
         <v>29.329496040999999</v>
       </c>
-      <c r="J200" s="25">
+      <c r="J200" s="4">
         <v>29.329496040999999</v>
       </c>
-      <c r="K200" s="25">
+      <c r="K200" s="4">
         <v>1.5294336480163801E-4</v>
       </c>
-      <c r="L200" s="24"/>
-[...9 lines deleted...]
-      <c r="B201" s="22">
+      <c r="L200" s="3"/>
+      <c r="M200" s="3"/>
+      <c r="N200" s="3"/>
+      <c r="O200" s="4"/>
+      <c r="P200" s="4"/>
+      <c r="Q200" s="4"/>
+      <c r="R200" s="4"/>
+      <c r="S200" s="4"/>
+    </row>
+    <row r="201" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B201" s="20">
         <v>196</v>
       </c>
-      <c r="C201" s="23" t="s">
+      <c r="C201" s="2" t="s">
         <v>206</v>
       </c>
-      <c r="D201" s="24">
+      <c r="D201" s="3">
         <v>12</v>
       </c>
-      <c r="E201" s="24">
+      <c r="E201" s="3">
         <v>5211</v>
       </c>
-      <c r="F201" s="24">
+      <c r="F201" s="3">
         <v>5223</v>
       </c>
-      <c r="G201" s="25">
+      <c r="G201" s="4">
         <v>1.6476702973563798E-2</v>
       </c>
-      <c r="H201" s="25">
+      <c r="H201" s="4">
         <v>2.1210452000000002</v>
       </c>
-      <c r="I201" s="25">
+      <c r="I201" s="4">
         <v>616.44324714799995</v>
       </c>
-      <c r="J201" s="25">
+      <c r="J201" s="4">
         <v>618.56429234799998</v>
       </c>
-      <c r="K201" s="25">
+      <c r="K201" s="4">
         <v>3.225602788592E-3</v>
       </c>
-      <c r="L201" s="24"/>
-      <c r="M201" s="24">
+      <c r="L201" s="3"/>
+      <c r="M201" s="3">
         <v>8208</v>
       </c>
-      <c r="N201" s="24">
+      <c r="N201" s="3">
         <v>8208</v>
       </c>
-      <c r="O201" s="25">
+      <c r="O201" s="4">
         <v>2.5893313805669501E-2</v>
       </c>
-      <c r="P201" s="25"/>
-      <c r="Q201" s="25">
+      <c r="P201" s="4"/>
+      <c r="Q201" s="4">
         <v>723.80773929099996</v>
       </c>
-      <c r="R201" s="25">
+      <c r="R201" s="4">
         <v>723.80773929099996</v>
       </c>
-      <c r="S201" s="25">
+      <c r="S201" s="4">
         <v>3.7744116353680898E-3</v>
       </c>
     </row>
-    <row r="202" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B202" s="22">
+    <row r="202" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B202" s="20">
         <v>197</v>
       </c>
-      <c r="C202" s="23" t="s">
+      <c r="C202" s="2" t="s">
         <v>207</v>
       </c>
-      <c r="D202" s="24">
+      <c r="D202" s="3">
         <v>21</v>
       </c>
-      <c r="E202" s="24">
+      <c r="E202" s="3">
         <v>15671</v>
       </c>
-      <c r="F202" s="24">
+      <c r="F202" s="3">
         <v>15692</v>
       </c>
-      <c r="G202" s="25">
+      <c r="G202" s="4">
         <v>4.95026657210728E-2</v>
       </c>
-      <c r="H202" s="25">
+      <c r="H202" s="4">
         <v>792.04175759999998</v>
       </c>
-      <c r="I202" s="25">
+      <c r="I202" s="4">
         <v>2619.278041775</v>
       </c>
-      <c r="J202" s="25">
+      <c r="J202" s="4">
         <v>3411.319799375</v>
       </c>
-      <c r="K202" s="25">
+      <c r="K202" s="4">
         <v>1.7788874646925999E-2</v>
       </c>
-      <c r="L202" s="24">
+      <c r="L202" s="3">
         <v>12</v>
       </c>
-      <c r="M202" s="24">
+      <c r="M202" s="3">
         <v>24732</v>
       </c>
-      <c r="N202" s="24">
+      <c r="N202" s="3">
         <v>24744</v>
       </c>
-      <c r="O202" s="25">
+      <c r="O202" s="4">
         <v>7.8058498636389598E-2</v>
       </c>
-      <c r="P202" s="25">
+      <c r="P202" s="4">
         <v>1555.8863024</v>
       </c>
-      <c r="Q202" s="25">
+      <c r="Q202" s="4">
         <v>3333.352680511</v>
       </c>
-      <c r="R202" s="25">
+      <c r="R202" s="4">
         <v>4889.2389829109998</v>
       </c>
-      <c r="S202" s="25">
+      <c r="S202" s="4">
         <v>2.5495721451211598E-2</v>
       </c>
     </row>
-    <row r="203" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B203" s="22">
+    <row r="203" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B203" s="20">
         <v>198</v>
       </c>
-      <c r="C203" s="23" t="s">
+      <c r="C203" s="2" t="s">
         <v>208</v>
       </c>
-      <c r="D203" s="24">
+      <c r="D203" s="3">
         <v>4</v>
       </c>
-      <c r="E203" s="24">
+      <c r="E203" s="3">
         <v>3976</v>
       </c>
-      <c r="F203" s="24">
+      <c r="F203" s="3">
         <v>3980</v>
       </c>
-      <c r="G203" s="25">
+      <c r="G203" s="4">
         <v>1.2555481109474201E-2</v>
       </c>
-      <c r="H203" s="25">
+      <c r="H203" s="4">
         <v>31.1766918</v>
       </c>
-      <c r="I203" s="25">
+      <c r="I203" s="4">
         <v>5865.6512364500004</v>
       </c>
-      <c r="J203" s="25">
+      <c r="J203" s="4">
         <v>5896.8279282499998</v>
       </c>
-      <c r="K203" s="25">
+      <c r="K203" s="4">
         <v>3.0749955735416699E-2</v>
       </c>
-      <c r="L203" s="24"/>
-      <c r="M203" s="24">
+      <c r="L203" s="3"/>
+      <c r="M203" s="3">
         <v>2177</v>
       </c>
-      <c r="N203" s="24">
+      <c r="N203" s="3">
         <v>2177</v>
       </c>
-      <c r="O203" s="25">
+      <c r="O203" s="4">
         <v>6.8676588882727197E-3</v>
       </c>
-      <c r="P203" s="25"/>
-      <c r="Q203" s="25">
+      <c r="P203" s="4"/>
+      <c r="Q203" s="4">
         <v>5849.381625903</v>
       </c>
-      <c r="R203" s="25">
+      <c r="R203" s="4">
         <v>5849.381625903</v>
       </c>
-      <c r="S203" s="25">
+      <c r="S203" s="4">
         <v>3.0502539376192499E-2</v>
       </c>
     </row>
-    <row r="204" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B204" s="22">
+    <row r="204" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B204" s="20">
         <v>199</v>
       </c>
-      <c r="C204" s="23" t="s">
+      <c r="C204" s="2" t="s">
         <v>209</v>
       </c>
-      <c r="D204" s="24">
+      <c r="D204" s="3">
         <v>1</v>
       </c>
-      <c r="E204" s="24">
+      <c r="E204" s="3">
         <v>234</v>
       </c>
-      <c r="F204" s="24">
+      <c r="F204" s="3">
         <v>235</v>
       </c>
-      <c r="G204" s="25">
+      <c r="G204" s="4">
         <v>7.4134122128805197E-4</v>
       </c>
-      <c r="H204" s="25">
+      <c r="H204" s="4">
         <v>4.5288999999999998E-3</v>
       </c>
-      <c r="I204" s="25">
+      <c r="I204" s="4">
         <v>19.539369463</v>
       </c>
-      <c r="J204" s="25">
+      <c r="J204" s="4">
         <v>19.543898363</v>
       </c>
-      <c r="K204" s="25">
+      <c r="K204" s="4">
         <v>1.0191479501727401E-4</v>
       </c>
-      <c r="L204" s="24"/>
-      <c r="M204" s="24">
+      <c r="L204" s="3"/>
+      <c r="M204" s="3">
         <v>348</v>
       </c>
-      <c r="N204" s="24">
+      <c r="N204" s="3">
         <v>348</v>
       </c>
-      <c r="O204" s="25">
+      <c r="O204" s="4">
         <v>1.09781593620529E-3</v>
       </c>
-      <c r="P204" s="25"/>
-      <c r="Q204" s="25">
+      <c r="P204" s="4"/>
+      <c r="Q204" s="4">
         <v>24.301130432000001</v>
       </c>
-      <c r="R204" s="25">
+      <c r="R204" s="4">
         <v>24.301130432000001</v>
       </c>
-      <c r="S204" s="25">
+      <c r="S204" s="4">
         <v>1.26722145227384E-4</v>
       </c>
     </row>
-    <row r="205" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B205" s="22">
+    <row r="205" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B205" s="20">
         <v>200</v>
       </c>
-      <c r="C205" s="23" t="s">
+      <c r="C205" s="2" t="s">
         <v>210</v>
       </c>
-      <c r="D205" s="24"/>
-      <c r="E205" s="24">
+      <c r="D205" s="3"/>
+      <c r="E205" s="3">
         <v>293</v>
       </c>
-      <c r="F205" s="24">
+      <c r="F205" s="3">
         <v>293</v>
       </c>
-      <c r="G205" s="25">
+      <c r="G205" s="4">
         <v>9.2431054398893302E-4</v>
       </c>
-      <c r="H205" s="25"/>
-      <c r="I205" s="25">
+      <c r="H205" s="4"/>
+      <c r="I205" s="4">
         <v>31.195271261999999</v>
       </c>
-      <c r="J205" s="25">
+      <c r="J205" s="4">
         <v>31.195271261999999</v>
       </c>
-      <c r="K205" s="25">
+      <c r="K205" s="4">
         <v>1.6267274916829599E-4</v>
       </c>
-      <c r="L205" s="24">
+      <c r="L205" s="3">
         <v>1</v>
       </c>
-      <c r="M205" s="24">
+      <c r="M205" s="3">
         <v>369</v>
       </c>
-      <c r="N205" s="24">
+      <c r="N205" s="3">
         <v>370</v>
       </c>
-      <c r="O205" s="25">
+      <c r="O205" s="4">
         <v>1.1672180930918301E-3</v>
       </c>
-      <c r="P205" s="25">
+      <c r="P205" s="4">
         <v>0.22</v>
       </c>
-      <c r="Q205" s="25">
+      <c r="Q205" s="4">
         <v>88.282206650999996</v>
       </c>
-      <c r="R205" s="25">
+      <c r="R205" s="4">
         <v>88.502206650999995</v>
       </c>
-      <c r="S205" s="25">
+      <c r="S205" s="4">
         <v>4.6150896212645502E-4</v>
       </c>
     </row>
-    <row r="206" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B206" s="22">
+    <row r="206" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B206" s="20">
         <v>201</v>
       </c>
-      <c r="C206" s="23" t="s">
+      <c r="C206" s="2" t="s">
         <v>211</v>
       </c>
-      <c r="D206" s="24">
+      <c r="D206" s="3">
         <v>28</v>
       </c>
-      <c r="E206" s="24">
+      <c r="E206" s="3">
         <v>410</v>
       </c>
-      <c r="F206" s="24">
+      <c r="F206" s="3">
         <v>438</v>
       </c>
-      <c r="G206" s="25">
+      <c r="G206" s="4">
         <v>1.3817338507411299E-3</v>
       </c>
-      <c r="H206" s="25">
+      <c r="H206" s="4">
         <v>536.72276099999999</v>
       </c>
-      <c r="I206" s="25">
+      <c r="I206" s="4">
         <v>757.05894068199996</v>
       </c>
-      <c r="J206" s="25">
+      <c r="J206" s="4">
         <v>1293.7817016819999</v>
       </c>
-      <c r="K206" s="25">
+      <c r="K206" s="4">
         <v>6.74663234913491E-3</v>
       </c>
-      <c r="L206" s="24"/>
-      <c r="M206" s="24">
+      <c r="L206" s="3"/>
+      <c r="M206" s="3">
         <v>569</v>
       </c>
-      <c r="N206" s="24">
+      <c r="N206" s="3">
         <v>569</v>
       </c>
-      <c r="O206" s="25">
+      <c r="O206" s="4">
         <v>1.7949921485655401E-3</v>
       </c>
-      <c r="P206" s="25"/>
-      <c r="Q206" s="25">
+      <c r="P206" s="4"/>
+      <c r="Q206" s="4">
         <v>1380.9315955659999</v>
       </c>
-      <c r="R206" s="25">
+      <c r="R206" s="4">
         <v>1380.9315955659999</v>
       </c>
-      <c r="S206" s="25">
+      <c r="S206" s="4">
         <v>7.2010894592772698E-3</v>
       </c>
     </row>
-    <row r="207" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B207" s="22">
+    <row r="207" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B207" s="20">
         <v>202</v>
       </c>
-      <c r="C207" s="23" t="s">
+      <c r="C207" s="2" t="s">
         <v>212</v>
       </c>
-      <c r="D207" s="24"/>
-      <c r="E207" s="24">
+      <c r="D207" s="3"/>
+      <c r="E207" s="3">
         <v>718</v>
       </c>
-      <c r="F207" s="24">
+      <c r="F207" s="3">
         <v>718</v>
       </c>
-      <c r="G207" s="25">
+      <c r="G207" s="4">
         <v>2.2650340292971098E-3</v>
       </c>
-      <c r="H207" s="25"/>
-      <c r="I207" s="25">
+      <c r="H207" s="4"/>
+      <c r="I207" s="4">
         <v>46.322127401000003</v>
       </c>
-      <c r="J207" s="25">
+      <c r="J207" s="4">
         <v>46.322127401000003</v>
       </c>
-      <c r="K207" s="25">
+      <c r="K207" s="4">
         <v>2.41554168526298E-4</v>
       </c>
-      <c r="L207" s="24"/>
-      <c r="M207" s="24">
+      <c r="L207" s="3"/>
+      <c r="M207" s="3">
         <v>1265</v>
       </c>
-      <c r="N207" s="24">
+      <c r="N207" s="3">
         <v>1265</v>
       </c>
-      <c r="O207" s="25">
+      <c r="O207" s="4">
         <v>3.9906240209761096E-3</v>
       </c>
-      <c r="P207" s="25"/>
-      <c r="Q207" s="25">
+      <c r="P207" s="4"/>
+      <c r="Q207" s="4">
         <v>53.470451250000004</v>
       </c>
-      <c r="R207" s="25">
+      <c r="R207" s="4">
         <v>53.470451250000004</v>
       </c>
-      <c r="S207" s="25">
+      <c r="S207" s="4">
         <v>2.78830250618863E-4</v>
       </c>
     </row>
-    <row r="208" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B208" s="22">
+    <row r="208" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B208" s="20">
         <v>203</v>
       </c>
-      <c r="C208" s="23" t="s">
+      <c r="C208" s="2" t="s">
         <v>213</v>
       </c>
-      <c r="D208" s="24">
+      <c r="D208" s="3">
         <v>164</v>
       </c>
-      <c r="E208" s="24">
+      <c r="E208" s="3">
         <v>9411</v>
       </c>
-      <c r="F208" s="24">
+      <c r="F208" s="3">
         <v>9575</v>
       </c>
-      <c r="G208" s="25">
+      <c r="G208" s="4">
         <v>3.0205711463119601E-2</v>
       </c>
-      <c r="H208" s="25">
+      <c r="H208" s="4">
         <v>827.42933709800002</v>
       </c>
-      <c r="I208" s="25">
+      <c r="I208" s="4">
         <v>1022.662278561</v>
       </c>
-      <c r="J208" s="25">
+      <c r="J208" s="4">
         <v>1850.0916156589999</v>
       </c>
-      <c r="K208" s="25">
+      <c r="K208" s="4">
         <v>9.6475996892219206E-3</v>
       </c>
-      <c r="L208" s="24">
+      <c r="L208" s="3">
         <v>85</v>
       </c>
-      <c r="M208" s="24">
+      <c r="M208" s="3">
         <v>15169</v>
       </c>
-      <c r="N208" s="24">
+      <c r="N208" s="3">
         <v>15254</v>
       </c>
-      <c r="O208" s="25">
+      <c r="O208" s="4">
         <v>4.8120931870331701E-2</v>
       </c>
-      <c r="P208" s="25">
+      <c r="P208" s="4">
         <v>480.73500000000001</v>
       </c>
-      <c r="Q208" s="25">
+      <c r="Q208" s="4">
         <v>1660.010052806</v>
       </c>
-      <c r="R208" s="25">
+      <c r="R208" s="4">
         <v>2140.7450528059999</v>
       </c>
-      <c r="S208" s="25">
+      <c r="S208" s="4">
         <v>1.1163258690190799E-2</v>
       </c>
     </row>
-    <row r="209" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B209" s="22">
+    <row r="209" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B209" s="20">
         <v>204</v>
       </c>
-      <c r="C209" s="23" t="s">
+      <c r="C209" s="2" t="s">
         <v>214</v>
       </c>
-      <c r="D209" s="24"/>
-      <c r="E209" s="24">
+      <c r="D209" s="3"/>
+      <c r="E209" s="3">
         <v>1214</v>
       </c>
-      <c r="F209" s="24">
+      <c r="F209" s="3">
         <v>1214</v>
       </c>
-      <c r="G209" s="25">
+      <c r="G209" s="4">
         <v>3.8297372027391299E-3</v>
       </c>
-      <c r="H209" s="25"/>
-      <c r="I209" s="25">
+      <c r="H209" s="4"/>
+      <c r="I209" s="4">
         <v>101.11226177099999</v>
       </c>
-      <c r="J209" s="25">
+      <c r="J209" s="4">
         <v>101.11226177099999</v>
       </c>
-      <c r="K209" s="25">
+      <c r="K209" s="4">
         <v>5.2726611859756805E-4</v>
       </c>
-      <c r="L209" s="24"/>
-      <c r="M209" s="24">
+      <c r="L209" s="3"/>
+      <c r="M209" s="3">
         <v>1409</v>
       </c>
-      <c r="N209" s="24">
+      <c r="N209" s="3">
         <v>1409</v>
       </c>
-      <c r="O209" s="25">
+      <c r="O209" s="4">
         <v>4.44489268423347E-3</v>
       </c>
-      <c r="P209" s="25"/>
-      <c r="Q209" s="25">
+      <c r="P209" s="4"/>
+      <c r="Q209" s="4">
         <v>108.991187799</v>
       </c>
-      <c r="R209" s="25">
+      <c r="R209" s="4">
         <v>108.991187799</v>
       </c>
-      <c r="S209" s="25">
+      <c r="S209" s="4">
         <v>5.6835204302194305E-4</v>
       </c>
     </row>
-    <row r="210" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B210" s="22">
+    <row r="210" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B210" s="20">
         <v>205</v>
       </c>
-      <c r="C210" s="23" t="s">
+      <c r="C210" s="2" t="s">
         <v>215</v>
       </c>
-      <c r="D210" s="24"/>
-      <c r="E210" s="24">
+      <c r="D210" s="3"/>
+      <c r="E210" s="3">
         <v>2712</v>
       </c>
-      <c r="F210" s="24">
+      <c r="F210" s="3">
         <v>2712</v>
       </c>
-      <c r="G210" s="25">
+      <c r="G210" s="4">
         <v>8.5553931580136001E-3</v>
       </c>
-      <c r="H210" s="25"/>
-      <c r="I210" s="25">
+      <c r="H210" s="4"/>
+      <c r="I210" s="4">
         <v>215.05459889299999</v>
       </c>
-      <c r="J210" s="25">
+      <c r="J210" s="4">
         <v>215.05459889299999</v>
       </c>
-      <c r="K210" s="25">
+      <c r="K210" s="4">
         <v>1.1214367244763801E-3</v>
       </c>
-      <c r="L210" s="24"/>
-      <c r="M210" s="24">
+      <c r="L210" s="3"/>
+      <c r="M210" s="3">
         <v>3687</v>
       </c>
-      <c r="N210" s="24">
+      <c r="N210" s="3">
         <v>3687</v>
       </c>
-      <c r="O210" s="25">
+      <c r="O210" s="4">
         <v>1.1631170565485301E-2</v>
       </c>
-      <c r="P210" s="25"/>
-      <c r="Q210" s="25">
+      <c r="P210" s="4"/>
+      <c r="Q210" s="4">
         <v>340.65584298900001</v>
       </c>
-      <c r="R210" s="25">
+      <c r="R210" s="4">
         <v>340.65584298900001</v>
       </c>
-      <c r="S210" s="25">
+      <c r="S210" s="4">
         <v>1.7764045721496099E-3</v>
       </c>
     </row>
-    <row r="211" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B211" s="22">
+    <row r="211" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B211" s="20">
         <v>206</v>
       </c>
-      <c r="C211" s="23" t="s">
+      <c r="C211" s="2" t="s">
         <v>216</v>
       </c>
-      <c r="D211" s="24">
+      <c r="D211" s="3">
         <v>6</v>
       </c>
-      <c r="E211" s="24">
+      <c r="E211" s="3">
         <v>3201</v>
       </c>
-      <c r="F211" s="24">
+      <c r="F211" s="3">
         <v>3207</v>
       </c>
-      <c r="G211" s="25">
+      <c r="G211" s="4">
         <v>1.01169416879608E-2</v>
       </c>
-      <c r="H211" s="25">
+      <c r="H211" s="4">
         <v>0.63020113600000005</v>
       </c>
-      <c r="I211" s="25">
+      <c r="I211" s="4">
         <v>258.53452384799999</v>
       </c>
-      <c r="J211" s="25">
+      <c r="J211" s="4">
         <v>259.16472498399997</v>
       </c>
-      <c r="K211" s="25">
+      <c r="K211" s="4">
         <v>1.3514560571219699E-3</v>
       </c>
-      <c r="L211" s="24">
+      <c r="L211" s="3">
         <v>1</v>
       </c>
-      <c r="M211" s="24">
+      <c r="M211" s="3">
         <v>1462</v>
       </c>
-      <c r="N211" s="24">
+      <c r="N211" s="3">
         <v>1463</v>
       </c>
-      <c r="O211" s="25">
+      <c r="O211" s="4">
         <v>4.6152434329549798E-3</v>
       </c>
-      <c r="P211" s="25">
+      <c r="P211" s="4">
         <v>0.14560290000000001</v>
       </c>
-      <c r="Q211" s="25">
+      <c r="Q211" s="4">
         <v>201.27551103499999</v>
       </c>
-      <c r="R211" s="25">
+      <c r="R211" s="4">
         <v>201.42111393499999</v>
       </c>
-      <c r="S211" s="25">
+      <c r="S211" s="4">
         <v>1.05034272884365E-3</v>
       </c>
     </row>
-    <row r="212" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B212" s="22">
+    <row r="212" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B212" s="20">
         <v>207</v>
       </c>
-      <c r="C212" s="23" t="s">
+      <c r="C212" s="2" t="s">
         <v>217</v>
       </c>
-      <c r="D212" s="24"/>
-      <c r="E212" s="24">
+      <c r="D212" s="3"/>
+      <c r="E212" s="3">
         <v>1334</v>
       </c>
-      <c r="F212" s="24">
+      <c r="F212" s="3">
         <v>1334</v>
       </c>
-      <c r="G212" s="25">
+      <c r="G212" s="4">
         <v>4.2082944221202602E-3</v>
       </c>
-      <c r="H212" s="25"/>
-      <c r="I212" s="25">
+      <c r="H212" s="4"/>
+      <c r="I212" s="4">
         <v>354.75634169</v>
       </c>
-      <c r="J212" s="25">
+      <c r="J212" s="4">
         <v>354.75634169</v>
       </c>
-      <c r="K212" s="25">
+      <c r="K212" s="4">
         <v>1.8499338859058799E-3</v>
       </c>
-      <c r="L212" s="24"/>
-      <c r="M212" s="24">
+      <c r="L212" s="3"/>
+      <c r="M212" s="3">
         <v>2232</v>
       </c>
-      <c r="N212" s="24">
+      <c r="N212" s="3">
         <v>2232</v>
       </c>
-      <c r="O212" s="25">
+      <c r="O212" s="4">
         <v>7.0411642804890703E-3</v>
       </c>
-      <c r="P212" s="25"/>
-      <c r="Q212" s="25">
+      <c r="P212" s="4"/>
+      <c r="Q212" s="4">
         <v>423.54672908200001</v>
       </c>
-      <c r="R212" s="25">
+      <c r="R212" s="4">
         <v>423.54672908200001</v>
       </c>
-      <c r="S212" s="25">
+      <c r="S212" s="4">
         <v>2.2086524025497901E-3</v>
       </c>
     </row>
-    <row r="213" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B213" s="22">
+    <row r="213" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B213" s="20">
         <v>208</v>
       </c>
-      <c r="C213" s="23" t="s">
+      <c r="C213" s="2" t="s">
         <v>218</v>
       </c>
-      <c r="D213" s="24">
+      <c r="D213" s="3">
         <v>44</v>
       </c>
-      <c r="E213" s="24">
+      <c r="E213" s="3">
         <v>596</v>
       </c>
-      <c r="F213" s="24">
+      <c r="F213" s="3">
         <v>640</v>
       </c>
-      <c r="G213" s="25">
+      <c r="G213" s="4">
         <v>2.01897183669937E-3</v>
       </c>
-      <c r="H213" s="25">
+      <c r="H213" s="4">
         <v>372.58089469999999</v>
       </c>
-      <c r="I213" s="25">
+      <c r="I213" s="4">
         <v>58.431581743000002</v>
       </c>
-      <c r="J213" s="25">
+      <c r="J213" s="4">
         <v>431.01247644300003</v>
       </c>
-      <c r="K213" s="25">
+      <c r="K213" s="4">
         <v>2.24758374049552E-3</v>
       </c>
-      <c r="L213" s="24"/>
-      <c r="M213" s="24">
+      <c r="L213" s="3"/>
+      <c r="M213" s="3">
         <v>890</v>
       </c>
-      <c r="N213" s="24">
+      <c r="N213" s="3">
         <v>890</v>
       </c>
-      <c r="O213" s="25">
+      <c r="O213" s="4">
         <v>2.8076327104100702E-3</v>
       </c>
-      <c r="P213" s="25"/>
-      <c r="Q213" s="25">
+      <c r="P213" s="4"/>
+      <c r="Q213" s="4">
         <v>458.056519831</v>
       </c>
-      <c r="R213" s="25">
+      <c r="R213" s="4">
         <v>458.056519831</v>
       </c>
-      <c r="S213" s="25">
+      <c r="S213" s="4">
         <v>2.3886092455986498E-3</v>
       </c>
     </row>
-    <row r="214" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B214" s="22">
+    <row r="214" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B214" s="20">
         <v>209</v>
       </c>
-      <c r="C214" s="23" t="s">
+      <c r="C214" s="2" t="s">
         <v>219</v>
       </c>
-      <c r="D214" s="24">
+      <c r="D214" s="3">
         <v>14</v>
       </c>
-      <c r="E214" s="24">
+      <c r="E214" s="3">
         <v>356</v>
       </c>
-      <c r="F214" s="24">
+      <c r="F214" s="3">
         <v>370</v>
       </c>
-      <c r="G214" s="25">
+      <c r="G214" s="4">
         <v>1.1672180930918301E-3</v>
       </c>
-      <c r="H214" s="25">
+      <c r="H214" s="4">
         <v>672.18335439999998</v>
       </c>
-      <c r="I214" s="25">
+      <c r="I214" s="4">
         <v>2067.6667357490001</v>
       </c>
-      <c r="J214" s="25">
+      <c r="J214" s="4">
         <v>2739.8500901490002</v>
       </c>
-      <c r="K214" s="25">
+      <c r="K214" s="4">
         <v>1.4287388070142E-2</v>
       </c>
-      <c r="L214" s="24"/>
-      <c r="M214" s="24">
+      <c r="L214" s="3"/>
+      <c r="M214" s="3">
         <v>475</v>
       </c>
-      <c r="N214" s="24">
+      <c r="N214" s="3">
         <v>475</v>
       </c>
-      <c r="O214" s="25">
+      <c r="O214" s="4">
         <v>1.4984556600503201E-3</v>
       </c>
-      <c r="P214" s="25"/>
-      <c r="Q214" s="25">
+      <c r="P214" s="4"/>
+      <c r="Q214" s="4">
         <v>2510.448518704</v>
       </c>
-      <c r="R214" s="25">
+      <c r="R214" s="4">
         <v>2510.448518704</v>
       </c>
-      <c r="S214" s="25">
+      <c r="S214" s="4">
         <v>1.30911367544516E-2</v>
       </c>
     </row>
-    <row r="215" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B215" s="22">
+    <row r="215" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B215" s="20">
         <v>210</v>
       </c>
-      <c r="C215" s="23" t="s">
+      <c r="C215" s="2" t="s">
         <v>220</v>
       </c>
-      <c r="D215" s="24">
+      <c r="D215" s="3">
         <v>32</v>
       </c>
-      <c r="E215" s="24">
+      <c r="E215" s="3">
         <v>1830</v>
       </c>
-      <c r="F215" s="24">
+      <c r="F215" s="3">
         <v>1862</v>
       </c>
-      <c r="G215" s="25">
+      <c r="G215" s="4">
         <v>5.8739461873972398E-3</v>
       </c>
-      <c r="H215" s="25">
+      <c r="H215" s="4">
         <v>853.74927270000001</v>
       </c>
-      <c r="I215" s="25">
+      <c r="I215" s="4">
         <v>2121.49541262</v>
       </c>
-      <c r="J215" s="25">
+      <c r="J215" s="4">
         <v>2975.2446853199999</v>
       </c>
-      <c r="K215" s="25">
+      <c r="K215" s="4">
         <v>1.5514890969995599E-2</v>
       </c>
-      <c r="L215" s="24">
+      <c r="L215" s="3">
         <v>1</v>
       </c>
-      <c r="M215" s="24">
+      <c r="M215" s="3">
         <v>6606</v>
       </c>
-      <c r="N215" s="24">
+      <c r="N215" s="3">
         <v>6607</v>
       </c>
-      <c r="O215" s="25">
+      <c r="O215" s="4">
         <v>2.08427295704262E-2</v>
       </c>
-      <c r="P215" s="25">
+      <c r="P215" s="4">
         <v>15</v>
       </c>
-      <c r="Q215" s="25">
+      <c r="Q215" s="4">
         <v>3316.2586824770001</v>
       </c>
-      <c r="R215" s="25">
+      <c r="R215" s="4">
         <v>3331.2586824770001</v>
       </c>
-      <c r="S215" s="25">
+      <c r="S215" s="4">
         <v>1.73713831022012E-2</v>
       </c>
     </row>
-    <row r="216" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B216" s="22">
+    <row r="216" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B216" s="20">
         <v>211</v>
       </c>
-      <c r="C216" s="23" t="s">
+      <c r="C216" s="2" t="s">
         <v>221</v>
       </c>
-      <c r="D216" s="24">
+      <c r="D216" s="3">
         <v>251</v>
       </c>
-      <c r="E216" s="24">
+      <c r="E216" s="3">
         <v>82160</v>
       </c>
-      <c r="F216" s="24">
+      <c r="F216" s="3">
         <v>82411</v>
       </c>
-      <c r="G216" s="25">
+      <c r="G216" s="4">
         <v>0.25997732505348797</v>
       </c>
-      <c r="H216" s="25">
+      <c r="H216" s="4">
         <v>100.859937316</v>
       </c>
-      <c r="I216" s="25">
+      <c r="I216" s="4">
         <v>18816.626143611</v>
       </c>
-      <c r="J216" s="25">
+      <c r="J216" s="4">
         <v>18917.486080926999</v>
       </c>
-      <c r="K216" s="25">
+      <c r="K216" s="4">
         <v>9.8648267626574901E-2</v>
       </c>
-      <c r="L216" s="24">
+      <c r="L216" s="3">
         <v>86</v>
       </c>
-      <c r="M216" s="24">
+      <c r="M216" s="3">
         <v>73653</v>
       </c>
-      <c r="N216" s="24">
+      <c r="N216" s="3">
         <v>73739</v>
       </c>
-      <c r="O216" s="25">
+      <c r="O216" s="4">
         <v>0.232620256666211</v>
       </c>
-      <c r="P216" s="25">
+      <c r="P216" s="4">
         <v>39.812117757000003</v>
       </c>
-      <c r="Q216" s="25">
+      <c r="Q216" s="4">
         <v>19077.325982572002</v>
       </c>
-      <c r="R216" s="25">
+      <c r="R216" s="4">
         <v>19117.138100329001</v>
       </c>
-      <c r="S216" s="25">
+      <c r="S216" s="4">
         <v>9.9689385128017699E-2</v>
       </c>
     </row>
-    <row r="217" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B217" s="22">
+    <row r="217" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B217" s="20">
         <v>212</v>
       </c>
-      <c r="C217" s="23" t="s">
+      <c r="C217" s="2" t="s">
         <v>222</v>
       </c>
-      <c r="D217" s="24">
+      <c r="D217" s="3">
         <v>1</v>
       </c>
-      <c r="E217" s="24">
+      <c r="E217" s="3">
         <v>3231</v>
       </c>
-      <c r="F217" s="24">
+      <c r="F217" s="3">
         <v>3232</v>
       </c>
-      <c r="G217" s="25">
+      <c r="G217" s="4">
         <v>1.01958077753318E-2</v>
       </c>
-      <c r="H217" s="25">
+      <c r="H217" s="4">
         <v>9.7850000000000006E-2</v>
       </c>
-      <c r="I217" s="25">
+      <c r="I217" s="4">
         <v>1037.126186258</v>
       </c>
-      <c r="J217" s="25">
+      <c r="J217" s="4">
         <v>1037.2240362580001</v>
       </c>
-      <c r="K217" s="25">
+      <c r="K217" s="4">
         <v>5.4087712225493302E-3</v>
       </c>
-      <c r="L217" s="24"/>
-      <c r="M217" s="24">
+      <c r="L217" s="3"/>
+      <c r="M217" s="3">
         <v>3530</v>
       </c>
-      <c r="N217" s="24">
+      <c r="N217" s="3">
         <v>3530</v>
       </c>
-      <c r="O217" s="25">
+      <c r="O217" s="4">
         <v>1.1135891536794999E-2</v>
       </c>
-      <c r="P217" s="25"/>
-      <c r="Q217" s="25">
+      <c r="P217" s="4"/>
+      <c r="Q217" s="4">
         <v>2488.846769496</v>
       </c>
-      <c r="R217" s="25">
+      <c r="R217" s="4">
         <v>2488.846769496</v>
       </c>
-      <c r="S217" s="25">
+      <c r="S217" s="4">
         <v>1.29784909658962E-2</v>
       </c>
     </row>
-    <row r="218" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B218" s="22">
+    <row r="218" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B218" s="20">
         <v>213</v>
       </c>
-      <c r="C218" s="23" t="s">
+      <c r="C218" s="2" t="s">
         <v>223</v>
       </c>
-      <c r="D218" s="24"/>
-      <c r="E218" s="24">
+      <c r="D218" s="3"/>
+      <c r="E218" s="3">
         <v>392</v>
       </c>
-      <c r="F218" s="24">
+      <c r="F218" s="3">
         <v>392</v>
       </c>
-      <c r="G218" s="25">
+      <c r="G218" s="4">
         <v>1.2366202499783699E-3</v>
       </c>
-      <c r="H218" s="25"/>
-      <c r="I218" s="25">
+      <c r="H218" s="4"/>
+      <c r="I218" s="4">
         <v>30.984122319000001</v>
       </c>
-      <c r="J218" s="25">
+      <c r="J218" s="4">
         <v>30.984122319000001</v>
       </c>
-      <c r="K218" s="25">
+      <c r="K218" s="4">
         <v>1.6157167911337299E-4</v>
       </c>
-      <c r="L218" s="24"/>
-[...9 lines deleted...]
-      <c r="B219" s="22">
+      <c r="L218" s="3"/>
+      <c r="M218" s="3"/>
+      <c r="N218" s="3"/>
+      <c r="O218" s="4"/>
+      <c r="P218" s="4"/>
+      <c r="Q218" s="4"/>
+      <c r="R218" s="4"/>
+      <c r="S218" s="4"/>
+    </row>
+    <row r="219" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B219" s="20">
         <v>214</v>
       </c>
-      <c r="C219" s="23" t="s">
+      <c r="C219" s="2" t="s">
         <v>224</v>
       </c>
-      <c r="D219" s="24">
+      <c r="D219" s="3">
         <v>10</v>
       </c>
-      <c r="E219" s="24">
+      <c r="E219" s="3">
         <v>7866</v>
       </c>
-      <c r="F219" s="24">
+      <c r="F219" s="3">
         <v>7876</v>
       </c>
-      <c r="G219" s="25">
+      <c r="G219" s="4">
         <v>2.4845972165381699E-2</v>
       </c>
-      <c r="H219" s="25">
+      <c r="H219" s="4">
         <v>280.07263990000001</v>
       </c>
-      <c r="I219" s="25">
+      <c r="I219" s="4">
         <v>1867.411048014</v>
       </c>
-      <c r="J219" s="25">
+      <c r="J219" s="4">
         <v>2147.4836879139998</v>
       </c>
-      <c r="K219" s="25">
+      <c r="K219" s="4">
         <v>1.1198398384584101E-2</v>
       </c>
-      <c r="L219" s="24"/>
-      <c r="M219" s="24">
+      <c r="L219" s="3"/>
+      <c r="M219" s="3">
         <v>7339</v>
       </c>
-      <c r="N219" s="24">
+      <c r="N219" s="3">
         <v>7339</v>
       </c>
-      <c r="O219" s="25">
+      <c r="O219" s="4">
         <v>2.31519286086511E-2</v>
       </c>
-      <c r="P219" s="25"/>
-      <c r="Q219" s="25">
+      <c r="P219" s="4"/>
+      <c r="Q219" s="4">
         <v>2226.6382043839999</v>
       </c>
-      <c r="R219" s="25">
+      <c r="R219" s="4">
         <v>2226.6382043839999</v>
       </c>
-      <c r="S219" s="25">
+      <c r="S219" s="4">
         <v>1.16111623158581E-2</v>
       </c>
     </row>
-    <row r="220" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B220" s="22">
+    <row r="220" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B220" s="20">
         <v>215</v>
       </c>
-      <c r="C220" s="23" t="s">
+      <c r="C220" s="2" t="s">
         <v>225</v>
       </c>
-      <c r="D220" s="24">
+      <c r="D220" s="3">
         <v>2</v>
       </c>
-      <c r="E220" s="24">
+      <c r="E220" s="3">
         <v>12264</v>
       </c>
-      <c r="F220" s="24">
+      <c r="F220" s="3">
         <v>12266</v>
       </c>
-      <c r="G220" s="25">
+      <c r="G220" s="4">
         <v>3.8694857107741502E-2</v>
       </c>
-      <c r="H220" s="25">
+      <c r="H220" s="4">
         <v>5.35401E-2</v>
       </c>
-      <c r="I220" s="25">
+      <c r="I220" s="4">
         <v>1273.442969448</v>
       </c>
-      <c r="J220" s="25">
+      <c r="J220" s="4">
         <v>1273.4965095479999</v>
       </c>
-      <c r="K220" s="25">
+      <c r="K220" s="4">
         <v>6.6408519587632204E-3</v>
       </c>
-      <c r="L220" s="24"/>
-      <c r="M220" s="24">
+      <c r="L220" s="3"/>
+      <c r="M220" s="3">
         <v>13251</v>
       </c>
-      <c r="N220" s="24">
+      <c r="N220" s="3">
         <v>13251</v>
       </c>
-      <c r="O220" s="25">
+      <c r="O220" s="4">
         <v>4.1802180950161603E-2</v>
       </c>
-      <c r="P220" s="25"/>
-      <c r="Q220" s="25">
+      <c r="P220" s="4"/>
+      <c r="Q220" s="4">
         <v>1525.431560403</v>
       </c>
-      <c r="R220" s="25">
+      <c r="R220" s="4">
         <v>1525.431560403</v>
       </c>
-      <c r="S220" s="25">
+      <c r="S220" s="4">
         <v>7.9546077196999809E-3</v>
       </c>
     </row>
-    <row r="221" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B221" s="22">
+    <row r="221" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B221" s="20">
         <v>216</v>
       </c>
-      <c r="C221" s="23" t="s">
+      <c r="C221" s="2" t="s">
         <v>226</v>
       </c>
-      <c r="D221" s="24">
+      <c r="D221" s="3">
         <v>4</v>
       </c>
-      <c r="E221" s="24">
+      <c r="E221" s="3">
         <v>6269</v>
       </c>
-      <c r="F221" s="24">
+      <c r="F221" s="3">
         <v>6273</v>
       </c>
-      <c r="G221" s="25">
+      <c r="G221" s="4">
         <v>1.9789078643148699E-2</v>
       </c>
-      <c r="H221" s="25">
+      <c r="H221" s="4">
         <v>0.18584500000000001</v>
       </c>
-      <c r="I221" s="25">
+      <c r="I221" s="4">
         <v>552.50297883799999</v>
       </c>
-      <c r="J221" s="25">
+      <c r="J221" s="4">
         <v>552.68882383799996</v>
       </c>
-      <c r="K221" s="25">
+      <c r="K221" s="4">
         <v>2.8820845843337498E-3</v>
       </c>
-      <c r="L221" s="24"/>
-      <c r="M221" s="24">
+      <c r="L221" s="3"/>
+      <c r="M221" s="3">
         <v>6249</v>
       </c>
-      <c r="N221" s="24">
+      <c r="N221" s="3">
         <v>6249</v>
       </c>
-      <c r="O221" s="25">
+      <c r="O221" s="4">
         <v>1.97133671992725E-2</v>
       </c>
-      <c r="P221" s="25"/>
-      <c r="Q221" s="25">
+      <c r="P221" s="4"/>
+      <c r="Q221" s="4">
         <v>842.75699597799996</v>
       </c>
-      <c r="R221" s="25">
+      <c r="R221" s="4">
         <v>842.75699597799996</v>
       </c>
-      <c r="S221" s="25">
+      <c r="S221" s="4">
         <v>4.3946916269824001E-3</v>
       </c>
     </row>
-    <row r="222" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B222" s="22">
+    <row r="222" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B222" s="20">
         <v>217</v>
       </c>
-      <c r="C222" s="23" t="s">
+      <c r="C222" s="2" t="s">
         <v>227</v>
       </c>
-      <c r="D222" s="24">
+      <c r="D222" s="3">
         <v>57</v>
       </c>
-      <c r="E222" s="24">
+      <c r="E222" s="3">
         <v>9047</v>
       </c>
-      <c r="F222" s="24">
+      <c r="F222" s="3">
         <v>9104</v>
       </c>
-      <c r="G222" s="25">
+      <c r="G222" s="4">
         <v>2.87198743770486E-2</v>
       </c>
-      <c r="H222" s="25">
+      <c r="H222" s="4">
         <v>3452.2542041000002</v>
       </c>
-      <c r="I222" s="25">
+      <c r="I222" s="4">
         <v>10857.952836701001</v>
       </c>
-      <c r="J222" s="25">
+      <c r="J222" s="4">
         <v>14310.207040801</v>
       </c>
-      <c r="K222" s="25">
+      <c r="K222" s="4">
         <v>7.4622871554583303E-2</v>
       </c>
-      <c r="L222" s="24">
+      <c r="L222" s="3">
         <v>119</v>
       </c>
-      <c r="M222" s="24">
+      <c r="M222" s="3">
         <v>14469</v>
       </c>
-      <c r="N222" s="24">
+      <c r="N222" s="3">
         <v>14588</v>
       </c>
-      <c r="O222" s="25">
+      <c r="O222" s="4">
         <v>4.6019939302766398E-2</v>
       </c>
-      <c r="P222" s="25">
+      <c r="P222" s="4">
         <v>4179.6914297000003</v>
       </c>
-      <c r="Q222" s="25">
+      <c r="Q222" s="4">
         <v>9792.584154741</v>
       </c>
-      <c r="R222" s="25">
+      <c r="R222" s="4">
         <v>13972.275584441</v>
       </c>
-      <c r="S222" s="25">
+      <c r="S222" s="4">
         <v>7.2860673733803602E-2</v>
       </c>
     </row>
-    <row r="223" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B223" s="22">
+    <row r="223" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B223" s="20">
         <v>218</v>
       </c>
-      <c r="C223" s="23" t="s">
+      <c r="C223" s="2" t="s">
         <v>228</v>
       </c>
-      <c r="D223" s="24"/>
-      <c r="E223" s="24">
+      <c r="D223" s="3"/>
+      <c r="E223" s="3">
         <v>608</v>
       </c>
-      <c r="F223" s="24">
+      <c r="F223" s="3">
         <v>608</v>
       </c>
-      <c r="G223" s="25">
+      <c r="G223" s="4">
         <v>1.91802324486441E-3</v>
       </c>
-      <c r="H223" s="25"/>
-      <c r="I223" s="25">
+      <c r="H223" s="4"/>
+      <c r="I223" s="4">
         <v>47.267782639000004</v>
       </c>
-      <c r="J223" s="25">
+      <c r="J223" s="4">
         <v>47.267782639000004</v>
       </c>
-      <c r="K223" s="25">
+      <c r="K223" s="4">
         <v>2.4648543955256601E-4</v>
       </c>
-      <c r="L223" s="24"/>
-      <c r="M223" s="24">
+      <c r="L223" s="3"/>
+      <c r="M223" s="3">
         <v>1293</v>
       </c>
-      <c r="N223" s="24">
+      <c r="N223" s="3">
         <v>1293</v>
       </c>
-      <c r="O223" s="25">
+      <c r="O223" s="4">
         <v>4.0789540388317096E-3</v>
       </c>
-      <c r="P223" s="25"/>
-      <c r="Q223" s="25">
+      <c r="P223" s="4"/>
+      <c r="Q223" s="4">
         <v>88.770463168000006</v>
       </c>
-      <c r="R223" s="25">
+      <c r="R223" s="4">
         <v>88.770463168000006</v>
       </c>
-      <c r="S223" s="25">
+      <c r="S223" s="4">
         <v>4.6290782879237401E-4</v>
       </c>
     </row>
-    <row r="224" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B224" s="22">
+    <row r="224" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B224" s="20">
         <v>219</v>
       </c>
-      <c r="C224" s="23" t="s">
+      <c r="C224" s="2" t="s">
         <v>229</v>
       </c>
-      <c r="D224" s="24">
+      <c r="D224" s="3">
         <v>3</v>
       </c>
-      <c r="E224" s="24">
+      <c r="E224" s="3">
         <v>8666</v>
       </c>
-      <c r="F224" s="24">
+      <c r="F224" s="3">
         <v>8669</v>
       </c>
-      <c r="G224" s="25">
+      <c r="G224" s="4">
         <v>2.7347604456792001E-2</v>
       </c>
-      <c r="H224" s="25">
+      <c r="H224" s="4">
         <v>0.613819012</v>
       </c>
-      <c r="I224" s="25">
+      <c r="I224" s="4">
         <v>700.71233048900001</v>
       </c>
-      <c r="J224" s="25">
+      <c r="J224" s="4">
         <v>701.32614950100003</v>
       </c>
-      <c r="K224" s="25">
+      <c r="K224" s="4">
         <v>3.6571777768740201E-3</v>
       </c>
-      <c r="L224" s="24"/>
-      <c r="M224" s="24">
+      <c r="L224" s="3"/>
+      <c r="M224" s="3">
         <v>4765</v>
       </c>
-      <c r="N224" s="24">
+      <c r="N224" s="3">
         <v>4765</v>
       </c>
-      <c r="O224" s="25">
+      <c r="O224" s="4">
         <v>1.50318762529258E-2</v>
       </c>
-      <c r="P224" s="25"/>
-      <c r="Q224" s="25">
+      <c r="P224" s="4"/>
+      <c r="Q224" s="4">
         <v>699.529390992</v>
       </c>
-      <c r="R224" s="25">
+      <c r="R224" s="4">
         <v>699.529390992</v>
       </c>
-      <c r="S224" s="25">
+      <c r="S224" s="4">
         <v>3.6478082912300099E-3</v>
       </c>
     </row>
-    <row r="225" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B225" s="22">
+    <row r="225" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B225" s="20">
         <v>220</v>
       </c>
-      <c r="C225" s="23" t="s">
+      <c r="C225" s="2" t="s">
         <v>230</v>
       </c>
-      <c r="D225" s="24"/>
-      <c r="E225" s="24">
+      <c r="D225" s="3"/>
+      <c r="E225" s="3">
         <v>1563</v>
       </c>
-      <c r="F225" s="24">
+      <c r="F225" s="3">
         <v>1563</v>
       </c>
-      <c r="G225" s="25">
+      <c r="G225" s="4">
         <v>4.93070778243925E-3</v>
       </c>
-      <c r="H225" s="25"/>
-      <c r="I225" s="25">
+      <c r="H225" s="4"/>
+      <c r="I225" s="4">
         <v>138.486731792</v>
       </c>
-      <c r="J225" s="25">
+      <c r="J225" s="4">
         <v>138.486731792</v>
       </c>
-      <c r="K225" s="25">
+      <c r="K225" s="4">
         <v>7.2216129152174698E-4</v>
       </c>
-      <c r="L225" s="24"/>
-      <c r="M225" s="24">
+      <c r="L225" s="3"/>
+      <c r="M225" s="3">
         <v>1662</v>
       </c>
-      <c r="N225" s="24">
+      <c r="N225" s="3">
         <v>1662</v>
       </c>
-      <c r="O225" s="25">
+      <c r="O225" s="4">
         <v>5.2430174884286898E-3</v>
       </c>
-      <c r="P225" s="25"/>
-      <c r="Q225" s="25">
+      <c r="P225" s="4"/>
+      <c r="Q225" s="4">
         <v>187.05590457</v>
       </c>
-      <c r="R225" s="25">
+      <c r="R225" s="4">
         <v>187.05590457</v>
       </c>
-      <c r="S225" s="25">
+      <c r="S225" s="4">
         <v>9.75433038841077E-4</v>
       </c>
     </row>
-    <row r="226" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B226" s="22">
+    <row r="226" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B226" s="20">
         <v>221</v>
       </c>
-      <c r="C226" s="23" t="s">
+      <c r="C226" s="2" t="s">
         <v>231</v>
       </c>
-      <c r="D226" s="24">
+      <c r="D226" s="3">
         <v>28</v>
       </c>
-      <c r="E226" s="24">
+      <c r="E226" s="3">
         <v>2622</v>
       </c>
-      <c r="F226" s="24">
+      <c r="F226" s="3">
         <v>2650</v>
       </c>
-      <c r="G226" s="25">
+      <c r="G226" s="4">
         <v>8.3598052613333505E-3</v>
       </c>
-      <c r="H226" s="25">
+      <c r="H226" s="4">
         <v>376.60140993900001</v>
       </c>
-      <c r="I226" s="25">
+      <c r="I226" s="4">
         <v>282.751768212</v>
       </c>
-      <c r="J226" s="25">
+      <c r="J226" s="4">
         <v>659.35317815099995</v>
       </c>
-      <c r="K226" s="25">
+      <c r="K226" s="4">
         <v>3.4383029806614399E-3</v>
       </c>
-      <c r="L226" s="24">
+      <c r="L226" s="3">
         <v>25</v>
       </c>
-      <c r="M226" s="24">
+      <c r="M226" s="3">
         <v>3867</v>
       </c>
-      <c r="N226" s="24">
+      <c r="N226" s="3">
         <v>3892</v>
       </c>
-      <c r="O226" s="25">
+      <c r="O226" s="4">
         <v>1.22778724819281E-2</v>
       </c>
-      <c r="P226" s="25">
+      <c r="P226" s="4">
         <v>389</v>
       </c>
-      <c r="Q226" s="25">
+      <c r="Q226" s="4">
         <v>475.45646039399998</v>
       </c>
-      <c r="R226" s="25">
+      <c r="R226" s="4">
         <v>864.45646039400003</v>
       </c>
-      <c r="S226" s="25">
+      <c r="S226" s="4">
         <v>4.5078469671743096E-3</v>
       </c>
     </row>
-    <row r="227" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B227" s="22">
+    <row r="227" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B227" s="20">
         <v>222</v>
       </c>
-      <c r="C227" s="23" t="s">
+      <c r="C227" s="2" t="s">
         <v>232</v>
       </c>
-      <c r="D227" s="24">
+      <c r="D227" s="3">
         <v>21</v>
       </c>
-      <c r="E227" s="24">
+      <c r="E227" s="3">
         <v>2070</v>
       </c>
-      <c r="F227" s="24">
+      <c r="F227" s="3">
         <v>2091</v>
       </c>
-      <c r="G227" s="25">
+      <c r="G227" s="4">
         <v>6.59635954771624E-3</v>
       </c>
-      <c r="H227" s="25">
+      <c r="H227" s="4">
         <v>76.684653589000007</v>
       </c>
-      <c r="I227" s="25">
+      <c r="I227" s="4">
         <v>3447.6280901330001</v>
       </c>
-      <c r="J227" s="25">
+      <c r="J227" s="4">
         <v>3524.3127437220001</v>
       </c>
-      <c r="K227" s="25">
+      <c r="K227" s="4">
         <v>1.8378094491792001E-2</v>
       </c>
-      <c r="L227" s="24">
+      <c r="L227" s="3">
         <v>12</v>
       </c>
-      <c r="M227" s="24">
+      <c r="M227" s="3">
         <v>7008</v>
       </c>
-      <c r="N227" s="24">
+      <c r="N227" s="3">
         <v>7020</v>
       </c>
-      <c r="O227" s="25">
+      <c r="O227" s="4">
         <v>2.2145597333796299E-2</v>
       </c>
-      <c r="P227" s="25">
+      <c r="P227" s="4">
         <v>931.89417230000004</v>
       </c>
-      <c r="Q227" s="25">
+      <c r="Q227" s="4">
         <v>2202.140360243</v>
       </c>
-      <c r="R227" s="25">
+      <c r="R227" s="4">
         <v>3134.0345325429998</v>
       </c>
-      <c r="S227" s="25">
+      <c r="S227" s="4">
         <v>1.6342926115798101E-2</v>
       </c>
     </row>
-    <row r="228" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B228" s="22">
+    <row r="228" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B228" s="20">
         <v>223</v>
       </c>
-      <c r="C228" s="23" t="s">
+      <c r="C228" s="2" t="s">
         <v>233</v>
       </c>
-      <c r="D228" s="24">
+      <c r="D228" s="3">
         <v>37</v>
       </c>
-      <c r="E228" s="24">
+      <c r="E228" s="3">
         <v>919</v>
       </c>
-      <c r="F228" s="24">
+      <c r="F228" s="3">
         <v>956</v>
       </c>
-      <c r="G228" s="25">
+      <c r="G228" s="4">
         <v>3.0158391810696898E-3</v>
       </c>
-      <c r="H228" s="25">
+      <c r="H228" s="4">
         <v>479.57301059999998</v>
       </c>
-      <c r="I228" s="25">
+      <c r="I228" s="4">
         <v>153.86960537100001</v>
       </c>
-      <c r="J228" s="25">
+      <c r="J228" s="4">
         <v>633.44261597100001</v>
       </c>
-      <c r="K228" s="25">
+      <c r="K228" s="4">
         <v>3.3031881952532102E-3</v>
       </c>
-      <c r="L228" s="24"/>
-      <c r="M228" s="24">
+      <c r="L228" s="3"/>
+      <c r="M228" s="3">
         <v>992</v>
       </c>
-      <c r="N228" s="24">
+      <c r="N228" s="3">
         <v>992</v>
       </c>
-      <c r="O228" s="25">
+      <c r="O228" s="4">
         <v>3.1294063468840301E-3</v>
       </c>
-      <c r="P228" s="25"/>
-      <c r="Q228" s="25">
+      <c r="P228" s="4"/>
+      <c r="Q228" s="4">
         <v>662.30521515600003</v>
       </c>
-      <c r="R228" s="25">
+      <c r="R228" s="4">
         <v>662.30521515600003</v>
       </c>
-      <c r="S228" s="25">
+      <c r="S228" s="4">
         <v>3.45369685145732E-3</v>
       </c>
     </row>
-    <row r="229" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B229" s="22">
+    <row r="229" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B229" s="20">
         <v>224</v>
       </c>
-      <c r="C229" s="23" t="s">
+      <c r="C229" s="2" t="s">
         <v>234</v>
       </c>
-      <c r="D229" s="24">
+      <c r="D229" s="3">
         <v>73</v>
       </c>
-      <c r="E229" s="24">
+      <c r="E229" s="3">
         <v>20425</v>
       </c>
-      <c r="F229" s="24">
+      <c r="F229" s="3">
         <v>20498</v>
       </c>
-      <c r="G229" s="25">
+      <c r="G229" s="4">
         <v>6.4663882357287206E-2</v>
       </c>
-      <c r="H229" s="25">
+      <c r="H229" s="4">
         <v>25.326691299</v>
       </c>
-      <c r="I229" s="25">
+      <c r="I229" s="4">
         <v>3430.9583507990001</v>
       </c>
-      <c r="J229" s="25">
+      <c r="J229" s="4">
         <v>3456.2850420979998</v>
       </c>
-      <c r="K229" s="25">
+      <c r="K229" s="4">
         <v>1.8023353122504499E-2</v>
       </c>
-      <c r="L229" s="24">
+      <c r="L229" s="3">
         <v>79</v>
       </c>
-      <c r="M229" s="24">
+      <c r="M229" s="3">
         <v>20991</v>
       </c>
-      <c r="N229" s="24">
+      <c r="N229" s="3">
         <v>21070</v>
       </c>
-      <c r="O229" s="25">
+      <c r="O229" s="4">
         <v>6.6468338436337204E-2</v>
       </c>
-      <c r="P229" s="25">
+      <c r="P229" s="4">
         <v>15.656421038</v>
       </c>
-      <c r="Q229" s="25">
+      <c r="Q229" s="4">
         <v>3461.8907091199999</v>
       </c>
-      <c r="R229" s="25">
+      <c r="R229" s="4">
         <v>3477.5471301580001</v>
       </c>
-      <c r="S229" s="25">
+      <c r="S229" s="4">
         <v>1.8134227693484498E-2</v>
       </c>
     </row>
-    <row r="230" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B230" s="22">
+    <row r="230" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B230" s="20">
         <v>225</v>
       </c>
-      <c r="C230" s="23" t="s">
+      <c r="C230" s="2" t="s">
         <v>235</v>
       </c>
-      <c r="D230" s="24">
+      <c r="D230" s="3">
         <v>45</v>
       </c>
-      <c r="E230" s="24">
+      <c r="E230" s="3">
         <v>1457</v>
       </c>
-      <c r="F230" s="24">
+      <c r="F230" s="3">
         <v>1502</v>
       </c>
-      <c r="G230" s="25">
+      <c r="G230" s="4">
         <v>4.7382745292538497E-3</v>
       </c>
-      <c r="H230" s="25">
+      <c r="H230" s="4">
         <v>678.99065180000002</v>
       </c>
-      <c r="I230" s="25">
+      <c r="I230" s="4">
         <v>231.49826921799999</v>
       </c>
-      <c r="J230" s="25">
+      <c r="J230" s="4">
         <v>910.48892101800004</v>
       </c>
-      <c r="K230" s="25">
+      <c r="K230" s="4">
         <v>4.7478906217973396E-3</v>
       </c>
-      <c r="L230" s="24">
+      <c r="L230" s="3">
         <v>33</v>
       </c>
-      <c r="M230" s="24">
+      <c r="M230" s="3">
         <v>2365</v>
       </c>
-      <c r="N230" s="24">
+      <c r="N230" s="3">
         <v>2398</v>
       </c>
-      <c r="O230" s="25">
+      <c r="O230" s="4">
         <v>7.5648351006329696E-3</v>
       </c>
-      <c r="P230" s="25">
+      <c r="P230" s="4">
         <v>628</v>
       </c>
-      <c r="Q230" s="25">
+      <c r="Q230" s="4">
         <v>311.71467959</v>
       </c>
-      <c r="R230" s="25">
+      <c r="R230" s="4">
         <v>939.71467958999995</v>
       </c>
-      <c r="S230" s="25">
+      <c r="S230" s="4">
         <v>4.9002930309159096E-3</v>
       </c>
     </row>
-    <row r="231" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B231" s="22">
+    <row r="231" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B231" s="20">
         <v>226</v>
       </c>
-      <c r="C231" s="23" t="s">
+      <c r="C231" s="2" t="s">
         <v>236</v>
       </c>
-      <c r="D231" s="24">
+      <c r="D231" s="3">
         <v>2603</v>
       </c>
-      <c r="E231" s="24">
+      <c r="E231" s="3">
         <v>176373</v>
       </c>
-      <c r="F231" s="24">
+      <c r="F231" s="3">
         <v>178976</v>
       </c>
-      <c r="G231" s="25">
+      <c r="G231" s="4">
         <v>0.56460547413298001</v>
       </c>
-      <c r="H231" s="25">
+      <c r="H231" s="4">
         <v>29082.629064482</v>
       </c>
-      <c r="I231" s="25">
+      <c r="I231" s="4">
         <v>34125.53866903</v>
       </c>
-      <c r="J231" s="25">
+      <c r="J231" s="4">
         <v>63208.167733511997</v>
       </c>
-      <c r="K231" s="25">
+      <c r="K231" s="4">
         <v>0.32960913622912902</v>
       </c>
-      <c r="L231" s="24">
+      <c r="L231" s="3">
         <v>3128</v>
       </c>
-      <c r="M231" s="24">
+      <c r="M231" s="3">
         <v>253004</v>
       </c>
-      <c r="N231" s="24">
+      <c r="N231" s="3">
         <v>256132</v>
       </c>
-      <c r="O231" s="25">
+      <c r="O231" s="4">
         <v>0.80800514762106901</v>
       </c>
-      <c r="P231" s="25">
+      <c r="P231" s="4">
         <v>14002.901498887</v>
       </c>
-      <c r="Q231" s="25">
+      <c r="Q231" s="4">
         <v>44382.507153250001</v>
       </c>
-      <c r="R231" s="25">
+      <c r="R231" s="4">
         <v>58385.408652136997</v>
       </c>
-      <c r="S231" s="25">
+      <c r="S231" s="4">
         <v>0.30446008489520798</v>
       </c>
     </row>
-    <row r="232" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B232" s="22">
+    <row r="232" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B232" s="20">
         <v>227</v>
       </c>
-      <c r="C232" s="23" t="s">
+      <c r="C232" s="2" t="s">
         <v>237</v>
       </c>
-      <c r="D232" s="24">
+      <c r="D232" s="3">
         <v>150</v>
       </c>
-      <c r="E232" s="24">
+      <c r="E232" s="3">
         <v>28714</v>
       </c>
-      <c r="F232" s="24">
+      <c r="F232" s="3">
         <v>28864</v>
       </c>
-      <c r="G232" s="25">
+      <c r="G232" s="4">
         <v>9.1055629835141802E-2</v>
       </c>
-      <c r="H232" s="25">
+      <c r="H232" s="4">
         <v>2869.8500282</v>
       </c>
-      <c r="I232" s="25">
+      <c r="I232" s="4">
         <v>9812.3501642440006</v>
       </c>
-      <c r="J232" s="25">
+      <c r="J232" s="4">
         <v>12682.200192443999</v>
       </c>
-      <c r="K232" s="25">
+      <c r="K232" s="4">
         <v>6.6133368531423306E-2</v>
       </c>
-      <c r="L232" s="24">
+      <c r="L232" s="3">
         <v>190</v>
       </c>
-      <c r="M232" s="24">
+      <c r="M232" s="3">
         <v>30668</v>
       </c>
-      <c r="N232" s="24">
+      <c r="N232" s="3">
         <v>30858</v>
       </c>
-      <c r="O232" s="25">
+      <c r="O232" s="4">
         <v>9.7345988963858293E-2</v>
       </c>
-      <c r="P232" s="25">
+      <c r="P232" s="4">
         <v>3260.8516779000001</v>
       </c>
-      <c r="Q232" s="25">
+      <c r="Q232" s="4">
         <v>12676.474303958001</v>
       </c>
-      <c r="R232" s="25">
+      <c r="R232" s="4">
         <v>15937.325981858001</v>
       </c>
-      <c r="S232" s="25">
+      <c r="S232" s="4">
         <v>8.3107744442609002E-2</v>
       </c>
     </row>
-    <row r="233" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B233" s="22">
+    <row r="233" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B233" s="20">
         <v>228</v>
       </c>
-      <c r="C233" s="23" t="s">
+      <c r="C233" s="2" t="s">
         <v>238</v>
       </c>
-      <c r="D233" s="24">
+      <c r="D233" s="3">
         <v>3</v>
       </c>
-      <c r="E233" s="24">
+      <c r="E233" s="3">
         <v>11</v>
       </c>
-      <c r="F233" s="24">
+      <c r="F233" s="3">
         <v>14</v>
       </c>
-      <c r="G233" s="25">
+      <c r="G233" s="4">
         <v>4.4165008927798803E-5</v>
       </c>
-      <c r="H233" s="25">
+      <c r="H233" s="4">
         <v>0.46028659999999999</v>
       </c>
-      <c r="I233" s="25">
+      <c r="I233" s="4">
         <v>284.91552468499998</v>
       </c>
-      <c r="J233" s="25">
+      <c r="J233" s="4">
         <v>285.375811285</v>
       </c>
-      <c r="K233" s="25">
+      <c r="K233" s="4">
         <v>1.4881379737964699E-3</v>
       </c>
-      <c r="L233" s="24"/>
-      <c r="M233" s="24">
+      <c r="L233" s="3"/>
+      <c r="M233" s="3">
         <v>13</v>
       </c>
-      <c r="N233" s="24">
+      <c r="N233" s="3">
         <v>13</v>
       </c>
-      <c r="O233" s="25">
+      <c r="O233" s="4">
         <v>4.1010365432955999E-5</v>
       </c>
-      <c r="P233" s="25"/>
-      <c r="Q233" s="25">
+      <c r="P233" s="4"/>
+      <c r="Q233" s="4">
         <v>325.45789246700002</v>
       </c>
-      <c r="R233" s="25">
+      <c r="R233" s="4">
         <v>325.45789246700002</v>
       </c>
-      <c r="S233" s="25">
+      <c r="S233" s="4">
         <v>1.6971524197200499E-3</v>
       </c>
     </row>
-    <row r="234" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B234" s="22">
+    <row r="234" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B234" s="20">
         <v>229</v>
       </c>
-      <c r="C234" s="23" t="s">
+      <c r="C234" s="2" t="s">
         <v>239</v>
       </c>
-      <c r="D234" s="24">
+      <c r="D234" s="3">
         <v>4665</v>
       </c>
-      <c r="E234" s="24">
+      <c r="E234" s="3">
         <v>1035368</v>
       </c>
-      <c r="F234" s="24">
+      <c r="F234" s="3">
         <v>1040033</v>
       </c>
-      <c r="G234" s="25">
+      <c r="G234" s="4">
         <v>3.2809333378718102</v>
       </c>
-      <c r="H234" s="25">
+      <c r="H234" s="4">
         <v>23140.637791842</v>
       </c>
-      <c r="I234" s="25">
+      <c r="I234" s="4">
         <v>317594.52302134602</v>
       </c>
-      <c r="J234" s="25">
+      <c r="J234" s="4">
         <v>340735.16081318801</v>
       </c>
-      <c r="K234" s="25">
+      <c r="K234" s="4">
         <v>1.7768181876751901</v>
       </c>
-      <c r="L234" s="24">
+      <c r="L234" s="3">
         <v>5283</v>
       </c>
-      <c r="M234" s="24">
+      <c r="M234" s="3">
         <v>1114650</v>
       </c>
-      <c r="N234" s="24">
+      <c r="N234" s="3">
         <v>1119933</v>
       </c>
-      <c r="O234" s="25">
+      <c r="O234" s="4">
         <v>3.53298935310975</v>
       </c>
-      <c r="P234" s="25">
+      <c r="P234" s="4">
         <v>18304.552186321998</v>
       </c>
-      <c r="Q234" s="25">
+      <c r="Q234" s="4">
         <v>349815.32130649302</v>
       </c>
-      <c r="R234" s="25">
+      <c r="R234" s="4">
         <v>368119.87349281501</v>
       </c>
-      <c r="S234" s="25">
+      <c r="S234" s="4">
         <v>1.91962016748055</v>
       </c>
     </row>
-    <row r="235" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B235" s="22">
+    <row r="235" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B235" s="20">
         <v>230</v>
       </c>
-      <c r="C235" s="23" t="s">
+      <c r="C235" s="2" t="s">
         <v>240</v>
       </c>
-      <c r="D235" s="24">
+      <c r="D235" s="3">
         <v>5</v>
       </c>
-      <c r="E235" s="24">
+      <c r="E235" s="3">
         <v>4676</v>
       </c>
-      <c r="F235" s="24">
+      <c r="F235" s="3">
         <v>4681</v>
       </c>
-      <c r="G235" s="25">
+      <c r="G235" s="4">
         <v>1.4766886199359E-2</v>
       </c>
-      <c r="H235" s="25">
+      <c r="H235" s="4">
         <v>1.5951006999999999</v>
       </c>
-      <c r="I235" s="25">
+      <c r="I235" s="4">
         <v>1074.7361117830001</v>
       </c>
-      <c r="J235" s="25">
+      <c r="J235" s="4">
         <v>1076.3312124829999</v>
       </c>
-      <c r="K235" s="25">
+      <c r="K235" s="4">
         <v>5.61270187009203E-3</v>
       </c>
-      <c r="L235" s="24">
+      <c r="L235" s="3">
         <v>5</v>
       </c>
-      <c r="M235" s="24">
+      <c r="M235" s="3">
         <v>9747</v>
       </c>
-      <c r="N235" s="24">
+      <c r="N235" s="3">
         <v>9752</v>
       </c>
-      <c r="O235" s="25">
+      <c r="O235" s="4">
         <v>3.07640833617067E-2</v>
       </c>
-      <c r="P235" s="25">
+      <c r="P235" s="4">
         <v>4.0600015000000003</v>
       </c>
-      <c r="Q235" s="25">
+      <c r="Q235" s="4">
         <v>1887.912981772</v>
       </c>
-      <c r="R235" s="25">
+      <c r="R235" s="4">
         <v>1891.972983272</v>
       </c>
-      <c r="S235" s="25">
+      <c r="S235" s="4">
         <v>9.8659968030445494E-3</v>
       </c>
     </row>
-    <row r="236" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B236" s="22">
+    <row r="236" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B236" s="20">
         <v>231</v>
       </c>
-      <c r="C236" s="23" t="s">
+      <c r="C236" s="2" t="s">
         <v>241</v>
       </c>
-      <c r="D236" s="24"/>
-      <c r="E236" s="24">
+      <c r="D236" s="3"/>
+      <c r="E236" s="3">
         <v>182</v>
       </c>
-      <c r="F236" s="24">
+      <c r="F236" s="3">
         <v>182</v>
       </c>
-      <c r="G236" s="25">
+      <c r="G236" s="4">
         <v>5.7414511606138498E-4</v>
       </c>
-      <c r="H236" s="25"/>
-      <c r="I236" s="25">
+      <c r="H236" s="4"/>
+      <c r="I236" s="4">
         <v>12.91265377</v>
       </c>
-      <c r="J236" s="25">
+      <c r="J236" s="4">
         <v>12.91265377</v>
       </c>
-      <c r="K236" s="25">
+      <c r="K236" s="4">
         <v>6.7335105701837601E-5</v>
       </c>
-      <c r="L236" s="24"/>
-[...9 lines deleted...]
-      <c r="B237" s="22">
+      <c r="L236" s="3"/>
+      <c r="M236" s="3"/>
+      <c r="N236" s="3"/>
+      <c r="O236" s="4"/>
+      <c r="P236" s="4"/>
+      <c r="Q236" s="4"/>
+      <c r="R236" s="4"/>
+      <c r="S236" s="4"/>
+    </row>
+    <row r="237" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B237" s="20">
         <v>232</v>
       </c>
-      <c r="C237" s="23" t="s">
+      <c r="C237" s="2" t="s">
         <v>242</v>
       </c>
-      <c r="D237" s="24"/>
-      <c r="E237" s="24">
+      <c r="D237" s="3"/>
+      <c r="E237" s="3">
         <v>865</v>
       </c>
-      <c r="F237" s="24">
+      <c r="F237" s="3">
         <v>865</v>
       </c>
-      <c r="G237" s="25">
+      <c r="G237" s="4">
         <v>2.7287666230389998E-3</v>
       </c>
-      <c r="H237" s="25"/>
-      <c r="I237" s="25">
+      <c r="H237" s="4"/>
+      <c r="I237" s="4">
         <v>82.966638664000001</v>
       </c>
-      <c r="J237" s="25">
+      <c r="J237" s="4">
         <v>82.966638664000001</v>
       </c>
-      <c r="K237" s="25">
+      <c r="K237" s="4">
         <v>4.3264285434074697E-4</v>
       </c>
-      <c r="L237" s="24"/>
-      <c r="M237" s="24">
+      <c r="L237" s="3"/>
+      <c r="M237" s="3">
         <v>1200</v>
       </c>
-      <c r="N237" s="24">
+      <c r="N237" s="3">
         <v>1200</v>
       </c>
-      <c r="O237" s="25">
+      <c r="O237" s="4">
         <v>3.7855721938113299E-3</v>
       </c>
-      <c r="P237" s="25"/>
-      <c r="Q237" s="25">
+      <c r="P237" s="4"/>
+      <c r="Q237" s="4">
         <v>97.807552860000001</v>
       </c>
-      <c r="R237" s="25">
+      <c r="R237" s="4">
         <v>97.807552860000001</v>
       </c>
-      <c r="S237" s="25">
+      <c r="S237" s="4">
         <v>5.1003318354025397E-4</v>
       </c>
     </row>
-    <row r="238" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B238" s="22">
+    <row r="238" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B238" s="20">
         <v>233</v>
       </c>
-      <c r="C238" s="23" t="s">
+      <c r="C238" s="2" t="s">
         <v>243</v>
       </c>
-      <c r="D238" s="24">
+      <c r="D238" s="3">
         <v>65</v>
       </c>
-      <c r="E238" s="24">
+      <c r="E238" s="3">
         <v>19638</v>
       </c>
-      <c r="F238" s="24">
+      <c r="F238" s="3">
         <v>19703</v>
       </c>
-      <c r="G238" s="25">
+      <c r="G238" s="4">
         <v>6.2155940778887198E-2</v>
       </c>
-      <c r="H238" s="25">
+      <c r="H238" s="4">
         <v>2807.2774978729999</v>
       </c>
-      <c r="I238" s="25">
+      <c r="I238" s="4">
         <v>4546.9869274780003</v>
       </c>
-      <c r="J238" s="25">
+      <c r="J238" s="4">
         <v>7354.2644253509998</v>
       </c>
-      <c r="K238" s="25">
+      <c r="K238" s="4">
         <v>3.8349992283598103E-2</v>
       </c>
-      <c r="L238" s="24">
+      <c r="L238" s="3">
         <v>137</v>
       </c>
-      <c r="M238" s="24">
+      <c r="M238" s="3">
         <v>20724</v>
       </c>
-      <c r="N238" s="24">
+      <c r="N238" s="3">
         <v>20861</v>
       </c>
-      <c r="O238" s="25">
+      <c r="O238" s="4">
         <v>6.5809017945915094E-2</v>
       </c>
-      <c r="P238" s="25">
+      <c r="P238" s="4">
         <v>2207.1051888000002</v>
       </c>
-      <c r="Q238" s="25">
+      <c r="Q238" s="4">
         <v>3369.767873583</v>
       </c>
-      <c r="R238" s="25">
+      <c r="R238" s="4">
         <v>5576.8730623829997</v>
       </c>
-      <c r="S238" s="25">
+      <c r="S238" s="4">
         <v>2.90814997311966E-2</v>
       </c>
     </row>
-    <row r="239" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B239" s="22">
+    <row r="239" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B239" s="20">
         <v>234</v>
       </c>
-      <c r="C239" s="23" t="s">
+      <c r="C239" s="2" t="s">
         <v>244</v>
       </c>
-      <c r="D239" s="24">
+      <c r="D239" s="3">
         <v>31</v>
       </c>
-      <c r="E239" s="24">
+      <c r="E239" s="3">
         <v>5180</v>
       </c>
-      <c r="F239" s="24">
+      <c r="F239" s="3">
         <v>5211</v>
       </c>
-      <c r="G239" s="25">
+      <c r="G239" s="4">
         <v>1.6438847251625699E-2</v>
       </c>
-      <c r="H239" s="25">
+      <c r="H239" s="4">
         <v>939.08050414800005</v>
       </c>
-      <c r="I239" s="25">
+      <c r="I239" s="4">
         <v>5468.7807693229997</v>
       </c>
-      <c r="J239" s="25">
+      <c r="J239" s="4">
         <v>6407.8612734709995</v>
       </c>
-      <c r="K239" s="25">
+      <c r="K239" s="4">
         <v>3.34148211403551E-2</v>
       </c>
-      <c r="L239" s="24"/>
-      <c r="M239" s="24">
+      <c r="L239" s="3"/>
+      <c r="M239" s="3">
         <v>12085</v>
       </c>
-      <c r="N239" s="24">
+      <c r="N239" s="3">
         <v>12085</v>
       </c>
-      <c r="O239" s="25">
+      <c r="O239" s="4">
         <v>3.8123866635174898E-2</v>
       </c>
-      <c r="P239" s="25"/>
-      <c r="Q239" s="25">
+      <c r="P239" s="4"/>
+      <c r="Q239" s="4">
         <v>4963.8182792159996</v>
       </c>
-      <c r="R239" s="25">
+      <c r="R239" s="4">
         <v>4963.8182792159996</v>
       </c>
-      <c r="S239" s="25">
+      <c r="S239" s="4">
         <v>2.5884627162563699E-2</v>
       </c>
     </row>
-    <row r="240" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B240" s="22">
+    <row r="240" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B240" s="20">
         <v>235</v>
       </c>
-      <c r="C240" s="23" t="s">
+      <c r="C240" s="2" t="s">
         <v>245</v>
       </c>
-      <c r="D240" s="24"/>
-      <c r="E240" s="24">
+      <c r="D240" s="3"/>
+      <c r="E240" s="3">
         <v>102</v>
       </c>
-      <c r="F240" s="24">
+      <c r="F240" s="3">
         <v>102</v>
       </c>
-      <c r="G240" s="25">
+      <c r="G240" s="4">
         <v>3.2177363647396302E-4</v>
       </c>
-      <c r="H240" s="25"/>
-      <c r="I240" s="25">
+      <c r="H240" s="4"/>
+      <c r="I240" s="4">
         <v>658.09568734699997</v>
       </c>
-      <c r="J240" s="25">
+      <c r="J240" s="4">
         <v>658.09568734699997</v>
       </c>
-      <c r="K240" s="25">
+      <c r="K240" s="4">
         <v>3.43174559302334E-3</v>
       </c>
-      <c r="L240" s="24"/>
-      <c r="M240" s="24">
+      <c r="L240" s="3"/>
+      <c r="M240" s="3">
         <v>332</v>
       </c>
-      <c r="N240" s="24">
+      <c r="N240" s="3">
         <v>332</v>
       </c>
-      <c r="O240" s="25">
+      <c r="O240" s="4">
         <v>1.0473416402878E-3</v>
       </c>
-      <c r="P240" s="25"/>
-      <c r="Q240" s="25">
+      <c r="P240" s="4"/>
+      <c r="Q240" s="4">
         <v>749.64614325100001</v>
       </c>
-      <c r="R240" s="25">
+      <c r="R240" s="4">
         <v>749.64614325100001</v>
       </c>
-      <c r="S240" s="25">
+      <c r="S240" s="4">
         <v>3.9091501401559703E-3</v>
       </c>
     </row>
-    <row r="241" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B241" s="22">
+    <row r="241" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B241" s="20">
         <v>236</v>
       </c>
-      <c r="C241" s="23" t="s">
+      <c r="C241" s="2" t="s">
         <v>246</v>
       </c>
-      <c r="D241" s="24"/>
-      <c r="E241" s="24">
+      <c r="D241" s="3"/>
+      <c r="E241" s="3">
         <v>609</v>
       </c>
-      <c r="F241" s="24">
+      <c r="F241" s="3">
         <v>609</v>
       </c>
-      <c r="G241" s="25">
+      <c r="G241" s="4">
         <v>1.9211778883592499E-3</v>
       </c>
-      <c r="H241" s="25"/>
-      <c r="I241" s="25">
+      <c r="H241" s="4"/>
+      <c r="I241" s="4">
         <v>47.078654276999998</v>
       </c>
-      <c r="J241" s="25">
+      <c r="J241" s="4">
         <v>47.078654276999998</v>
       </c>
-      <c r="K241" s="25">
+      <c r="K241" s="4">
         <v>2.4549919935180502E-4</v>
       </c>
-      <c r="L241" s="24"/>
-      <c r="M241" s="24">
+      <c r="L241" s="3"/>
+      <c r="M241" s="3">
         <v>4</v>
       </c>
-      <c r="N241" s="24">
+      <c r="N241" s="3">
         <v>4</v>
       </c>
-      <c r="O241" s="25">
+      <c r="O241" s="4">
         <v>1.2618573979371101E-5</v>
       </c>
-      <c r="P241" s="25"/>
-      <c r="Q241" s="25">
+      <c r="P241" s="4"/>
+      <c r="Q241" s="4">
         <v>0.95</v>
       </c>
-      <c r="R241" s="25">
+      <c r="R241" s="4">
         <v>0.95</v>
       </c>
-      <c r="S241" s="25">
+      <c r="S241" s="4">
         <v>4.9539274850971002E-6</v>
       </c>
     </row>
-    <row r="242" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B242" s="22">
+    <row r="242" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B242" s="20">
         <v>237</v>
       </c>
-      <c r="C242" s="23" t="s">
+      <c r="C242" s="2" t="s">
         <v>247</v>
       </c>
-      <c r="D242" s="24">
+      <c r="D242" s="3">
         <v>5</v>
       </c>
-      <c r="E242" s="24">
+      <c r="E242" s="3">
         <v>1602</v>
       </c>
-      <c r="F242" s="24">
+      <c r="F242" s="3">
         <v>1607</v>
       </c>
-      <c r="G242" s="25">
+      <c r="G242" s="4">
         <v>5.0695120962123402E-3</v>
       </c>
-      <c r="H242" s="25">
+      <c r="H242" s="4">
         <v>75.315794100000005</v>
       </c>
-      <c r="I242" s="25">
+      <c r="I242" s="4">
         <v>231.572250991</v>
       </c>
-      <c r="J242" s="25">
+      <c r="J242" s="4">
         <v>306.88804509099998</v>
       </c>
-      <c r="K242" s="25">
+      <c r="K242" s="4">
         <v>1.60031696992002E-3</v>
       </c>
-      <c r="L242" s="24">
+      <c r="L242" s="3">
         <v>1</v>
       </c>
-      <c r="M242" s="24">
+      <c r="M242" s="3">
         <v>2616</v>
       </c>
-      <c r="N242" s="24">
+      <c r="N242" s="3">
         <v>2617</v>
       </c>
-      <c r="O242" s="25">
+      <c r="O242" s="4">
         <v>8.2557020260035398E-3</v>
       </c>
-      <c r="P242" s="25">
+      <c r="P242" s="4">
         <v>2E-8</v>
       </c>
-      <c r="Q242" s="25">
+      <c r="Q242" s="4">
         <v>369.51148640299999</v>
       </c>
-      <c r="R242" s="25">
+      <c r="R242" s="4">
         <v>369.51148642300001</v>
       </c>
-      <c r="S242" s="25">
+      <c r="S242" s="4">
         <v>1.9268769564736699E-3</v>
       </c>
     </row>
-    <row r="243" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B243" s="22">
+    <row r="243" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B243" s="20">
         <v>238</v>
       </c>
-      <c r="C243" s="23" t="s">
+      <c r="C243" s="2" t="s">
         <v>248</v>
       </c>
-      <c r="D243" s="24"/>
-      <c r="E243" s="24">
+      <c r="D243" s="3"/>
+      <c r="E243" s="3">
         <v>310</v>
       </c>
-      <c r="F243" s="24">
+      <c r="F243" s="3">
         <v>310</v>
       </c>
-      <c r="G243" s="25">
+      <c r="G243" s="4">
         <v>9.7793948340125993E-4</v>
       </c>
-      <c r="H243" s="25"/>
-      <c r="I243" s="25">
+      <c r="H243" s="4"/>
+      <c r="I243" s="4">
         <v>24.431727738999999</v>
       </c>
-      <c r="J243" s="25">
+      <c r="J243" s="4">
         <v>24.431727738999999</v>
       </c>
-      <c r="K243" s="25">
+      <c r="K243" s="4">
         <v>1.2740316584699101E-4</v>
       </c>
-      <c r="L243" s="24"/>
-      <c r="M243" s="24">
+      <c r="L243" s="3"/>
+      <c r="M243" s="3">
         <v>1400</v>
       </c>
-      <c r="N243" s="24">
+      <c r="N243" s="3">
         <v>1400</v>
       </c>
-      <c r="O243" s="25">
+      <c r="O243" s="4">
         <v>4.4165008927798798E-3</v>
       </c>
-      <c r="P243" s="25"/>
-      <c r="Q243" s="25">
+      <c r="P243" s="4"/>
+      <c r="Q243" s="4">
         <v>132.66821089600001</v>
       </c>
-      <c r="R243" s="25">
+      <c r="R243" s="4">
         <v>132.66821089600001</v>
       </c>
-      <c r="S243" s="25">
+      <c r="S243" s="4">
         <v>6.9181968037510899E-4</v>
       </c>
     </row>
-    <row r="244" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B244" s="22">
+    <row r="244" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B244" s="20">
         <v>239</v>
       </c>
-      <c r="C244" s="23" t="s">
+      <c r="C244" s="2" t="s">
         <v>249</v>
       </c>
-      <c r="D244" s="24">
+      <c r="D244" s="3">
         <v>43</v>
       </c>
-      <c r="E244" s="24">
+      <c r="E244" s="3">
         <v>658</v>
       </c>
-      <c r="F244" s="24">
+      <c r="F244" s="3">
         <v>701</v>
       </c>
-      <c r="G244" s="25">
+      <c r="G244" s="4">
         <v>2.2114050898847798E-3</v>
       </c>
-      <c r="H244" s="25">
+      <c r="H244" s="4">
         <v>155.67905479999999</v>
       </c>
-      <c r="I244" s="25">
+      <c r="I244" s="4">
         <v>845.52093721100005</v>
       </c>
-      <c r="J244" s="25">
+      <c r="J244" s="4">
         <v>1001.1999920109999</v>
       </c>
-      <c r="K244" s="25">
+      <c r="K244" s="4">
         <v>5.2209180615813604E-3</v>
       </c>
-      <c r="L244" s="24">
+      <c r="L244" s="3">
         <v>21</v>
       </c>
-      <c r="M244" s="24">
+      <c r="M244" s="3">
         <v>257</v>
       </c>
-      <c r="N244" s="24">
+      <c r="N244" s="3">
         <v>278</v>
       </c>
-      <c r="O244" s="25">
+      <c r="O244" s="4">
         <v>8.7699089156629097E-4</v>
       </c>
-      <c r="P244" s="25">
+      <c r="P244" s="4">
         <v>138.25130364899999</v>
       </c>
-      <c r="Q244" s="25">
+      <c r="Q244" s="4">
         <v>685.51307636000001</v>
       </c>
-      <c r="R244" s="25">
+      <c r="R244" s="4">
         <v>823.76438000899998</v>
       </c>
-      <c r="S244" s="25">
+      <c r="S244" s="4">
         <v>4.2956515824953204E-3</v>
       </c>
     </row>
-    <row r="245" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B245" s="22">
+    <row r="245" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B245" s="20">
         <v>240</v>
       </c>
-      <c r="C245" s="23" t="s">
+      <c r="C245" s="2" t="s">
         <v>250</v>
       </c>
-      <c r="D245" s="24">
+      <c r="D245" s="3">
         <v>1095</v>
       </c>
-      <c r="E245" s="24">
+      <c r="E245" s="3">
         <v>773439</v>
       </c>
-      <c r="F245" s="24">
+      <c r="F245" s="3">
         <v>774534</v>
       </c>
-      <c r="G245" s="25">
+      <c r="G245" s="4">
         <v>2.4433786446345498</v>
       </c>
-      <c r="H245" s="25">
+      <c r="H245" s="4">
         <v>29153.256438288001</v>
       </c>
-      <c r="I245" s="25">
+      <c r="I245" s="4">
         <v>368884.33960015298</v>
       </c>
-      <c r="J245" s="25">
+      <c r="J245" s="4">
         <v>398037.596038441</v>
       </c>
-      <c r="K245" s="25">
+      <c r="K245" s="4">
         <v>2.0756309338071701</v>
       </c>
-      <c r="L245" s="24">
+      <c r="L245" s="3">
         <v>2532</v>
       </c>
-      <c r="M245" s="24">
+      <c r="M245" s="3">
         <v>1305520</v>
       </c>
-      <c r="N245" s="24">
+      <c r="N245" s="3">
         <v>1308052</v>
       </c>
-      <c r="O245" s="25">
+      <c r="O245" s="4">
         <v>4.1264377327160799</v>
       </c>
-      <c r="P245" s="25">
+      <c r="P245" s="4">
         <v>31686.425530405999</v>
       </c>
-      <c r="Q245" s="25">
+      <c r="Q245" s="4">
         <v>483384.51572761103</v>
       </c>
-      <c r="R245" s="25">
+      <c r="R245" s="4">
         <v>515070.94125801697</v>
       </c>
-      <c r="S245" s="25">
+      <c r="S245" s="4">
         <v>2.6859200975504498</v>
       </c>
     </row>
-    <row r="246" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B246" s="22">
+    <row r="246" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B246" s="20">
         <v>241</v>
       </c>
-      <c r="C246" s="23" t="s">
+      <c r="C246" s="2" t="s">
         <v>251</v>
       </c>
-      <c r="D246" s="24">
+      <c r="D246" s="3">
         <v>1</v>
       </c>
-      <c r="E246" s="24">
+      <c r="E246" s="3">
         <v>630</v>
       </c>
-      <c r="F246" s="24">
+      <c r="F246" s="3">
         <v>631</v>
       </c>
-      <c r="G246" s="25">
+      <c r="G246" s="4">
         <v>1.9905800452457898E-3</v>
       </c>
-      <c r="H246" s="25">
+      <c r="H246" s="4">
         <v>4.2000000000000003E-2</v>
       </c>
-      <c r="I246" s="25">
+      <c r="I246" s="4">
         <v>71.052826698999993</v>
       </c>
-      <c r="J246" s="25">
+      <c r="J246" s="4">
         <v>71.094826698999995</v>
       </c>
-      <c r="K246" s="25">
+      <c r="K246" s="4">
         <v>3.7073538529725398E-4</v>
       </c>
-      <c r="L246" s="24"/>
-      <c r="M246" s="24">
+      <c r="L246" s="3"/>
+      <c r="M246" s="3">
         <v>977</v>
       </c>
-      <c r="N246" s="24">
+      <c r="N246" s="3">
         <v>977</v>
       </c>
-      <c r="O246" s="25">
+      <c r="O246" s="4">
         <v>3.0820866944613898E-3</v>
       </c>
-      <c r="P246" s="25"/>
-      <c r="Q246" s="25">
+      <c r="P246" s="4"/>
+      <c r="Q246" s="4">
         <v>266.653354299</v>
       </c>
-      <c r="R246" s="25">
+      <c r="R246" s="4">
         <v>266.653354299</v>
       </c>
-      <c r="S246" s="25">
+      <c r="S246" s="4">
         <v>1.3905067166896301E-3</v>
       </c>
     </row>
-    <row r="247" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2">
-      <c r="B247" s="26" t="s">
+    <row r="247" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B247" s="21"/>
+      <c r="C247" s="5" t="s">
         <v>252</v>
       </c>
-      <c r="C247" s="26"/>
-      <c r="D247" s="27">
+      <c r="D247" s="22">
         <v>123016</v>
       </c>
-      <c r="E247" s="27">
+      <c r="E247" s="22">
         <v>31576287</v>
       </c>
-      <c r="F247" s="27">
+      <c r="F247" s="22">
         <v>31699303</v>
       </c>
-      <c r="G247" s="28">
+      <c r="G247" s="23">
         <v>100</v>
       </c>
-      <c r="H247" s="28">
+      <c r="H247" s="23">
         <v>1596099.84923235</v>
       </c>
-      <c r="I247" s="28">
+      <c r="I247" s="23">
         <v>17580603.945037801</v>
       </c>
-      <c r="J247" s="28">
+      <c r="J247" s="23">
         <v>19176703.794270098</v>
       </c>
-      <c r="K247" s="28">
+      <c r="K247" s="23">
         <v>100</v>
       </c>
-      <c r="L247" s="27">
+      <c r="L247" s="22">
         <v>123016</v>
       </c>
-      <c r="M247" s="27">
+      <c r="M247" s="22">
         <v>31576287</v>
       </c>
-      <c r="N247" s="27">
+      <c r="N247" s="22">
         <v>31699303</v>
       </c>
-      <c r="O247" s="28">
+      <c r="O247" s="23">
         <v>100</v>
       </c>
-      <c r="P247" s="28">
+      <c r="P247" s="23">
         <v>1596099.84923235</v>
       </c>
-      <c r="Q247" s="28">
+      <c r="Q247" s="23">
         <v>17580603.9450377</v>
       </c>
-      <c r="R247" s="28">
+      <c r="R247" s="23">
         <v>19176703.794270098</v>
       </c>
-      <c r="S247" s="28">
+      <c r="S247" s="23">
         <v>100</v>
       </c>
     </row>
-    <row r="248" spans="2:19" s="16" customFormat="1" ht="12" x14ac:dyDescent="0.2"/>
+    <row r="248" spans="2:19" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.2"/>
   </sheetData>
-  <mergeCells count="10">
-    <mergeCell ref="B247:C247"/>
+  <mergeCells count="9">
     <mergeCell ref="B2:S2"/>
     <mergeCell ref="B3:B5"/>
     <mergeCell ref="C3:C5"/>
     <mergeCell ref="D3:K3"/>
     <mergeCell ref="L3:S3"/>
     <mergeCell ref="D4:G4"/>
     <mergeCell ref="H4:K4"/>
     <mergeCell ref="L4:O4"/>
     <mergeCell ref="P4:S4"/>
   </mergeCells>
-  <pageMargins left="0.01" right="0.02" top="0.12" bottom="0.04" header="0.01" footer="0"/>
-  <pageSetup paperSize="9" scale="75" fitToHeight="0" orientation="landscape" r:id="rId1"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" scale="55" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3FCD6945-085D-423D-B6EE-9877715593AB}">
+  <dimension ref="B2:I597"/>
+  <sheetViews>
+    <sheetView showGridLines="0" workbookViewId="0">
+      <selection activeCell="A2" sqref="A2"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="55.140625" defaultRowHeight="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="2.85546875" style="6" customWidth="1"/>
+    <col min="2" max="2" width="6.140625" style="6" customWidth="1"/>
+    <col min="3" max="3" width="81.7109375" style="6" customWidth="1"/>
+    <col min="4" max="4" width="16.85546875" style="6" customWidth="1"/>
+    <col min="5" max="5" width="18.140625" style="6" customWidth="1"/>
+    <col min="6" max="6" width="18.7109375" style="6" customWidth="1"/>
+    <col min="7" max="7" width="20.42578125" style="6" customWidth="1"/>
+    <col min="8" max="8" width="15.5703125" style="6" customWidth="1"/>
+    <col min="9" max="9" width="18" style="6" customWidth="1"/>
+    <col min="10" max="10" width="12.85546875" style="6" customWidth="1"/>
+    <col min="11" max="16384" width="55.140625" style="6"/>
+  </cols>
+  <sheetData>
+    <row r="2" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B2" s="62" t="s">
+        <v>982</v>
+      </c>
+      <c r="C2" s="62"/>
+      <c r="D2" s="62"/>
+      <c r="E2" s="62"/>
+      <c r="F2" s="62"/>
+    </row>
+    <row r="3" spans="2:6" s="24" customFormat="1" ht="43.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B3" s="43" t="s">
+        <v>981</v>
+      </c>
+      <c r="C3" s="42" t="s">
+        <v>980</v>
+      </c>
+      <c r="D3" s="41" t="s">
+        <v>979</v>
+      </c>
+      <c r="E3" s="41" t="s">
+        <v>978</v>
+      </c>
+      <c r="F3" s="41" t="s">
+        <v>977</v>
+      </c>
+    </row>
+    <row r="4" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B4" s="40">
+        <v>1</v>
+      </c>
+      <c r="C4" s="39" t="s">
+        <v>976</v>
+      </c>
+      <c r="D4" s="37">
+        <v>144234</v>
+      </c>
+      <c r="E4" s="38">
+        <v>493089.33199999999</v>
+      </c>
+      <c r="F4" s="37">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="5" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B5" s="40">
+        <v>2</v>
+      </c>
+      <c r="C5" s="39" t="s">
+        <v>975</v>
+      </c>
+      <c r="D5" s="37">
+        <v>9590</v>
+      </c>
+      <c r="E5" s="38">
+        <v>47468.11</v>
+      </c>
+      <c r="F5" s="37">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="6" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B6" s="40">
+        <v>3</v>
+      </c>
+      <c r="C6" s="39" t="s">
+        <v>974</v>
+      </c>
+      <c r="D6" s="37">
+        <v>96970</v>
+      </c>
+      <c r="E6" s="38">
+        <v>439466.02899999998</v>
+      </c>
+      <c r="F6" s="37">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="7" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B7" s="40">
+        <v>4</v>
+      </c>
+      <c r="C7" s="39" t="s">
+        <v>973</v>
+      </c>
+      <c r="D7" s="37">
+        <v>12377</v>
+      </c>
+      <c r="E7" s="38">
+        <v>286061.74099999998</v>
+      </c>
+      <c r="F7" s="37">
+        <v>1700</v>
+      </c>
+    </row>
+    <row r="8" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B8" s="40">
+        <v>5</v>
+      </c>
+      <c r="C8" s="39" t="s">
+        <v>972</v>
+      </c>
+      <c r="D8" s="37">
+        <v>8281080</v>
+      </c>
+      <c r="E8" s="38">
+        <v>11227218.964</v>
+      </c>
+      <c r="F8" s="37">
+        <v>216477</v>
+      </c>
+    </row>
+    <row r="9" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B9" s="36">
+        <v>6</v>
+      </c>
+      <c r="C9" s="35" t="s">
+        <v>971</v>
+      </c>
+      <c r="D9" s="33">
+        <v>161277</v>
+      </c>
+      <c r="E9" s="34">
+        <v>202308.74299999999</v>
+      </c>
+      <c r="F9" s="33">
+        <v>4483</v>
+      </c>
+    </row>
+    <row r="10" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B10" s="30">
+        <v>7</v>
+      </c>
+      <c r="C10" s="29" t="s">
+        <v>970</v>
+      </c>
+      <c r="D10" s="27">
+        <v>16225</v>
+      </c>
+      <c r="E10" s="28">
+        <v>692959.18299999996</v>
+      </c>
+      <c r="F10" s="27">
+        <v>1844</v>
+      </c>
+    </row>
+    <row r="11" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B11" s="30">
+        <v>8</v>
+      </c>
+      <c r="C11" s="29" t="s">
+        <v>969</v>
+      </c>
+      <c r="D11" s="27">
+        <v>539</v>
+      </c>
+      <c r="E11" s="28">
+        <v>8890.3639999999996</v>
+      </c>
+      <c r="F11" s="27">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="12" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B12" s="30">
+        <v>9</v>
+      </c>
+      <c r="C12" s="29" t="s">
+        <v>968</v>
+      </c>
+      <c r="D12" s="27">
+        <v>251480</v>
+      </c>
+      <c r="E12" s="28">
+        <v>5738111.1490000002</v>
+      </c>
+      <c r="F12" s="27">
+        <v>7938</v>
+      </c>
+    </row>
+    <row r="13" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B13" s="30">
+        <v>10</v>
+      </c>
+      <c r="C13" s="29" t="s">
+        <v>967</v>
+      </c>
+      <c r="D13" s="27">
+        <v>2010</v>
+      </c>
+      <c r="E13" s="28">
+        <v>25721.962</v>
+      </c>
+      <c r="F13" s="27">
+        <v>817</v>
+      </c>
+    </row>
+    <row r="14" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B14" s="30">
+        <v>11</v>
+      </c>
+      <c r="C14" s="29" t="s">
+        <v>966</v>
+      </c>
+      <c r="D14" s="27">
+        <v>22557</v>
+      </c>
+      <c r="E14" s="28">
+        <v>891174.799</v>
+      </c>
+      <c r="F14" s="27">
+        <v>1651</v>
+      </c>
+    </row>
+    <row r="15" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B15" s="30">
+        <v>12</v>
+      </c>
+      <c r="C15" s="29" t="s">
+        <v>263</v>
+      </c>
+      <c r="D15" s="27">
+        <v>574662320</v>
+      </c>
+      <c r="E15" s="28">
+        <v>306187707.86400002</v>
+      </c>
+      <c r="F15" s="27">
+        <v>17851301</v>
+      </c>
+    </row>
+    <row r="16" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B16" s="30">
+        <v>13</v>
+      </c>
+      <c r="C16" s="29" t="s">
+        <v>965</v>
+      </c>
+      <c r="D16" s="27">
+        <v>29478</v>
+      </c>
+      <c r="E16" s="28">
+        <v>225233.231</v>
+      </c>
+      <c r="F16" s="27">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="17" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B17" s="30">
+        <v>14</v>
+      </c>
+      <c r="C17" s="29" t="s">
+        <v>964</v>
+      </c>
+      <c r="D17" s="27">
+        <v>12282</v>
+      </c>
+      <c r="E17" s="28">
+        <v>543325.23499999999</v>
+      </c>
+      <c r="F17" s="27">
+        <v>919</v>
+      </c>
+    </row>
+    <row r="18" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B18" s="30">
+        <v>15</v>
+      </c>
+      <c r="C18" s="29" t="s">
+        <v>963</v>
+      </c>
+      <c r="D18" s="27">
+        <v>223351</v>
+      </c>
+      <c r="E18" s="28">
+        <v>669391.95499999996</v>
+      </c>
+      <c r="F18" s="27">
+        <v>2264</v>
+      </c>
+    </row>
+    <row r="19" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B19" s="30">
+        <v>16</v>
+      </c>
+      <c r="C19" s="29" t="s">
+        <v>962</v>
+      </c>
+      <c r="D19" s="27">
+        <v>1339</v>
+      </c>
+      <c r="E19" s="28">
+        <v>81411.994000000006</v>
+      </c>
+      <c r="F19" s="27">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="20" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B20" s="30">
+        <v>17</v>
+      </c>
+      <c r="C20" s="29" t="s">
+        <v>961</v>
+      </c>
+      <c r="D20" s="27">
+        <v>574477</v>
+      </c>
+      <c r="E20" s="28">
+        <v>1177479.8359999999</v>
+      </c>
+      <c r="F20" s="27">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="21" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B21" s="30">
+        <v>18</v>
+      </c>
+      <c r="C21" s="29" t="s">
+        <v>960</v>
+      </c>
+      <c r="D21" s="27">
+        <v>7781</v>
+      </c>
+      <c r="E21" s="28">
+        <v>222599.17600000001</v>
+      </c>
+      <c r="F21" s="27">
+        <v>1401</v>
+      </c>
+    </row>
+    <row r="22" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B22" s="30">
+        <v>19</v>
+      </c>
+      <c r="C22" s="29" t="s">
+        <v>959</v>
+      </c>
+      <c r="D22" s="27">
+        <v>17361</v>
+      </c>
+      <c r="E22" s="28">
+        <v>292948.29399999999</v>
+      </c>
+      <c r="F22" s="27">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="23" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B23" s="30">
+        <v>20</v>
+      </c>
+      <c r="C23" s="29" t="s">
+        <v>958</v>
+      </c>
+      <c r="D23" s="27">
+        <v>21840</v>
+      </c>
+      <c r="E23" s="28">
+        <v>163118.18900000001</v>
+      </c>
+      <c r="F23" s="27">
+        <v>1282</v>
+      </c>
+    </row>
+    <row r="24" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B24" s="30">
+        <v>21</v>
+      </c>
+      <c r="C24" s="29" t="s">
+        <v>957</v>
+      </c>
+      <c r="D24" s="27">
+        <v>39233844</v>
+      </c>
+      <c r="E24" s="28">
+        <v>63745506.017999999</v>
+      </c>
+      <c r="F24" s="27">
+        <v>233175</v>
+      </c>
+    </row>
+    <row r="25" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B25" s="30">
+        <v>22</v>
+      </c>
+      <c r="C25" s="29" t="s">
+        <v>956</v>
+      </c>
+      <c r="D25" s="27">
+        <v>14690</v>
+      </c>
+      <c r="E25" s="28">
+        <v>517283.91100000002</v>
+      </c>
+      <c r="F25" s="27">
+        <v>23821</v>
+      </c>
+    </row>
+    <row r="26" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B26" s="30">
+        <v>23</v>
+      </c>
+      <c r="C26" s="29" t="s">
+        <v>17</v>
+      </c>
+      <c r="D26" s="27">
+        <v>290589</v>
+      </c>
+      <c r="E26" s="28">
+        <v>2872212.4670000002</v>
+      </c>
+      <c r="F26" s="27">
+        <v>5753</v>
+      </c>
+    </row>
+    <row r="27" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B27" s="30">
+        <v>24</v>
+      </c>
+      <c r="C27" s="29" t="s">
+        <v>955</v>
+      </c>
+      <c r="D27" s="27">
+        <v>981</v>
+      </c>
+      <c r="E27" s="28">
+        <v>19339.363000000001</v>
+      </c>
+      <c r="F27" s="27">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="28" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B28" s="30">
+        <v>25</v>
+      </c>
+      <c r="C28" s="29" t="s">
+        <v>954</v>
+      </c>
+      <c r="D28" s="27">
+        <v>42</v>
+      </c>
+      <c r="E28" s="28">
+        <v>1064.0989999999999</v>
+      </c>
+      <c r="F28" s="27">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="29" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B29" s="30">
+        <v>26</v>
+      </c>
+      <c r="C29" s="29" t="s">
+        <v>953</v>
+      </c>
+      <c r="D29" s="27">
+        <v>6584</v>
+      </c>
+      <c r="E29" s="28">
+        <v>283936.25300000003</v>
+      </c>
+      <c r="F29" s="27">
+        <v>1523</v>
+      </c>
+    </row>
+    <row r="30" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B30" s="30">
+        <v>27</v>
+      </c>
+      <c r="C30" s="29" t="s">
+        <v>952</v>
+      </c>
+      <c r="D30" s="27">
+        <v>408197</v>
+      </c>
+      <c r="E30" s="28">
+        <v>1254083.1240000001</v>
+      </c>
+      <c r="F30" s="27">
+        <v>1262</v>
+      </c>
+    </row>
+    <row r="31" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B31" s="30">
+        <v>28</v>
+      </c>
+      <c r="C31" s="29" t="s">
+        <v>951</v>
+      </c>
+      <c r="D31" s="27">
+        <v>104806</v>
+      </c>
+      <c r="E31" s="28">
+        <v>177177.81899999999</v>
+      </c>
+      <c r="F31" s="27">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="32" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B32" s="30">
+        <v>29</v>
+      </c>
+      <c r="C32" s="29" t="s">
+        <v>950</v>
+      </c>
+      <c r="D32" s="27">
+        <v>7755566</v>
+      </c>
+      <c r="E32" s="28">
+        <v>7676674.8279999997</v>
+      </c>
+      <c r="F32" s="27">
+        <v>27108</v>
+      </c>
+    </row>
+    <row r="33" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B33" s="30">
+        <v>30</v>
+      </c>
+      <c r="C33" s="29" t="s">
+        <v>19</v>
+      </c>
+      <c r="D33" s="27">
+        <v>59784371</v>
+      </c>
+      <c r="E33" s="28">
+        <v>316661637.32700002</v>
+      </c>
+      <c r="F33" s="27">
+        <v>415152</v>
+      </c>
+    </row>
+    <row r="34" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B34" s="30">
+        <v>31</v>
+      </c>
+      <c r="C34" s="29" t="s">
+        <v>949</v>
+      </c>
+      <c r="D34" s="27">
+        <v>982487977</v>
+      </c>
+      <c r="E34" s="28">
+        <v>2705008347.9310002</v>
+      </c>
+      <c r="F34" s="27">
+        <v>4781503</v>
+      </c>
+    </row>
+    <row r="35" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B35" s="30">
+        <v>32</v>
+      </c>
+      <c r="C35" s="29" t="s">
+        <v>948</v>
+      </c>
+      <c r="D35" s="27">
+        <v>22505</v>
+      </c>
+      <c r="E35" s="28">
+        <v>185569.96</v>
+      </c>
+      <c r="F35" s="27">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="36" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B36" s="30">
+        <v>33</v>
+      </c>
+      <c r="C36" s="29" t="s">
+        <v>947</v>
+      </c>
+      <c r="D36" s="27">
+        <v>24820</v>
+      </c>
+      <c r="E36" s="28">
+        <v>38069.902000000002</v>
+      </c>
+      <c r="F36" s="27">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="37" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B37" s="30">
+        <v>34</v>
+      </c>
+      <c r="C37" s="29" t="s">
+        <v>946</v>
+      </c>
+      <c r="D37" s="27">
+        <v>124228</v>
+      </c>
+      <c r="E37" s="28">
+        <v>1079311.2420000001</v>
+      </c>
+      <c r="F37" s="27">
+        <v>2095</v>
+      </c>
+    </row>
+    <row r="38" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B38" s="30">
+        <v>35</v>
+      </c>
+      <c r="C38" s="29" t="s">
+        <v>945</v>
+      </c>
+      <c r="D38" s="27">
+        <v>11836</v>
+      </c>
+      <c r="E38" s="28">
+        <v>23072.768</v>
+      </c>
+      <c r="F38" s="27">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="39" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B39" s="30">
+        <v>36</v>
+      </c>
+      <c r="C39" s="29" t="s">
+        <v>944</v>
+      </c>
+      <c r="D39" s="27">
+        <v>36864</v>
+      </c>
+      <c r="E39" s="28">
+        <v>3507627.3119999999</v>
+      </c>
+      <c r="F39" s="27">
+        <v>3411</v>
+      </c>
+    </row>
+    <row r="40" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B40" s="30">
+        <v>37</v>
+      </c>
+      <c r="C40" s="29" t="s">
+        <v>22</v>
+      </c>
+      <c r="D40" s="27">
+        <v>96445551</v>
+      </c>
+      <c r="E40" s="28">
+        <v>273492866.528</v>
+      </c>
+      <c r="F40" s="27">
+        <v>334469</v>
+      </c>
+    </row>
+    <row r="41" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B41" s="30">
+        <v>38</v>
+      </c>
+      <c r="C41" s="29" t="s">
+        <v>943</v>
+      </c>
+      <c r="D41" s="27">
+        <v>1666</v>
+      </c>
+      <c r="E41" s="28">
+        <v>54853.47</v>
+      </c>
+      <c r="F41" s="27">
+        <v>752</v>
+      </c>
+    </row>
+    <row r="42" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B42" s="30">
+        <v>39</v>
+      </c>
+      <c r="C42" s="29" t="s">
+        <v>942</v>
+      </c>
+      <c r="D42" s="27">
+        <v>712</v>
+      </c>
+      <c r="E42" s="28">
+        <v>11281.138999999999</v>
+      </c>
+      <c r="F42" s="27">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="43" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B43" s="30">
+        <v>40</v>
+      </c>
+      <c r="C43" s="29" t="s">
+        <v>25</v>
+      </c>
+      <c r="D43" s="27">
+        <v>1439867364</v>
+      </c>
+      <c r="E43" s="28">
+        <v>2172856185.2160001</v>
+      </c>
+      <c r="F43" s="27">
+        <v>2474782</v>
+      </c>
+    </row>
+    <row r="44" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B44" s="30">
+        <v>41</v>
+      </c>
+      <c r="C44" s="29" t="s">
+        <v>28</v>
+      </c>
+      <c r="D44" s="27">
+        <v>634991444</v>
+      </c>
+      <c r="E44" s="28">
+        <v>900792566.14600003</v>
+      </c>
+      <c r="F44" s="27">
+        <v>478670</v>
+      </c>
+    </row>
+    <row r="45" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B45" s="30">
+        <v>42</v>
+      </c>
+      <c r="C45" s="29" t="s">
+        <v>29</v>
+      </c>
+      <c r="D45" s="27">
+        <v>231192259</v>
+      </c>
+      <c r="E45" s="28">
+        <v>343919176.90499997</v>
+      </c>
+      <c r="F45" s="27">
+        <v>293074</v>
+      </c>
+    </row>
+    <row r="46" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B46" s="30">
+        <v>43</v>
+      </c>
+      <c r="C46" s="29" t="s">
+        <v>941</v>
+      </c>
+      <c r="D46" s="27">
+        <v>58593</v>
+      </c>
+      <c r="E46" s="28">
+        <v>550343.28700000001</v>
+      </c>
+      <c r="F46" s="27">
+        <v>2406</v>
+      </c>
+    </row>
+    <row r="47" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B47" s="30">
+        <v>44</v>
+      </c>
+      <c r="C47" s="29" t="s">
+        <v>940</v>
+      </c>
+      <c r="D47" s="27">
+        <v>20484</v>
+      </c>
+      <c r="E47" s="28">
+        <v>175518.45</v>
+      </c>
+      <c r="F47" s="27">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="48" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B48" s="30">
+        <v>45</v>
+      </c>
+      <c r="C48" s="29" t="s">
+        <v>939</v>
+      </c>
+      <c r="D48" s="27">
+        <v>3245</v>
+      </c>
+      <c r="E48" s="28">
+        <v>187400.86</v>
+      </c>
+      <c r="F48" s="27">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="49" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B49" s="30">
+        <v>46</v>
+      </c>
+      <c r="C49" s="29" t="s">
+        <v>938</v>
+      </c>
+      <c r="D49" s="27">
+        <v>364</v>
+      </c>
+      <c r="E49" s="28">
+        <v>12104.624</v>
+      </c>
+      <c r="F49" s="27">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="50" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B50" s="30">
+        <v>47</v>
+      </c>
+      <c r="C50" s="29" t="s">
+        <v>937</v>
+      </c>
+      <c r="D50" s="27">
+        <v>88783</v>
+      </c>
+      <c r="E50" s="28">
+        <v>8674452.9450000003</v>
+      </c>
+      <c r="F50" s="27">
+        <v>22953</v>
+      </c>
+    </row>
+    <row r="51" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B51" s="30">
+        <v>48</v>
+      </c>
+      <c r="C51" s="29" t="s">
+        <v>936</v>
+      </c>
+      <c r="D51" s="27">
+        <v>28657</v>
+      </c>
+      <c r="E51" s="28">
+        <v>443768.13500000001</v>
+      </c>
+      <c r="F51" s="27">
+        <v>1245</v>
+      </c>
+    </row>
+    <row r="52" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B52" s="30">
+        <v>49</v>
+      </c>
+      <c r="C52" s="29" t="s">
+        <v>935</v>
+      </c>
+      <c r="D52" s="27">
+        <v>5063</v>
+      </c>
+      <c r="E52" s="28">
+        <v>82668.338000000003</v>
+      </c>
+      <c r="F52" s="27">
+        <v>1519</v>
+      </c>
+    </row>
+    <row r="53" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B53" s="30">
+        <v>50</v>
+      </c>
+      <c r="C53" s="29" t="s">
+        <v>934</v>
+      </c>
+      <c r="D53" s="27">
+        <v>8026</v>
+      </c>
+      <c r="E53" s="28">
+        <v>182849.875</v>
+      </c>
+      <c r="F53" s="27">
+        <v>8026</v>
+      </c>
+    </row>
+    <row r="54" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B54" s="30">
+        <v>51</v>
+      </c>
+      <c r="C54" s="29" t="s">
+        <v>933</v>
+      </c>
+      <c r="D54" s="27">
+        <v>779</v>
+      </c>
+      <c r="E54" s="28">
+        <v>19070.856</v>
+      </c>
+      <c r="F54" s="27">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="55" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B55" s="30">
+        <v>52</v>
+      </c>
+      <c r="C55" s="29" t="s">
+        <v>932</v>
+      </c>
+      <c r="D55" s="27">
+        <v>879033</v>
+      </c>
+      <c r="E55" s="28">
+        <v>1108540.6070000001</v>
+      </c>
+      <c r="F55" s="27">
+        <v>32373</v>
+      </c>
+    </row>
+    <row r="56" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B56" s="30">
+        <v>53</v>
+      </c>
+      <c r="C56" s="29" t="s">
+        <v>931</v>
+      </c>
+      <c r="D56" s="27">
+        <v>7010</v>
+      </c>
+      <c r="E56" s="28">
+        <v>713103</v>
+      </c>
+      <c r="F56" s="27">
+        <v>791</v>
+      </c>
+    </row>
+    <row r="57" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B57" s="30">
+        <v>54</v>
+      </c>
+      <c r="C57" s="29" t="s">
+        <v>930</v>
+      </c>
+      <c r="D57" s="27">
+        <v>1979</v>
+      </c>
+      <c r="E57" s="28">
+        <v>76945.289999999994</v>
+      </c>
+      <c r="F57" s="27">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="58" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B58" s="30">
+        <v>55</v>
+      </c>
+      <c r="C58" s="29" t="s">
+        <v>929</v>
+      </c>
+      <c r="D58" s="27">
+        <v>67570</v>
+      </c>
+      <c r="E58" s="28">
+        <v>349647.98499999999</v>
+      </c>
+      <c r="F58" s="27">
+        <v>1261</v>
+      </c>
+    </row>
+    <row r="59" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B59" s="30">
+        <v>56</v>
+      </c>
+      <c r="C59" s="29" t="s">
+        <v>928</v>
+      </c>
+      <c r="D59" s="27">
+        <v>1493</v>
+      </c>
+      <c r="E59" s="28">
+        <v>60316.680999999997</v>
+      </c>
+      <c r="F59" s="27">
+        <v>1493</v>
+      </c>
+    </row>
+    <row r="60" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B60" s="30">
+        <v>57</v>
+      </c>
+      <c r="C60" s="29" t="s">
+        <v>927</v>
+      </c>
+      <c r="D60" s="27">
+        <v>243742</v>
+      </c>
+      <c r="E60" s="28">
+        <v>343664</v>
+      </c>
+      <c r="F60" s="27">
+        <v>1194</v>
+      </c>
+    </row>
+    <row r="61" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B61" s="30">
+        <v>58</v>
+      </c>
+      <c r="C61" s="29" t="s">
+        <v>926</v>
+      </c>
+      <c r="D61" s="27">
+        <v>43913</v>
+      </c>
+      <c r="E61" s="28">
+        <v>143676.77799999999</v>
+      </c>
+      <c r="F61" s="27">
+        <v>684</v>
+      </c>
+    </row>
+    <row r="62" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B62" s="30">
+        <v>59</v>
+      </c>
+      <c r="C62" s="29" t="s">
+        <v>925</v>
+      </c>
+      <c r="D62" s="27">
+        <v>3611</v>
+      </c>
+      <c r="E62" s="28">
+        <v>122368.621</v>
+      </c>
+      <c r="F62" s="27">
+        <v>1953</v>
+      </c>
+    </row>
+    <row r="63" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B63" s="30">
+        <v>60</v>
+      </c>
+      <c r="C63" s="29" t="s">
+        <v>924</v>
+      </c>
+      <c r="D63" s="27">
+        <v>42250</v>
+      </c>
+      <c r="E63" s="28">
+        <v>896458.16399999999</v>
+      </c>
+      <c r="F63" s="27">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="64" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B64" s="30">
+        <v>61</v>
+      </c>
+      <c r="C64" s="29" t="s">
+        <v>923</v>
+      </c>
+      <c r="D64" s="27">
+        <v>3602</v>
+      </c>
+      <c r="E64" s="28">
+        <v>334840.36700000003</v>
+      </c>
+      <c r="F64" s="27">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="65" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B65" s="30">
+        <v>62</v>
+      </c>
+      <c r="C65" s="29" t="s">
+        <v>922</v>
+      </c>
+      <c r="D65" s="27">
+        <v>9862</v>
+      </c>
+      <c r="E65" s="28">
+        <v>121503.09299999999</v>
+      </c>
+      <c r="F65" s="27">
+        <v>1650</v>
+      </c>
+    </row>
+    <row r="66" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B66" s="30">
+        <v>63</v>
+      </c>
+      <c r="C66" s="29" t="s">
+        <v>921</v>
+      </c>
+      <c r="D66" s="27">
+        <v>353099</v>
+      </c>
+      <c r="E66" s="28">
+        <v>4278956.1540000001</v>
+      </c>
+      <c r="F66" s="27">
+        <v>12319</v>
+      </c>
+    </row>
+    <row r="67" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B67" s="30">
+        <v>64</v>
+      </c>
+      <c r="C67" s="29" t="s">
+        <v>920</v>
+      </c>
+      <c r="D67" s="27">
+        <v>1906</v>
+      </c>
+      <c r="E67" s="28">
+        <v>32643.955999999998</v>
+      </c>
+      <c r="F67" s="27">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="68" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B68" s="30">
+        <v>65</v>
+      </c>
+      <c r="C68" s="29" t="s">
+        <v>919</v>
+      </c>
+      <c r="D68" s="27">
+        <v>942893</v>
+      </c>
+      <c r="E68" s="28">
+        <v>3761867.0839999998</v>
+      </c>
+      <c r="F68" s="27">
+        <v>1816</v>
+      </c>
+    </row>
+    <row r="69" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B69" s="30">
+        <v>66</v>
+      </c>
+      <c r="C69" s="29" t="s">
+        <v>918</v>
+      </c>
+      <c r="D69" s="27">
+        <v>456</v>
+      </c>
+      <c r="E69" s="28">
+        <v>18678.633999999998</v>
+      </c>
+      <c r="F69" s="27">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="70" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B70" s="30">
+        <v>67</v>
+      </c>
+      <c r="C70" s="29" t="s">
+        <v>284</v>
+      </c>
+      <c r="D70" s="27">
+        <v>1095326286</v>
+      </c>
+      <c r="E70" s="28">
+        <v>1966378761.757</v>
+      </c>
+      <c r="F70" s="27">
+        <v>2628089</v>
+      </c>
+    </row>
+    <row r="71" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B71" s="30">
+        <v>68</v>
+      </c>
+      <c r="C71" s="29" t="s">
+        <v>36</v>
+      </c>
+      <c r="D71" s="27">
+        <v>1887527</v>
+      </c>
+      <c r="E71" s="28">
+        <v>10495053.886</v>
+      </c>
+      <c r="F71" s="27">
+        <v>20057</v>
+      </c>
+    </row>
+    <row r="72" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B72" s="30">
+        <v>69</v>
+      </c>
+      <c r="C72" s="29" t="s">
+        <v>38</v>
+      </c>
+      <c r="D72" s="27">
+        <v>373033294</v>
+      </c>
+      <c r="E72" s="28">
+        <v>641690734.12199998</v>
+      </c>
+      <c r="F72" s="27">
+        <v>410210</v>
+      </c>
+    </row>
+    <row r="73" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B73" s="30">
+        <v>70</v>
+      </c>
+      <c r="C73" s="29" t="s">
+        <v>917</v>
+      </c>
+      <c r="D73" s="27">
+        <v>1031</v>
+      </c>
+      <c r="E73" s="28">
+        <v>58079.898999999998</v>
+      </c>
+      <c r="F73" s="27">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="74" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B74" s="30">
+        <v>71</v>
+      </c>
+      <c r="C74" s="29" t="s">
+        <v>916</v>
+      </c>
+      <c r="D74" s="27">
+        <v>2176</v>
+      </c>
+      <c r="E74" s="28">
+        <v>37900</v>
+      </c>
+      <c r="F74" s="27">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="75" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B75" s="30">
+        <v>72</v>
+      </c>
+      <c r="C75" s="29" t="s">
+        <v>915</v>
+      </c>
+      <c r="D75" s="27">
+        <v>765</v>
+      </c>
+      <c r="E75" s="28">
+        <v>60192.703999999998</v>
+      </c>
+      <c r="F75" s="27">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="76" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B76" s="30">
+        <v>73</v>
+      </c>
+      <c r="C76" s="29" t="s">
+        <v>914</v>
+      </c>
+      <c r="D76" s="27">
+        <v>1061</v>
+      </c>
+      <c r="E76" s="28">
+        <v>20313.235000000001</v>
+      </c>
+      <c r="F76" s="27">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="77" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B77" s="30">
+        <v>74</v>
+      </c>
+      <c r="C77" s="29" t="s">
+        <v>913</v>
+      </c>
+      <c r="D77" s="27">
+        <v>489</v>
+      </c>
+      <c r="E77" s="28">
+        <v>9595.4969999999994</v>
+      </c>
+      <c r="F77" s="27">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="78" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B78" s="30">
+        <v>75</v>
+      </c>
+      <c r="C78" s="29" t="s">
+        <v>912</v>
+      </c>
+      <c r="D78" s="27">
+        <v>971</v>
+      </c>
+      <c r="E78" s="28">
+        <v>80361.207999999999</v>
+      </c>
+      <c r="F78" s="27">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="79" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B79" s="30">
+        <v>76</v>
+      </c>
+      <c r="C79" s="29" t="s">
+        <v>911</v>
+      </c>
+      <c r="D79" s="27">
+        <v>634113</v>
+      </c>
+      <c r="E79" s="28">
+        <v>834167.52899999998</v>
+      </c>
+      <c r="F79" s="27">
+        <v>5618</v>
+      </c>
+    </row>
+    <row r="80" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B80" s="30">
+        <v>77</v>
+      </c>
+      <c r="C80" s="29" t="s">
+        <v>910</v>
+      </c>
+      <c r="D80" s="27">
+        <v>9964</v>
+      </c>
+      <c r="E80" s="28">
+        <v>909369.89300000004</v>
+      </c>
+      <c r="F80" s="27">
+        <v>677</v>
+      </c>
+    </row>
+    <row r="81" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B81" s="30">
+        <v>78</v>
+      </c>
+      <c r="C81" s="29" t="s">
+        <v>909</v>
+      </c>
+      <c r="D81" s="27">
+        <v>88439849</v>
+      </c>
+      <c r="E81" s="28">
+        <v>171834255.947</v>
+      </c>
+      <c r="F81" s="27">
+        <v>251655</v>
+      </c>
+    </row>
+    <row r="82" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B82" s="30">
+        <v>79</v>
+      </c>
+      <c r="C82" s="29" t="s">
+        <v>908</v>
+      </c>
+      <c r="D82" s="27">
+        <v>11738</v>
+      </c>
+      <c r="E82" s="28">
+        <v>513864.21799999999</v>
+      </c>
+      <c r="F82" s="27">
+        <v>2236</v>
+      </c>
+    </row>
+    <row r="83" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B83" s="30">
+        <v>80</v>
+      </c>
+      <c r="C83" s="29" t="s">
+        <v>907</v>
+      </c>
+      <c r="D83" s="27">
+        <v>582</v>
+      </c>
+      <c r="E83" s="28">
+        <v>6421.924</v>
+      </c>
+      <c r="F83" s="27">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="84" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B84" s="30">
+        <v>81</v>
+      </c>
+      <c r="C84" s="29" t="s">
+        <v>906</v>
+      </c>
+      <c r="D84" s="27">
+        <v>343</v>
+      </c>
+      <c r="E84" s="28">
+        <v>2229</v>
+      </c>
+      <c r="F84" s="27">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="85" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B85" s="30">
+        <v>82</v>
+      </c>
+      <c r="C85" s="29" t="s">
+        <v>905</v>
+      </c>
+      <c r="D85" s="27">
+        <v>2150</v>
+      </c>
+      <c r="E85" s="28">
+        <v>144613.18900000001</v>
+      </c>
+      <c r="F85" s="27">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="86" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B86" s="30">
+        <v>83</v>
+      </c>
+      <c r="C86" s="29" t="s">
+        <v>904</v>
+      </c>
+      <c r="D86" s="27">
+        <v>35653</v>
+      </c>
+      <c r="E86" s="28">
+        <v>2721262.2209999999</v>
+      </c>
+      <c r="F86" s="27">
+        <v>4591</v>
+      </c>
+    </row>
+    <row r="87" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B87" s="30">
+        <v>84</v>
+      </c>
+      <c r="C87" s="29" t="s">
+        <v>903</v>
+      </c>
+      <c r="D87" s="27">
+        <v>97698</v>
+      </c>
+      <c r="E87" s="28">
+        <v>7798948.3030000003</v>
+      </c>
+      <c r="F87" s="27">
+        <v>10951</v>
+      </c>
+    </row>
+    <row r="88" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B88" s="30">
+        <v>85</v>
+      </c>
+      <c r="C88" s="29" t="s">
+        <v>902</v>
+      </c>
+      <c r="D88" s="27">
+        <v>274229</v>
+      </c>
+      <c r="E88" s="28">
+        <v>6105543.2719999999</v>
+      </c>
+      <c r="F88" s="27">
+        <v>31509</v>
+      </c>
+    </row>
+    <row r="89" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B89" s="30">
+        <v>86</v>
+      </c>
+      <c r="C89" s="29" t="s">
+        <v>901</v>
+      </c>
+      <c r="D89" s="27">
+        <v>101</v>
+      </c>
+      <c r="E89" s="28">
+        <v>462.12200000000001</v>
+      </c>
+      <c r="F89" s="27">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="90" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B90" s="30">
+        <v>87</v>
+      </c>
+      <c r="C90" s="29" t="s">
+        <v>900</v>
+      </c>
+      <c r="D90" s="27">
+        <v>4076</v>
+      </c>
+      <c r="E90" s="28">
+        <v>546188.34100000001</v>
+      </c>
+      <c r="F90" s="27">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="91" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B91" s="30">
+        <v>88</v>
+      </c>
+      <c r="C91" s="29" t="s">
+        <v>899</v>
+      </c>
+      <c r="D91" s="27">
+        <v>9</v>
+      </c>
+      <c r="E91" s="28">
+        <v>709.67899999999997</v>
+      </c>
+      <c r="F91" s="27">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="92" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B92" s="30">
+        <v>89</v>
+      </c>
+      <c r="C92" s="29" t="s">
+        <v>898</v>
+      </c>
+      <c r="D92" s="27">
+        <v>14035</v>
+      </c>
+      <c r="E92" s="28">
+        <v>241741.41200000001</v>
+      </c>
+      <c r="F92" s="27">
+        <v>2733</v>
+      </c>
+    </row>
+    <row r="93" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B93" s="30">
+        <v>90</v>
+      </c>
+      <c r="C93" s="29" t="s">
+        <v>897</v>
+      </c>
+      <c r="D93" s="27">
+        <v>21494</v>
+      </c>
+      <c r="E93" s="28">
+        <v>379066.39600000001</v>
+      </c>
+      <c r="F93" s="27">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="94" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B94" s="30">
+        <v>91</v>
+      </c>
+      <c r="C94" s="29" t="s">
+        <v>896</v>
+      </c>
+      <c r="D94" s="27">
+        <v>1178</v>
+      </c>
+      <c r="E94" s="28">
+        <v>71655.732000000004</v>
+      </c>
+      <c r="F94" s="27">
+        <v>1168</v>
+      </c>
+    </row>
+    <row r="95" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B95" s="30">
+        <v>92</v>
+      </c>
+      <c r="C95" s="29" t="s">
+        <v>895</v>
+      </c>
+      <c r="D95" s="27">
+        <v>78</v>
+      </c>
+      <c r="E95" s="28">
+        <v>3012.94</v>
+      </c>
+      <c r="F95" s="27">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="96" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B96" s="30">
+        <v>93</v>
+      </c>
+      <c r="C96" s="29" t="s">
+        <v>894</v>
+      </c>
+      <c r="D96" s="27">
+        <v>829</v>
+      </c>
+      <c r="E96" s="28">
+        <v>63955.034</v>
+      </c>
+      <c r="F96" s="27">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="97" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B97" s="30">
+        <v>94</v>
+      </c>
+      <c r="C97" s="29" t="s">
+        <v>47</v>
+      </c>
+      <c r="D97" s="27">
+        <v>29595388</v>
+      </c>
+      <c r="E97" s="28">
+        <v>64069090.858000003</v>
+      </c>
+      <c r="F97" s="27">
+        <v>116589</v>
+      </c>
+    </row>
+    <row r="98" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B98" s="30">
+        <v>95</v>
+      </c>
+      <c r="C98" s="29" t="s">
+        <v>295</v>
+      </c>
+      <c r="D98" s="27">
+        <v>12515552</v>
+      </c>
+      <c r="E98" s="28">
+        <v>58102896.362999998</v>
+      </c>
+      <c r="F98" s="27">
+        <v>104743</v>
+      </c>
+    </row>
+    <row r="99" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B99" s="30">
+        <v>96</v>
+      </c>
+      <c r="C99" s="29" t="s">
+        <v>893</v>
+      </c>
+      <c r="D99" s="27">
+        <v>2137</v>
+      </c>
+      <c r="E99" s="28">
+        <v>100037.289</v>
+      </c>
+      <c r="F99" s="27">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="100" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B100" s="30">
+        <v>97</v>
+      </c>
+      <c r="C100" s="29" t="s">
+        <v>51</v>
+      </c>
+      <c r="D100" s="27">
+        <v>1048940</v>
+      </c>
+      <c r="E100" s="28">
+        <v>5215932.4440000001</v>
+      </c>
+      <c r="F100" s="27">
+        <v>36370</v>
+      </c>
+    </row>
+    <row r="101" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B101" s="30">
+        <v>98</v>
+      </c>
+      <c r="C101" s="29" t="s">
+        <v>892</v>
+      </c>
+      <c r="D101" s="27">
+        <v>72015</v>
+      </c>
+      <c r="E101" s="28">
+        <v>108214.817</v>
+      </c>
+      <c r="F101" s="27">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="102" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B102" s="30">
+        <v>99</v>
+      </c>
+      <c r="C102" s="29" t="s">
+        <v>891</v>
+      </c>
+      <c r="D102" s="27">
+        <v>482082</v>
+      </c>
+      <c r="E102" s="28">
+        <v>2724656.5329999998</v>
+      </c>
+      <c r="F102" s="27">
+        <v>1130</v>
+      </c>
+    </row>
+    <row r="103" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B103" s="30">
+        <v>100</v>
+      </c>
+      <c r="C103" s="29" t="s">
+        <v>890</v>
+      </c>
+      <c r="D103" s="27">
+        <v>97515</v>
+      </c>
+      <c r="E103" s="28">
+        <v>5621504.8969999999</v>
+      </c>
+      <c r="F103" s="27">
+        <v>35714</v>
+      </c>
+    </row>
+    <row r="104" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B104" s="30">
+        <v>101</v>
+      </c>
+      <c r="C104" s="29" t="s">
+        <v>889</v>
+      </c>
+      <c r="D104" s="27">
+        <v>1790</v>
+      </c>
+      <c r="E104" s="28">
+        <v>32665.375</v>
+      </c>
+      <c r="F104" s="27">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="105" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B105" s="30">
+        <v>102</v>
+      </c>
+      <c r="C105" s="29" t="s">
+        <v>888</v>
+      </c>
+      <c r="D105" s="27">
+        <v>96</v>
+      </c>
+      <c r="E105" s="28">
+        <v>365.24299999999999</v>
+      </c>
+      <c r="F105" s="27">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="106" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B106" s="30">
+        <v>103</v>
+      </c>
+      <c r="C106" s="29" t="s">
+        <v>887</v>
+      </c>
+      <c r="D106" s="27">
+        <v>1158</v>
+      </c>
+      <c r="E106" s="28">
+        <v>67425.875</v>
+      </c>
+      <c r="F106" s="27">
+        <v>965</v>
+      </c>
+    </row>
+    <row r="107" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B107" s="30">
+        <v>104</v>
+      </c>
+      <c r="C107" s="29" t="s">
+        <v>886</v>
+      </c>
+      <c r="D107" s="27">
+        <v>4049036</v>
+      </c>
+      <c r="E107" s="28">
+        <v>6435711.5089999996</v>
+      </c>
+      <c r="F107" s="27">
+        <v>526</v>
+      </c>
+    </row>
+    <row r="108" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B108" s="30">
+        <v>105</v>
+      </c>
+      <c r="C108" s="29" t="s">
+        <v>885</v>
+      </c>
+      <c r="D108" s="27">
+        <v>3032</v>
+      </c>
+      <c r="E108" s="28">
+        <v>78386.67</v>
+      </c>
+      <c r="F108" s="27">
+        <v>931</v>
+      </c>
+    </row>
+    <row r="109" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B109" s="30">
+        <v>106</v>
+      </c>
+      <c r="C109" s="29" t="s">
+        <v>884</v>
+      </c>
+      <c r="D109" s="27">
+        <v>191</v>
+      </c>
+      <c r="E109" s="28">
+        <v>1727.9839999999999</v>
+      </c>
+      <c r="F109" s="27">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="110" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B110" s="30">
+        <v>107</v>
+      </c>
+      <c r="C110" s="29" t="s">
+        <v>306</v>
+      </c>
+      <c r="D110" s="27">
+        <v>449013</v>
+      </c>
+      <c r="E110" s="28">
+        <v>69328275.834000006</v>
+      </c>
+      <c r="F110" s="27">
+        <v>407135</v>
+      </c>
+    </row>
+    <row r="111" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B111" s="30">
+        <v>108</v>
+      </c>
+      <c r="C111" s="29" t="s">
+        <v>883</v>
+      </c>
+      <c r="D111" s="27">
+        <v>218453</v>
+      </c>
+      <c r="E111" s="28">
+        <v>6915096.9500000002</v>
+      </c>
+      <c r="F111" s="27">
+        <v>57761</v>
+      </c>
+    </row>
+    <row r="112" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B112" s="30">
+        <v>109</v>
+      </c>
+      <c r="C112" s="29" t="s">
+        <v>882</v>
+      </c>
+      <c r="D112" s="27">
+        <v>14100381</v>
+      </c>
+      <c r="E112" s="28">
+        <v>196261542.63499999</v>
+      </c>
+      <c r="F112" s="27">
+        <v>1881153</v>
+      </c>
+    </row>
+    <row r="113" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B113" s="30">
+        <v>110</v>
+      </c>
+      <c r="C113" s="29" t="s">
+        <v>881</v>
+      </c>
+      <c r="D113" s="27">
+        <v>26953</v>
+      </c>
+      <c r="E113" s="28">
+        <v>1287483.75</v>
+      </c>
+      <c r="F113" s="27">
+        <v>10839</v>
+      </c>
+    </row>
+    <row r="114" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B114" s="30">
+        <v>111</v>
+      </c>
+      <c r="C114" s="29" t="s">
+        <v>62</v>
+      </c>
+      <c r="D114" s="27">
+        <v>172768687</v>
+      </c>
+      <c r="E114" s="28">
+        <v>87205060.836999997</v>
+      </c>
+      <c r="F114" s="27">
+        <v>5128224</v>
+      </c>
+    </row>
+    <row r="115" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B115" s="30">
+        <v>112</v>
+      </c>
+      <c r="C115" s="29" t="s">
+        <v>880</v>
+      </c>
+      <c r="D115" s="27">
+        <v>58698</v>
+      </c>
+      <c r="E115" s="28">
+        <v>252415.7</v>
+      </c>
+      <c r="F115" s="27">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="116" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B116" s="30">
+        <v>113</v>
+      </c>
+      <c r="C116" s="29" t="s">
+        <v>879</v>
+      </c>
+      <c r="D116" s="27">
+        <v>35423</v>
+      </c>
+      <c r="E116" s="28">
+        <v>371460.78899999999</v>
+      </c>
+      <c r="F116" s="27">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="117" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B117" s="30">
+        <v>114</v>
+      </c>
+      <c r="C117" s="29" t="s">
+        <v>878</v>
+      </c>
+      <c r="D117" s="27">
+        <v>47197</v>
+      </c>
+      <c r="E117" s="28">
+        <v>248201.83499999999</v>
+      </c>
+      <c r="F117" s="27">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="118" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B118" s="30">
+        <v>115</v>
+      </c>
+      <c r="C118" s="29" t="s">
+        <v>877</v>
+      </c>
+      <c r="D118" s="27">
+        <v>5969</v>
+      </c>
+      <c r="E118" s="28">
+        <v>33551.087</v>
+      </c>
+      <c r="F118" s="27">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="119" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B119" s="30">
+        <v>116</v>
+      </c>
+      <c r="C119" s="29" t="s">
+        <v>876</v>
+      </c>
+      <c r="D119" s="27">
+        <v>1093</v>
+      </c>
+      <c r="E119" s="28">
+        <v>9437.2360000000008</v>
+      </c>
+      <c r="F119" s="27">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="120" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B120" s="30">
+        <v>117</v>
+      </c>
+      <c r="C120" s="29" t="s">
+        <v>875</v>
+      </c>
+      <c r="D120" s="27">
+        <v>298</v>
+      </c>
+      <c r="E120" s="28">
+        <v>7773.2030000000004</v>
+      </c>
+      <c r="F120" s="27">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="121" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B121" s="30">
+        <v>118</v>
+      </c>
+      <c r="C121" s="29" t="s">
+        <v>874</v>
+      </c>
+      <c r="D121" s="27">
+        <v>5898330</v>
+      </c>
+      <c r="E121" s="28">
+        <v>10787553.072000001</v>
+      </c>
+      <c r="F121" s="27">
+        <v>6771</v>
+      </c>
+    </row>
+    <row r="122" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B122" s="30">
+        <v>119</v>
+      </c>
+      <c r="C122" s="29" t="s">
+        <v>873</v>
+      </c>
+      <c r="D122" s="27">
+        <v>24</v>
+      </c>
+      <c r="E122" s="28">
+        <v>5025.5230000000001</v>
+      </c>
+      <c r="F122" s="27">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="123" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B123" s="30">
+        <v>120</v>
+      </c>
+      <c r="C123" s="29" t="s">
+        <v>872</v>
+      </c>
+      <c r="D123" s="27">
+        <v>16805</v>
+      </c>
+      <c r="E123" s="28">
+        <v>408343.69</v>
+      </c>
+      <c r="F123" s="27">
+        <v>2981</v>
+      </c>
+    </row>
+    <row r="124" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B124" s="30">
+        <v>121</v>
+      </c>
+      <c r="C124" s="29" t="s">
+        <v>871</v>
+      </c>
+      <c r="D124" s="27">
+        <v>2820284</v>
+      </c>
+      <c r="E124" s="28">
+        <v>7631827.4510000004</v>
+      </c>
+      <c r="F124" s="27">
+        <v>6692</v>
+      </c>
+    </row>
+    <row r="125" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B125" s="30">
+        <v>122</v>
+      </c>
+      <c r="C125" s="29" t="s">
+        <v>870</v>
+      </c>
+      <c r="D125" s="27">
+        <v>189150</v>
+      </c>
+      <c r="E125" s="28">
+        <v>238438</v>
+      </c>
+      <c r="F125" s="27">
+        <v>2633</v>
+      </c>
+    </row>
+    <row r="126" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B126" s="30">
+        <v>123</v>
+      </c>
+      <c r="C126" s="29" t="s">
+        <v>869</v>
+      </c>
+      <c r="D126" s="27">
+        <v>2670</v>
+      </c>
+      <c r="E126" s="28">
+        <v>193635.99100000001</v>
+      </c>
+      <c r="F126" s="27">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="127" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B127" s="30">
+        <v>124</v>
+      </c>
+      <c r="C127" s="29" t="s">
+        <v>868</v>
+      </c>
+      <c r="D127" s="27">
+        <v>9909867</v>
+      </c>
+      <c r="E127" s="28">
+        <v>15476080.622</v>
+      </c>
+      <c r="F127" s="27">
+        <v>17479</v>
+      </c>
+    </row>
+    <row r="128" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B128" s="30">
+        <v>125</v>
+      </c>
+      <c r="C128" s="29" t="s">
+        <v>867</v>
+      </c>
+      <c r="D128" s="27">
+        <v>871347</v>
+      </c>
+      <c r="E128" s="28">
+        <v>2643351.6660000002</v>
+      </c>
+      <c r="F128" s="27">
+        <v>6435</v>
+      </c>
+    </row>
+    <row r="129" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B129" s="30">
+        <v>126</v>
+      </c>
+      <c r="C129" s="29" t="s">
+        <v>866</v>
+      </c>
+      <c r="D129" s="27">
+        <v>355</v>
+      </c>
+      <c r="E129" s="28">
+        <v>7306.558</v>
+      </c>
+      <c r="F129" s="27">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="130" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B130" s="30">
+        <v>127</v>
+      </c>
+      <c r="C130" s="29" t="s">
+        <v>865</v>
+      </c>
+      <c r="D130" s="27">
+        <v>100938</v>
+      </c>
+      <c r="E130" s="28">
+        <v>2619595.6159999999</v>
+      </c>
+      <c r="F130" s="27">
+        <v>12604</v>
+      </c>
+    </row>
+    <row r="131" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B131" s="30">
+        <v>128</v>
+      </c>
+      <c r="C131" s="29" t="s">
+        <v>864</v>
+      </c>
+      <c r="D131" s="27">
+        <v>789520</v>
+      </c>
+      <c r="E131" s="28">
+        <v>2367694.3840000001</v>
+      </c>
+      <c r="F131" s="27">
+        <v>1445</v>
+      </c>
+    </row>
+    <row r="132" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B132" s="30">
+        <v>129</v>
+      </c>
+      <c r="C132" s="29" t="s">
+        <v>69</v>
+      </c>
+      <c r="D132" s="27">
+        <v>1591299494</v>
+      </c>
+      <c r="E132" s="28">
+        <v>5298080567.3000002</v>
+      </c>
+      <c r="F132" s="27">
+        <v>21376293</v>
+      </c>
+    </row>
+    <row r="133" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B133" s="30">
+        <v>130</v>
+      </c>
+      <c r="C133" s="29" t="s">
+        <v>863</v>
+      </c>
+      <c r="D133" s="27">
+        <v>46075</v>
+      </c>
+      <c r="E133" s="28">
+        <v>1305385.2320000001</v>
+      </c>
+      <c r="F133" s="27">
+        <v>39526</v>
+      </c>
+    </row>
+    <row r="134" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B134" s="30">
+        <v>131</v>
+      </c>
+      <c r="C134" s="29" t="s">
+        <v>862</v>
+      </c>
+      <c r="D134" s="27">
+        <v>96898</v>
+      </c>
+      <c r="E134" s="28">
+        <v>542779.39899999998</v>
+      </c>
+      <c r="F134" s="27">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="135" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B135" s="30">
+        <v>132</v>
+      </c>
+      <c r="C135" s="29" t="s">
+        <v>861</v>
+      </c>
+      <c r="D135" s="27">
+        <v>546</v>
+      </c>
+      <c r="E135" s="28">
+        <v>3680.8110000000001</v>
+      </c>
+      <c r="F135" s="27">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="136" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B136" s="30">
+        <v>133</v>
+      </c>
+      <c r="C136" s="29" t="s">
+        <v>860</v>
+      </c>
+      <c r="D136" s="27">
+        <v>2888</v>
+      </c>
+      <c r="E136" s="28">
+        <v>37347</v>
+      </c>
+      <c r="F136" s="27">
+        <v>2518</v>
+      </c>
+    </row>
+    <row r="137" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B137" s="30">
+        <v>134</v>
+      </c>
+      <c r="C137" s="29" t="s">
+        <v>859</v>
+      </c>
+      <c r="D137" s="27">
+        <v>1840</v>
+      </c>
+      <c r="E137" s="28">
+        <v>25087.637999999999</v>
+      </c>
+      <c r="F137" s="27">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="138" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B138" s="30">
+        <v>135</v>
+      </c>
+      <c r="C138" s="29" t="s">
+        <v>858</v>
+      </c>
+      <c r="D138" s="27">
+        <v>713359047</v>
+      </c>
+      <c r="E138" s="28">
+        <v>4165885254.3649998</v>
+      </c>
+      <c r="F138" s="27">
+        <v>16530665</v>
+      </c>
+    </row>
+    <row r="139" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B139" s="30">
+        <v>136</v>
+      </c>
+      <c r="C139" s="29" t="s">
+        <v>857</v>
+      </c>
+      <c r="D139" s="27">
+        <v>305</v>
+      </c>
+      <c r="E139" s="28">
+        <v>6741.2479999999996</v>
+      </c>
+      <c r="F139" s="27">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="140" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B140" s="30">
+        <v>137</v>
+      </c>
+      <c r="C140" s="29" t="s">
+        <v>856</v>
+      </c>
+      <c r="D140" s="27">
+        <v>204838794</v>
+      </c>
+      <c r="E140" s="28">
+        <v>484990839.04799998</v>
+      </c>
+      <c r="F140" s="27">
+        <v>440240</v>
+      </c>
+    </row>
+    <row r="141" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B141" s="30">
+        <v>138</v>
+      </c>
+      <c r="C141" s="29" t="s">
+        <v>75</v>
+      </c>
+      <c r="D141" s="27">
+        <v>141143030</v>
+      </c>
+      <c r="E141" s="28">
+        <v>788116746.12199998</v>
+      </c>
+      <c r="F141" s="27">
+        <v>1934905</v>
+      </c>
+    </row>
+    <row r="142" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B142" s="30">
+        <v>139</v>
+      </c>
+      <c r="C142" s="29" t="s">
+        <v>855</v>
+      </c>
+      <c r="D142" s="27">
+        <v>2500</v>
+      </c>
+      <c r="E142" s="28">
+        <v>39211.703000000001</v>
+      </c>
+      <c r="F142" s="27">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="143" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B143" s="30">
+        <v>140</v>
+      </c>
+      <c r="C143" s="29" t="s">
+        <v>76</v>
+      </c>
+      <c r="D143" s="27">
+        <v>43259238</v>
+      </c>
+      <c r="E143" s="28">
+        <v>44028063.572999999</v>
+      </c>
+      <c r="F143" s="27">
+        <v>2999828</v>
+      </c>
+    </row>
+    <row r="144" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B144" s="30">
+        <v>141</v>
+      </c>
+      <c r="C144" s="29" t="s">
+        <v>78</v>
+      </c>
+      <c r="D144" s="27">
+        <v>671354809</v>
+      </c>
+      <c r="E144" s="28">
+        <v>949638008.852</v>
+      </c>
+      <c r="F144" s="27">
+        <v>1893696</v>
+      </c>
+    </row>
+    <row r="145" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B145" s="30">
+        <v>142</v>
+      </c>
+      <c r="C145" s="29" t="s">
+        <v>80</v>
+      </c>
+      <c r="D145" s="27">
+        <v>351751121</v>
+      </c>
+      <c r="E145" s="28">
+        <v>503918359.27999997</v>
+      </c>
+      <c r="F145" s="27">
+        <v>1865108</v>
+      </c>
+    </row>
+    <row r="146" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B146" s="30">
+        <v>143</v>
+      </c>
+      <c r="C146" s="29" t="s">
+        <v>854</v>
+      </c>
+      <c r="D146" s="27">
+        <v>9705</v>
+      </c>
+      <c r="E146" s="28">
+        <v>156851.73499999999</v>
+      </c>
+      <c r="F146" s="27">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="147" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B147" s="30">
+        <v>144</v>
+      </c>
+      <c r="C147" s="29" t="s">
+        <v>853</v>
+      </c>
+      <c r="D147" s="27">
+        <v>46593</v>
+      </c>
+      <c r="E147" s="28">
+        <v>127167.849</v>
+      </c>
+      <c r="F147" s="27">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="148" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B148" s="30">
+        <v>145</v>
+      </c>
+      <c r="C148" s="29" t="s">
+        <v>852</v>
+      </c>
+      <c r="D148" s="27">
+        <v>2984</v>
+      </c>
+      <c r="E148" s="28">
+        <v>196710.17199999999</v>
+      </c>
+      <c r="F148" s="27">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="149" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B149" s="30">
+        <v>146</v>
+      </c>
+      <c r="C149" s="29" t="s">
+        <v>851</v>
+      </c>
+      <c r="D149" s="27">
+        <v>917</v>
+      </c>
+      <c r="E149" s="28">
+        <v>21687.739000000001</v>
+      </c>
+      <c r="F149" s="27">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="150" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B150" s="30">
+        <v>147</v>
+      </c>
+      <c r="C150" s="29" t="s">
+        <v>850</v>
+      </c>
+      <c r="D150" s="27">
+        <v>212540201</v>
+      </c>
+      <c r="E150" s="28">
+        <v>906257971.49699998</v>
+      </c>
+      <c r="F150" s="27">
+        <v>779322</v>
+      </c>
+    </row>
+    <row r="151" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B151" s="30">
+        <v>148</v>
+      </c>
+      <c r="C151" s="29" t="s">
+        <v>849</v>
+      </c>
+      <c r="D151" s="27">
+        <v>1443</v>
+      </c>
+      <c r="E151" s="28">
+        <v>25867.311000000002</v>
+      </c>
+      <c r="F151" s="27">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="152" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B152" s="30">
+        <v>149</v>
+      </c>
+      <c r="C152" s="29" t="s">
+        <v>84</v>
+      </c>
+      <c r="D152" s="27">
+        <v>1653994</v>
+      </c>
+      <c r="E152" s="28">
+        <v>3734843.0350000001</v>
+      </c>
+      <c r="F152" s="27">
+        <v>10793</v>
+      </c>
+    </row>
+    <row r="153" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B153" s="30">
+        <v>150</v>
+      </c>
+      <c r="C153" s="29" t="s">
+        <v>848</v>
+      </c>
+      <c r="D153" s="27">
+        <v>1588136</v>
+      </c>
+      <c r="E153" s="28">
+        <v>5654772.892</v>
+      </c>
+      <c r="F153" s="27">
+        <v>8057</v>
+      </c>
+    </row>
+    <row r="154" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B154" s="30">
+        <v>151</v>
+      </c>
+      <c r="C154" s="29" t="s">
+        <v>847</v>
+      </c>
+      <c r="D154" s="27">
+        <v>573328</v>
+      </c>
+      <c r="E154" s="28">
+        <v>1308969.754</v>
+      </c>
+      <c r="F154" s="27">
+        <v>3051</v>
+      </c>
+    </row>
+    <row r="155" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B155" s="30">
+        <v>152</v>
+      </c>
+      <c r="C155" s="29" t="s">
+        <v>846</v>
+      </c>
+      <c r="D155" s="27">
+        <v>23425</v>
+      </c>
+      <c r="E155" s="28">
+        <v>200700</v>
+      </c>
+      <c r="F155" s="27">
+        <v>608</v>
+      </c>
+    </row>
+    <row r="156" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B156" s="30">
+        <v>153</v>
+      </c>
+      <c r="C156" s="29" t="s">
+        <v>845</v>
+      </c>
+      <c r="D156" s="27">
+        <v>3399</v>
+      </c>
+      <c r="E156" s="28">
+        <v>42027.839</v>
+      </c>
+      <c r="F156" s="27">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="157" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B157" s="30">
+        <v>154</v>
+      </c>
+      <c r="C157" s="29" t="s">
+        <v>844</v>
+      </c>
+      <c r="D157" s="27">
+        <v>70358</v>
+      </c>
+      <c r="E157" s="28">
+        <v>111100.531</v>
+      </c>
+      <c r="F157" s="27">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="158" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B158" s="30">
+        <v>155</v>
+      </c>
+      <c r="C158" s="29" t="s">
+        <v>843</v>
+      </c>
+      <c r="D158" s="27">
+        <v>115782507</v>
+      </c>
+      <c r="E158" s="28">
+        <v>267863953.51800001</v>
+      </c>
+      <c r="F158" s="27">
+        <v>1059401</v>
+      </c>
+    </row>
+    <row r="159" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B159" s="30">
+        <v>156</v>
+      </c>
+      <c r="C159" s="29" t="s">
+        <v>842</v>
+      </c>
+      <c r="D159" s="27">
+        <v>3773056</v>
+      </c>
+      <c r="E159" s="28">
+        <v>6844272.3399999999</v>
+      </c>
+      <c r="F159" s="27">
+        <v>21201</v>
+      </c>
+    </row>
+    <row r="160" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B160" s="30">
+        <v>157</v>
+      </c>
+      <c r="C160" s="29" t="s">
+        <v>841</v>
+      </c>
+      <c r="D160" s="27">
+        <v>1577</v>
+      </c>
+      <c r="E160" s="28">
+        <v>237341.679</v>
+      </c>
+      <c r="F160" s="27">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="161" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B161" s="30">
+        <v>158</v>
+      </c>
+      <c r="C161" s="29" t="s">
+        <v>85</v>
+      </c>
+      <c r="D161" s="27">
+        <v>217477</v>
+      </c>
+      <c r="E161" s="28">
+        <v>7971710.4680000003</v>
+      </c>
+      <c r="F161" s="27">
+        <v>58745</v>
+      </c>
+    </row>
+    <row r="162" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B162" s="30">
+        <v>159</v>
+      </c>
+      <c r="C162" s="29" t="s">
+        <v>840</v>
+      </c>
+      <c r="D162" s="27">
+        <v>34544</v>
+      </c>
+      <c r="E162" s="28">
+        <v>1036130.309</v>
+      </c>
+      <c r="F162" s="27">
+        <v>5073</v>
+      </c>
+    </row>
+    <row r="163" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B163" s="30">
+        <v>160</v>
+      </c>
+      <c r="C163" s="29" t="s">
+        <v>839</v>
+      </c>
+      <c r="D163" s="27">
+        <v>14441</v>
+      </c>
+      <c r="E163" s="28">
+        <v>488690.25900000002</v>
+      </c>
+      <c r="F163" s="27">
+        <v>2185</v>
+      </c>
+    </row>
+    <row r="164" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B164" s="30">
+        <v>161</v>
+      </c>
+      <c r="C164" s="29" t="s">
+        <v>838</v>
+      </c>
+      <c r="D164" s="27">
+        <v>1079</v>
+      </c>
+      <c r="E164" s="28">
+        <v>42864.754999999997</v>
+      </c>
+      <c r="F164" s="27">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="165" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B165" s="30">
+        <v>162</v>
+      </c>
+      <c r="C165" s="29" t="s">
+        <v>837</v>
+      </c>
+      <c r="D165" s="27">
+        <v>5970615</v>
+      </c>
+      <c r="E165" s="28">
+        <v>7974681.0810000002</v>
+      </c>
+      <c r="F165" s="27">
+        <v>1715</v>
+      </c>
+    </row>
+    <row r="166" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B166" s="30">
+        <v>163</v>
+      </c>
+      <c r="C166" s="29" t="s">
+        <v>836</v>
+      </c>
+      <c r="D166" s="27">
+        <v>1466</v>
+      </c>
+      <c r="E166" s="28">
+        <v>82861.914000000004</v>
+      </c>
+      <c r="F166" s="27">
+        <v>6343</v>
+      </c>
+    </row>
+    <row r="167" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B167" s="30">
+        <v>164</v>
+      </c>
+      <c r="C167" s="29" t="s">
+        <v>835</v>
+      </c>
+      <c r="D167" s="27">
+        <v>289</v>
+      </c>
+      <c r="E167" s="28">
+        <v>4508.9579999999996</v>
+      </c>
+      <c r="F167" s="27">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="168" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B168" s="30">
+        <v>165</v>
+      </c>
+      <c r="C168" s="29" t="s">
+        <v>834</v>
+      </c>
+      <c r="D168" s="27">
+        <v>358836</v>
+      </c>
+      <c r="E168" s="28">
+        <v>5319319.0539999995</v>
+      </c>
+      <c r="F168" s="27">
+        <v>24378</v>
+      </c>
+    </row>
+    <row r="169" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B169" s="30">
+        <v>166</v>
+      </c>
+      <c r="C169" s="29" t="s">
+        <v>833</v>
+      </c>
+      <c r="D169" s="27">
+        <v>185616</v>
+      </c>
+      <c r="E169" s="28">
+        <v>277785.57199999999</v>
+      </c>
+      <c r="F169" s="27">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="170" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B170" s="30">
+        <v>167</v>
+      </c>
+      <c r="C170" s="29" t="s">
+        <v>832</v>
+      </c>
+      <c r="D170" s="27">
+        <v>783149</v>
+      </c>
+      <c r="E170" s="28">
+        <v>1707334.544</v>
+      </c>
+      <c r="F170" s="27">
+        <v>3680</v>
+      </c>
+    </row>
+    <row r="171" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B171" s="30">
+        <v>168</v>
+      </c>
+      <c r="C171" s="29" t="s">
+        <v>831</v>
+      </c>
+      <c r="D171" s="27">
+        <v>4681</v>
+      </c>
+      <c r="E171" s="28">
+        <v>95265.023000000001</v>
+      </c>
+      <c r="F171" s="27">
+        <v>1099</v>
+      </c>
+    </row>
+    <row r="172" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B172" s="30">
+        <v>169</v>
+      </c>
+      <c r="C172" s="29" t="s">
+        <v>830</v>
+      </c>
+      <c r="D172" s="27">
+        <v>5657</v>
+      </c>
+      <c r="E172" s="28">
+        <v>394965.82500000001</v>
+      </c>
+      <c r="F172" s="27">
+        <v>1158</v>
+      </c>
+    </row>
+    <row r="173" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B173" s="30">
+        <v>170</v>
+      </c>
+      <c r="C173" s="29" t="s">
+        <v>829</v>
+      </c>
+      <c r="D173" s="27">
+        <v>6724</v>
+      </c>
+      <c r="E173" s="28">
+        <v>275284.73700000002</v>
+      </c>
+      <c r="F173" s="27">
+        <v>2799</v>
+      </c>
+    </row>
+    <row r="174" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B174" s="30">
+        <v>171</v>
+      </c>
+      <c r="C174" s="29" t="s">
+        <v>828</v>
+      </c>
+      <c r="D174" s="27">
+        <v>2547</v>
+      </c>
+      <c r="E174" s="28">
+        <v>138166.476</v>
+      </c>
+      <c r="F174" s="27">
+        <v>1187</v>
+      </c>
+    </row>
+    <row r="175" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B175" s="30">
+        <v>172</v>
+      </c>
+      <c r="C175" s="29" t="s">
+        <v>827</v>
+      </c>
+      <c r="D175" s="27">
+        <v>1114</v>
+      </c>
+      <c r="E175" s="28">
+        <v>35367.101000000002</v>
+      </c>
+      <c r="F175" s="27">
+        <v>1335</v>
+      </c>
+    </row>
+    <row r="176" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B176" s="30">
+        <v>173</v>
+      </c>
+      <c r="C176" s="29" t="s">
+        <v>92</v>
+      </c>
+      <c r="D176" s="27">
+        <v>76692380</v>
+      </c>
+      <c r="E176" s="28">
+        <v>42806294.288000003</v>
+      </c>
+      <c r="F176" s="27">
+        <v>536081</v>
+      </c>
+    </row>
+    <row r="177" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B177" s="30">
+        <v>174</v>
+      </c>
+      <c r="C177" s="29" t="s">
+        <v>826</v>
+      </c>
+      <c r="D177" s="27">
+        <v>41896</v>
+      </c>
+      <c r="E177" s="28">
+        <v>462537.473</v>
+      </c>
+      <c r="F177" s="27">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="178" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B178" s="30">
+        <v>175</v>
+      </c>
+      <c r="C178" s="29" t="s">
+        <v>825</v>
+      </c>
+      <c r="D178" s="27">
+        <v>38315</v>
+      </c>
+      <c r="E178" s="28">
+        <v>299076.16499999998</v>
+      </c>
+      <c r="F178" s="27">
+        <v>2569</v>
+      </c>
+    </row>
+    <row r="179" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B179" s="30">
+        <v>176</v>
+      </c>
+      <c r="C179" s="29" t="s">
+        <v>824</v>
+      </c>
+      <c r="D179" s="27">
+        <v>2528</v>
+      </c>
+      <c r="E179" s="28">
+        <v>73625.335999999996</v>
+      </c>
+      <c r="F179" s="27">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="180" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B180" s="30">
+        <v>177</v>
+      </c>
+      <c r="C180" s="29" t="s">
+        <v>823</v>
+      </c>
+      <c r="D180" s="27">
+        <v>207</v>
+      </c>
+      <c r="E180" s="28">
+        <v>6180.6009999999997</v>
+      </c>
+      <c r="F180" s="27">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="181" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B181" s="30">
+        <v>178</v>
+      </c>
+      <c r="C181" s="29" t="s">
+        <v>822</v>
+      </c>
+      <c r="D181" s="27">
+        <v>12611</v>
+      </c>
+      <c r="E181" s="28">
+        <v>801447.89</v>
+      </c>
+      <c r="F181" s="27">
+        <v>1120</v>
+      </c>
+    </row>
+    <row r="182" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B182" s="30">
+        <v>179</v>
+      </c>
+      <c r="C182" s="29" t="s">
+        <v>821</v>
+      </c>
+      <c r="D182" s="27">
+        <v>1509920</v>
+      </c>
+      <c r="E182" s="28">
+        <v>4098130.5920000002</v>
+      </c>
+      <c r="F182" s="27">
+        <v>48940</v>
+      </c>
+    </row>
+    <row r="183" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B183" s="30">
+        <v>180</v>
+      </c>
+      <c r="C183" s="29" t="s">
+        <v>820</v>
+      </c>
+      <c r="D183" s="27">
+        <v>2197</v>
+      </c>
+      <c r="E183" s="28">
+        <v>35826.743999999999</v>
+      </c>
+      <c r="F183" s="27">
+        <v>727</v>
+      </c>
+    </row>
+    <row r="184" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B184" s="30">
+        <v>181</v>
+      </c>
+      <c r="C184" s="29" t="s">
+        <v>819</v>
+      </c>
+      <c r="D184" s="27">
+        <v>116479</v>
+      </c>
+      <c r="E184" s="28">
+        <v>528765.60400000005</v>
+      </c>
+      <c r="F184" s="27">
+        <v>4037</v>
+      </c>
+    </row>
+    <row r="185" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B185" s="30">
+        <v>182</v>
+      </c>
+      <c r="C185" s="29" t="s">
+        <v>818</v>
+      </c>
+      <c r="D185" s="27">
+        <v>238</v>
+      </c>
+      <c r="E185" s="28">
+        <v>2627.3310000000001</v>
+      </c>
+      <c r="F185" s="27">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="186" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B186" s="30">
+        <v>183</v>
+      </c>
+      <c r="C186" s="29" t="s">
+        <v>817</v>
+      </c>
+      <c r="D186" s="27">
+        <v>512837</v>
+      </c>
+      <c r="E186" s="28">
+        <v>2837033.219</v>
+      </c>
+      <c r="F186" s="27">
+        <v>2681</v>
+      </c>
+    </row>
+    <row r="187" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B187" s="30">
+        <v>184</v>
+      </c>
+      <c r="C187" s="29" t="s">
+        <v>96</v>
+      </c>
+      <c r="D187" s="27">
+        <v>3237553</v>
+      </c>
+      <c r="E187" s="28">
+        <v>71105769.674999997</v>
+      </c>
+      <c r="F187" s="27">
+        <v>537801</v>
+      </c>
+    </row>
+    <row r="188" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B188" s="30">
+        <v>185</v>
+      </c>
+      <c r="C188" s="29" t="s">
+        <v>816</v>
+      </c>
+      <c r="D188" s="27">
+        <v>1752</v>
+      </c>
+      <c r="E188" s="28">
+        <v>76724.793000000005</v>
+      </c>
+      <c r="F188" s="27">
+        <v>624</v>
+      </c>
+    </row>
+    <row r="189" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B189" s="30">
+        <v>186</v>
+      </c>
+      <c r="C189" s="29" t="s">
+        <v>815</v>
+      </c>
+      <c r="D189" s="27">
+        <v>55703433</v>
+      </c>
+      <c r="E189" s="28">
+        <v>76118975.422999993</v>
+      </c>
+      <c r="F189" s="27">
+        <v>38907</v>
+      </c>
+    </row>
+    <row r="190" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B190" s="30">
+        <v>187</v>
+      </c>
+      <c r="C190" s="29" t="s">
+        <v>814</v>
+      </c>
+      <c r="D190" s="27">
+        <v>95655075</v>
+      </c>
+      <c r="E190" s="28">
+        <v>288536650.74000001</v>
+      </c>
+      <c r="F190" s="27">
+        <v>303483</v>
+      </c>
+    </row>
+    <row r="191" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B191" s="30">
+        <v>188</v>
+      </c>
+      <c r="C191" s="29" t="s">
+        <v>813</v>
+      </c>
+      <c r="D191" s="27">
+        <v>101579577</v>
+      </c>
+      <c r="E191" s="28">
+        <v>120177405.553</v>
+      </c>
+      <c r="F191" s="27">
+        <v>40230</v>
+      </c>
+    </row>
+    <row r="192" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B192" s="30">
+        <v>189</v>
+      </c>
+      <c r="C192" s="29" t="s">
+        <v>812</v>
+      </c>
+      <c r="D192" s="27">
+        <v>1115</v>
+      </c>
+      <c r="E192" s="28">
+        <v>8800.5460000000003</v>
+      </c>
+      <c r="F192" s="27">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="193" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B193" s="30">
+        <v>190</v>
+      </c>
+      <c r="C193" s="29" t="s">
+        <v>811</v>
+      </c>
+      <c r="D193" s="27">
+        <v>1816</v>
+      </c>
+      <c r="E193" s="28">
+        <v>90486.448000000004</v>
+      </c>
+      <c r="F193" s="27">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="194" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B194" s="30">
+        <v>191</v>
+      </c>
+      <c r="C194" s="29" t="s">
+        <v>810</v>
+      </c>
+      <c r="D194" s="27">
+        <v>1277</v>
+      </c>
+      <c r="E194" s="28">
+        <v>32140.936000000002</v>
+      </c>
+      <c r="F194" s="27">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="195" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B195" s="30">
+        <v>192</v>
+      </c>
+      <c r="C195" s="29" t="s">
+        <v>809</v>
+      </c>
+      <c r="D195" s="27">
+        <v>108</v>
+      </c>
+      <c r="E195" s="28">
+        <v>1590.318</v>
+      </c>
+      <c r="F195" s="27">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="196" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B196" s="30">
+        <v>193</v>
+      </c>
+      <c r="C196" s="29" t="s">
+        <v>808</v>
+      </c>
+      <c r="D196" s="27">
+        <v>14717</v>
+      </c>
+      <c r="E196" s="28">
+        <v>369993.56800000003</v>
+      </c>
+      <c r="F196" s="27">
+        <v>1882</v>
+      </c>
+    </row>
+    <row r="197" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B197" s="30">
+        <v>194</v>
+      </c>
+      <c r="C197" s="29" t="s">
+        <v>807</v>
+      </c>
+      <c r="D197" s="27">
+        <v>772</v>
+      </c>
+      <c r="E197" s="28">
+        <v>14870.453</v>
+      </c>
+      <c r="F197" s="27">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="198" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B198" s="30">
+        <v>195</v>
+      </c>
+      <c r="C198" s="29" t="s">
+        <v>806</v>
+      </c>
+      <c r="D198" s="27">
+        <v>1357</v>
+      </c>
+      <c r="E198" s="28">
+        <v>51868.273999999998</v>
+      </c>
+      <c r="F198" s="27">
+        <v>959</v>
+      </c>
+    </row>
+    <row r="199" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B199" s="30">
+        <v>196</v>
+      </c>
+      <c r="C199" s="29" t="s">
+        <v>805</v>
+      </c>
+      <c r="D199" s="27">
+        <v>49578</v>
+      </c>
+      <c r="E199" s="28">
+        <v>119964.863</v>
+      </c>
+      <c r="F199" s="27">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="200" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B200" s="30">
+        <v>197</v>
+      </c>
+      <c r="C200" s="29" t="s">
+        <v>804</v>
+      </c>
+      <c r="D200" s="27">
+        <v>384</v>
+      </c>
+      <c r="E200" s="28">
+        <v>5790.4780000000001</v>
+      </c>
+      <c r="F200" s="27">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="201" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B201" s="30">
+        <v>198</v>
+      </c>
+      <c r="C201" s="29" t="s">
+        <v>104</v>
+      </c>
+      <c r="D201" s="27">
+        <v>995576448</v>
+      </c>
+      <c r="E201" s="28">
+        <v>1777418591.7249999</v>
+      </c>
+      <c r="F201" s="27">
+        <v>20068564</v>
+      </c>
+    </row>
+    <row r="202" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B202" s="30">
+        <v>199</v>
+      </c>
+      <c r="C202" s="29" t="s">
+        <v>803</v>
+      </c>
+      <c r="D202" s="27">
+        <v>60732</v>
+      </c>
+      <c r="E202" s="28">
+        <v>103466.83</v>
+      </c>
+      <c r="F202" s="27">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="203" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B203" s="30">
+        <v>200</v>
+      </c>
+      <c r="C203" s="29" t="s">
+        <v>802</v>
+      </c>
+      <c r="D203" s="27">
+        <v>122816</v>
+      </c>
+      <c r="E203" s="28">
+        <v>183928.29</v>
+      </c>
+      <c r="F203" s="27">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="204" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B204" s="30">
+        <v>201</v>
+      </c>
+      <c r="C204" s="29" t="s">
+        <v>801</v>
+      </c>
+      <c r="D204" s="27">
+        <v>2739</v>
+      </c>
+      <c r="E204" s="28">
+        <v>61605.063000000002</v>
+      </c>
+      <c r="F204" s="27">
+        <v>1097</v>
+      </c>
+    </row>
+    <row r="205" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B205" s="30">
+        <v>202</v>
+      </c>
+      <c r="C205" s="29" t="s">
+        <v>800</v>
+      </c>
+      <c r="D205" s="27">
+        <v>168857</v>
+      </c>
+      <c r="E205" s="28">
+        <v>267845.39399999997</v>
+      </c>
+      <c r="F205" s="27">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="206" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B206" s="30">
+        <v>203</v>
+      </c>
+      <c r="C206" s="29" t="s">
+        <v>799</v>
+      </c>
+      <c r="D206" s="27">
+        <v>1236</v>
+      </c>
+      <c r="E206" s="28">
+        <v>10386.088</v>
+      </c>
+      <c r="F206" s="27">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="207" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B207" s="30">
+        <v>204</v>
+      </c>
+      <c r="C207" s="29" t="s">
+        <v>798</v>
+      </c>
+      <c r="D207" s="27">
+        <v>13148</v>
+      </c>
+      <c r="E207" s="28">
+        <v>1849046.871</v>
+      </c>
+      <c r="F207" s="27">
+        <v>5531</v>
+      </c>
+    </row>
+    <row r="208" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B208" s="30">
+        <v>205</v>
+      </c>
+      <c r="C208" s="29" t="s">
+        <v>797</v>
+      </c>
+      <c r="D208" s="27">
+        <v>369910</v>
+      </c>
+      <c r="E208" s="28">
+        <v>523692.45500000002</v>
+      </c>
+      <c r="F208" s="27">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="209" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B209" s="30">
+        <v>206</v>
+      </c>
+      <c r="C209" s="29" t="s">
+        <v>796</v>
+      </c>
+      <c r="D209" s="27">
+        <v>320</v>
+      </c>
+      <c r="E209" s="28">
+        <v>12098.438</v>
+      </c>
+      <c r="F209" s="27">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="210" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B210" s="30">
+        <v>207</v>
+      </c>
+      <c r="C210" s="29" t="s">
+        <v>795</v>
+      </c>
+      <c r="D210" s="27">
+        <v>186</v>
+      </c>
+      <c r="E210" s="28">
+        <v>6889.3620000000001</v>
+      </c>
+      <c r="F210" s="27">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="211" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B211" s="30">
+        <v>208</v>
+      </c>
+      <c r="C211" s="29" t="s">
+        <v>794</v>
+      </c>
+      <c r="D211" s="27">
+        <v>52641</v>
+      </c>
+      <c r="E211" s="28">
+        <v>108984.70299999999</v>
+      </c>
+      <c r="F211" s="27">
+        <v>2702</v>
+      </c>
+    </row>
+    <row r="212" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B212" s="30">
+        <v>209</v>
+      </c>
+      <c r="C212" s="29" t="s">
+        <v>793</v>
+      </c>
+      <c r="D212" s="27">
+        <v>132623</v>
+      </c>
+      <c r="E212" s="28">
+        <v>253549.64600000001</v>
+      </c>
+      <c r="F212" s="27">
+        <v>1663</v>
+      </c>
+    </row>
+    <row r="213" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B213" s="30">
+        <v>210</v>
+      </c>
+      <c r="C213" s="29" t="s">
+        <v>792</v>
+      </c>
+      <c r="D213" s="27">
+        <v>44</v>
+      </c>
+      <c r="E213" s="28">
+        <v>1327.0640000000001</v>
+      </c>
+      <c r="F213" s="27">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="214" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B214" s="30">
+        <v>211</v>
+      </c>
+      <c r="C214" s="29" t="s">
+        <v>791</v>
+      </c>
+      <c r="D214" s="27">
+        <v>107148</v>
+      </c>
+      <c r="E214" s="28">
+        <v>372855.72600000002</v>
+      </c>
+      <c r="F214" s="27">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="215" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B215" s="30">
+        <v>212</v>
+      </c>
+      <c r="C215" s="29" t="s">
+        <v>790</v>
+      </c>
+      <c r="D215" s="27">
+        <v>718</v>
+      </c>
+      <c r="E215" s="28">
+        <v>22325.835999999999</v>
+      </c>
+      <c r="F215" s="27">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="216" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B216" s="30">
+        <v>213</v>
+      </c>
+      <c r="C216" s="29" t="s">
+        <v>789</v>
+      </c>
+      <c r="D216" s="27">
+        <v>1047</v>
+      </c>
+      <c r="E216" s="28">
+        <v>10743.825000000001</v>
+      </c>
+      <c r="F216" s="27">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="217" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B217" s="30">
+        <v>214</v>
+      </c>
+      <c r="C217" s="29" t="s">
+        <v>788</v>
+      </c>
+      <c r="D217" s="27">
+        <v>166519</v>
+      </c>
+      <c r="E217" s="28">
+        <v>129764.88099999999</v>
+      </c>
+      <c r="F217" s="27">
+        <v>1146</v>
+      </c>
+    </row>
+    <row r="218" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B218" s="30">
+        <v>215</v>
+      </c>
+      <c r="C218" s="29" t="s">
+        <v>787</v>
+      </c>
+      <c r="D218" s="27">
+        <v>3017</v>
+      </c>
+      <c r="E218" s="28">
+        <v>78151.459000000003</v>
+      </c>
+      <c r="F218" s="27">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="219" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B219" s="30">
+        <v>216</v>
+      </c>
+      <c r="C219" s="29" t="s">
+        <v>786</v>
+      </c>
+      <c r="D219" s="27">
+        <v>13395</v>
+      </c>
+      <c r="E219" s="28">
+        <v>244323.69099999999</v>
+      </c>
+      <c r="F219" s="27">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="220" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B220" s="30">
+        <v>217</v>
+      </c>
+      <c r="C220" s="29" t="s">
+        <v>785</v>
+      </c>
+      <c r="D220" s="27">
+        <v>5119</v>
+      </c>
+      <c r="E220" s="28">
+        <v>241310.52799999999</v>
+      </c>
+      <c r="F220" s="27">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="221" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B221" s="30">
+        <v>218</v>
+      </c>
+      <c r="C221" s="29" t="s">
+        <v>784</v>
+      </c>
+      <c r="D221" s="27">
+        <v>404</v>
+      </c>
+      <c r="E221" s="28">
+        <v>4593.549</v>
+      </c>
+      <c r="F221" s="27">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="222" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B222" s="30">
+        <v>219</v>
+      </c>
+      <c r="C222" s="29" t="s">
+        <v>783</v>
+      </c>
+      <c r="D222" s="27">
+        <v>4169</v>
+      </c>
+      <c r="E222" s="28">
+        <v>48828.356</v>
+      </c>
+      <c r="F222" s="27">
+        <v>1074</v>
+      </c>
+    </row>
+    <row r="223" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B223" s="30">
+        <v>220</v>
+      </c>
+      <c r="C223" s="29" t="s">
+        <v>782</v>
+      </c>
+      <c r="D223" s="27">
+        <v>3487</v>
+      </c>
+      <c r="E223" s="28">
+        <v>70751.096999999994</v>
+      </c>
+      <c r="F223" s="27">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="224" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B224" s="30">
+        <v>221</v>
+      </c>
+      <c r="C224" s="29" t="s">
+        <v>781</v>
+      </c>
+      <c r="D224" s="27">
+        <v>1613</v>
+      </c>
+      <c r="E224" s="28">
+        <v>72468</v>
+      </c>
+      <c r="F224" s="27">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="225" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B225" s="30">
+        <v>222</v>
+      </c>
+      <c r="C225" s="29" t="s">
+        <v>780</v>
+      </c>
+      <c r="D225" s="27">
+        <v>1608</v>
+      </c>
+      <c r="E225" s="28">
+        <v>19112.787</v>
+      </c>
+      <c r="F225" s="27">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="226" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B226" s="30">
+        <v>223</v>
+      </c>
+      <c r="C226" s="29" t="s">
+        <v>106</v>
+      </c>
+      <c r="D226" s="27">
+        <v>34850985</v>
+      </c>
+      <c r="E226" s="28">
+        <v>44555825.425999999</v>
+      </c>
+      <c r="F226" s="27">
+        <v>22235</v>
+      </c>
+    </row>
+    <row r="227" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B227" s="30">
+        <v>224</v>
+      </c>
+      <c r="C227" s="29" t="s">
+        <v>779</v>
+      </c>
+      <c r="D227" s="27">
+        <v>10481</v>
+      </c>
+      <c r="E227" s="28">
+        <v>221440.72700000001</v>
+      </c>
+      <c r="F227" s="27">
+        <v>1590</v>
+      </c>
+    </row>
+    <row r="228" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B228" s="30">
+        <v>225</v>
+      </c>
+      <c r="C228" s="29" t="s">
+        <v>778</v>
+      </c>
+      <c r="D228" s="27">
+        <v>4448</v>
+      </c>
+      <c r="E228" s="28">
+        <v>36809.252</v>
+      </c>
+      <c r="F228" s="27">
+        <v>940</v>
+      </c>
+    </row>
+    <row r="229" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B229" s="30">
+        <v>226</v>
+      </c>
+      <c r="C229" s="29" t="s">
+        <v>777</v>
+      </c>
+      <c r="D229" s="27">
+        <v>9316</v>
+      </c>
+      <c r="E229" s="28">
+        <v>834483.38</v>
+      </c>
+      <c r="F229" s="27">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="230" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B230" s="30">
+        <v>227</v>
+      </c>
+      <c r="C230" s="29" t="s">
+        <v>776</v>
+      </c>
+      <c r="D230" s="27">
+        <v>13561</v>
+      </c>
+      <c r="E230" s="28">
+        <v>17350.647000000001</v>
+      </c>
+      <c r="F230" s="27">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="231" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B231" s="30">
+        <v>228</v>
+      </c>
+      <c r="C231" s="29" t="s">
+        <v>775</v>
+      </c>
+      <c r="D231" s="27">
+        <v>1483</v>
+      </c>
+      <c r="E231" s="28">
+        <v>73268.47</v>
+      </c>
+      <c r="F231" s="27">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="232" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B232" s="30">
+        <v>229</v>
+      </c>
+      <c r="C232" s="29" t="s">
+        <v>774</v>
+      </c>
+      <c r="D232" s="27">
+        <v>221320</v>
+      </c>
+      <c r="E232" s="28">
+        <v>341635.54100000003</v>
+      </c>
+      <c r="F232" s="27">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="233" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B233" s="30">
+        <v>230</v>
+      </c>
+      <c r="C233" s="29" t="s">
+        <v>773</v>
+      </c>
+      <c r="D233" s="27">
+        <v>841</v>
+      </c>
+      <c r="E233" s="28">
+        <v>46278.512000000002</v>
+      </c>
+      <c r="F233" s="27">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="234" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B234" s="30">
+        <v>231</v>
+      </c>
+      <c r="C234" s="29" t="s">
+        <v>772</v>
+      </c>
+      <c r="D234" s="27">
+        <v>83</v>
+      </c>
+      <c r="E234" s="28">
+        <v>1159.1590000000001</v>
+      </c>
+      <c r="F234" s="27">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="235" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B235" s="30">
+        <v>232</v>
+      </c>
+      <c r="C235" s="29" t="s">
+        <v>771</v>
+      </c>
+      <c r="D235" s="27">
+        <v>5557</v>
+      </c>
+      <c r="E235" s="28">
+        <v>122668.74400000001</v>
+      </c>
+      <c r="F235" s="27">
+        <v>923</v>
+      </c>
+    </row>
+    <row r="236" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B236" s="30">
+        <v>233</v>
+      </c>
+      <c r="C236" s="29" t="s">
+        <v>770</v>
+      </c>
+      <c r="D236" s="27">
+        <v>746</v>
+      </c>
+      <c r="E236" s="28">
+        <v>21457.822</v>
+      </c>
+      <c r="F236" s="27">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="237" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B237" s="30">
+        <v>234</v>
+      </c>
+      <c r="C237" s="29" t="s">
+        <v>769</v>
+      </c>
+      <c r="D237" s="27">
+        <v>2037172</v>
+      </c>
+      <c r="E237" s="28">
+        <v>204044.685</v>
+      </c>
+      <c r="F237" s="27">
+        <v>728</v>
+      </c>
+    </row>
+    <row r="238" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B238" s="30">
+        <v>235</v>
+      </c>
+      <c r="C238" s="29" t="s">
+        <v>768</v>
+      </c>
+      <c r="D238" s="27">
+        <v>223844</v>
+      </c>
+      <c r="E238" s="28">
+        <v>229398.38800000001</v>
+      </c>
+      <c r="F238" s="27">
+        <v>1656</v>
+      </c>
+    </row>
+    <row r="239" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B239" s="30">
+        <v>236</v>
+      </c>
+      <c r="C239" s="29" t="s">
+        <v>767</v>
+      </c>
+      <c r="D239" s="27">
+        <v>1968</v>
+      </c>
+      <c r="E239" s="28">
+        <v>109649.781</v>
+      </c>
+      <c r="F239" s="27">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="240" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B240" s="30">
+        <v>237</v>
+      </c>
+      <c r="C240" s="29" t="s">
+        <v>766</v>
+      </c>
+      <c r="D240" s="27">
+        <v>6220</v>
+      </c>
+      <c r="E240" s="28">
+        <v>93625.183999999994</v>
+      </c>
+      <c r="F240" s="27">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="241" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B241" s="30">
+        <v>238</v>
+      </c>
+      <c r="C241" s="29" t="s">
+        <v>765</v>
+      </c>
+      <c r="D241" s="27">
+        <v>2801224</v>
+      </c>
+      <c r="E241" s="28">
+        <v>3000915.1710000001</v>
+      </c>
+      <c r="F241" s="27">
+        <v>8512</v>
+      </c>
+    </row>
+    <row r="242" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B242" s="30">
+        <v>239</v>
+      </c>
+      <c r="C242" s="29" t="s">
+        <v>109</v>
+      </c>
+      <c r="D242" s="27">
+        <v>2372862</v>
+      </c>
+      <c r="E242" s="28">
+        <v>5268.7780000000002</v>
+      </c>
+      <c r="F242" s="27">
+        <v>99530</v>
+      </c>
+    </row>
+    <row r="243" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B243" s="30">
+        <v>240</v>
+      </c>
+      <c r="C243" s="29" t="s">
+        <v>764</v>
+      </c>
+      <c r="D243" s="27">
+        <v>4843</v>
+      </c>
+      <c r="E243" s="28">
+        <v>38415.334000000003</v>
+      </c>
+      <c r="F243" s="27">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="244" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B244" s="30">
+        <v>241</v>
+      </c>
+      <c r="C244" s="29" t="s">
+        <v>763</v>
+      </c>
+      <c r="D244" s="27">
+        <v>97178</v>
+      </c>
+      <c r="E244" s="28">
+        <v>4454137.1030000001</v>
+      </c>
+      <c r="F244" s="27">
+        <v>15977</v>
+      </c>
+    </row>
+    <row r="245" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B245" s="30">
+        <v>242</v>
+      </c>
+      <c r="C245" s="29" t="s">
+        <v>762</v>
+      </c>
+      <c r="D245" s="27">
+        <v>3667</v>
+      </c>
+      <c r="E245" s="28">
+        <v>338275.38900000002</v>
+      </c>
+      <c r="F245" s="27">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="246" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B246" s="30">
+        <v>243</v>
+      </c>
+      <c r="C246" s="29" t="s">
+        <v>761</v>
+      </c>
+      <c r="D246" s="27">
+        <v>15822</v>
+      </c>
+      <c r="E246" s="28">
+        <v>346773.28100000002</v>
+      </c>
+      <c r="F246" s="27">
+        <v>3055</v>
+      </c>
+    </row>
+    <row r="247" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B247" s="30">
+        <v>244</v>
+      </c>
+      <c r="C247" s="29" t="s">
+        <v>760</v>
+      </c>
+      <c r="D247" s="27">
+        <v>521379</v>
+      </c>
+      <c r="E247" s="28">
+        <v>4006928.9019999998</v>
+      </c>
+      <c r="F247" s="27">
+        <v>4499</v>
+      </c>
+    </row>
+    <row r="248" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B248" s="30">
+        <v>245</v>
+      </c>
+      <c r="C248" s="29" t="s">
+        <v>759</v>
+      </c>
+      <c r="D248" s="27">
+        <v>2851</v>
+      </c>
+      <c r="E248" s="28">
+        <v>87182.637000000002</v>
+      </c>
+      <c r="F248" s="27">
+        <v>928</v>
+      </c>
+    </row>
+    <row r="249" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B249" s="30">
+        <v>246</v>
+      </c>
+      <c r="C249" s="29" t="s">
+        <v>114</v>
+      </c>
+      <c r="D249" s="27">
+        <v>22592</v>
+      </c>
+      <c r="E249" s="28">
+        <v>1698761.4879999999</v>
+      </c>
+      <c r="F249" s="27">
+        <v>11240</v>
+      </c>
+    </row>
+    <row r="250" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B250" s="30">
+        <v>247</v>
+      </c>
+      <c r="C250" s="29" t="s">
+        <v>758</v>
+      </c>
+      <c r="D250" s="27">
+        <v>14885</v>
+      </c>
+      <c r="E250" s="28">
+        <v>26711.655999999999</v>
+      </c>
+      <c r="F250" s="27">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="251" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B251" s="30">
+        <v>248</v>
+      </c>
+      <c r="C251" s="29" t="s">
+        <v>757</v>
+      </c>
+      <c r="D251" s="27">
+        <v>18885</v>
+      </c>
+      <c r="E251" s="28">
+        <v>295175</v>
+      </c>
+      <c r="F251" s="27">
+        <v>5567</v>
+      </c>
+    </row>
+    <row r="252" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B252" s="30">
+        <v>249</v>
+      </c>
+      <c r="C252" s="29" t="s">
+        <v>756</v>
+      </c>
+      <c r="D252" s="27">
+        <v>405723</v>
+      </c>
+      <c r="E252" s="28">
+        <v>2675110.344</v>
+      </c>
+      <c r="F252" s="27">
+        <v>2230</v>
+      </c>
+    </row>
+    <row r="253" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B253" s="30">
+        <v>250</v>
+      </c>
+      <c r="C253" s="29" t="s">
+        <v>755</v>
+      </c>
+      <c r="D253" s="27">
+        <v>1946</v>
+      </c>
+      <c r="E253" s="28">
+        <v>49898.286</v>
+      </c>
+      <c r="F253" s="27">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="254" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B254" s="30">
+        <v>251</v>
+      </c>
+      <c r="C254" s="29" t="s">
+        <v>754</v>
+      </c>
+      <c r="D254" s="27">
+        <v>3854</v>
+      </c>
+      <c r="E254" s="28">
+        <v>58367746</v>
+      </c>
+      <c r="F254" s="27">
+        <v>1213</v>
+      </c>
+    </row>
+    <row r="255" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B255" s="30">
+        <v>252</v>
+      </c>
+      <c r="C255" s="29" t="s">
+        <v>753</v>
+      </c>
+      <c r="D255" s="27">
+        <v>2207</v>
+      </c>
+      <c r="E255" s="28">
+        <v>45899.966</v>
+      </c>
+      <c r="F255" s="27">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="256" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B256" s="30">
+        <v>253</v>
+      </c>
+      <c r="C256" s="29" t="s">
+        <v>752</v>
+      </c>
+      <c r="D256" s="27">
+        <v>6796</v>
+      </c>
+      <c r="E256" s="28">
+        <v>319382.21299999999</v>
+      </c>
+      <c r="F256" s="27">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="257" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B257" s="30">
+        <v>254</v>
+      </c>
+      <c r="C257" s="29" t="s">
+        <v>751</v>
+      </c>
+      <c r="D257" s="27">
+        <v>243</v>
+      </c>
+      <c r="E257" s="28">
+        <v>2279.4949999999999</v>
+      </c>
+      <c r="F257" s="27">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="258" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B258" s="30">
+        <v>255</v>
+      </c>
+      <c r="C258" s="29" t="s">
+        <v>750</v>
+      </c>
+      <c r="D258" s="27">
+        <v>991</v>
+      </c>
+      <c r="E258" s="28">
+        <v>37567.603999999999</v>
+      </c>
+      <c r="F258" s="27">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="259" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B259" s="30">
+        <v>256</v>
+      </c>
+      <c r="C259" s="29" t="s">
+        <v>349</v>
+      </c>
+      <c r="D259" s="27">
+        <v>8272</v>
+      </c>
+      <c r="E259" s="28">
+        <v>173638.48499999999</v>
+      </c>
+      <c r="F259" s="27">
+        <v>2612</v>
+      </c>
+    </row>
+    <row r="260" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B260" s="30">
+        <v>257</v>
+      </c>
+      <c r="C260" s="29" t="s">
+        <v>749</v>
+      </c>
+      <c r="D260" s="27">
+        <v>194352</v>
+      </c>
+      <c r="E260" s="28">
+        <v>420599.97899999999</v>
+      </c>
+      <c r="F260" s="27">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="261" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B261" s="30">
+        <v>258</v>
+      </c>
+      <c r="C261" s="29" t="s">
+        <v>748</v>
+      </c>
+      <c r="D261" s="27">
+        <v>30680</v>
+      </c>
+      <c r="E261" s="28">
+        <v>111402.909</v>
+      </c>
+      <c r="F261" s="27">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="262" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B262" s="30">
+        <v>259</v>
+      </c>
+      <c r="C262" s="29" t="s">
+        <v>747</v>
+      </c>
+      <c r="D262" s="27">
+        <v>34664</v>
+      </c>
+      <c r="E262" s="28">
+        <v>406362.83399999997</v>
+      </c>
+      <c r="F262" s="27">
+        <v>2098</v>
+      </c>
+    </row>
+    <row r="263" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B263" s="30">
+        <v>260</v>
+      </c>
+      <c r="C263" s="29" t="s">
+        <v>746</v>
+      </c>
+      <c r="D263" s="27">
+        <v>104</v>
+      </c>
+      <c r="E263" s="28">
+        <v>3097.431</v>
+      </c>
+      <c r="F263" s="27">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="264" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B264" s="30">
+        <v>261</v>
+      </c>
+      <c r="C264" s="29" t="s">
+        <v>745</v>
+      </c>
+      <c r="D264" s="27">
+        <v>756237</v>
+      </c>
+      <c r="E264" s="28">
+        <v>3412908.0869999998</v>
+      </c>
+      <c r="F264" s="27">
+        <v>5571</v>
+      </c>
+    </row>
+    <row r="265" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B265" s="30">
+        <v>262</v>
+      </c>
+      <c r="C265" s="29" t="s">
+        <v>744</v>
+      </c>
+      <c r="D265" s="27">
+        <v>9055</v>
+      </c>
+      <c r="E265" s="28">
+        <v>138096.60500000001</v>
+      </c>
+      <c r="F265" s="27">
+        <v>1202</v>
+      </c>
+    </row>
+    <row r="266" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B266" s="30">
+        <v>263</v>
+      </c>
+      <c r="C266" s="29" t="s">
+        <v>743</v>
+      </c>
+      <c r="D266" s="27">
+        <v>75546</v>
+      </c>
+      <c r="E266" s="28">
+        <v>561110.01500000001</v>
+      </c>
+      <c r="F266" s="27">
+        <v>1044</v>
+      </c>
+    </row>
+    <row r="267" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B267" s="30">
+        <v>264</v>
+      </c>
+      <c r="C267" s="29" t="s">
+        <v>742</v>
+      </c>
+      <c r="D267" s="27">
+        <v>165980</v>
+      </c>
+      <c r="E267" s="28">
+        <v>329669.647</v>
+      </c>
+      <c r="F267" s="27">
+        <v>2539</v>
+      </c>
+    </row>
+    <row r="268" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B268" s="30">
+        <v>265</v>
+      </c>
+      <c r="C268" s="29" t="s">
+        <v>741</v>
+      </c>
+      <c r="D268" s="27">
+        <v>1495</v>
+      </c>
+      <c r="E268" s="28">
+        <v>61538</v>
+      </c>
+      <c r="F268" s="27">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="269" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B269" s="30">
+        <v>266</v>
+      </c>
+      <c r="C269" s="29" t="s">
+        <v>740</v>
+      </c>
+      <c r="D269" s="27">
+        <v>8035</v>
+      </c>
+      <c r="E269" s="28">
+        <v>234251.28400000001</v>
+      </c>
+      <c r="F269" s="27">
+        <v>1030</v>
+      </c>
+    </row>
+    <row r="270" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B270" s="30">
+        <v>267</v>
+      </c>
+      <c r="C270" s="29" t="s">
+        <v>739</v>
+      </c>
+      <c r="D270" s="27">
+        <v>24027</v>
+      </c>
+      <c r="E270" s="28">
+        <v>2520395.588</v>
+      </c>
+      <c r="F270" s="27">
+        <v>2279</v>
+      </c>
+    </row>
+    <row r="271" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B271" s="30">
+        <v>268</v>
+      </c>
+      <c r="C271" s="29" t="s">
+        <v>738</v>
+      </c>
+      <c r="D271" s="27">
+        <v>2492555</v>
+      </c>
+      <c r="E271" s="28">
+        <v>85088599</v>
+      </c>
+      <c r="F271" s="27">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="272" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B272" s="30">
+        <v>269</v>
+      </c>
+      <c r="C272" s="29" t="s">
+        <v>737</v>
+      </c>
+      <c r="D272" s="27">
+        <v>29059</v>
+      </c>
+      <c r="E272" s="28">
+        <v>3553809.213</v>
+      </c>
+      <c r="F272" s="27">
+        <v>3143</v>
+      </c>
+    </row>
+    <row r="273" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B273" s="30">
+        <v>270</v>
+      </c>
+      <c r="C273" s="29" t="s">
+        <v>736</v>
+      </c>
+      <c r="D273" s="27">
+        <v>190113</v>
+      </c>
+      <c r="E273" s="28">
+        <v>998675.46699999995</v>
+      </c>
+      <c r="F273" s="27">
+        <v>3525</v>
+      </c>
+    </row>
+    <row r="274" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B274" s="30">
+        <v>271</v>
+      </c>
+      <c r="C274" s="29" t="s">
+        <v>735</v>
+      </c>
+      <c r="D274" s="27">
+        <v>10678</v>
+      </c>
+      <c r="E274" s="28">
+        <v>228555.12700000001</v>
+      </c>
+      <c r="F274" s="27">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="275" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B275" s="30">
+        <v>272</v>
+      </c>
+      <c r="C275" s="29" t="s">
+        <v>734</v>
+      </c>
+      <c r="D275" s="27">
+        <v>494</v>
+      </c>
+      <c r="E275" s="28">
+        <v>8738.8050000000003</v>
+      </c>
+      <c r="F275" s="27">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="276" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B276" s="30">
+        <v>273</v>
+      </c>
+      <c r="C276" s="29" t="s">
+        <v>733</v>
+      </c>
+      <c r="D276" s="27">
+        <v>92971</v>
+      </c>
+      <c r="E276" s="28">
+        <v>1744437.966</v>
+      </c>
+      <c r="F276" s="27">
+        <v>8215</v>
+      </c>
+    </row>
+    <row r="277" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B277" s="30">
+        <v>274</v>
+      </c>
+      <c r="C277" s="29" t="s">
+        <v>125</v>
+      </c>
+      <c r="D277" s="27">
+        <v>87927104</v>
+      </c>
+      <c r="E277" s="28">
+        <v>43104562.850000001</v>
+      </c>
+      <c r="F277" s="27">
+        <v>1415814</v>
+      </c>
+    </row>
+    <row r="278" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B278" s="30">
+        <v>275</v>
+      </c>
+      <c r="C278" s="29" t="s">
+        <v>732</v>
+      </c>
+      <c r="D278" s="27">
+        <v>445710</v>
+      </c>
+      <c r="E278" s="28">
+        <v>3833362.4309999999</v>
+      </c>
+      <c r="F278" s="27">
+        <v>5852</v>
+      </c>
+    </row>
+    <row r="279" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B279" s="30">
+        <v>276</v>
+      </c>
+      <c r="C279" s="29" t="s">
+        <v>731</v>
+      </c>
+      <c r="D279" s="27">
+        <v>4667</v>
+      </c>
+      <c r="E279" s="28">
+        <v>457433.47700000001</v>
+      </c>
+      <c r="F279" s="27">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="280" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B280" s="30">
+        <v>277</v>
+      </c>
+      <c r="C280" s="29" t="s">
+        <v>730</v>
+      </c>
+      <c r="D280" s="27">
+        <v>281</v>
+      </c>
+      <c r="E280" s="28">
+        <v>33759.699999999997</v>
+      </c>
+      <c r="F280" s="27">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="281" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B281" s="30">
+        <v>278</v>
+      </c>
+      <c r="C281" s="29" t="s">
+        <v>729</v>
+      </c>
+      <c r="D281" s="27">
+        <v>4795</v>
+      </c>
+      <c r="E281" s="28">
+        <v>327987.87</v>
+      </c>
+      <c r="F281" s="27">
+        <v>2711</v>
+      </c>
+    </row>
+    <row r="282" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B282" s="30">
+        <v>279</v>
+      </c>
+      <c r="C282" s="29" t="s">
+        <v>728</v>
+      </c>
+      <c r="D282" s="27">
+        <v>240055</v>
+      </c>
+      <c r="E282" s="28">
+        <v>1105843.193</v>
+      </c>
+      <c r="F282" s="27">
+        <v>1092</v>
+      </c>
+    </row>
+    <row r="283" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B283" s="30">
+        <v>280</v>
+      </c>
+      <c r="C283" s="29" t="s">
+        <v>727</v>
+      </c>
+      <c r="D283" s="27">
+        <v>806</v>
+      </c>
+      <c r="E283" s="28">
+        <v>7378.14</v>
+      </c>
+      <c r="F283" s="27">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="284" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B284" s="30">
+        <v>281</v>
+      </c>
+      <c r="C284" s="29" t="s">
+        <v>726</v>
+      </c>
+      <c r="D284" s="27">
+        <v>1307</v>
+      </c>
+      <c r="E284" s="28">
+        <v>74487.160999999993</v>
+      </c>
+      <c r="F284" s="27">
+        <v>1062</v>
+      </c>
+    </row>
+    <row r="285" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B285" s="30">
+        <v>282</v>
+      </c>
+      <c r="C285" s="29" t="s">
+        <v>725</v>
+      </c>
+      <c r="D285" s="27">
+        <v>2457</v>
+      </c>
+      <c r="E285" s="28">
+        <v>158276.43400000001</v>
+      </c>
+      <c r="F285" s="27">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="286" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B286" s="30">
+        <v>283</v>
+      </c>
+      <c r="C286" s="29" t="s">
+        <v>724</v>
+      </c>
+      <c r="D286" s="27">
+        <v>3376</v>
+      </c>
+      <c r="E286" s="28">
+        <v>97187.505000000005</v>
+      </c>
+      <c r="F286" s="27">
+        <v>11842</v>
+      </c>
+    </row>
+    <row r="287" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B287" s="30">
+        <v>284</v>
+      </c>
+      <c r="C287" s="29" t="s">
+        <v>358</v>
+      </c>
+      <c r="D287" s="27">
+        <v>83461</v>
+      </c>
+      <c r="E287" s="28">
+        <v>59541.214</v>
+      </c>
+      <c r="F287" s="27">
+        <v>117373</v>
+      </c>
+    </row>
+    <row r="288" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B288" s="30">
+        <v>285</v>
+      </c>
+      <c r="C288" s="29" t="s">
+        <v>723</v>
+      </c>
+      <c r="D288" s="27">
+        <v>1493</v>
+      </c>
+      <c r="E288" s="28">
+        <v>161012.59599999999</v>
+      </c>
+      <c r="F288" s="27">
+        <v>793</v>
+      </c>
+    </row>
+    <row r="289" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B289" s="30">
+        <v>286</v>
+      </c>
+      <c r="C289" s="29" t="s">
+        <v>722</v>
+      </c>
+      <c r="D289" s="27">
+        <v>1449</v>
+      </c>
+      <c r="E289" s="28">
+        <v>74636.832999999999</v>
+      </c>
+      <c r="F289" s="27">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="290" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B290" s="30">
+        <v>287</v>
+      </c>
+      <c r="C290" s="29" t="s">
+        <v>721</v>
+      </c>
+      <c r="D290" s="27">
+        <v>852848</v>
+      </c>
+      <c r="E290" s="28">
+        <v>1789591.888</v>
+      </c>
+      <c r="F290" s="27">
+        <v>32562</v>
+      </c>
+    </row>
+    <row r="291" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B291" s="30">
+        <v>288</v>
+      </c>
+      <c r="C291" s="29" t="s">
+        <v>720</v>
+      </c>
+      <c r="D291" s="27">
+        <v>396864</v>
+      </c>
+      <c r="E291" s="28">
+        <v>1101511.6640000001</v>
+      </c>
+      <c r="F291" s="27">
+        <v>12683</v>
+      </c>
+    </row>
+    <row r="292" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B292" s="30">
+        <v>289</v>
+      </c>
+      <c r="C292" s="29" t="s">
+        <v>719</v>
+      </c>
+      <c r="D292" s="27">
+        <v>1121</v>
+      </c>
+      <c r="E292" s="28">
+        <v>193963.62</v>
+      </c>
+      <c r="F292" s="27">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="293" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B293" s="30">
+        <v>290</v>
+      </c>
+      <c r="C293" s="29" t="s">
+        <v>718</v>
+      </c>
+      <c r="D293" s="27">
+        <v>5870</v>
+      </c>
+      <c r="E293" s="28">
+        <v>401503.489</v>
+      </c>
+      <c r="F293" s="27">
+        <v>1824</v>
+      </c>
+    </row>
+    <row r="294" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B294" s="30">
+        <v>291</v>
+      </c>
+      <c r="C294" s="29" t="s">
+        <v>717</v>
+      </c>
+      <c r="D294" s="27">
+        <v>1357</v>
+      </c>
+      <c r="E294" s="28">
+        <v>25825.323</v>
+      </c>
+      <c r="F294" s="27">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="295" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B295" s="30">
+        <v>292</v>
+      </c>
+      <c r="C295" s="29" t="s">
+        <v>716</v>
+      </c>
+      <c r="D295" s="27">
+        <v>1604</v>
+      </c>
+      <c r="E295" s="28">
+        <v>16782.78</v>
+      </c>
+      <c r="F295" s="27">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="296" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B296" s="30">
+        <v>293</v>
+      </c>
+      <c r="C296" s="29" t="s">
+        <v>715</v>
+      </c>
+      <c r="D296" s="27">
+        <v>249579</v>
+      </c>
+      <c r="E296" s="28">
+        <v>485957.57699999999</v>
+      </c>
+      <c r="F296" s="27">
+        <v>1348</v>
+      </c>
+    </row>
+    <row r="297" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B297" s="30">
+        <v>294</v>
+      </c>
+      <c r="C297" s="29" t="s">
+        <v>714</v>
+      </c>
+      <c r="D297" s="27">
+        <v>633568</v>
+      </c>
+      <c r="E297" s="28">
+        <v>8232709.4819999998</v>
+      </c>
+      <c r="F297" s="27">
+        <v>1955</v>
+      </c>
+    </row>
+    <row r="298" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B298" s="30">
+        <v>295</v>
+      </c>
+      <c r="C298" s="29" t="s">
+        <v>713</v>
+      </c>
+      <c r="D298" s="27">
+        <v>112909</v>
+      </c>
+      <c r="E298" s="28">
+        <v>490157.64899999998</v>
+      </c>
+      <c r="F298" s="27">
+        <v>5547</v>
+      </c>
+    </row>
+    <row r="299" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B299" s="30">
+        <v>296</v>
+      </c>
+      <c r="C299" s="29" t="s">
+        <v>712</v>
+      </c>
+      <c r="D299" s="27">
+        <v>1519</v>
+      </c>
+      <c r="E299" s="28">
+        <v>123276.49400000001</v>
+      </c>
+      <c r="F299" s="27">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="300" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B300" s="30">
+        <v>297</v>
+      </c>
+      <c r="C300" s="29" t="s">
+        <v>711</v>
+      </c>
+      <c r="D300" s="27">
+        <v>1014</v>
+      </c>
+      <c r="E300" s="28">
+        <v>11741.87</v>
+      </c>
+      <c r="F300" s="27">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="301" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B301" s="30">
+        <v>298</v>
+      </c>
+      <c r="C301" s="29" t="s">
+        <v>710</v>
+      </c>
+      <c r="D301" s="27">
+        <v>402677</v>
+      </c>
+      <c r="E301" s="28">
+        <v>476285.70600000001</v>
+      </c>
+      <c r="F301" s="27">
+        <v>762</v>
+      </c>
+    </row>
+    <row r="302" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B302" s="30">
+        <v>299</v>
+      </c>
+      <c r="C302" s="29" t="s">
+        <v>709</v>
+      </c>
+      <c r="D302" s="27">
+        <v>39814</v>
+      </c>
+      <c r="E302" s="28">
+        <v>30952</v>
+      </c>
+      <c r="F302" s="27">
+        <v>39756</v>
+      </c>
+    </row>
+    <row r="303" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B303" s="30">
+        <v>300</v>
+      </c>
+      <c r="C303" s="29" t="s">
+        <v>708</v>
+      </c>
+      <c r="D303" s="27">
+        <v>20073</v>
+      </c>
+      <c r="E303" s="28">
+        <v>1908823.8670000001</v>
+      </c>
+      <c r="F303" s="27">
+        <v>20006</v>
+      </c>
+    </row>
+    <row r="304" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B304" s="30">
+        <v>301</v>
+      </c>
+      <c r="C304" s="29" t="s">
+        <v>132</v>
+      </c>
+      <c r="D304" s="27">
+        <v>369842</v>
+      </c>
+      <c r="E304" s="28">
+        <v>8483531.0940000005</v>
+      </c>
+      <c r="F304" s="27">
+        <v>69409</v>
+      </c>
+    </row>
+    <row r="305" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B305" s="30">
+        <v>302</v>
+      </c>
+      <c r="C305" s="29" t="s">
+        <v>707</v>
+      </c>
+      <c r="D305" s="27">
+        <v>135404</v>
+      </c>
+      <c r="E305" s="28">
+        <v>2076995.9110000001</v>
+      </c>
+      <c r="F305" s="27">
+        <v>13556</v>
+      </c>
+    </row>
+    <row r="306" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B306" s="30">
+        <v>303</v>
+      </c>
+      <c r="C306" s="29" t="s">
+        <v>133</v>
+      </c>
+      <c r="D306" s="27">
+        <v>1081480795</v>
+      </c>
+      <c r="E306" s="28">
+        <v>1584246778.55</v>
+      </c>
+      <c r="F306" s="27">
+        <v>1504649</v>
+      </c>
+    </row>
+    <row r="307" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B307" s="30">
+        <v>304</v>
+      </c>
+      <c r="C307" s="29" t="s">
+        <v>706</v>
+      </c>
+      <c r="D307" s="27">
+        <v>164229</v>
+      </c>
+      <c r="E307" s="28">
+        <v>290200.63199999998</v>
+      </c>
+      <c r="F307" s="27">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="308" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B308" s="30">
+        <v>305</v>
+      </c>
+      <c r="C308" s="29" t="s">
+        <v>705</v>
+      </c>
+      <c r="D308" s="27">
+        <v>414</v>
+      </c>
+      <c r="E308" s="28">
+        <v>9485.4979999999996</v>
+      </c>
+      <c r="F308" s="27">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="309" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B309" s="30">
+        <v>306</v>
+      </c>
+      <c r="C309" s="29" t="s">
+        <v>704</v>
+      </c>
+      <c r="D309" s="27">
+        <v>643205</v>
+      </c>
+      <c r="E309" s="28">
+        <v>1632739.452</v>
+      </c>
+      <c r="F309" s="27">
+        <v>22909</v>
+      </c>
+    </row>
+    <row r="310" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B310" s="30">
+        <v>307</v>
+      </c>
+      <c r="C310" s="29" t="s">
+        <v>703</v>
+      </c>
+      <c r="D310" s="27">
+        <v>449869</v>
+      </c>
+      <c r="E310" s="28">
+        <v>12684102.557</v>
+      </c>
+      <c r="F310" s="27">
+        <v>115511</v>
+      </c>
+    </row>
+    <row r="311" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B311" s="30">
+        <v>308</v>
+      </c>
+      <c r="C311" s="29" t="s">
+        <v>702</v>
+      </c>
+      <c r="D311" s="27">
+        <v>41905</v>
+      </c>
+      <c r="E311" s="28">
+        <v>2012453.612</v>
+      </c>
+      <c r="F311" s="27">
+        <v>34040</v>
+      </c>
+    </row>
+    <row r="312" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B312" s="30">
+        <v>309</v>
+      </c>
+      <c r="C312" s="29" t="s">
+        <v>701</v>
+      </c>
+      <c r="D312" s="27">
+        <v>5704</v>
+      </c>
+      <c r="E312" s="28">
+        <v>567448.26</v>
+      </c>
+      <c r="F312" s="27">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="313" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B313" s="30">
+        <v>310</v>
+      </c>
+      <c r="C313" s="29" t="s">
+        <v>139</v>
+      </c>
+      <c r="D313" s="27">
+        <v>2766055</v>
+      </c>
+      <c r="E313" s="28">
+        <v>8502695.9189999998</v>
+      </c>
+      <c r="F313" s="27">
+        <v>134546</v>
+      </c>
+    </row>
+    <row r="314" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B314" s="30">
+        <v>311</v>
+      </c>
+      <c r="C314" s="29" t="s">
+        <v>700</v>
+      </c>
+      <c r="D314" s="27">
+        <v>73811</v>
+      </c>
+      <c r="E314" s="28">
+        <v>1021060.72</v>
+      </c>
+      <c r="F314" s="27">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="315" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B315" s="30">
+        <v>312</v>
+      </c>
+      <c r="C315" s="29" t="s">
+        <v>699</v>
+      </c>
+      <c r="D315" s="27">
+        <v>248</v>
+      </c>
+      <c r="E315" s="28">
+        <v>2115.5059999999999</v>
+      </c>
+      <c r="F315" s="27">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="316" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B316" s="30">
+        <v>313</v>
+      </c>
+      <c r="C316" s="29" t="s">
+        <v>698</v>
+      </c>
+      <c r="D316" s="27">
+        <v>1761</v>
+      </c>
+      <c r="E316" s="28">
+        <v>19970.913</v>
+      </c>
+      <c r="F316" s="27">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="317" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B317" s="30">
+        <v>314</v>
+      </c>
+      <c r="C317" s="29" t="s">
+        <v>697</v>
+      </c>
+      <c r="D317" s="27">
+        <v>20256</v>
+      </c>
+      <c r="E317" s="28">
+        <v>110770.773</v>
+      </c>
+      <c r="F317" s="27">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="318" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B318" s="30">
+        <v>315</v>
+      </c>
+      <c r="C318" s="29" t="s">
+        <v>696</v>
+      </c>
+      <c r="D318" s="27">
+        <v>8368</v>
+      </c>
+      <c r="E318" s="28">
+        <v>26316.544000000002</v>
+      </c>
+      <c r="F318" s="27">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="319" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B319" s="30">
+        <v>316</v>
+      </c>
+      <c r="C319" s="29" t="s">
+        <v>695</v>
+      </c>
+      <c r="D319" s="27">
+        <v>98075</v>
+      </c>
+      <c r="E319" s="28">
+        <v>128359.52800000001</v>
+      </c>
+      <c r="F319" s="27">
+        <v>2833</v>
+      </c>
+    </row>
+    <row r="320" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B320" s="30">
+        <v>317</v>
+      </c>
+      <c r="C320" s="29" t="s">
+        <v>694</v>
+      </c>
+      <c r="D320" s="27">
+        <v>23039</v>
+      </c>
+      <c r="E320" s="28">
+        <v>257811.06400000001</v>
+      </c>
+      <c r="F320" s="27">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="321" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B321" s="30">
+        <v>318</v>
+      </c>
+      <c r="C321" s="29" t="s">
+        <v>693</v>
+      </c>
+      <c r="D321" s="27">
+        <v>329724</v>
+      </c>
+      <c r="E321" s="28">
+        <v>471790.92499999999</v>
+      </c>
+      <c r="F321" s="27">
+        <v>4525</v>
+      </c>
+    </row>
+    <row r="322" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B322" s="30">
+        <v>319</v>
+      </c>
+      <c r="C322" s="29" t="s">
+        <v>692</v>
+      </c>
+      <c r="D322" s="27">
+        <v>3678</v>
+      </c>
+      <c r="E322" s="28">
+        <v>46487.614000000001</v>
+      </c>
+      <c r="F322" s="27">
+        <v>1949</v>
+      </c>
+    </row>
+    <row r="323" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B323" s="30">
+        <v>320</v>
+      </c>
+      <c r="C323" s="29" t="s">
+        <v>368</v>
+      </c>
+      <c r="D323" s="27">
+        <v>44344077</v>
+      </c>
+      <c r="E323" s="28">
+        <v>134349851.692</v>
+      </c>
+      <c r="F323" s="27">
+        <v>154124</v>
+      </c>
+    </row>
+    <row r="324" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B324" s="30">
+        <v>321</v>
+      </c>
+      <c r="C324" s="29" t="s">
+        <v>691</v>
+      </c>
+      <c r="D324" s="27">
+        <v>59408</v>
+      </c>
+      <c r="E324" s="28">
+        <v>123638.304</v>
+      </c>
+      <c r="F324" s="27">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="325" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B325" s="30">
+        <v>322</v>
+      </c>
+      <c r="C325" s="29" t="s">
+        <v>690</v>
+      </c>
+      <c r="D325" s="27">
+        <v>194</v>
+      </c>
+      <c r="E325" s="28">
+        <v>4302.0619999999999</v>
+      </c>
+      <c r="F325" s="27">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="326" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B326" s="30">
+        <v>323</v>
+      </c>
+      <c r="C326" s="29" t="s">
+        <v>689</v>
+      </c>
+      <c r="D326" s="27">
+        <v>18791</v>
+      </c>
+      <c r="E326" s="28">
+        <v>223424.636</v>
+      </c>
+      <c r="F326" s="27">
+        <v>915</v>
+      </c>
+    </row>
+    <row r="327" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B327" s="30">
+        <v>324</v>
+      </c>
+      <c r="C327" s="29" t="s">
+        <v>688</v>
+      </c>
+      <c r="D327" s="27">
+        <v>563</v>
+      </c>
+      <c r="E327" s="28">
+        <v>6431.6480000000001</v>
+      </c>
+      <c r="F327" s="27">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="328" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B328" s="30">
+        <v>325</v>
+      </c>
+      <c r="C328" s="29" t="s">
+        <v>687</v>
+      </c>
+      <c r="D328" s="27">
+        <v>340131</v>
+      </c>
+      <c r="E328" s="28">
+        <v>599889.07200000004</v>
+      </c>
+      <c r="F328" s="27">
+        <v>1038</v>
+      </c>
+    </row>
+    <row r="329" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B329" s="30">
+        <v>326</v>
+      </c>
+      <c r="C329" s="29" t="s">
+        <v>686</v>
+      </c>
+      <c r="D329" s="27">
+        <v>48642</v>
+      </c>
+      <c r="E329" s="28">
+        <v>80990.45</v>
+      </c>
+      <c r="F329" s="27">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="330" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B330" s="30">
+        <v>327</v>
+      </c>
+      <c r="C330" s="29" t="s">
+        <v>685</v>
+      </c>
+      <c r="D330" s="27">
+        <v>268303</v>
+      </c>
+      <c r="E330" s="28">
+        <v>287151.20600000001</v>
+      </c>
+      <c r="F330" s="27">
+        <v>2259</v>
+      </c>
+    </row>
+    <row r="331" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B331" s="30">
+        <v>328</v>
+      </c>
+      <c r="C331" s="29" t="s">
+        <v>684</v>
+      </c>
+      <c r="D331" s="27">
+        <v>211</v>
+      </c>
+      <c r="E331" s="28">
+        <v>3520.2950000000001</v>
+      </c>
+      <c r="F331" s="27">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="332" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B332" s="30">
+        <v>329</v>
+      </c>
+      <c r="C332" s="29" t="s">
+        <v>683</v>
+      </c>
+      <c r="D332" s="27">
+        <v>51393</v>
+      </c>
+      <c r="E332" s="28">
+        <v>128586.272</v>
+      </c>
+      <c r="F332" s="27">
+        <v>2104</v>
+      </c>
+    </row>
+    <row r="333" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B333" s="30">
+        <v>330</v>
+      </c>
+      <c r="C333" s="29" t="s">
+        <v>682</v>
+      </c>
+      <c r="D333" s="27">
+        <v>3863</v>
+      </c>
+      <c r="E333" s="28">
+        <v>33620.457000000002</v>
+      </c>
+      <c r="F333" s="27">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="334" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B334" s="30">
+        <v>331</v>
+      </c>
+      <c r="C334" s="29" t="s">
+        <v>681</v>
+      </c>
+      <c r="D334" s="27">
+        <v>826</v>
+      </c>
+      <c r="E334" s="28">
+        <v>58086.43</v>
+      </c>
+      <c r="F334" s="27">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="335" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B335" s="30">
+        <v>332</v>
+      </c>
+      <c r="C335" s="29" t="s">
+        <v>680</v>
+      </c>
+      <c r="D335" s="27">
+        <v>14829</v>
+      </c>
+      <c r="E335" s="28">
+        <v>1515289.7439999999</v>
+      </c>
+      <c r="F335" s="27">
+        <v>1973</v>
+      </c>
+    </row>
+    <row r="336" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B336" s="30">
+        <v>333</v>
+      </c>
+      <c r="C336" s="29" t="s">
+        <v>679</v>
+      </c>
+      <c r="D336" s="27">
+        <v>15071</v>
+      </c>
+      <c r="E336" s="28">
+        <v>148820.40100000001</v>
+      </c>
+      <c r="F336" s="27">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="337" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B337" s="30">
+        <v>334</v>
+      </c>
+      <c r="C337" s="29" t="s">
+        <v>678</v>
+      </c>
+      <c r="D337" s="27">
+        <v>11803</v>
+      </c>
+      <c r="E337" s="28">
+        <v>380590.99300000002</v>
+      </c>
+      <c r="F337" s="27">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="338" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B338" s="30">
+        <v>335</v>
+      </c>
+      <c r="C338" s="29" t="s">
+        <v>677</v>
+      </c>
+      <c r="D338" s="27">
+        <v>22046</v>
+      </c>
+      <c r="E338" s="28">
+        <v>1759099.6470000001</v>
+      </c>
+      <c r="F338" s="27">
+        <v>2923</v>
+      </c>
+    </row>
+    <row r="339" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B339" s="30">
+        <v>336</v>
+      </c>
+      <c r="C339" s="29" t="s">
+        <v>676</v>
+      </c>
+      <c r="D339" s="27">
+        <v>32920461</v>
+      </c>
+      <c r="E339" s="28">
+        <v>59706579.383000001</v>
+      </c>
+      <c r="F339" s="27">
+        <v>295263</v>
+      </c>
+    </row>
+    <row r="340" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B340" s="30">
+        <v>337</v>
+      </c>
+      <c r="C340" s="29" t="s">
+        <v>675</v>
+      </c>
+      <c r="D340" s="27">
+        <v>1313</v>
+      </c>
+      <c r="E340" s="28">
+        <v>91058.254000000001</v>
+      </c>
+      <c r="F340" s="27">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="341" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B341" s="30">
+        <v>338</v>
+      </c>
+      <c r="C341" s="29" t="s">
+        <v>674</v>
+      </c>
+      <c r="D341" s="27">
+        <v>30257</v>
+      </c>
+      <c r="E341" s="28">
+        <v>468119.37</v>
+      </c>
+      <c r="F341" s="27">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="342" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B342" s="30">
+        <v>339</v>
+      </c>
+      <c r="C342" s="29" t="s">
+        <v>673</v>
+      </c>
+      <c r="D342" s="27">
+        <v>3429</v>
+      </c>
+      <c r="E342" s="28">
+        <v>172979.606</v>
+      </c>
+      <c r="F342" s="27">
+        <v>1045</v>
+      </c>
+    </row>
+    <row r="343" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B343" s="30">
+        <v>340</v>
+      </c>
+      <c r="C343" s="29" t="s">
+        <v>672</v>
+      </c>
+      <c r="D343" s="27">
+        <v>2799</v>
+      </c>
+      <c r="E343" s="28">
+        <v>147727.20800000001</v>
+      </c>
+      <c r="F343" s="27">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="344" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B344" s="30">
+        <v>341</v>
+      </c>
+      <c r="C344" s="29" t="s">
+        <v>671</v>
+      </c>
+      <c r="D344" s="27">
+        <v>346821</v>
+      </c>
+      <c r="E344" s="28">
+        <v>3345907.66</v>
+      </c>
+      <c r="F344" s="27">
+        <v>3085</v>
+      </c>
+    </row>
+    <row r="345" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B345" s="30">
+        <v>342</v>
+      </c>
+      <c r="C345" s="29" t="s">
+        <v>670</v>
+      </c>
+      <c r="D345" s="27">
+        <v>4828</v>
+      </c>
+      <c r="E345" s="28">
+        <v>444578.88799999998</v>
+      </c>
+      <c r="F345" s="27">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="346" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B346" s="30">
+        <v>343</v>
+      </c>
+      <c r="C346" s="29" t="s">
+        <v>669</v>
+      </c>
+      <c r="D346" s="27">
+        <v>15063</v>
+      </c>
+      <c r="E346" s="28">
+        <v>1299900.54</v>
+      </c>
+      <c r="F346" s="27">
+        <v>2849</v>
+      </c>
+    </row>
+    <row r="347" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B347" s="30">
+        <v>344</v>
+      </c>
+      <c r="C347" s="29" t="s">
+        <v>668</v>
+      </c>
+      <c r="D347" s="27">
+        <v>67438</v>
+      </c>
+      <c r="E347" s="28">
+        <v>334193.51899999997</v>
+      </c>
+      <c r="F347" s="27">
+        <v>1055</v>
+      </c>
+    </row>
+    <row r="348" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B348" s="30">
+        <v>345</v>
+      </c>
+      <c r="C348" s="29" t="s">
+        <v>667</v>
+      </c>
+      <c r="D348" s="27">
+        <v>82205</v>
+      </c>
+      <c r="E348" s="28">
+        <v>423346.80699999997</v>
+      </c>
+      <c r="F348" s="27">
+        <v>725</v>
+      </c>
+    </row>
+    <row r="349" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B349" s="30">
+        <v>346</v>
+      </c>
+      <c r="C349" s="29" t="s">
+        <v>146</v>
+      </c>
+      <c r="D349" s="27">
+        <v>2161178</v>
+      </c>
+      <c r="E349" s="28">
+        <v>3076473.2039999999</v>
+      </c>
+      <c r="F349" s="27">
+        <v>3798</v>
+      </c>
+    </row>
+    <row r="350" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B350" s="30">
+        <v>347</v>
+      </c>
+      <c r="C350" s="29" t="s">
+        <v>666</v>
+      </c>
+      <c r="D350" s="27">
+        <v>370854</v>
+      </c>
+      <c r="E350" s="28">
+        <v>1083984.4439999999</v>
+      </c>
+      <c r="F350" s="27">
+        <v>1563</v>
+      </c>
+    </row>
+    <row r="351" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B351" s="30">
+        <v>348</v>
+      </c>
+      <c r="C351" s="29" t="s">
+        <v>665</v>
+      </c>
+      <c r="D351" s="27">
+        <v>338</v>
+      </c>
+      <c r="E351" s="28">
+        <v>17844.45</v>
+      </c>
+      <c r="F351" s="27">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="352" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B352" s="30">
+        <v>349</v>
+      </c>
+      <c r="C352" s="29" t="s">
+        <v>664</v>
+      </c>
+      <c r="D352" s="27">
+        <v>240</v>
+      </c>
+      <c r="E352" s="28">
+        <v>10951.662</v>
+      </c>
+      <c r="F352" s="27">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="353" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B353" s="30">
+        <v>350</v>
+      </c>
+      <c r="C353" s="29" t="s">
+        <v>663</v>
+      </c>
+      <c r="D353" s="27">
+        <v>54575</v>
+      </c>
+      <c r="E353" s="28">
+        <v>1042180.838</v>
+      </c>
+      <c r="F353" s="27">
+        <v>2504</v>
+      </c>
+    </row>
+    <row r="354" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B354" s="30">
+        <v>351</v>
+      </c>
+      <c r="C354" s="29" t="s">
+        <v>662</v>
+      </c>
+      <c r="D354" s="27">
+        <v>4565</v>
+      </c>
+      <c r="E354" s="28">
+        <v>85772.827000000005</v>
+      </c>
+      <c r="F354" s="27">
+        <v>825</v>
+      </c>
+    </row>
+    <row r="355" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B355" s="30">
+        <v>352</v>
+      </c>
+      <c r="C355" s="29" t="s">
+        <v>661</v>
+      </c>
+      <c r="D355" s="27">
+        <v>1497</v>
+      </c>
+      <c r="E355" s="28">
+        <v>21509.530999999999</v>
+      </c>
+      <c r="F355" s="27">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="356" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B356" s="30">
+        <v>353</v>
+      </c>
+      <c r="C356" s="29" t="s">
+        <v>148</v>
+      </c>
+      <c r="D356" s="27">
+        <v>13263</v>
+      </c>
+      <c r="E356" s="28">
+        <v>669959.76100000006</v>
+      </c>
+      <c r="F356" s="27">
+        <v>2735</v>
+      </c>
+    </row>
+    <row r="357" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B357" s="30">
+        <v>354</v>
+      </c>
+      <c r="C357" s="29" t="s">
+        <v>149</v>
+      </c>
+      <c r="D357" s="27">
+        <v>32890</v>
+      </c>
+      <c r="E357" s="28">
+        <v>2018467.946</v>
+      </c>
+      <c r="F357" s="27">
+        <v>6600</v>
+      </c>
+    </row>
+    <row r="358" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B358" s="30">
+        <v>355</v>
+      </c>
+      <c r="C358" s="29" t="s">
+        <v>660</v>
+      </c>
+      <c r="D358" s="27">
+        <v>36975</v>
+      </c>
+      <c r="E358" s="28">
+        <v>279620.234</v>
+      </c>
+      <c r="F358" s="27">
+        <v>1861</v>
+      </c>
+    </row>
+    <row r="359" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B359" s="30">
+        <v>356</v>
+      </c>
+      <c r="C359" s="29" t="s">
+        <v>659</v>
+      </c>
+      <c r="D359" s="27">
+        <v>11</v>
+      </c>
+      <c r="E359" s="28">
+        <v>134.46899999999999</v>
+      </c>
+      <c r="F359" s="27">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="360" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B360" s="30">
+        <v>357</v>
+      </c>
+      <c r="C360" s="29" t="s">
+        <v>658</v>
+      </c>
+      <c r="D360" s="27">
+        <v>642202</v>
+      </c>
+      <c r="E360" s="28">
+        <v>5056472.6440000003</v>
+      </c>
+      <c r="F360" s="27">
+        <v>2963</v>
+      </c>
+    </row>
+    <row r="361" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B361" s="30">
+        <v>358</v>
+      </c>
+      <c r="C361" s="29" t="s">
+        <v>657</v>
+      </c>
+      <c r="D361" s="27">
+        <v>150255</v>
+      </c>
+      <c r="E361" s="28">
+        <v>191340.041</v>
+      </c>
+      <c r="F361" s="27">
+        <v>6852</v>
+      </c>
+    </row>
+    <row r="362" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B362" s="30">
+        <v>359</v>
+      </c>
+      <c r="C362" s="29" t="s">
+        <v>656</v>
+      </c>
+      <c r="D362" s="27">
+        <v>2295</v>
+      </c>
+      <c r="E362" s="28">
+        <v>191166.11300000001</v>
+      </c>
+      <c r="F362" s="27">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="363" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B363" s="30">
+        <v>360</v>
+      </c>
+      <c r="C363" s="29" t="s">
+        <v>655</v>
+      </c>
+      <c r="D363" s="27">
+        <v>1453</v>
+      </c>
+      <c r="E363" s="28">
+        <v>135979.29399999999</v>
+      </c>
+      <c r="F363" s="27">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="364" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B364" s="30">
+        <v>361</v>
+      </c>
+      <c r="C364" s="29" t="s">
+        <v>654</v>
+      </c>
+      <c r="D364" s="27">
+        <v>2657</v>
+      </c>
+      <c r="E364" s="28">
+        <v>116021</v>
+      </c>
+      <c r="F364" s="27">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="365" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B365" s="30">
+        <v>362</v>
+      </c>
+      <c r="C365" s="29" t="s">
+        <v>653</v>
+      </c>
+      <c r="D365" s="27">
+        <v>951</v>
+      </c>
+      <c r="E365" s="28">
+        <v>73006.332999999999</v>
+      </c>
+      <c r="F365" s="27">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="366" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B366" s="30">
+        <v>363</v>
+      </c>
+      <c r="C366" s="29" t="s">
+        <v>652</v>
+      </c>
+      <c r="D366" s="27">
+        <v>1533</v>
+      </c>
+      <c r="E366" s="28">
+        <v>90349.664999999994</v>
+      </c>
+      <c r="F366" s="27">
+        <v>1094</v>
+      </c>
+    </row>
+    <row r="367" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B367" s="30">
+        <v>364</v>
+      </c>
+      <c r="C367" s="29" t="s">
+        <v>651</v>
+      </c>
+      <c r="D367" s="27">
+        <v>420600</v>
+      </c>
+      <c r="E367" s="28">
+        <v>767207.31499999994</v>
+      </c>
+      <c r="F367" s="27">
+        <v>787</v>
+      </c>
+    </row>
+    <row r="368" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B368" s="30">
+        <v>365</v>
+      </c>
+      <c r="C368" s="29" t="s">
+        <v>650</v>
+      </c>
+      <c r="D368" s="27">
+        <v>227</v>
+      </c>
+      <c r="E368" s="28">
+        <v>4900.8090000000002</v>
+      </c>
+      <c r="F368" s="27">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="369" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B369" s="30">
+        <v>366</v>
+      </c>
+      <c r="C369" s="29" t="s">
+        <v>649</v>
+      </c>
+      <c r="D369" s="27">
+        <v>507</v>
+      </c>
+      <c r="E369" s="28">
+        <v>4665.9799999999996</v>
+      </c>
+      <c r="F369" s="27">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="370" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B370" s="30">
+        <v>367</v>
+      </c>
+      <c r="C370" s="29" t="s">
+        <v>648</v>
+      </c>
+      <c r="D370" s="27">
+        <v>11415</v>
+      </c>
+      <c r="E370" s="28">
+        <v>352464.74</v>
+      </c>
+      <c r="F370" s="27">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="371" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B371" s="30">
+        <v>368</v>
+      </c>
+      <c r="C371" s="29" t="s">
+        <v>647</v>
+      </c>
+      <c r="D371" s="27">
+        <v>19123</v>
+      </c>
+      <c r="E371" s="28">
+        <v>75975.876999999993</v>
+      </c>
+      <c r="F371" s="27">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="372" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B372" s="30">
+        <v>369</v>
+      </c>
+      <c r="C372" s="29" t="s">
+        <v>646</v>
+      </c>
+      <c r="D372" s="27">
+        <v>1382816</v>
+      </c>
+      <c r="E372" s="28">
+        <v>4784437.1509999996</v>
+      </c>
+      <c r="F372" s="27">
+        <v>2922</v>
+      </c>
+    </row>
+    <row r="373" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B373" s="30">
+        <v>370</v>
+      </c>
+      <c r="C373" s="29" t="s">
+        <v>645</v>
+      </c>
+      <c r="D373" s="27">
+        <v>18</v>
+      </c>
+      <c r="E373" s="28">
+        <v>112</v>
+      </c>
+      <c r="F373" s="27">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="374" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B374" s="30">
+        <v>371</v>
+      </c>
+      <c r="C374" s="29" t="s">
+        <v>644</v>
+      </c>
+      <c r="D374" s="27">
+        <v>198</v>
+      </c>
+      <c r="E374" s="28">
+        <v>12644.468000000001</v>
+      </c>
+      <c r="F374" s="27">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="375" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B375" s="30">
+        <v>372</v>
+      </c>
+      <c r="C375" s="29" t="s">
+        <v>643</v>
+      </c>
+      <c r="D375" s="27">
+        <v>36064</v>
+      </c>
+      <c r="E375" s="28">
+        <v>326779.56900000002</v>
+      </c>
+      <c r="F375" s="27">
+        <v>1524</v>
+      </c>
+    </row>
+    <row r="376" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B376" s="30">
+        <v>373</v>
+      </c>
+      <c r="C376" s="29" t="s">
+        <v>642</v>
+      </c>
+      <c r="D376" s="27">
+        <v>2970</v>
+      </c>
+      <c r="E376" s="28">
+        <v>182445.26300000001</v>
+      </c>
+      <c r="F376" s="27">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="377" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B377" s="30">
+        <v>374</v>
+      </c>
+      <c r="C377" s="29" t="s">
+        <v>641</v>
+      </c>
+      <c r="D377" s="27">
+        <v>760</v>
+      </c>
+      <c r="E377" s="28">
+        <v>166586.45699999999</v>
+      </c>
+      <c r="F377" s="27">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="378" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B378" s="30">
+        <v>375</v>
+      </c>
+      <c r="C378" s="29" t="s">
+        <v>640</v>
+      </c>
+      <c r="D378" s="27">
+        <v>2069</v>
+      </c>
+      <c r="E378" s="28">
+        <v>45876.122000000003</v>
+      </c>
+      <c r="F378" s="27">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="379" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B379" s="30">
+        <v>376</v>
+      </c>
+      <c r="C379" s="29" t="s">
+        <v>639</v>
+      </c>
+      <c r="D379" s="27">
+        <v>241</v>
+      </c>
+      <c r="E379" s="28">
+        <v>2045.7809999999999</v>
+      </c>
+      <c r="F379" s="27">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="380" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B380" s="30">
+        <v>377</v>
+      </c>
+      <c r="C380" s="29" t="s">
+        <v>638</v>
+      </c>
+      <c r="D380" s="27">
+        <v>49644</v>
+      </c>
+      <c r="E380" s="28">
+        <v>1739450.702</v>
+      </c>
+      <c r="F380" s="27">
+        <v>6695</v>
+      </c>
+    </row>
+    <row r="381" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B381" s="30">
+        <v>378</v>
+      </c>
+      <c r="C381" s="29" t="s">
+        <v>637</v>
+      </c>
+      <c r="D381" s="27">
+        <v>35274</v>
+      </c>
+      <c r="E381" s="28">
+        <v>64486.173999999999</v>
+      </c>
+      <c r="F381" s="27">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="382" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B382" s="30">
+        <v>379</v>
+      </c>
+      <c r="C382" s="29" t="s">
+        <v>636</v>
+      </c>
+      <c r="D382" s="27">
+        <v>3361</v>
+      </c>
+      <c r="E382" s="28">
+        <v>296731.799</v>
+      </c>
+      <c r="F382" s="27">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="383" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B383" s="30">
+        <v>380</v>
+      </c>
+      <c r="C383" s="29" t="s">
+        <v>635</v>
+      </c>
+      <c r="D383" s="27">
+        <v>1122</v>
+      </c>
+      <c r="E383" s="28">
+        <v>34001.544000000002</v>
+      </c>
+      <c r="F383" s="27">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="384" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B384" s="30">
+        <v>381</v>
+      </c>
+      <c r="C384" s="29" t="s">
+        <v>634</v>
+      </c>
+      <c r="D384" s="27">
+        <v>109607</v>
+      </c>
+      <c r="E384" s="28">
+        <v>238837.024</v>
+      </c>
+      <c r="F384" s="27">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="385" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B385" s="30">
+        <v>382</v>
+      </c>
+      <c r="C385" s="29" t="s">
+        <v>633</v>
+      </c>
+      <c r="D385" s="27">
+        <v>5178</v>
+      </c>
+      <c r="E385" s="28">
+        <v>206765.003</v>
+      </c>
+      <c r="F385" s="27">
+        <v>632</v>
+      </c>
+    </row>
+    <row r="386" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B386" s="30">
+        <v>383</v>
+      </c>
+      <c r="C386" s="29" t="s">
+        <v>632</v>
+      </c>
+      <c r="D386" s="27">
+        <v>571</v>
+      </c>
+      <c r="E386" s="28">
+        <v>5683.4549999999999</v>
+      </c>
+      <c r="F386" s="27">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="387" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B387" s="30">
+        <v>384</v>
+      </c>
+      <c r="C387" s="29" t="s">
+        <v>631</v>
+      </c>
+      <c r="D387" s="27">
+        <v>139686</v>
+      </c>
+      <c r="E387" s="28">
+        <v>276358.53700000001</v>
+      </c>
+      <c r="F387" s="27">
+        <v>1583</v>
+      </c>
+    </row>
+    <row r="388" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B388" s="30">
+        <v>385</v>
+      </c>
+      <c r="C388" s="29" t="s">
+        <v>630</v>
+      </c>
+      <c r="D388" s="27">
+        <v>2347</v>
+      </c>
+      <c r="E388" s="28">
+        <v>33942.023999999998</v>
+      </c>
+      <c r="F388" s="27">
+        <v>664</v>
+      </c>
+    </row>
+    <row r="389" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B389" s="30">
+        <v>386</v>
+      </c>
+      <c r="C389" s="29" t="s">
+        <v>629</v>
+      </c>
+      <c r="D389" s="27">
+        <v>14900</v>
+      </c>
+      <c r="E389" s="28">
+        <v>193100.255</v>
+      </c>
+      <c r="F389" s="27">
+        <v>3562</v>
+      </c>
+    </row>
+    <row r="390" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B390" s="30">
+        <v>387</v>
+      </c>
+      <c r="C390" s="29" t="s">
+        <v>628</v>
+      </c>
+      <c r="D390" s="27">
+        <v>1867</v>
+      </c>
+      <c r="E390" s="28">
+        <v>70672.225999999995</v>
+      </c>
+      <c r="F390" s="27">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="391" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B391" s="30">
+        <v>388</v>
+      </c>
+      <c r="C391" s="29" t="s">
+        <v>627</v>
+      </c>
+      <c r="D391" s="27">
+        <v>1</v>
+      </c>
+      <c r="E391" s="28">
+        <v>1000</v>
+      </c>
+      <c r="F391" s="27">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="392" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B392" s="30">
+        <v>389</v>
+      </c>
+      <c r="C392" s="29" t="s">
+        <v>626</v>
+      </c>
+      <c r="D392" s="27">
+        <v>29754482</v>
+      </c>
+      <c r="E392" s="28">
+        <v>28209675.631000001</v>
+      </c>
+      <c r="F392" s="27">
+        <v>1558172</v>
+      </c>
+    </row>
+    <row r="393" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B393" s="30">
+        <v>390</v>
+      </c>
+      <c r="C393" s="29" t="s">
+        <v>625</v>
+      </c>
+      <c r="D393" s="27">
+        <v>612</v>
+      </c>
+      <c r="E393" s="28">
+        <v>18407.315999999999</v>
+      </c>
+      <c r="F393" s="27">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="394" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B394" s="30">
+        <v>391</v>
+      </c>
+      <c r="C394" s="29" t="s">
+        <v>624</v>
+      </c>
+      <c r="D394" s="27">
+        <v>7899</v>
+      </c>
+      <c r="E394" s="28">
+        <v>83407.803</v>
+      </c>
+      <c r="F394" s="27">
+        <v>1632</v>
+      </c>
+    </row>
+    <row r="395" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B395" s="30">
+        <v>392</v>
+      </c>
+      <c r="C395" s="29" t="s">
+        <v>623</v>
+      </c>
+      <c r="D395" s="27">
+        <v>79880480</v>
+      </c>
+      <c r="E395" s="28">
+        <v>225915349.29100001</v>
+      </c>
+      <c r="F395" s="27">
+        <v>2098402</v>
+      </c>
+    </row>
+    <row r="396" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B396" s="30">
+        <v>393</v>
+      </c>
+      <c r="C396" s="29" t="s">
+        <v>159</v>
+      </c>
+      <c r="D396" s="27">
+        <v>56106</v>
+      </c>
+      <c r="E396" s="28">
+        <v>86704.794999999998</v>
+      </c>
+      <c r="F396" s="27">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="397" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B397" s="30">
+        <v>394</v>
+      </c>
+      <c r="C397" s="29" t="s">
+        <v>622</v>
+      </c>
+      <c r="D397" s="27">
+        <v>76475</v>
+      </c>
+      <c r="E397" s="28">
+        <v>136312.71900000001</v>
+      </c>
+      <c r="F397" s="27">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="398" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B398" s="30">
+        <v>395</v>
+      </c>
+      <c r="C398" s="29" t="s">
+        <v>621</v>
+      </c>
+      <c r="D398" s="27">
+        <v>15975</v>
+      </c>
+      <c r="E398" s="28">
+        <v>30769.879000000001</v>
+      </c>
+      <c r="F398" s="27">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="399" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B399" s="30">
+        <v>396</v>
+      </c>
+      <c r="C399" s="29" t="s">
+        <v>620</v>
+      </c>
+      <c r="D399" s="27">
+        <v>27603</v>
+      </c>
+      <c r="E399" s="28">
+        <v>46231.603000000003</v>
+      </c>
+      <c r="F399" s="27">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="400" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B400" s="30">
+        <v>397</v>
+      </c>
+      <c r="C400" s="29" t="s">
+        <v>619</v>
+      </c>
+      <c r="D400" s="27">
+        <v>28</v>
+      </c>
+      <c r="E400" s="28">
+        <v>422.65199999999999</v>
+      </c>
+      <c r="F400" s="27">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="401" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B401" s="30">
+        <v>398</v>
+      </c>
+      <c r="C401" s="29" t="s">
+        <v>160</v>
+      </c>
+      <c r="D401" s="27">
+        <v>605881</v>
+      </c>
+      <c r="E401" s="28">
+        <v>29658802.026999999</v>
+      </c>
+      <c r="F401" s="27">
+        <v>218402</v>
+      </c>
+    </row>
+    <row r="402" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B402" s="30">
+        <v>399</v>
+      </c>
+      <c r="C402" s="29" t="s">
+        <v>618</v>
+      </c>
+      <c r="D402" s="27">
+        <v>17059</v>
+      </c>
+      <c r="E402" s="28">
+        <v>20058.284</v>
+      </c>
+      <c r="F402" s="27">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="403" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B403" s="30">
+        <v>400</v>
+      </c>
+      <c r="C403" s="29" t="s">
+        <v>161</v>
+      </c>
+      <c r="D403" s="27">
+        <v>5398544688</v>
+      </c>
+      <c r="E403" s="28">
+        <v>9328175300.9880009</v>
+      </c>
+      <c r="F403" s="27">
+        <v>150635893</v>
+      </c>
+    </row>
+    <row r="404" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B404" s="30">
+        <v>401</v>
+      </c>
+      <c r="C404" s="29" t="s">
+        <v>617</v>
+      </c>
+      <c r="D404" s="27">
+        <v>1431217</v>
+      </c>
+      <c r="E404" s="28">
+        <v>474443.766</v>
+      </c>
+      <c r="F404" s="27">
+        <v>1084</v>
+      </c>
+    </row>
+    <row r="405" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B405" s="30">
+        <v>402</v>
+      </c>
+      <c r="C405" s="29" t="s">
+        <v>616</v>
+      </c>
+      <c r="D405" s="27">
+        <v>18226</v>
+      </c>
+      <c r="E405" s="28">
+        <v>1731237.5249999999</v>
+      </c>
+      <c r="F405" s="27">
+        <v>2034</v>
+      </c>
+    </row>
+    <row r="406" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B406" s="30">
+        <v>403</v>
+      </c>
+      <c r="C406" s="29" t="s">
+        <v>615</v>
+      </c>
+      <c r="D406" s="27">
+        <v>31869</v>
+      </c>
+      <c r="E406" s="28">
+        <v>3644758.497</v>
+      </c>
+      <c r="F406" s="27">
+        <v>4070</v>
+      </c>
+    </row>
+    <row r="407" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B407" s="30">
+        <v>404</v>
+      </c>
+      <c r="C407" s="29" t="s">
+        <v>614</v>
+      </c>
+      <c r="D407" s="27">
+        <v>951120</v>
+      </c>
+      <c r="E407" s="28">
+        <v>16242460.92</v>
+      </c>
+      <c r="F407" s="27">
+        <v>36543</v>
+      </c>
+    </row>
+    <row r="408" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B408" s="30">
+        <v>405</v>
+      </c>
+      <c r="C408" s="29" t="s">
+        <v>613</v>
+      </c>
+      <c r="D408" s="27">
+        <v>245024</v>
+      </c>
+      <c r="E408" s="28">
+        <v>7314751.5329999998</v>
+      </c>
+      <c r="F408" s="27">
+        <v>30540</v>
+      </c>
+    </row>
+    <row r="409" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B409" s="30">
+        <v>406</v>
+      </c>
+      <c r="C409" s="29" t="s">
+        <v>167</v>
+      </c>
+      <c r="D409" s="27">
+        <v>10772291</v>
+      </c>
+      <c r="E409" s="28">
+        <v>20235192.427000001</v>
+      </c>
+      <c r="F409" s="27">
+        <v>30780</v>
+      </c>
+    </row>
+    <row r="410" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B410" s="30">
+        <v>407</v>
+      </c>
+      <c r="C410" s="29" t="s">
+        <v>612</v>
+      </c>
+      <c r="D410" s="27">
+        <v>16993</v>
+      </c>
+      <c r="E410" s="28">
+        <v>160492.85500000001</v>
+      </c>
+      <c r="F410" s="27">
+        <v>2933</v>
+      </c>
+    </row>
+    <row r="411" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B411" s="30">
+        <v>408</v>
+      </c>
+      <c r="C411" s="29" t="s">
+        <v>611</v>
+      </c>
+      <c r="D411" s="27">
+        <v>2637378</v>
+      </c>
+      <c r="E411" s="28">
+        <v>65119524.601000004</v>
+      </c>
+      <c r="F411" s="27">
+        <v>238157</v>
+      </c>
+    </row>
+    <row r="412" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B412" s="30">
+        <v>409</v>
+      </c>
+      <c r="C412" s="29" t="s">
+        <v>610</v>
+      </c>
+      <c r="D412" s="27">
+        <v>114672</v>
+      </c>
+      <c r="E412" s="28">
+        <v>384989.65299999999</v>
+      </c>
+      <c r="F412" s="27">
+        <v>4142</v>
+      </c>
+    </row>
+    <row r="413" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B413" s="30">
+        <v>410</v>
+      </c>
+      <c r="C413" s="29" t="s">
+        <v>609</v>
+      </c>
+      <c r="D413" s="27">
+        <v>1737</v>
+      </c>
+      <c r="E413" s="28">
+        <v>50235.428</v>
+      </c>
+      <c r="F413" s="27">
+        <v>871</v>
+      </c>
+    </row>
+    <row r="414" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B414" s="30">
+        <v>411</v>
+      </c>
+      <c r="C414" s="29" t="s">
+        <v>169</v>
+      </c>
+      <c r="D414" s="27">
+        <v>1511917</v>
+      </c>
+      <c r="E414" s="28">
+        <v>14715237.971000001</v>
+      </c>
+      <c r="F414" s="27">
+        <v>50148</v>
+      </c>
+    </row>
+    <row r="415" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B415" s="30">
+        <v>412</v>
+      </c>
+      <c r="C415" s="29" t="s">
+        <v>608</v>
+      </c>
+      <c r="D415" s="27">
+        <v>1149</v>
+      </c>
+      <c r="E415" s="28">
+        <v>19322.829000000002</v>
+      </c>
+      <c r="F415" s="27">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="416" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B416" s="30">
+        <v>413</v>
+      </c>
+      <c r="C416" s="29" t="s">
+        <v>607</v>
+      </c>
+      <c r="D416" s="27">
+        <v>71927</v>
+      </c>
+      <c r="E416" s="28">
+        <v>595664.48</v>
+      </c>
+      <c r="F416" s="27">
+        <v>3604</v>
+      </c>
+    </row>
+    <row r="417" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B417" s="30">
+        <v>414</v>
+      </c>
+      <c r="C417" s="29" t="s">
+        <v>606</v>
+      </c>
+      <c r="D417" s="27">
+        <v>3145</v>
+      </c>
+      <c r="E417" s="28">
+        <v>90082.432000000001</v>
+      </c>
+      <c r="F417" s="27">
+        <v>719</v>
+      </c>
+    </row>
+    <row r="418" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B418" s="30">
+        <v>415</v>
+      </c>
+      <c r="C418" s="29" t="s">
+        <v>605</v>
+      </c>
+      <c r="D418" s="27">
+        <v>6386</v>
+      </c>
+      <c r="E418" s="28">
+        <v>263226.99400000001</v>
+      </c>
+      <c r="F418" s="27">
+        <v>744</v>
+      </c>
+    </row>
+    <row r="419" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B419" s="30">
+        <v>416</v>
+      </c>
+      <c r="C419" s="29" t="s">
+        <v>604</v>
+      </c>
+      <c r="D419" s="27">
+        <v>2567001</v>
+      </c>
+      <c r="E419" s="28">
+        <v>7126751.5140000004</v>
+      </c>
+      <c r="F419" s="27">
+        <v>21284</v>
+      </c>
+    </row>
+    <row r="420" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B420" s="30">
+        <v>417</v>
+      </c>
+      <c r="C420" s="29" t="s">
+        <v>603</v>
+      </c>
+      <c r="D420" s="27">
+        <v>914</v>
+      </c>
+      <c r="E420" s="28">
+        <v>19700</v>
+      </c>
+      <c r="F420" s="27">
+        <v>2170</v>
+      </c>
+    </row>
+    <row r="421" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B421" s="30">
+        <v>418</v>
+      </c>
+      <c r="C421" s="29" t="s">
+        <v>602</v>
+      </c>
+      <c r="D421" s="27">
+        <v>273228</v>
+      </c>
+      <c r="E421" s="28">
+        <v>2329483.8330000001</v>
+      </c>
+      <c r="F421" s="27">
+        <v>11697</v>
+      </c>
+    </row>
+    <row r="422" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B422" s="30">
+        <v>419</v>
+      </c>
+      <c r="C422" s="29" t="s">
+        <v>601</v>
+      </c>
+      <c r="D422" s="27">
+        <v>55276</v>
+      </c>
+      <c r="E422" s="28">
+        <v>16797585.5</v>
+      </c>
+      <c r="F422" s="27">
+        <v>21395</v>
+      </c>
+    </row>
+    <row r="423" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B423" s="30">
+        <v>420</v>
+      </c>
+      <c r="C423" s="29" t="s">
+        <v>600</v>
+      </c>
+      <c r="D423" s="27">
+        <v>521145</v>
+      </c>
+      <c r="E423" s="28">
+        <v>2304016.003</v>
+      </c>
+      <c r="F423" s="27">
+        <v>23606</v>
+      </c>
+    </row>
+    <row r="424" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B424" s="30">
+        <v>421</v>
+      </c>
+      <c r="C424" s="29" t="s">
+        <v>599</v>
+      </c>
+      <c r="D424" s="27">
+        <v>17933</v>
+      </c>
+      <c r="E424" s="28">
+        <v>279044.28899999999</v>
+      </c>
+      <c r="F424" s="27">
+        <v>2433</v>
+      </c>
+    </row>
+    <row r="425" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B425" s="30">
+        <v>422</v>
+      </c>
+      <c r="C425" s="29" t="s">
+        <v>598</v>
+      </c>
+      <c r="D425" s="27">
+        <v>105020</v>
+      </c>
+      <c r="E425" s="28">
+        <v>200750.74600000001</v>
+      </c>
+      <c r="F425" s="27">
+        <v>1277</v>
+      </c>
+    </row>
+    <row r="426" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B426" s="30">
+        <v>423</v>
+      </c>
+      <c r="C426" s="29" t="s">
+        <v>597</v>
+      </c>
+      <c r="D426" s="27">
+        <v>208848</v>
+      </c>
+      <c r="E426" s="28">
+        <v>1374942.027</v>
+      </c>
+      <c r="F426" s="27">
+        <v>1183</v>
+      </c>
+    </row>
+    <row r="427" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B427" s="30">
+        <v>424</v>
+      </c>
+      <c r="C427" s="29" t="s">
+        <v>596</v>
+      </c>
+      <c r="D427" s="27">
+        <v>35</v>
+      </c>
+      <c r="E427" s="28">
+        <v>573.25</v>
+      </c>
+      <c r="F427" s="27">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="428" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B428" s="30">
+        <v>425</v>
+      </c>
+      <c r="C428" s="29" t="s">
+        <v>595</v>
+      </c>
+      <c r="D428" s="27">
+        <v>118538</v>
+      </c>
+      <c r="E428" s="28">
+        <v>3602401.6349999998</v>
+      </c>
+      <c r="F428" s="27">
+        <v>9306</v>
+      </c>
+    </row>
+    <row r="429" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B429" s="30">
+        <v>426</v>
+      </c>
+      <c r="C429" s="29" t="s">
+        <v>594</v>
+      </c>
+      <c r="D429" s="27">
+        <v>653</v>
+      </c>
+      <c r="E429" s="28">
+        <v>204796.63200000001</v>
+      </c>
+      <c r="F429" s="27">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="430" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B430" s="30">
+        <v>427</v>
+      </c>
+      <c r="C430" s="29" t="s">
+        <v>593</v>
+      </c>
+      <c r="D430" s="27">
+        <v>1562580</v>
+      </c>
+      <c r="E430" s="28">
+        <v>2912011.2110000001</v>
+      </c>
+      <c r="F430" s="27">
+        <v>2860</v>
+      </c>
+    </row>
+    <row r="431" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B431" s="30">
+        <v>428</v>
+      </c>
+      <c r="C431" s="29" t="s">
+        <v>592</v>
+      </c>
+      <c r="D431" s="27">
+        <v>17691</v>
+      </c>
+      <c r="E431" s="28">
+        <v>702868.652</v>
+      </c>
+      <c r="F431" s="27">
+        <v>1727</v>
+      </c>
+    </row>
+    <row r="432" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B432" s="30">
+        <v>429</v>
+      </c>
+      <c r="C432" s="29" t="s">
+        <v>591</v>
+      </c>
+      <c r="D432" s="27">
+        <v>8197902</v>
+      </c>
+      <c r="E432" s="28">
+        <v>12062663.052999999</v>
+      </c>
+      <c r="F432" s="27">
+        <v>24928</v>
+      </c>
+    </row>
+    <row r="433" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B433" s="30">
+        <v>430</v>
+      </c>
+      <c r="C433" s="29" t="s">
+        <v>590</v>
+      </c>
+      <c r="D433" s="27">
+        <v>238488</v>
+      </c>
+      <c r="E433" s="28">
+        <v>417291.60399999999</v>
+      </c>
+      <c r="F433" s="27">
+        <v>2886</v>
+      </c>
+    </row>
+    <row r="434" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B434" s="30">
+        <v>431</v>
+      </c>
+      <c r="C434" s="29" t="s">
+        <v>589</v>
+      </c>
+      <c r="D434" s="27">
+        <v>12019</v>
+      </c>
+      <c r="E434" s="28">
+        <v>520511.92</v>
+      </c>
+      <c r="F434" s="27">
+        <v>17271</v>
+      </c>
+    </row>
+    <row r="435" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B435" s="30">
+        <v>432</v>
+      </c>
+      <c r="C435" s="29" t="s">
+        <v>186</v>
+      </c>
+      <c r="D435" s="27">
+        <v>16506</v>
+      </c>
+      <c r="E435" s="28">
+        <v>289125.64299999998</v>
+      </c>
+      <c r="F435" s="27">
+        <v>3693</v>
+      </c>
+    </row>
+    <row r="436" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B436" s="30">
+        <v>433</v>
+      </c>
+      <c r="C436" s="29" t="s">
+        <v>588</v>
+      </c>
+      <c r="D436" s="27">
+        <v>136558</v>
+      </c>
+      <c r="E436" s="28">
+        <v>350283.51299999998</v>
+      </c>
+      <c r="F436" s="27">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="437" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B437" s="30">
+        <v>434</v>
+      </c>
+      <c r="C437" s="29" t="s">
+        <v>587</v>
+      </c>
+      <c r="D437" s="27">
+        <v>1446</v>
+      </c>
+      <c r="E437" s="28">
+        <v>9760.0550000000003</v>
+      </c>
+      <c r="F437" s="27">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="438" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B438" s="30">
+        <v>435</v>
+      </c>
+      <c r="C438" s="29" t="s">
+        <v>586</v>
+      </c>
+      <c r="D438" s="27">
+        <v>68123</v>
+      </c>
+      <c r="E438" s="28">
+        <v>116357.505</v>
+      </c>
+      <c r="F438" s="27">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="439" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B439" s="30">
+        <v>436</v>
+      </c>
+      <c r="C439" s="29" t="s">
+        <v>585</v>
+      </c>
+      <c r="D439" s="27">
+        <v>4626</v>
+      </c>
+      <c r="E439" s="28">
+        <v>160510.90299999999</v>
+      </c>
+      <c r="F439" s="27">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="440" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B440" s="30">
+        <v>437</v>
+      </c>
+      <c r="C440" s="29" t="s">
+        <v>584</v>
+      </c>
+      <c r="D440" s="27">
+        <v>442</v>
+      </c>
+      <c r="E440" s="28">
+        <v>3384.2449999999999</v>
+      </c>
+      <c r="F440" s="27">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="441" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B441" s="30">
+        <v>438</v>
+      </c>
+      <c r="C441" s="29" t="s">
+        <v>583</v>
+      </c>
+      <c r="D441" s="27">
+        <v>247839</v>
+      </c>
+      <c r="E441" s="28">
+        <v>1174136.9280000001</v>
+      </c>
+      <c r="F441" s="27">
+        <v>2901</v>
+      </c>
+    </row>
+    <row r="442" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B442" s="30">
+        <v>439</v>
+      </c>
+      <c r="C442" s="29" t="s">
+        <v>582</v>
+      </c>
+      <c r="D442" s="27">
+        <v>319035</v>
+      </c>
+      <c r="E442" s="28">
+        <v>2255750.8829999999</v>
+      </c>
+      <c r="F442" s="27">
+        <v>20816</v>
+      </c>
+    </row>
+    <row r="443" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B443" s="30">
+        <v>440</v>
+      </c>
+      <c r="C443" s="29" t="s">
+        <v>581</v>
+      </c>
+      <c r="D443" s="27">
+        <v>2849</v>
+      </c>
+      <c r="E443" s="28">
+        <v>85848.328999999998</v>
+      </c>
+      <c r="F443" s="27">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="444" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B444" s="30">
+        <v>441</v>
+      </c>
+      <c r="C444" s="29" t="s">
+        <v>580</v>
+      </c>
+      <c r="D444" s="27">
+        <v>4027</v>
+      </c>
+      <c r="E444" s="28">
+        <v>150572.356</v>
+      </c>
+      <c r="F444" s="27">
+        <v>1379</v>
+      </c>
+    </row>
+    <row r="445" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B445" s="30">
+        <v>442</v>
+      </c>
+      <c r="C445" s="29" t="s">
+        <v>579</v>
+      </c>
+      <c r="D445" s="27">
+        <v>513</v>
+      </c>
+      <c r="E445" s="28">
+        <v>21706.522000000001</v>
+      </c>
+      <c r="F445" s="27">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="446" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B446" s="30">
+        <v>443</v>
+      </c>
+      <c r="C446" s="29" t="s">
+        <v>578</v>
+      </c>
+      <c r="D446" s="27">
+        <v>9986</v>
+      </c>
+      <c r="E446" s="28">
+        <v>856741.22199999995</v>
+      </c>
+      <c r="F446" s="27">
+        <v>941</v>
+      </c>
+    </row>
+    <row r="447" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B447" s="30">
+        <v>444</v>
+      </c>
+      <c r="C447" s="29" t="s">
+        <v>577</v>
+      </c>
+      <c r="D447" s="27">
+        <v>4065</v>
+      </c>
+      <c r="E447" s="28">
+        <v>65559.289999999994</v>
+      </c>
+      <c r="F447" s="27">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="448" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B448" s="30">
+        <v>445</v>
+      </c>
+      <c r="C448" s="29" t="s">
+        <v>576</v>
+      </c>
+      <c r="D448" s="27">
+        <v>44642</v>
+      </c>
+      <c r="E448" s="28">
+        <v>438334.17599999998</v>
+      </c>
+      <c r="F448" s="27">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="449" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B449" s="30">
+        <v>446</v>
+      </c>
+      <c r="C449" s="29" t="s">
+        <v>575</v>
+      </c>
+      <c r="D449" s="27">
+        <v>170510</v>
+      </c>
+      <c r="E449" s="28">
+        <v>1614545.027</v>
+      </c>
+      <c r="F449" s="27">
+        <v>768</v>
+      </c>
+    </row>
+    <row r="450" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B450" s="30">
+        <v>447</v>
+      </c>
+      <c r="C450" s="29" t="s">
+        <v>574</v>
+      </c>
+      <c r="D450" s="27">
+        <v>196343</v>
+      </c>
+      <c r="E450" s="28">
+        <v>1243262.7949999999</v>
+      </c>
+      <c r="F450" s="27">
+        <v>2265</v>
+      </c>
+    </row>
+    <row r="451" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B451" s="30">
+        <v>448</v>
+      </c>
+      <c r="C451" s="29" t="s">
+        <v>573</v>
+      </c>
+      <c r="D451" s="27">
+        <v>5119</v>
+      </c>
+      <c r="E451" s="28">
+        <v>132007.48499999999</v>
+      </c>
+      <c r="F451" s="27">
+        <v>2223</v>
+      </c>
+    </row>
+    <row r="452" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B452" s="30">
+        <v>449</v>
+      </c>
+      <c r="C452" s="29" t="s">
+        <v>572</v>
+      </c>
+      <c r="D452" s="27">
+        <v>1361</v>
+      </c>
+      <c r="E452" s="28">
+        <v>38695.646999999997</v>
+      </c>
+      <c r="F452" s="27">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="453" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B453" s="30">
+        <v>450</v>
+      </c>
+      <c r="C453" s="29" t="s">
+        <v>571</v>
+      </c>
+      <c r="D453" s="27">
+        <v>3805</v>
+      </c>
+      <c r="E453" s="28">
+        <v>70322.428</v>
+      </c>
+      <c r="F453" s="27">
+        <v>1580</v>
+      </c>
+    </row>
+    <row r="454" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B454" s="30">
+        <v>451</v>
+      </c>
+      <c r="C454" s="29" t="s">
+        <v>570</v>
+      </c>
+      <c r="D454" s="27">
+        <v>3906</v>
+      </c>
+      <c r="E454" s="28">
+        <v>64233.906000000003</v>
+      </c>
+      <c r="F454" s="27">
+        <v>5723</v>
+      </c>
+    </row>
+    <row r="455" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B455" s="30">
+        <v>452</v>
+      </c>
+      <c r="C455" s="29" t="s">
+        <v>569</v>
+      </c>
+      <c r="D455" s="27">
+        <v>9834</v>
+      </c>
+      <c r="E455" s="28">
+        <v>230647.66</v>
+      </c>
+      <c r="F455" s="27">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="456" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B456" s="30">
+        <v>453</v>
+      </c>
+      <c r="C456" s="29" t="s">
+        <v>568</v>
+      </c>
+      <c r="D456" s="27">
+        <v>232060</v>
+      </c>
+      <c r="E456" s="28">
+        <v>345921</v>
+      </c>
+      <c r="F456" s="27">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="457" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B457" s="30">
+        <v>454</v>
+      </c>
+      <c r="C457" s="29" t="s">
+        <v>567</v>
+      </c>
+      <c r="D457" s="27">
+        <v>40347</v>
+      </c>
+      <c r="E457" s="28">
+        <v>153117.82199999999</v>
+      </c>
+      <c r="F457" s="27">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="458" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B458" s="30">
+        <v>455</v>
+      </c>
+      <c r="C458" s="29" t="s">
+        <v>566</v>
+      </c>
+      <c r="D458" s="27">
+        <v>31438</v>
+      </c>
+      <c r="E458" s="28">
+        <v>141412.14799999999</v>
+      </c>
+      <c r="F458" s="27">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="459" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B459" s="30">
+        <v>456</v>
+      </c>
+      <c r="C459" s="29" t="s">
+        <v>565</v>
+      </c>
+      <c r="D459" s="27">
+        <v>32369</v>
+      </c>
+      <c r="E459" s="28">
+        <v>293804.27399999998</v>
+      </c>
+      <c r="F459" s="27">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="460" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B460" s="30">
+        <v>457</v>
+      </c>
+      <c r="C460" s="29" t="s">
+        <v>564</v>
+      </c>
+      <c r="D460" s="27">
+        <v>30431</v>
+      </c>
+      <c r="E460" s="28">
+        <v>150112.96299999999</v>
+      </c>
+      <c r="F460" s="27">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="461" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B461" s="30">
+        <v>458</v>
+      </c>
+      <c r="C461" s="29" t="s">
+        <v>563</v>
+      </c>
+      <c r="D461" s="27">
+        <v>86460</v>
+      </c>
+      <c r="E461" s="28">
+        <v>1151823.067</v>
+      </c>
+      <c r="F461" s="27">
+        <v>1898</v>
+      </c>
+    </row>
+    <row r="462" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B462" s="30">
+        <v>459</v>
+      </c>
+      <c r="C462" s="29" t="s">
+        <v>562</v>
+      </c>
+      <c r="D462" s="27">
+        <v>4235</v>
+      </c>
+      <c r="E462" s="28">
+        <v>92129.937999999995</v>
+      </c>
+      <c r="F462" s="27">
+        <v>9514</v>
+      </c>
+    </row>
+    <row r="463" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B463" s="30">
+        <v>460</v>
+      </c>
+      <c r="C463" s="29" t="s">
+        <v>561</v>
+      </c>
+      <c r="D463" s="27">
+        <v>20811</v>
+      </c>
+      <c r="E463" s="28">
+        <v>226586.08</v>
+      </c>
+      <c r="F463" s="27">
+        <v>2876</v>
+      </c>
+    </row>
+    <row r="464" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B464" s="30">
+        <v>461</v>
+      </c>
+      <c r="C464" s="29" t="s">
+        <v>560</v>
+      </c>
+      <c r="D464" s="27">
+        <v>17239753</v>
+      </c>
+      <c r="E464" s="28">
+        <v>75339397.393000007</v>
+      </c>
+      <c r="F464" s="27">
+        <v>281982</v>
+      </c>
+    </row>
+    <row r="465" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B465" s="30">
+        <v>462</v>
+      </c>
+      <c r="C465" s="29" t="s">
+        <v>559</v>
+      </c>
+      <c r="D465" s="27">
+        <v>5087</v>
+      </c>
+      <c r="E465" s="28">
+        <v>119864.38800000001</v>
+      </c>
+      <c r="F465" s="27">
+        <v>6404</v>
+      </c>
+    </row>
+    <row r="466" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B466" s="30">
+        <v>463</v>
+      </c>
+      <c r="C466" s="29" t="s">
+        <v>558</v>
+      </c>
+      <c r="D466" s="27">
+        <v>368</v>
+      </c>
+      <c r="E466" s="28">
+        <v>5614.848</v>
+      </c>
+      <c r="F466" s="27">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="467" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B467" s="30">
+        <v>464</v>
+      </c>
+      <c r="C467" s="29" t="s">
+        <v>557</v>
+      </c>
+      <c r="D467" s="27">
+        <v>4349</v>
+      </c>
+      <c r="E467" s="28">
+        <v>80314.372000000003</v>
+      </c>
+      <c r="F467" s="27">
+        <v>1232</v>
+      </c>
+    </row>
+    <row r="468" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B468" s="30">
+        <v>465</v>
+      </c>
+      <c r="C468" s="29" t="s">
+        <v>556</v>
+      </c>
+      <c r="D468" s="27">
+        <v>449</v>
+      </c>
+      <c r="E468" s="28">
+        <v>10890.3</v>
+      </c>
+      <c r="F468" s="27">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="469" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B469" s="30">
+        <v>466</v>
+      </c>
+      <c r="C469" s="29" t="s">
+        <v>555</v>
+      </c>
+      <c r="D469" s="27">
+        <v>176559</v>
+      </c>
+      <c r="E469" s="28">
+        <v>233465.01199999999</v>
+      </c>
+      <c r="F469" s="27">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="470" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B470" s="30">
+        <v>467</v>
+      </c>
+      <c r="C470" s="29" t="s">
+        <v>554</v>
+      </c>
+      <c r="D470" s="27">
+        <v>179063</v>
+      </c>
+      <c r="E470" s="28">
+        <v>731802.29399999999</v>
+      </c>
+      <c r="F470" s="27">
+        <v>5376</v>
+      </c>
+    </row>
+    <row r="471" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B471" s="30">
+        <v>468</v>
+      </c>
+      <c r="C471" s="29" t="s">
+        <v>553</v>
+      </c>
+      <c r="D471" s="27">
+        <v>2806</v>
+      </c>
+      <c r="E471" s="28">
+        <v>53116.296000000002</v>
+      </c>
+      <c r="F471" s="27">
+        <v>826</v>
+      </c>
+    </row>
+    <row r="472" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B472" s="30">
+        <v>469</v>
+      </c>
+      <c r="C472" s="29" t="s">
+        <v>552</v>
+      </c>
+      <c r="D472" s="27">
+        <v>77409</v>
+      </c>
+      <c r="E472" s="28">
+        <v>1179536.301</v>
+      </c>
+      <c r="F472" s="27">
+        <v>17529</v>
+      </c>
+    </row>
+    <row r="473" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B473" s="30">
+        <v>470</v>
+      </c>
+      <c r="C473" s="29" t="s">
+        <v>551</v>
+      </c>
+      <c r="D473" s="27">
+        <v>3202195</v>
+      </c>
+      <c r="E473" s="28">
+        <v>20846446.743999999</v>
+      </c>
+      <c r="F473" s="27">
+        <v>164281</v>
+      </c>
+    </row>
+    <row r="474" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B474" s="30">
+        <v>471</v>
+      </c>
+      <c r="C474" s="29" t="s">
+        <v>550</v>
+      </c>
+      <c r="D474" s="27">
+        <v>3374210</v>
+      </c>
+      <c r="E474" s="28">
+        <v>4693866.7580000004</v>
+      </c>
+      <c r="F474" s="27">
+        <v>4262</v>
+      </c>
+    </row>
+    <row r="475" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B475" s="30">
+        <v>472</v>
+      </c>
+      <c r="C475" s="29" t="s">
+        <v>549</v>
+      </c>
+      <c r="D475" s="27">
+        <v>1009</v>
+      </c>
+      <c r="E475" s="28">
+        <v>10020.313</v>
+      </c>
+      <c r="F475" s="27">
+        <v>1009</v>
+      </c>
+    </row>
+    <row r="476" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B476" s="30">
+        <v>473</v>
+      </c>
+      <c r="C476" s="29" t="s">
+        <v>548</v>
+      </c>
+      <c r="D476" s="27">
+        <v>881247</v>
+      </c>
+      <c r="E476" s="28">
+        <v>1882023.4539999999</v>
+      </c>
+      <c r="F476" s="27">
+        <v>53223</v>
+      </c>
+    </row>
+    <row r="477" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B477" s="30">
+        <v>474</v>
+      </c>
+      <c r="C477" s="29" t="s">
+        <v>547</v>
+      </c>
+      <c r="D477" s="27">
+        <v>16482</v>
+      </c>
+      <c r="E477" s="28">
+        <v>1004759.39</v>
+      </c>
+      <c r="F477" s="27">
+        <v>1082</v>
+      </c>
+    </row>
+    <row r="478" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B478" s="30">
+        <v>475</v>
+      </c>
+      <c r="C478" s="29" t="s">
+        <v>207</v>
+      </c>
+      <c r="D478" s="27">
+        <v>6553914</v>
+      </c>
+      <c r="E478" s="28">
+        <v>10442553.511</v>
+      </c>
+      <c r="F478" s="27">
+        <v>29133</v>
+      </c>
+    </row>
+    <row r="479" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B479" s="30">
+        <v>476</v>
+      </c>
+      <c r="C479" s="29" t="s">
+        <v>546</v>
+      </c>
+      <c r="D479" s="27">
+        <v>235512</v>
+      </c>
+      <c r="E479" s="28">
+        <v>555197.74399999995</v>
+      </c>
+      <c r="F479" s="27">
+        <v>742</v>
+      </c>
+    </row>
+    <row r="480" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B480" s="30">
+        <v>477</v>
+      </c>
+      <c r="C480" s="29" t="s">
+        <v>545</v>
+      </c>
+      <c r="D480" s="27">
+        <v>170</v>
+      </c>
+      <c r="E480" s="28">
+        <v>6447.3869999999997</v>
+      </c>
+      <c r="F480" s="27">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="481" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B481" s="30">
+        <v>478</v>
+      </c>
+      <c r="C481" s="29" t="s">
+        <v>544</v>
+      </c>
+      <c r="D481" s="27">
+        <v>656</v>
+      </c>
+      <c r="E481" s="28">
+        <v>34196.362999999998</v>
+      </c>
+      <c r="F481" s="27">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="482" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B482" s="30">
+        <v>479</v>
+      </c>
+      <c r="C482" s="29" t="s">
+        <v>543</v>
+      </c>
+      <c r="D482" s="27">
+        <v>7986</v>
+      </c>
+      <c r="E482" s="28">
+        <v>238250.33100000001</v>
+      </c>
+      <c r="F482" s="27">
+        <v>3033</v>
+      </c>
+    </row>
+    <row r="483" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B483" s="30">
+        <v>480</v>
+      </c>
+      <c r="C483" s="29" t="s">
+        <v>542</v>
+      </c>
+      <c r="D483" s="27">
+        <v>82061</v>
+      </c>
+      <c r="E483" s="28">
+        <v>561024.52399999998</v>
+      </c>
+      <c r="F483" s="27">
+        <v>1449</v>
+      </c>
+    </row>
+    <row r="484" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B484" s="30">
+        <v>481</v>
+      </c>
+      <c r="C484" s="29" t="s">
+        <v>541</v>
+      </c>
+      <c r="D484" s="27">
+        <v>4906</v>
+      </c>
+      <c r="E484" s="28">
+        <v>66587.774999999994</v>
+      </c>
+      <c r="F484" s="27">
+        <v>882</v>
+      </c>
+    </row>
+    <row r="485" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B485" s="30">
+        <v>482</v>
+      </c>
+      <c r="C485" s="29" t="s">
+        <v>208</v>
+      </c>
+      <c r="D485" s="27">
+        <v>31056</v>
+      </c>
+      <c r="E485" s="28">
+        <v>403939.03499999997</v>
+      </c>
+      <c r="F485" s="27">
+        <v>16180</v>
+      </c>
+    </row>
+    <row r="486" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B486" s="30">
+        <v>483</v>
+      </c>
+      <c r="C486" s="29" t="s">
+        <v>540</v>
+      </c>
+      <c r="D486" s="27">
+        <v>1182</v>
+      </c>
+      <c r="E486" s="28">
+        <v>56044.097000000002</v>
+      </c>
+      <c r="F486" s="27">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="487" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B487" s="30">
+        <v>484</v>
+      </c>
+      <c r="C487" s="29" t="s">
+        <v>539</v>
+      </c>
+      <c r="D487" s="27">
+        <v>1817</v>
+      </c>
+      <c r="E487" s="28">
+        <v>19580.418000000001</v>
+      </c>
+      <c r="F487" s="27">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="488" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B488" s="30">
+        <v>485</v>
+      </c>
+      <c r="C488" s="29" t="s">
+        <v>210</v>
+      </c>
+      <c r="D488" s="27">
+        <v>907569</v>
+      </c>
+      <c r="E488" s="28">
+        <v>1190292.1939999999</v>
+      </c>
+      <c r="F488" s="27">
+        <v>5507</v>
+      </c>
+    </row>
+    <row r="489" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B489" s="30">
+        <v>486</v>
+      </c>
+      <c r="C489" s="29" t="s">
+        <v>538</v>
+      </c>
+      <c r="D489" s="27">
+        <v>35480</v>
+      </c>
+      <c r="E489" s="28">
+        <v>649137.098</v>
+      </c>
+      <c r="F489" s="27">
+        <v>594</v>
+      </c>
+    </row>
+    <row r="490" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B490" s="30">
+        <v>487</v>
+      </c>
+      <c r="C490" s="29" t="s">
+        <v>537</v>
+      </c>
+      <c r="D490" s="27">
+        <v>31014</v>
+      </c>
+      <c r="E490" s="28">
+        <v>159585</v>
+      </c>
+      <c r="F490" s="27">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="491" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B491" s="30">
+        <v>488</v>
+      </c>
+      <c r="C491" s="29" t="s">
+        <v>536</v>
+      </c>
+      <c r="D491" s="27">
+        <v>20850</v>
+      </c>
+      <c r="E491" s="28">
+        <v>423300.69699999999</v>
+      </c>
+      <c r="F491" s="27">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="492" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B492" s="30">
+        <v>489</v>
+      </c>
+      <c r="C492" s="29" t="s">
+        <v>535</v>
+      </c>
+      <c r="D492" s="27">
+        <v>642540</v>
+      </c>
+      <c r="E492" s="28">
+        <v>1396906.0870000001</v>
+      </c>
+      <c r="F492" s="27">
+        <v>22870</v>
+      </c>
+    </row>
+    <row r="493" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B493" s="30">
+        <v>490</v>
+      </c>
+      <c r="C493" s="29" t="s">
+        <v>534</v>
+      </c>
+      <c r="D493" s="27">
+        <v>163223</v>
+      </c>
+      <c r="E493" s="28">
+        <v>1222080.2139999999</v>
+      </c>
+      <c r="F493" s="27">
+        <v>6865</v>
+      </c>
+    </row>
+    <row r="494" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B494" s="30">
+        <v>491</v>
+      </c>
+      <c r="C494" s="29" t="s">
+        <v>533</v>
+      </c>
+      <c r="D494" s="27">
+        <v>411338</v>
+      </c>
+      <c r="E494" s="28">
+        <v>1309221.071</v>
+      </c>
+      <c r="F494" s="27">
+        <v>801</v>
+      </c>
+    </row>
+    <row r="495" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B495" s="30">
+        <v>492</v>
+      </c>
+      <c r="C495" s="29" t="s">
+        <v>532</v>
+      </c>
+      <c r="D495" s="27">
+        <v>293994</v>
+      </c>
+      <c r="E495" s="28">
+        <v>830426.99699999997</v>
+      </c>
+      <c r="F495" s="27">
+        <v>8962</v>
+      </c>
+    </row>
+    <row r="496" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B496" s="30">
+        <v>493</v>
+      </c>
+      <c r="C496" s="29" t="s">
+        <v>531</v>
+      </c>
+      <c r="D496" s="27">
+        <v>24907</v>
+      </c>
+      <c r="E496" s="28">
+        <v>409551.68300000002</v>
+      </c>
+      <c r="F496" s="27">
+        <v>2714</v>
+      </c>
+    </row>
+    <row r="497" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B497" s="30">
+        <v>494</v>
+      </c>
+      <c r="C497" s="29" t="s">
+        <v>530</v>
+      </c>
+      <c r="D497" s="27">
+        <v>47728</v>
+      </c>
+      <c r="E497" s="28">
+        <v>61437.813000000002</v>
+      </c>
+      <c r="F497" s="27">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="498" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B498" s="30">
+        <v>495</v>
+      </c>
+      <c r="C498" s="29" t="s">
+        <v>529</v>
+      </c>
+      <c r="D498" s="27">
+        <v>23397</v>
+      </c>
+      <c r="E498" s="28">
+        <v>1527344.7879999999</v>
+      </c>
+      <c r="F498" s="27">
+        <v>2673</v>
+      </c>
+    </row>
+    <row r="499" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B499" s="30">
+        <v>496</v>
+      </c>
+      <c r="C499" s="29" t="s">
+        <v>528</v>
+      </c>
+      <c r="D499" s="27">
+        <v>380152</v>
+      </c>
+      <c r="E499" s="28">
+        <v>4084884.6850000001</v>
+      </c>
+      <c r="F499" s="27">
+        <v>13071</v>
+      </c>
+    </row>
+    <row r="500" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B500" s="30">
+        <v>497</v>
+      </c>
+      <c r="C500" s="29" t="s">
+        <v>527</v>
+      </c>
+      <c r="D500" s="27">
+        <v>12329</v>
+      </c>
+      <c r="E500" s="28">
+        <v>36225.213000000003</v>
+      </c>
+      <c r="F500" s="27">
+        <v>628</v>
+      </c>
+    </row>
+    <row r="501" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B501" s="30">
+        <v>498</v>
+      </c>
+      <c r="C501" s="29" t="s">
+        <v>526</v>
+      </c>
+      <c r="D501" s="27">
+        <v>90404</v>
+      </c>
+      <c r="E501" s="28">
+        <v>206715.14199999999</v>
+      </c>
+      <c r="F501" s="27">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="502" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B502" s="30">
+        <v>499</v>
+      </c>
+      <c r="C502" s="29" t="s">
+        <v>525</v>
+      </c>
+      <c r="D502" s="27">
+        <v>9</v>
+      </c>
+      <c r="E502" s="28">
+        <v>58.365000000000002</v>
+      </c>
+      <c r="F502" s="27">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="503" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B503" s="30">
+        <v>500</v>
+      </c>
+      <c r="C503" s="29" t="s">
+        <v>524</v>
+      </c>
+      <c r="D503" s="27">
+        <v>198228</v>
+      </c>
+      <c r="E503" s="28">
+        <v>223096.633</v>
+      </c>
+      <c r="F503" s="27">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="504" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B504" s="30">
+        <v>501</v>
+      </c>
+      <c r="C504" s="29" t="s">
+        <v>523</v>
+      </c>
+      <c r="D504" s="27">
+        <v>19698</v>
+      </c>
+      <c r="E504" s="28">
+        <v>134489.87700000001</v>
+      </c>
+      <c r="F504" s="27">
+        <v>709</v>
+      </c>
+    </row>
+    <row r="505" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B505" s="30">
+        <v>502</v>
+      </c>
+      <c r="C505" s="29" t="s">
+        <v>522</v>
+      </c>
+      <c r="D505" s="27">
+        <v>50952</v>
+      </c>
+      <c r="E505" s="28">
+        <v>95023.573000000004</v>
+      </c>
+      <c r="F505" s="27">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="506" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B506" s="30">
+        <v>503</v>
+      </c>
+      <c r="C506" s="29" t="s">
+        <v>521</v>
+      </c>
+      <c r="D506" s="27">
+        <v>2416</v>
+      </c>
+      <c r="E506" s="28">
+        <v>124741.586</v>
+      </c>
+      <c r="F506" s="27">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="507" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B507" s="30">
+        <v>504</v>
+      </c>
+      <c r="C507" s="29" t="s">
+        <v>220</v>
+      </c>
+      <c r="D507" s="27">
+        <v>67667</v>
+      </c>
+      <c r="E507" s="28">
+        <v>162175.41</v>
+      </c>
+      <c r="F507" s="27">
+        <v>1337</v>
+      </c>
+    </row>
+    <row r="508" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B508" s="30">
+        <v>505</v>
+      </c>
+      <c r="C508" s="29" t="s">
+        <v>520</v>
+      </c>
+      <c r="D508" s="27">
+        <v>12</v>
+      </c>
+      <c r="E508" s="28">
+        <v>92.01</v>
+      </c>
+      <c r="F508" s="27">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="509" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B509" s="30">
+        <v>506</v>
+      </c>
+      <c r="C509" s="29" t="s">
+        <v>519</v>
+      </c>
+      <c r="D509" s="27">
+        <v>31916</v>
+      </c>
+      <c r="E509" s="28">
+        <v>2312216.0660000001</v>
+      </c>
+      <c r="F509" s="27">
+        <v>5663</v>
+      </c>
+    </row>
+    <row r="510" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B510" s="30">
+        <v>507</v>
+      </c>
+      <c r="C510" s="29" t="s">
+        <v>518</v>
+      </c>
+      <c r="D510" s="27">
+        <v>3739</v>
+      </c>
+      <c r="E510" s="28">
+        <v>174790.96900000001</v>
+      </c>
+      <c r="F510" s="27">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="511" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B511" s="30">
+        <v>508</v>
+      </c>
+      <c r="C511" s="29" t="s">
+        <v>517</v>
+      </c>
+      <c r="D511" s="27">
+        <v>11163</v>
+      </c>
+      <c r="E511" s="28">
+        <v>183954.28599999999</v>
+      </c>
+      <c r="F511" s="27">
+        <v>1837</v>
+      </c>
+    </row>
+    <row r="512" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B512" s="30">
+        <v>509</v>
+      </c>
+      <c r="C512" s="29" t="s">
+        <v>516</v>
+      </c>
+      <c r="D512" s="27">
+        <v>2652</v>
+      </c>
+      <c r="E512" s="28">
+        <v>6097.4480000000003</v>
+      </c>
+      <c r="F512" s="27">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="513" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B513" s="30">
+        <v>510</v>
+      </c>
+      <c r="C513" s="29" t="s">
+        <v>515</v>
+      </c>
+      <c r="D513" s="27">
+        <v>587</v>
+      </c>
+      <c r="E513" s="28">
+        <v>13305.001</v>
+      </c>
+      <c r="F513" s="27">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="514" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B514" s="30">
+        <v>511</v>
+      </c>
+      <c r="C514" s="29" t="s">
+        <v>514</v>
+      </c>
+      <c r="D514" s="27">
+        <v>4490</v>
+      </c>
+      <c r="E514" s="28">
+        <v>67443.203999999998</v>
+      </c>
+      <c r="F514" s="27">
+        <v>1242</v>
+      </c>
+    </row>
+    <row r="515" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B515" s="30">
+        <v>512</v>
+      </c>
+      <c r="C515" s="29" t="s">
+        <v>513</v>
+      </c>
+      <c r="D515" s="27">
+        <v>1927</v>
+      </c>
+      <c r="E515" s="28">
+        <v>8559.3389999999999</v>
+      </c>
+      <c r="F515" s="27">
+        <v>2158</v>
+      </c>
+    </row>
+    <row r="516" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B516" s="30">
+        <v>513</v>
+      </c>
+      <c r="C516" s="29" t="s">
+        <v>224</v>
+      </c>
+      <c r="D516" s="27">
+        <v>75584</v>
+      </c>
+      <c r="E516" s="28">
+        <v>3143440.679</v>
+      </c>
+      <c r="F516" s="27">
+        <v>7361</v>
+      </c>
+    </row>
+    <row r="517" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B517" s="30">
+        <v>514</v>
+      </c>
+      <c r="C517" s="29" t="s">
+        <v>512</v>
+      </c>
+      <c r="D517" s="27">
+        <v>7916</v>
+      </c>
+      <c r="E517" s="28">
+        <v>778379.13</v>
+      </c>
+      <c r="F517" s="27">
+        <v>1024</v>
+      </c>
+    </row>
+    <row r="518" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B518" s="30">
+        <v>515</v>
+      </c>
+      <c r="C518" s="29" t="s">
+        <v>511</v>
+      </c>
+      <c r="D518" s="27">
+        <v>83932</v>
+      </c>
+      <c r="E518" s="28">
+        <v>7917326.466</v>
+      </c>
+      <c r="F518" s="27">
+        <v>4919</v>
+      </c>
+    </row>
+    <row r="519" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B519" s="30">
+        <v>516</v>
+      </c>
+      <c r="C519" s="29" t="s">
+        <v>510</v>
+      </c>
+      <c r="D519" s="27">
+        <v>2045</v>
+      </c>
+      <c r="E519" s="28">
+        <v>103100.3</v>
+      </c>
+      <c r="F519" s="27">
+        <v>1187</v>
+      </c>
+    </row>
+    <row r="520" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B520" s="30">
+        <v>517</v>
+      </c>
+      <c r="C520" s="29" t="s">
+        <v>509</v>
+      </c>
+      <c r="D520" s="27">
+        <v>1696</v>
+      </c>
+      <c r="E520" s="28">
+        <v>14419.688</v>
+      </c>
+      <c r="F520" s="27">
+        <v>3052</v>
+      </c>
+    </row>
+    <row r="521" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B521" s="30">
+        <v>518</v>
+      </c>
+      <c r="C521" s="29" t="s">
+        <v>508</v>
+      </c>
+      <c r="D521" s="27">
+        <v>43062</v>
+      </c>
+      <c r="E521" s="28">
+        <v>1294964.686</v>
+      </c>
+      <c r="F521" s="27">
+        <v>13178</v>
+      </c>
+    </row>
+    <row r="522" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B522" s="30">
+        <v>519</v>
+      </c>
+      <c r="C522" s="29" t="s">
+        <v>507</v>
+      </c>
+      <c r="D522" s="27">
+        <v>40557</v>
+      </c>
+      <c r="E522" s="28">
+        <v>317185.592</v>
+      </c>
+      <c r="F522" s="27">
+        <v>4519</v>
+      </c>
+    </row>
+    <row r="523" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B523" s="30">
+        <v>520</v>
+      </c>
+      <c r="C523" s="29" t="s">
+        <v>506</v>
+      </c>
+      <c r="D523" s="27">
+        <v>84</v>
+      </c>
+      <c r="E523" s="28">
+        <v>808.64200000000005</v>
+      </c>
+      <c r="F523" s="27">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="524" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B524" s="30">
+        <v>521</v>
+      </c>
+      <c r="C524" s="29" t="s">
+        <v>505</v>
+      </c>
+      <c r="D524" s="27">
+        <v>317</v>
+      </c>
+      <c r="E524" s="28">
+        <v>2065.4839999999999</v>
+      </c>
+      <c r="F524" s="27">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="525" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B525" s="30">
+        <v>522</v>
+      </c>
+      <c r="C525" s="29" t="s">
+        <v>504</v>
+      </c>
+      <c r="D525" s="27">
+        <v>55602</v>
+      </c>
+      <c r="E525" s="28">
+        <v>173190.44</v>
+      </c>
+      <c r="F525" s="27">
+        <v>1302</v>
+      </c>
+    </row>
+    <row r="526" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B526" s="30">
+        <v>523</v>
+      </c>
+      <c r="C526" s="29" t="s">
+        <v>503</v>
+      </c>
+      <c r="D526" s="27">
+        <v>106691</v>
+      </c>
+      <c r="E526" s="28">
+        <v>228454.348</v>
+      </c>
+      <c r="F526" s="27">
+        <v>2703</v>
+      </c>
+    </row>
+    <row r="527" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B527" s="30">
+        <v>524</v>
+      </c>
+      <c r="C527" s="29" t="s">
+        <v>502</v>
+      </c>
+      <c r="D527" s="27">
+        <v>855</v>
+      </c>
+      <c r="E527" s="28">
+        <v>10824.564</v>
+      </c>
+      <c r="F527" s="27">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="528" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B528" s="30">
+        <v>525</v>
+      </c>
+      <c r="C528" s="29" t="s">
+        <v>501</v>
+      </c>
+      <c r="D528" s="27">
+        <v>233148</v>
+      </c>
+      <c r="E528" s="28">
+        <v>267670.40399999998</v>
+      </c>
+      <c r="F528" s="27">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="529" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B529" s="30">
+        <v>526</v>
+      </c>
+      <c r="C529" s="29" t="s">
+        <v>500</v>
+      </c>
+      <c r="D529" s="27">
+        <v>324396</v>
+      </c>
+      <c r="E529" s="28">
+        <v>406656.61800000002</v>
+      </c>
+      <c r="F529" s="27">
+        <v>776</v>
+      </c>
+    </row>
+    <row r="530" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B530" s="30">
+        <v>527</v>
+      </c>
+      <c r="C530" s="29" t="s">
+        <v>499</v>
+      </c>
+      <c r="D530" s="27">
+        <v>27033</v>
+      </c>
+      <c r="E530" s="28">
+        <v>1019840.578</v>
+      </c>
+      <c r="F530" s="27">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="531" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B531" s="30">
+        <v>528</v>
+      </c>
+      <c r="C531" s="29" t="s">
+        <v>498</v>
+      </c>
+      <c r="D531" s="27">
+        <v>1161800</v>
+      </c>
+      <c r="E531" s="28">
+        <v>1797768.8729999999</v>
+      </c>
+      <c r="F531" s="27">
+        <v>1600</v>
+      </c>
+    </row>
+    <row r="532" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B532" s="30">
+        <v>529</v>
+      </c>
+      <c r="C532" s="29" t="s">
+        <v>497</v>
+      </c>
+      <c r="D532" s="27">
+        <v>2258</v>
+      </c>
+      <c r="E532" s="28">
+        <v>45422.781999999999</v>
+      </c>
+      <c r="F532" s="27">
+        <v>5741</v>
+      </c>
+    </row>
+    <row r="533" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B533" s="30">
+        <v>530</v>
+      </c>
+      <c r="C533" s="29" t="s">
+        <v>496</v>
+      </c>
+      <c r="D533" s="27">
+        <v>6128</v>
+      </c>
+      <c r="E533" s="28">
+        <v>78639.981</v>
+      </c>
+      <c r="F533" s="27">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="534" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B534" s="30">
+        <v>531</v>
+      </c>
+      <c r="C534" s="29" t="s">
+        <v>232</v>
+      </c>
+      <c r="D534" s="27">
+        <v>8756</v>
+      </c>
+      <c r="E534" s="28">
+        <v>128497.928</v>
+      </c>
+      <c r="F534" s="27">
+        <v>2205</v>
+      </c>
+    </row>
+    <row r="535" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B535" s="30">
+        <v>532</v>
+      </c>
+      <c r="C535" s="29" t="s">
+        <v>495</v>
+      </c>
+      <c r="D535" s="27">
+        <v>156</v>
+      </c>
+      <c r="E535" s="28">
+        <v>1061.1469999999999</v>
+      </c>
+      <c r="F535" s="27">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="536" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B536" s="30">
+        <v>533</v>
+      </c>
+      <c r="C536" s="29" t="s">
+        <v>494</v>
+      </c>
+      <c r="D536" s="27">
+        <v>683505</v>
+      </c>
+      <c r="E536" s="28">
+        <v>1147242.206</v>
+      </c>
+      <c r="F536" s="27">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="537" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B537" s="30">
+        <v>534</v>
+      </c>
+      <c r="C537" s="29" t="s">
+        <v>493</v>
+      </c>
+      <c r="D537" s="27">
+        <v>112</v>
+      </c>
+      <c r="E537" s="28">
+        <v>12344.261</v>
+      </c>
+      <c r="F537" s="27">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="538" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B538" s="30">
+        <v>535</v>
+      </c>
+      <c r="C538" s="29" t="s">
+        <v>492</v>
+      </c>
+      <c r="D538" s="27">
+        <v>5953</v>
+      </c>
+      <c r="E538" s="28">
+        <v>116123.262</v>
+      </c>
+      <c r="F538" s="27">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="539" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B539" s="30">
+        <v>536</v>
+      </c>
+      <c r="C539" s="29" t="s">
+        <v>491</v>
+      </c>
+      <c r="D539" s="27">
+        <v>301</v>
+      </c>
+      <c r="E539" s="28">
+        <v>2253.7600000000002</v>
+      </c>
+      <c r="F539" s="27">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="540" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B540" s="30">
+        <v>537</v>
+      </c>
+      <c r="C540" s="29" t="s">
+        <v>490</v>
+      </c>
+      <c r="D540" s="27">
+        <v>11463049</v>
+      </c>
+      <c r="E540" s="28">
+        <v>14579184.353</v>
+      </c>
+      <c r="F540" s="27">
+        <v>7347</v>
+      </c>
+    </row>
+    <row r="541" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B541" s="30">
+        <v>538</v>
+      </c>
+      <c r="C541" s="29" t="s">
+        <v>489</v>
+      </c>
+      <c r="D541" s="27">
+        <v>4350168</v>
+      </c>
+      <c r="E541" s="28">
+        <v>5586606.4400000004</v>
+      </c>
+      <c r="F541" s="27">
+        <v>3802</v>
+      </c>
+    </row>
+    <row r="542" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B542" s="30">
+        <v>539</v>
+      </c>
+      <c r="C542" s="29" t="s">
+        <v>488</v>
+      </c>
+      <c r="D542" s="27">
+        <v>561660</v>
+      </c>
+      <c r="E542" s="28">
+        <v>964908.897</v>
+      </c>
+      <c r="F542" s="27">
+        <v>25906</v>
+      </c>
+    </row>
+    <row r="543" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B543" s="30">
+        <v>540</v>
+      </c>
+      <c r="C543" s="29" t="s">
+        <v>487</v>
+      </c>
+      <c r="D543" s="27">
+        <v>33316</v>
+      </c>
+      <c r="E543" s="28">
+        <v>617444.31900000002</v>
+      </c>
+      <c r="F543" s="27">
+        <v>1718</v>
+      </c>
+    </row>
+    <row r="544" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B544" s="30">
+        <v>541</v>
+      </c>
+      <c r="C544" s="29" t="s">
+        <v>486</v>
+      </c>
+      <c r="D544" s="27">
+        <v>5563</v>
+      </c>
+      <c r="E544" s="28">
+        <v>367402.565</v>
+      </c>
+      <c r="F544" s="27">
+        <v>1159</v>
+      </c>
+    </row>
+    <row r="545" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B545" s="30">
+        <v>542</v>
+      </c>
+      <c r="C545" s="29" t="s">
+        <v>236</v>
+      </c>
+      <c r="D545" s="27">
+        <v>281667181</v>
+      </c>
+      <c r="E545" s="28">
+        <v>375526639.23199999</v>
+      </c>
+      <c r="F545" s="27">
+        <v>665773</v>
+      </c>
+    </row>
+    <row r="546" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B546" s="30">
+        <v>543</v>
+      </c>
+      <c r="C546" s="29" t="s">
+        <v>485</v>
+      </c>
+      <c r="D546" s="27">
+        <v>138187</v>
+      </c>
+      <c r="E546" s="28">
+        <v>959628.37</v>
+      </c>
+      <c r="F546" s="27">
+        <v>4926</v>
+      </c>
+    </row>
+    <row r="547" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B547" s="30">
+        <v>544</v>
+      </c>
+      <c r="C547" s="29" t="s">
+        <v>237</v>
+      </c>
+      <c r="D547" s="27">
+        <v>54015410</v>
+      </c>
+      <c r="E547" s="28">
+        <v>87392748.901999995</v>
+      </c>
+      <c r="F547" s="27">
+        <v>1545097</v>
+      </c>
+    </row>
+    <row r="548" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B548" s="30">
+        <v>545</v>
+      </c>
+      <c r="C548" s="29" t="s">
+        <v>484</v>
+      </c>
+      <c r="D548" s="27">
+        <v>9528</v>
+      </c>
+      <c r="E548" s="28">
+        <v>68621.259000000005</v>
+      </c>
+      <c r="F548" s="27">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="549" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B549" s="30">
+        <v>546</v>
+      </c>
+      <c r="C549" s="29" t="s">
+        <v>483</v>
+      </c>
+      <c r="D549" s="27">
+        <v>135</v>
+      </c>
+      <c r="E549" s="28">
+        <v>1475.961</v>
+      </c>
+      <c r="F549" s="27">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="550" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B550" s="30">
+        <v>547</v>
+      </c>
+      <c r="C550" s="29" t="s">
+        <v>482</v>
+      </c>
+      <c r="D550" s="27">
+        <v>13292</v>
+      </c>
+      <c r="E550" s="28">
+        <v>220522.11199999999</v>
+      </c>
+      <c r="F550" s="27">
+        <v>1150</v>
+      </c>
+    </row>
+    <row r="551" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B551" s="30">
+        <v>548</v>
+      </c>
+      <c r="C551" s="29" t="s">
+        <v>481</v>
+      </c>
+      <c r="D551" s="27">
+        <v>1414</v>
+      </c>
+      <c r="E551" s="28">
+        <v>90399.504000000001</v>
+      </c>
+      <c r="F551" s="27">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="552" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B552" s="30">
+        <v>549</v>
+      </c>
+      <c r="C552" s="29" t="s">
+        <v>239</v>
+      </c>
+      <c r="D552" s="27">
+        <v>1250533023</v>
+      </c>
+      <c r="E552" s="28">
+        <v>1919511863.823</v>
+      </c>
+      <c r="F552" s="27">
+        <v>1566432</v>
+      </c>
+    </row>
+    <row r="553" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B553" s="30">
+        <v>550</v>
+      </c>
+      <c r="C553" s="29" t="s">
+        <v>480</v>
+      </c>
+      <c r="D553" s="27">
+        <v>62103</v>
+      </c>
+      <c r="E553" s="28">
+        <v>599956.94999999995</v>
+      </c>
+      <c r="F553" s="27">
+        <v>849</v>
+      </c>
+    </row>
+    <row r="554" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B554" s="30">
+        <v>551</v>
+      </c>
+      <c r="C554" s="29" t="s">
+        <v>433</v>
+      </c>
+      <c r="D554" s="27">
+        <v>1204446</v>
+      </c>
+      <c r="E554" s="28">
+        <v>4374471.7929999996</v>
+      </c>
+      <c r="F554" s="27">
+        <v>26116</v>
+      </c>
+    </row>
+    <row r="555" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B555" s="30">
+        <v>552</v>
+      </c>
+      <c r="C555" s="29" t="s">
+        <v>479</v>
+      </c>
+      <c r="D555" s="27">
+        <v>12904</v>
+      </c>
+      <c r="E555" s="28">
+        <v>1427574.084</v>
+      </c>
+      <c r="F555" s="27">
+        <v>907</v>
+      </c>
+    </row>
+    <row r="556" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B556" s="30">
+        <v>553</v>
+      </c>
+      <c r="C556" s="29" t="s">
+        <v>242</v>
+      </c>
+      <c r="D556" s="27">
+        <v>251236</v>
+      </c>
+      <c r="E556" s="28">
+        <v>551427.44499999995</v>
+      </c>
+      <c r="F556" s="27">
+        <v>10317</v>
+      </c>
+    </row>
+    <row r="557" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B557" s="30">
+        <v>554</v>
+      </c>
+      <c r="C557" s="29" t="s">
+        <v>478</v>
+      </c>
+      <c r="D557" s="27">
+        <v>377350</v>
+      </c>
+      <c r="E557" s="28">
+        <v>13533456.09</v>
+      </c>
+      <c r="F557" s="27">
+        <v>40941</v>
+      </c>
+    </row>
+    <row r="558" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B558" s="30">
+        <v>555</v>
+      </c>
+      <c r="C558" s="29" t="s">
+        <v>477</v>
+      </c>
+      <c r="D558" s="27">
+        <v>890565</v>
+      </c>
+      <c r="E558" s="28">
+        <v>19902590.951000001</v>
+      </c>
+      <c r="F558" s="27">
+        <v>133604</v>
+      </c>
+    </row>
+    <row r="559" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B559" s="30">
+        <v>556</v>
+      </c>
+      <c r="C559" s="29" t="s">
+        <v>476</v>
+      </c>
+      <c r="D559" s="27">
+        <v>270770</v>
+      </c>
+      <c r="E559" s="28">
+        <v>348377.62300000002</v>
+      </c>
+      <c r="F559" s="27">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="560" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B560" s="30">
+        <v>557</v>
+      </c>
+      <c r="C560" s="29" t="s">
+        <v>475</v>
+      </c>
+      <c r="D560" s="27">
+        <v>194325</v>
+      </c>
+      <c r="E560" s="28">
+        <v>2657703.2930000001</v>
+      </c>
+      <c r="F560" s="27">
+        <v>17999</v>
+      </c>
+    </row>
+    <row r="561" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B561" s="30">
+        <v>558</v>
+      </c>
+      <c r="C561" s="29" t="s">
+        <v>474</v>
+      </c>
+      <c r="D561" s="27">
+        <v>611</v>
+      </c>
+      <c r="E561" s="28">
+        <v>25938.016</v>
+      </c>
+      <c r="F561" s="27">
+        <v>617</v>
+      </c>
+    </row>
+    <row r="562" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B562" s="30">
+        <v>559</v>
+      </c>
+      <c r="C562" s="29" t="s">
+        <v>473</v>
+      </c>
+      <c r="D562" s="27">
+        <v>28127</v>
+      </c>
+      <c r="E562" s="28">
+        <v>2266813.1979999999</v>
+      </c>
+      <c r="F562" s="27">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="563" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B563" s="30">
+        <v>560</v>
+      </c>
+      <c r="C563" s="29" t="s">
+        <v>472</v>
+      </c>
+      <c r="D563" s="27">
+        <v>929</v>
+      </c>
+      <c r="E563" s="28">
+        <v>13885.968000000001</v>
+      </c>
+      <c r="F563" s="27">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="564" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B564" s="30">
+        <v>561</v>
+      </c>
+      <c r="C564" s="29" t="s">
+        <v>471</v>
+      </c>
+      <c r="D564" s="27">
+        <v>42984</v>
+      </c>
+      <c r="E564" s="28">
+        <v>306816.647</v>
+      </c>
+      <c r="F564" s="27">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="565" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B565" s="30">
+        <v>562</v>
+      </c>
+      <c r="C565" s="29" t="s">
+        <v>470</v>
+      </c>
+      <c r="D565" s="27">
+        <v>231698</v>
+      </c>
+      <c r="E565" s="28">
+        <v>256779.07800000001</v>
+      </c>
+      <c r="F565" s="27">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="566" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B566" s="30">
+        <v>563</v>
+      </c>
+      <c r="C566" s="29" t="s">
+        <v>469</v>
+      </c>
+      <c r="D566" s="27">
+        <v>94048</v>
+      </c>
+      <c r="E566" s="28">
+        <v>7079214.0290000001</v>
+      </c>
+      <c r="F566" s="27">
+        <v>14572</v>
+      </c>
+    </row>
+    <row r="567" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B567" s="30">
+        <v>564</v>
+      </c>
+      <c r="C567" s="29" t="s">
+        <v>246</v>
+      </c>
+      <c r="D567" s="27">
+        <v>8937</v>
+      </c>
+      <c r="E567" s="28">
+        <v>415919.25799999997</v>
+      </c>
+      <c r="F567" s="27">
+        <v>12181</v>
+      </c>
+    </row>
+    <row r="568" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B568" s="30">
+        <v>565</v>
+      </c>
+      <c r="C568" s="29" t="s">
+        <v>247</v>
+      </c>
+      <c r="D568" s="27">
+        <v>1689257</v>
+      </c>
+      <c r="E568" s="28">
+        <v>3152864.202</v>
+      </c>
+      <c r="F568" s="27">
+        <v>4794</v>
+      </c>
+    </row>
+    <row r="569" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B569" s="30">
+        <v>566</v>
+      </c>
+      <c r="C569" s="29" t="s">
+        <v>468</v>
+      </c>
+      <c r="D569" s="27">
+        <v>16647</v>
+      </c>
+      <c r="E569" s="28">
+        <v>69538.870999999999</v>
+      </c>
+      <c r="F569" s="27">
+        <v>2685</v>
+      </c>
+    </row>
+    <row r="570" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B570" s="30">
+        <v>567</v>
+      </c>
+      <c r="C570" s="29" t="s">
+        <v>467</v>
+      </c>
+      <c r="D570" s="27">
+        <v>1079</v>
+      </c>
+      <c r="E570" s="28">
+        <v>11803.263000000001</v>
+      </c>
+      <c r="F570" s="27">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="571" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B571" s="30">
+        <v>568</v>
+      </c>
+      <c r="C571" s="29" t="s">
+        <v>466</v>
+      </c>
+      <c r="D571" s="27">
+        <v>110402</v>
+      </c>
+      <c r="E571" s="28">
+        <v>1827305.176</v>
+      </c>
+      <c r="F571" s="27">
+        <v>1812</v>
+      </c>
+    </row>
+    <row r="572" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B572" s="30">
+        <v>569</v>
+      </c>
+      <c r="C572" s="29" t="s">
+        <v>465</v>
+      </c>
+      <c r="D572" s="27">
+        <v>29731</v>
+      </c>
+      <c r="E572" s="28">
+        <v>971824.83200000005</v>
+      </c>
+      <c r="F572" s="27">
+        <v>3183</v>
+      </c>
+    </row>
+    <row r="573" spans="2:6" s="24" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="B573" s="30">
+        <v>570</v>
+      </c>
+      <c r="C573" s="29" t="s">
+        <v>464</v>
+      </c>
+      <c r="D573" s="27">
+        <v>39540</v>
+      </c>
+      <c r="E573" s="28">
+        <v>176178.136</v>
+      </c>
+      <c r="F573" s="27">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="574" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B574" s="30">
+        <v>571</v>
+      </c>
+      <c r="C574" s="29" t="s">
+        <v>463</v>
+      </c>
+      <c r="D574" s="27">
+        <v>11916</v>
+      </c>
+      <c r="E574" s="28">
+        <v>150399.20800000001</v>
+      </c>
+      <c r="F574" s="27">
+        <v>8021</v>
+      </c>
+    </row>
+    <row r="575" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B575" s="30">
+        <v>572</v>
+      </c>
+      <c r="C575" s="29" t="s">
+        <v>462</v>
+      </c>
+      <c r="D575" s="27">
+        <v>43091</v>
+      </c>
+      <c r="E575" s="28">
+        <v>241237.18700000001</v>
+      </c>
+      <c r="F575" s="27">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="576" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B576" s="30">
+        <v>573</v>
+      </c>
+      <c r="C576" s="29" t="s">
+        <v>461</v>
+      </c>
+      <c r="D576" s="27">
+        <v>13049</v>
+      </c>
+      <c r="E576" s="28">
+        <v>901642.43700000003</v>
+      </c>
+      <c r="F576" s="27">
+        <v>1833</v>
+      </c>
+    </row>
+    <row r="577" spans="2:9" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B577" s="30">
+        <v>574</v>
+      </c>
+      <c r="C577" s="29" t="s">
+        <v>460</v>
+      </c>
+      <c r="D577" s="27">
+        <v>13154</v>
+      </c>
+      <c r="E577" s="28">
+        <v>1151615.79</v>
+      </c>
+      <c r="F577" s="27">
+        <v>1735</v>
+      </c>
+    </row>
+    <row r="578" spans="2:9" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B578" s="30">
+        <v>575</v>
+      </c>
+      <c r="C578" s="29" t="s">
+        <v>459</v>
+      </c>
+      <c r="D578" s="27">
+        <v>616487</v>
+      </c>
+      <c r="E578" s="28">
+        <v>1810401.0120000001</v>
+      </c>
+      <c r="F578" s="27">
+        <v>10769</v>
+      </c>
+    </row>
+    <row r="579" spans="2:9" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B579" s="30">
+        <v>576</v>
+      </c>
+      <c r="C579" s="29" t="s">
+        <v>458</v>
+      </c>
+      <c r="D579" s="27">
+        <v>6817</v>
+      </c>
+      <c r="E579" s="28">
+        <v>51867.635000000002</v>
+      </c>
+      <c r="F579" s="27">
+        <v>1016</v>
+      </c>
+    </row>
+    <row r="580" spans="2:9" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B580" s="30">
+        <v>577</v>
+      </c>
+      <c r="C580" s="29" t="s">
+        <v>457</v>
+      </c>
+      <c r="D580" s="27">
+        <v>3160</v>
+      </c>
+      <c r="E580" s="28">
+        <v>42977.52</v>
+      </c>
+      <c r="F580" s="27">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="581" spans="2:9" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B581" s="30">
+        <v>578</v>
+      </c>
+      <c r="C581" s="29" t="s">
+        <v>456</v>
+      </c>
+      <c r="D581" s="27">
+        <v>105</v>
+      </c>
+      <c r="E581" s="28">
+        <v>490.73599999999999</v>
+      </c>
+      <c r="F581" s="27">
+        <v>870</v>
+      </c>
+    </row>
+    <row r="582" spans="2:9" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B582" s="30">
+        <v>579</v>
+      </c>
+      <c r="C582" s="29" t="s">
+        <v>455</v>
+      </c>
+      <c r="D582" s="27">
+        <v>1930</v>
+      </c>
+      <c r="E582" s="28">
+        <v>46681.572</v>
+      </c>
+      <c r="F582" s="27">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="583" spans="2:9" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B583" s="30">
+        <v>580</v>
+      </c>
+      <c r="C583" s="29" t="s">
+        <v>454</v>
+      </c>
+      <c r="D583" s="27">
+        <v>1464</v>
+      </c>
+      <c r="E583" s="28">
+        <v>48169.201999999997</v>
+      </c>
+      <c r="F583" s="27">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="584" spans="2:9" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B584" s="30">
+        <v>581</v>
+      </c>
+      <c r="C584" s="29" t="s">
+        <v>453</v>
+      </c>
+      <c r="D584" s="27">
+        <v>478</v>
+      </c>
+      <c r="E584" s="28">
+        <v>63009.474999999999</v>
+      </c>
+      <c r="F584" s="27">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="585" spans="2:9" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B585" s="30">
+        <v>582</v>
+      </c>
+      <c r="C585" s="29" t="s">
+        <v>452</v>
+      </c>
+      <c r="D585" s="27">
+        <v>60425</v>
+      </c>
+      <c r="E585" s="28">
+        <v>166948.788</v>
+      </c>
+      <c r="F585" s="27">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="586" spans="2:9" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B586" s="30">
+        <v>583</v>
+      </c>
+      <c r="C586" s="29" t="s">
+        <v>451</v>
+      </c>
+      <c r="D586" s="27">
+        <v>26</v>
+      </c>
+      <c r="E586" s="28">
+        <v>88.894000000000005</v>
+      </c>
+      <c r="F586" s="27">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="587" spans="2:9" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B587" s="30">
+        <v>584</v>
+      </c>
+      <c r="C587" s="29" t="s">
+        <v>450</v>
+      </c>
+      <c r="D587" s="27">
+        <v>1717</v>
+      </c>
+      <c r="E587" s="28">
+        <v>51864.817999999999</v>
+      </c>
+      <c r="F587" s="27">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="588" spans="2:9" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B588" s="30">
+        <v>585</v>
+      </c>
+      <c r="C588" s="29" t="s">
+        <v>449</v>
+      </c>
+      <c r="D588" s="27">
+        <v>4720132</v>
+      </c>
+      <c r="E588" s="28">
+        <v>11344961.267999999</v>
+      </c>
+      <c r="F588" s="27">
+        <v>10015</v>
+      </c>
+    </row>
+    <row r="589" spans="2:9" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B589" s="30">
+        <v>586</v>
+      </c>
+      <c r="C589" s="29" t="s">
+        <v>249</v>
+      </c>
+      <c r="D589" s="27">
+        <v>912</v>
+      </c>
+      <c r="E589" s="28">
+        <v>63641.860999999997</v>
+      </c>
+      <c r="F589" s="27">
+        <v>607</v>
+      </c>
+      <c r="G589" s="32"/>
+      <c r="H589" s="32"/>
+      <c r="I589" s="32"/>
+    </row>
+    <row r="590" spans="2:9" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B590" s="30">
+        <v>587</v>
+      </c>
+      <c r="C590" s="29" t="s">
+        <v>448</v>
+      </c>
+      <c r="D590" s="27">
+        <v>15703</v>
+      </c>
+      <c r="E590" s="28">
+        <v>18978.02</v>
+      </c>
+      <c r="F590" s="27">
+        <v>111</v>
+      </c>
+      <c r="G590" s="31"/>
+      <c r="H590" s="31"/>
+      <c r="I590" s="31"/>
+    </row>
+    <row r="591" spans="2:9" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B591" s="30">
+        <v>588</v>
+      </c>
+      <c r="C591" s="29" t="s">
+        <v>447</v>
+      </c>
+      <c r="D591" s="27">
+        <v>571</v>
+      </c>
+      <c r="E591" s="28">
+        <v>18074.807000000001</v>
+      </c>
+      <c r="F591" s="27">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="592" spans="2:9" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B592" s="30">
+        <v>589</v>
+      </c>
+      <c r="C592" s="29" t="s">
+        <v>446</v>
+      </c>
+      <c r="D592" s="27">
+        <v>108326078</v>
+      </c>
+      <c r="E592" s="28">
+        <v>271390840.59899998</v>
+      </c>
+      <c r="F592" s="27">
+        <v>3594646</v>
+      </c>
+    </row>
+    <row r="593" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B593" s="30">
+        <v>590</v>
+      </c>
+      <c r="C593" s="29" t="s">
+        <v>445</v>
+      </c>
+      <c r="D593" s="27">
+        <v>58625</v>
+      </c>
+      <c r="E593" s="28">
+        <v>337390.27500000002</v>
+      </c>
+      <c r="F593" s="27">
+        <v>3306</v>
+      </c>
+    </row>
+    <row r="594" spans="2:6" s="24" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B594" s="63" t="s">
+        <v>9</v>
+      </c>
+      <c r="C594" s="63"/>
+      <c r="D594" s="25">
+        <v>19902323270</v>
+      </c>
+      <c r="E594" s="26">
+        <v>41205200867.526001</v>
+      </c>
+      <c r="F594" s="25">
+        <v>277083037</v>
+      </c>
+    </row>
+    <row r="595" spans="2:6" ht="28.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B595" s="64" t="s">
+        <v>444</v>
+      </c>
+      <c r="C595" s="64"/>
+      <c r="D595" s="64"/>
+      <c r="E595" s="64"/>
+      <c r="F595" s="64"/>
+    </row>
+    <row r="596" spans="2:6" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B596" s="65" t="s">
+        <v>443</v>
+      </c>
+      <c r="C596" s="65"/>
+      <c r="D596" s="65"/>
+      <c r="E596" s="65"/>
+      <c r="F596" s="65"/>
+    </row>
+    <row r="597" spans="2:6" ht="28.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B597" s="66" t="s">
+        <v>442</v>
+      </c>
+      <c r="C597" s="66"/>
+      <c r="D597" s="66"/>
+      <c r="E597" s="66"/>
+      <c r="F597" s="66"/>
+    </row>
+  </sheetData>
+  <mergeCells count="5">
+    <mergeCell ref="B2:F2"/>
+    <mergeCell ref="B594:C594"/>
+    <mergeCell ref="B595:F595"/>
+    <mergeCell ref="B596:F596"/>
+    <mergeCell ref="B597:F597"/>
+  </mergeCells>
+  <pageMargins left="0" right="3.937007874015748E-2" top="7.874015748031496E-2" bottom="3.937007874015748E-2" header="3.937007874015748E-2" footer="0"/>
+  <pageSetup paperSize="9" scale="75" orientation="portrait" r:id="rId1"/>
+  <headerFooter alignWithMargins="0"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{03EC1E3C-EB76-445D-867E-77D42B13CEB8}">
+  <dimension ref="B2:F149"/>
+  <sheetViews>
+    <sheetView showGridLines="0" workbookViewId="0">
+      <pane xSplit="2" ySplit="4" topLeftCell="C5" activePane="bottomRight" state="frozen"/>
+      <selection pane="topRight" activeCell="C1" sqref="C1"/>
+      <selection pane="bottomLeft" activeCell="A5" sqref="A5"/>
+      <selection pane="bottomRight" activeCell="A2" sqref="A2"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="3" style="44" customWidth="1"/>
+    <col min="2" max="2" width="7" style="44" customWidth="1"/>
+    <col min="3" max="3" width="73.7109375" style="44" customWidth="1"/>
+    <col min="4" max="4" width="18.85546875" style="44" customWidth="1"/>
+    <col min="5" max="5" width="18.42578125" style="44" customWidth="1"/>
+    <col min="6" max="6" width="20.42578125" style="44" customWidth="1"/>
+    <col min="7" max="16384" width="9.140625" style="44"/>
+  </cols>
+  <sheetData>
+    <row r="2" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B2" s="69" t="s">
+        <v>1000</v>
+      </c>
+      <c r="C2" s="69"/>
+      <c r="D2" s="69"/>
+      <c r="E2" s="69"/>
+      <c r="F2" s="69"/>
+    </row>
+    <row r="3" spans="2:6" s="58" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B3" s="70" t="s">
+        <v>981</v>
+      </c>
+      <c r="C3" s="70" t="s">
+        <v>999</v>
+      </c>
+      <c r="D3" s="70" t="s">
+        <v>998</v>
+      </c>
+      <c r="E3" s="70" t="s">
+        <v>997</v>
+      </c>
+      <c r="F3" s="70" t="s">
+        <v>996</v>
+      </c>
+    </row>
+    <row r="4" spans="2:6" s="58" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B4" s="70"/>
+      <c r="C4" s="70"/>
+      <c r="D4" s="70"/>
+      <c r="E4" s="70"/>
+      <c r="F4" s="70"/>
+    </row>
+    <row r="5" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B5" s="53">
+        <v>1</v>
+      </c>
+      <c r="C5" s="52" t="s">
+        <v>972</v>
+      </c>
+      <c r="D5" s="50">
+        <v>1</v>
+      </c>
+      <c r="E5" s="51">
+        <v>0.67115999999999998</v>
+      </c>
+      <c r="F5" s="50">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="6" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B6" s="53">
+        <v>2</v>
+      </c>
+      <c r="C6" s="52" t="s">
+        <v>968</v>
+      </c>
+      <c r="D6" s="50">
+        <v>11768</v>
+      </c>
+      <c r="E6" s="51">
+        <v>2300158.0136299999</v>
+      </c>
+      <c r="F6" s="50">
+        <v>1307</v>
+      </c>
+    </row>
+    <row r="7" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B7" s="53">
+        <v>3</v>
+      </c>
+      <c r="C7" s="52" t="s">
+        <v>966</v>
+      </c>
+      <c r="D7" s="50">
+        <v>27111</v>
+      </c>
+      <c r="E7" s="51">
+        <v>4954209.7759999996</v>
+      </c>
+      <c r="F7" s="50">
+        <v>1732</v>
+      </c>
+    </row>
+    <row r="8" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B8" s="53">
+        <v>4</v>
+      </c>
+      <c r="C8" s="52" t="s">
+        <v>963</v>
+      </c>
+      <c r="D8" s="50">
+        <v>208</v>
+      </c>
+      <c r="E8" s="51">
+        <v>31064.920999999998</v>
+      </c>
+      <c r="F8" s="50">
+        <v>2264</v>
+      </c>
+    </row>
+    <row r="9" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B9" s="53">
+        <v>5</v>
+      </c>
+      <c r="C9" s="57" t="s">
+        <v>957</v>
+      </c>
+      <c r="D9" s="55">
+        <v>19809</v>
+      </c>
+      <c r="E9" s="55">
+        <v>1063231.291</v>
+      </c>
+      <c r="F9" s="55">
+        <v>22912</v>
+      </c>
+    </row>
+    <row r="10" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B10" s="53">
+        <v>6</v>
+      </c>
+      <c r="C10" s="52" t="s">
+        <v>956</v>
+      </c>
+      <c r="D10" s="50">
+        <v>10831</v>
+      </c>
+      <c r="E10" s="51">
+        <v>2191898.611</v>
+      </c>
+      <c r="F10" s="50">
+        <v>1270</v>
+      </c>
+    </row>
+    <row r="11" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B11" s="53">
+        <v>7</v>
+      </c>
+      <c r="C11" s="52" t="s">
+        <v>953</v>
+      </c>
+      <c r="D11" s="50">
+        <v>511</v>
+      </c>
+      <c r="E11" s="51">
+        <v>108347.567</v>
+      </c>
+      <c r="F11" s="50">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="12" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B12" s="53">
+        <v>8</v>
+      </c>
+      <c r="C12" s="52" t="s">
+        <v>19</v>
+      </c>
+      <c r="D12" s="50">
+        <v>1444457</v>
+      </c>
+      <c r="E12" s="51">
+        <v>407042533.16190004</v>
+      </c>
+      <c r="F12" s="50">
+        <v>78676</v>
+      </c>
+    </row>
+    <row r="13" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B13" s="53">
+        <v>9</v>
+      </c>
+      <c r="C13" s="52" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" s="50">
+        <v>61623</v>
+      </c>
+      <c r="E13" s="51">
+        <v>207667682.873</v>
+      </c>
+      <c r="F13" s="50">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="14" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B14" s="53">
+        <v>10</v>
+      </c>
+      <c r="C14" s="52" t="s">
+        <v>949</v>
+      </c>
+      <c r="D14" s="50">
+        <v>3514208</v>
+      </c>
+      <c r="E14" s="51">
+        <v>451145140.78277004</v>
+      </c>
+      <c r="F14" s="50">
+        <v>1099040</v>
+      </c>
+    </row>
+    <row r="15" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B15" s="53">
+        <v>11</v>
+      </c>
+      <c r="C15" s="52" t="s">
+        <v>22</v>
+      </c>
+      <c r="D15" s="50">
+        <v>506056</v>
+      </c>
+      <c r="E15" s="51">
+        <v>92971425.787839994</v>
+      </c>
+      <c r="F15" s="50">
+        <v>82333</v>
+      </c>
+    </row>
+    <row r="16" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B16" s="53">
+        <v>12</v>
+      </c>
+      <c r="C16" s="52" t="s">
+        <v>995</v>
+      </c>
+      <c r="D16" s="50">
+        <v>921930</v>
+      </c>
+      <c r="E16" s="51">
+        <v>1256956871.8789999</v>
+      </c>
+      <c r="F16" s="50">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="17" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B17" s="53">
+        <v>13</v>
+      </c>
+      <c r="C17" s="52" t="s">
+        <v>942</v>
+      </c>
+      <c r="D17" s="50">
+        <v>116</v>
+      </c>
+      <c r="E17" s="51">
+        <v>9805.2303200000006</v>
+      </c>
+      <c r="F17" s="50">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="18" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B18" s="53">
+        <v>14</v>
+      </c>
+      <c r="C18" s="52" t="s">
+        <v>25</v>
+      </c>
+      <c r="D18" s="50">
+        <v>4404517</v>
+      </c>
+      <c r="E18" s="51">
+        <v>995826957.78111994</v>
+      </c>
+      <c r="F18" s="50">
+        <v>491535</v>
+      </c>
+    </row>
+    <row r="19" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B19" s="53">
+        <v>15</v>
+      </c>
+      <c r="C19" s="52" t="s">
+        <v>28</v>
+      </c>
+      <c r="D19" s="50">
+        <v>2845323</v>
+      </c>
+      <c r="E19" s="51">
+        <v>1003874935.586</v>
+      </c>
+      <c r="F19" s="50">
+        <v>235508</v>
+      </c>
+    </row>
+    <row r="20" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B20" s="53">
+        <v>16</v>
+      </c>
+      <c r="C20" s="52" t="s">
+        <v>29</v>
+      </c>
+      <c r="D20" s="50">
+        <v>1178246</v>
+      </c>
+      <c r="E20" s="51">
+        <v>248731959.60699999</v>
+      </c>
+      <c r="F20" s="50">
+        <v>122827</v>
+      </c>
+    </row>
+    <row r="21" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B21" s="53">
+        <v>17</v>
+      </c>
+      <c r="C21" s="52" t="s">
+        <v>30</v>
+      </c>
+      <c r="D21" s="50">
+        <v>85354</v>
+      </c>
+      <c r="E21" s="51">
+        <v>57435819.640500002</v>
+      </c>
+      <c r="F21" s="50">
+        <v>1873</v>
+      </c>
+    </row>
+    <row r="22" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B22" s="53">
+        <v>18</v>
+      </c>
+      <c r="C22" s="52" t="s">
+        <v>937</v>
+      </c>
+      <c r="D22" s="50">
+        <v>88783</v>
+      </c>
+      <c r="E22" s="51">
+        <v>8674452.9450200014</v>
+      </c>
+      <c r="F22" s="50">
+        <v>22968</v>
+      </c>
+    </row>
+    <row r="23" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B23" s="53">
+        <v>19</v>
+      </c>
+      <c r="C23" s="52" t="s">
+        <v>932</v>
+      </c>
+      <c r="D23" s="50">
+        <v>187</v>
+      </c>
+      <c r="E23" s="51">
+        <v>16180.781999999999</v>
+      </c>
+      <c r="F23" s="50">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="24" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B24" s="53">
+        <v>20</v>
+      </c>
+      <c r="C24" s="52" t="s">
+        <v>33</v>
+      </c>
+      <c r="D24" s="50">
+        <v>288286</v>
+      </c>
+      <c r="E24" s="51">
+        <v>489502514.41220003</v>
+      </c>
+      <c r="F24" s="50">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="25" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B25" s="53">
+        <v>21</v>
+      </c>
+      <c r="C25" s="52" t="s">
+        <v>284</v>
+      </c>
+      <c r="D25" s="50">
+        <v>3565092</v>
+      </c>
+      <c r="E25" s="51">
+        <v>938499330.63636994</v>
+      </c>
+      <c r="F25" s="50">
+        <v>440740</v>
+      </c>
+    </row>
+    <row r="26" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B26" s="53">
+        <v>22</v>
+      </c>
+      <c r="C26" s="52" t="s">
+        <v>36</v>
+      </c>
+      <c r="D26" s="50">
+        <v>17443</v>
+      </c>
+      <c r="E26" s="51">
+        <v>3966613.39959</v>
+      </c>
+      <c r="F26" s="50">
+        <v>956</v>
+      </c>
+    </row>
+    <row r="27" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B27" s="53">
+        <v>23</v>
+      </c>
+      <c r="C27" s="52" t="s">
+        <v>38</v>
+      </c>
+      <c r="D27" s="50">
+        <v>10096988</v>
+      </c>
+      <c r="E27" s="51">
+        <v>384674660.31999999</v>
+      </c>
+      <c r="F27" s="50">
+        <v>183240</v>
+      </c>
+    </row>
+    <row r="28" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B28" s="53">
+        <v>24</v>
+      </c>
+      <c r="C28" s="52" t="s">
+        <v>994</v>
+      </c>
+      <c r="D28" s="50">
+        <v>12214</v>
+      </c>
+      <c r="E28" s="51">
+        <v>2034203.23453</v>
+      </c>
+      <c r="F28" s="50">
+        <v>1331</v>
+      </c>
+    </row>
+    <row r="29" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B29" s="53">
+        <v>25</v>
+      </c>
+      <c r="C29" s="52" t="s">
+        <v>909</v>
+      </c>
+      <c r="D29" s="50">
+        <v>766976</v>
+      </c>
+      <c r="E29" s="51">
+        <v>129423223.35102001</v>
+      </c>
+      <c r="F29" s="50">
+        <v>102387</v>
+      </c>
+    </row>
+    <row r="30" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B30" s="53">
+        <v>26</v>
+      </c>
+      <c r="C30" s="52" t="s">
+        <v>903</v>
+      </c>
+      <c r="D30" s="50">
+        <v>158500</v>
+      </c>
+      <c r="E30" s="51">
+        <v>28249240.7445</v>
+      </c>
+      <c r="F30" s="50">
+        <v>17313</v>
+      </c>
+    </row>
+    <row r="31" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B31" s="53">
+        <v>27</v>
+      </c>
+      <c r="C31" s="52" t="s">
+        <v>44</v>
+      </c>
+      <c r="D31" s="50">
+        <v>60014</v>
+      </c>
+      <c r="E31" s="51">
+        <v>28099299.460000001</v>
+      </c>
+      <c r="F31" s="50">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="32" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B32" s="53">
+        <v>28</v>
+      </c>
+      <c r="C32" s="52" t="s">
+        <v>902</v>
+      </c>
+      <c r="D32" s="50">
+        <v>97364</v>
+      </c>
+      <c r="E32" s="51">
+        <v>3276180.4410000001</v>
+      </c>
+      <c r="F32" s="50">
+        <v>13782</v>
+      </c>
+    </row>
+    <row r="33" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B33" s="53">
+        <v>29</v>
+      </c>
+      <c r="C33" s="52" t="s">
+        <v>46</v>
+      </c>
+      <c r="D33" s="50">
+        <v>2004</v>
+      </c>
+      <c r="E33" s="51">
+        <v>2127329.9539999999</v>
+      </c>
+      <c r="F33" s="50">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="34" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B34" s="53">
+        <v>30</v>
+      </c>
+      <c r="C34" s="52" t="s">
+        <v>47</v>
+      </c>
+      <c r="D34" s="50">
+        <v>666364</v>
+      </c>
+      <c r="E34" s="51">
+        <v>376480426.59100002</v>
+      </c>
+      <c r="F34" s="50">
+        <v>42509</v>
+      </c>
+    </row>
+    <row r="35" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B35" s="53">
+        <v>31</v>
+      </c>
+      <c r="C35" s="52" t="s">
+        <v>295</v>
+      </c>
+      <c r="D35" s="50">
+        <v>211989</v>
+      </c>
+      <c r="E35" s="51">
+        <v>34448414.861830004</v>
+      </c>
+      <c r="F35" s="50">
+        <v>20720</v>
+      </c>
+    </row>
+    <row r="36" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B36" s="53">
+        <v>32</v>
+      </c>
+      <c r="C36" s="52" t="s">
+        <v>51</v>
+      </c>
+      <c r="D36" s="50">
+        <v>4095234</v>
+      </c>
+      <c r="E36" s="51">
+        <v>12809702172.2439</v>
+      </c>
+      <c r="F36" s="50">
+        <v>18201</v>
+      </c>
+    </row>
+    <row r="37" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B37" s="53">
+        <v>33</v>
+      </c>
+      <c r="C37" s="52" t="s">
+        <v>890</v>
+      </c>
+      <c r="D37" s="50">
+        <v>129477</v>
+      </c>
+      <c r="E37" s="51">
+        <v>15888837.462510001</v>
+      </c>
+      <c r="F37" s="50">
+        <v>20424</v>
+      </c>
+    </row>
+    <row r="38" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B38" s="53">
+        <v>34</v>
+      </c>
+      <c r="C38" s="52" t="s">
+        <v>887</v>
+      </c>
+      <c r="D38" s="50">
+        <v>11893</v>
+      </c>
+      <c r="E38" s="51">
+        <v>1059815.0530000001</v>
+      </c>
+      <c r="F38" s="50">
+        <v>12242</v>
+      </c>
+    </row>
+    <row r="39" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B39" s="53">
+        <v>35</v>
+      </c>
+      <c r="C39" s="52" t="s">
+        <v>993</v>
+      </c>
+      <c r="D39" s="50">
+        <v>395</v>
+      </c>
+      <c r="E39" s="51">
+        <v>144137.674</v>
+      </c>
+      <c r="F39" s="50">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="40" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B40" s="53">
+        <v>36</v>
+      </c>
+      <c r="C40" s="52" t="s">
+        <v>306</v>
+      </c>
+      <c r="D40" s="50">
+        <v>84921</v>
+      </c>
+      <c r="E40" s="51">
+        <v>19254293.263999999</v>
+      </c>
+      <c r="F40" s="50">
+        <v>64234</v>
+      </c>
+    </row>
+    <row r="41" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B41" s="53">
+        <v>37</v>
+      </c>
+      <c r="C41" s="52" t="s">
+        <v>883</v>
+      </c>
+      <c r="D41" s="50">
+        <v>69137</v>
+      </c>
+      <c r="E41" s="51">
+        <v>3670900.8536199997</v>
+      </c>
+      <c r="F41" s="50">
+        <v>3361</v>
+      </c>
+    </row>
+    <row r="42" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B42" s="53">
+        <v>38</v>
+      </c>
+      <c r="C42" s="52" t="s">
+        <v>882</v>
+      </c>
+      <c r="D42" s="50">
+        <v>3834244</v>
+      </c>
+      <c r="E42" s="51">
+        <v>655085378.84399998</v>
+      </c>
+      <c r="F42" s="50">
+        <v>198178</v>
+      </c>
+    </row>
+    <row r="43" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B43" s="53">
+        <v>39</v>
+      </c>
+      <c r="C43" s="52" t="s">
+        <v>62</v>
+      </c>
+      <c r="D43" s="50">
+        <v>499</v>
+      </c>
+      <c r="E43" s="51">
+        <v>3326.4724999999999</v>
+      </c>
+      <c r="F43" s="50">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="44" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B44" s="53">
+        <v>40</v>
+      </c>
+      <c r="C44" s="52" t="s">
+        <v>63</v>
+      </c>
+      <c r="D44" s="50">
+        <v>25</v>
+      </c>
+      <c r="E44" s="51">
+        <v>76326.293999999994</v>
+      </c>
+      <c r="F44" s="50">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="45" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B45" s="53">
+        <v>41</v>
+      </c>
+      <c r="C45" s="52" t="s">
+        <v>874</v>
+      </c>
+      <c r="D45" s="50">
+        <v>54798</v>
+      </c>
+      <c r="E45" s="51">
+        <v>5473623.6890000002</v>
+      </c>
+      <c r="F45" s="50">
+        <v>2378</v>
+      </c>
+    </row>
+    <row r="46" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B46" s="53">
+        <v>42</v>
+      </c>
+      <c r="C46" s="52" t="s">
+        <v>868</v>
+      </c>
+      <c r="D46" s="50">
+        <v>7481</v>
+      </c>
+      <c r="E46" s="51">
+        <v>1307523.23</v>
+      </c>
+      <c r="F46" s="50">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="47" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B47" s="53">
+        <v>43</v>
+      </c>
+      <c r="C47" s="52" t="s">
+        <v>867</v>
+      </c>
+      <c r="D47" s="50">
+        <v>6164</v>
+      </c>
+      <c r="E47" s="51">
+        <v>118946643.56688</v>
+      </c>
+      <c r="F47" s="50">
+        <v>4953</v>
+      </c>
+    </row>
+    <row r="48" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B48" s="53">
+        <v>44</v>
+      </c>
+      <c r="C48" s="52" t="s">
+        <v>865</v>
+      </c>
+      <c r="D48" s="50">
+        <v>1457</v>
+      </c>
+      <c r="E48" s="50">
+        <v>113435.751</v>
+      </c>
+      <c r="F48" s="50">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="49" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B49" s="53">
+        <v>45</v>
+      </c>
+      <c r="C49" s="52" t="s">
+        <v>69</v>
+      </c>
+      <c r="D49" s="50">
+        <v>61643044</v>
+      </c>
+      <c r="E49" s="51">
+        <v>7379724348.967</v>
+      </c>
+      <c r="F49" s="50">
+        <v>30575246</v>
+      </c>
+    </row>
+    <row r="50" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B50" s="53">
+        <v>46</v>
+      </c>
+      <c r="C50" s="52" t="s">
+        <v>863</v>
+      </c>
+      <c r="D50" s="50">
+        <v>664</v>
+      </c>
+      <c r="E50" s="51">
+        <v>42232.216999999997</v>
+      </c>
+      <c r="F50" s="50">
+        <v>3234</v>
+      </c>
+    </row>
+    <row r="51" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B51" s="53">
+        <v>47</v>
+      </c>
+      <c r="C51" s="52" t="s">
+        <v>858</v>
+      </c>
+      <c r="D51" s="50">
+        <v>78772942</v>
+      </c>
+      <c r="E51" s="51">
+        <v>55066694054.980202</v>
+      </c>
+      <c r="F51" s="50">
+        <v>3741756</v>
+      </c>
+    </row>
+    <row r="52" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B52" s="53">
+        <v>48</v>
+      </c>
+      <c r="C52" s="52" t="s">
+        <v>856</v>
+      </c>
+      <c r="D52" s="50">
+        <v>2190879</v>
+      </c>
+      <c r="E52" s="51">
+        <v>839986577.52721</v>
+      </c>
+      <c r="F52" s="50">
+        <v>430808</v>
+      </c>
+    </row>
+    <row r="53" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B53" s="53">
+        <v>49</v>
+      </c>
+      <c r="C53" s="52" t="s">
+        <v>75</v>
+      </c>
+      <c r="D53" s="50">
+        <v>4520848</v>
+      </c>
+      <c r="E53" s="51">
+        <v>1560737725.23735</v>
+      </c>
+      <c r="F53" s="50">
+        <v>619308</v>
+      </c>
+    </row>
+    <row r="54" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B54" s="53">
+        <v>50</v>
+      </c>
+      <c r="C54" s="52" t="s">
+        <v>78</v>
+      </c>
+      <c r="D54" s="50">
+        <v>2618690</v>
+      </c>
+      <c r="E54" s="51">
+        <v>427721773.199</v>
+      </c>
+      <c r="F54" s="50">
+        <v>331887</v>
+      </c>
+    </row>
+    <row r="55" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B55" s="53">
+        <v>51</v>
+      </c>
+      <c r="C55" s="52" t="s">
+        <v>80</v>
+      </c>
+      <c r="D55" s="50">
+        <v>3052384</v>
+      </c>
+      <c r="E55" s="51">
+        <v>351746585.85215002</v>
+      </c>
+      <c r="F55" s="50">
+        <v>252490</v>
+      </c>
+    </row>
+    <row r="56" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B56" s="53">
+        <v>52</v>
+      </c>
+      <c r="C56" s="52" t="s">
+        <v>850</v>
+      </c>
+      <c r="D56" s="50">
+        <v>3436141</v>
+      </c>
+      <c r="E56" s="51">
+        <v>309221977.838</v>
+      </c>
+      <c r="F56" s="50">
+        <v>310850</v>
+      </c>
+    </row>
+    <row r="57" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B57" s="53">
+        <v>53</v>
+      </c>
+      <c r="C57" s="52" t="s">
+        <v>992</v>
+      </c>
+      <c r="D57" s="50">
+        <v>951</v>
+      </c>
+      <c r="E57" s="51">
+        <v>628096.7495700001</v>
+      </c>
+      <c r="F57" s="50">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="58" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B58" s="53">
+        <v>54</v>
+      </c>
+      <c r="C58" s="52" t="s">
+        <v>83</v>
+      </c>
+      <c r="D58" s="50">
+        <v>1040</v>
+      </c>
+      <c r="E58" s="51">
+        <v>864536.74696999998</v>
+      </c>
+      <c r="F58" s="50">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="59" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B59" s="53">
+        <v>55</v>
+      </c>
+      <c r="C59" s="52" t="s">
+        <v>843</v>
+      </c>
+      <c r="D59" s="50">
+        <v>508592</v>
+      </c>
+      <c r="E59" s="51">
+        <v>86375666.744490013</v>
+      </c>
+      <c r="F59" s="50">
+        <v>114155</v>
+      </c>
+    </row>
+    <row r="60" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B60" s="53">
+        <v>56</v>
+      </c>
+      <c r="C60" s="52" t="s">
+        <v>85</v>
+      </c>
+      <c r="D60" s="50">
+        <v>19659</v>
+      </c>
+      <c r="E60" s="51">
+        <v>2935313.4804000002</v>
+      </c>
+      <c r="F60" s="50">
+        <v>9256</v>
+      </c>
+    </row>
+    <row r="61" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B61" s="53">
+        <v>57</v>
+      </c>
+      <c r="C61" s="52" t="s">
+        <v>837</v>
+      </c>
+      <c r="D61" s="50">
+        <v>67404</v>
+      </c>
+      <c r="E61" s="51">
+        <v>7367952.7977799997</v>
+      </c>
+      <c r="F61" s="50">
+        <v>6252</v>
+      </c>
+    </row>
+    <row r="62" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B62" s="53">
+        <v>58</v>
+      </c>
+      <c r="C62" s="52" t="s">
+        <v>834</v>
+      </c>
+      <c r="D62" s="50">
+        <v>2214</v>
+      </c>
+      <c r="E62" s="51">
+        <v>89386.787909999999</v>
+      </c>
+      <c r="F62" s="50">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="63" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B63" s="53">
+        <v>59</v>
+      </c>
+      <c r="C63" s="52" t="s">
+        <v>991</v>
+      </c>
+      <c r="D63" s="50">
+        <v>501624</v>
+      </c>
+      <c r="E63" s="51">
+        <v>1230354640.4231899</v>
+      </c>
+      <c r="F63" s="50">
+        <v>917</v>
+      </c>
+    </row>
+    <row r="64" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B64" s="53">
+        <v>60</v>
+      </c>
+      <c r="C64" s="52" t="s">
+        <v>96</v>
+      </c>
+      <c r="D64" s="50">
+        <v>534709</v>
+      </c>
+      <c r="E64" s="51">
+        <v>68299273.888999999</v>
+      </c>
+      <c r="F64" s="50">
+        <v>33450</v>
+      </c>
+    </row>
+    <row r="65" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B65" s="53">
+        <v>61</v>
+      </c>
+      <c r="C65" s="52" t="s">
+        <v>815</v>
+      </c>
+      <c r="D65" s="50">
+        <v>37754</v>
+      </c>
+      <c r="E65" s="51">
+        <v>4827170.5520000001</v>
+      </c>
+      <c r="F65" s="50">
+        <v>3175</v>
+      </c>
+    </row>
+    <row r="66" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B66" s="53">
+        <v>62</v>
+      </c>
+      <c r="C66" s="52" t="s">
+        <v>814</v>
+      </c>
+      <c r="D66" s="50">
+        <v>1046508</v>
+      </c>
+      <c r="E66" s="50">
+        <v>224453461.12151998</v>
+      </c>
+      <c r="F66" s="50">
+        <v>95779</v>
+      </c>
+    </row>
+    <row r="67" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B67" s="53">
+        <v>63</v>
+      </c>
+      <c r="C67" s="52" t="s">
+        <v>100</v>
+      </c>
+      <c r="D67" s="50">
+        <v>1088</v>
+      </c>
+      <c r="E67" s="51">
+        <v>943594.223</v>
+      </c>
+      <c r="F67" s="50">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="68" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B68" s="53">
+        <v>64</v>
+      </c>
+      <c r="C68" s="52" t="s">
+        <v>813</v>
+      </c>
+      <c r="D68" s="50">
+        <v>20662</v>
+      </c>
+      <c r="E68" s="50">
+        <v>1465982.101</v>
+      </c>
+      <c r="F68" s="50">
+        <v>3953</v>
+      </c>
+    </row>
+    <row r="69" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B69" s="53">
+        <v>65</v>
+      </c>
+      <c r="C69" s="52" t="s">
+        <v>103</v>
+      </c>
+      <c r="D69" s="50">
+        <v>648</v>
+      </c>
+      <c r="E69" s="51">
+        <v>202200.61</v>
+      </c>
+      <c r="F69" s="50">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="70" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B70" s="53">
+        <v>66</v>
+      </c>
+      <c r="C70" s="52" t="s">
+        <v>104</v>
+      </c>
+      <c r="D70" s="50">
+        <v>14166243</v>
+      </c>
+      <c r="E70" s="51">
+        <v>5852354696.75737</v>
+      </c>
+      <c r="F70" s="50">
+        <v>447797</v>
+      </c>
+    </row>
+    <row r="71" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B71" s="53">
+        <v>67</v>
+      </c>
+      <c r="C71" s="52" t="s">
+        <v>105</v>
+      </c>
+      <c r="D71" s="50">
+        <v>6668</v>
+      </c>
+      <c r="E71" s="51">
+        <v>631358.13282000006</v>
+      </c>
+      <c r="F71" s="50">
+        <v>1093</v>
+      </c>
+    </row>
+    <row r="72" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B72" s="53">
+        <v>68</v>
+      </c>
+      <c r="C72" s="52" t="s">
+        <v>990</v>
+      </c>
+      <c r="D72" s="50">
+        <v>521</v>
+      </c>
+      <c r="E72" s="51">
+        <v>8406.7975100000003</v>
+      </c>
+      <c r="F72" s="50">
+        <v>721</v>
+      </c>
+    </row>
+    <row r="73" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B73" s="53">
+        <v>69</v>
+      </c>
+      <c r="C73" s="57" t="s">
+        <v>106</v>
+      </c>
+      <c r="D73" s="55">
+        <v>35327</v>
+      </c>
+      <c r="E73" s="55">
+        <v>5845504.8214499997</v>
+      </c>
+      <c r="F73" s="55">
+        <v>3791</v>
+      </c>
+    </row>
+    <row r="74" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B74" s="53">
+        <v>70</v>
+      </c>
+      <c r="C74" s="52" t="s">
+        <v>779</v>
+      </c>
+      <c r="D74" s="50">
+        <v>10449</v>
+      </c>
+      <c r="E74" s="51">
+        <v>1428888.2509600001</v>
+      </c>
+      <c r="F74" s="50">
+        <v>15052</v>
+      </c>
+    </row>
+    <row r="75" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B75" s="53">
+        <v>71</v>
+      </c>
+      <c r="C75" s="52" t="s">
+        <v>765</v>
+      </c>
+      <c r="D75" s="50">
+        <v>310</v>
+      </c>
+      <c r="E75" s="51">
+        <v>18148.560000000001</v>
+      </c>
+      <c r="F75" s="50">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="76" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B76" s="53">
+        <v>72</v>
+      </c>
+      <c r="C76" s="52" t="s">
+        <v>109</v>
+      </c>
+      <c r="D76" s="50">
+        <v>116074</v>
+      </c>
+      <c r="E76" s="51">
+        <v>27352516.56134</v>
+      </c>
+      <c r="F76" s="50">
+        <v>14005</v>
+      </c>
+    </row>
+    <row r="77" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B77" s="53">
+        <v>73</v>
+      </c>
+      <c r="C77" s="52" t="s">
+        <v>763</v>
+      </c>
+      <c r="D77" s="50">
+        <v>1806</v>
+      </c>
+      <c r="E77" s="51">
+        <v>323923.06912</v>
+      </c>
+      <c r="F77" s="50">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="78" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B78" s="53">
+        <v>74</v>
+      </c>
+      <c r="C78" s="52" t="s">
+        <v>989</v>
+      </c>
+      <c r="D78" s="50">
+        <v>84783</v>
+      </c>
+      <c r="E78" s="51">
+        <v>135061257.09257001</v>
+      </c>
+      <c r="F78" s="50">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="79" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B79" s="53">
+        <v>75</v>
+      </c>
+      <c r="C79" s="52" t="s">
+        <v>113</v>
+      </c>
+      <c r="D79" s="50">
+        <v>173943</v>
+      </c>
+      <c r="E79" s="51">
+        <v>250049562.02028</v>
+      </c>
+      <c r="F79" s="50">
+        <v>583</v>
+      </c>
+    </row>
+    <row r="80" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B80" s="53">
+        <v>76</v>
+      </c>
+      <c r="C80" s="52" t="s">
+        <v>349</v>
+      </c>
+      <c r="D80" s="50">
+        <v>14223</v>
+      </c>
+      <c r="E80" s="51">
+        <v>2865916.4311500001</v>
+      </c>
+      <c r="F80" s="50">
+        <v>1242</v>
+      </c>
+    </row>
+    <row r="81" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B81" s="53">
+        <v>77</v>
+      </c>
+      <c r="C81" s="52" t="s">
+        <v>733</v>
+      </c>
+      <c r="D81" s="50">
+        <v>36293</v>
+      </c>
+      <c r="E81" s="51">
+        <v>5131356.6878999993</v>
+      </c>
+      <c r="F81" s="50">
+        <v>5537</v>
+      </c>
+    </row>
+    <row r="82" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B82" s="53">
+        <v>78</v>
+      </c>
+      <c r="C82" s="52" t="s">
+        <v>125</v>
+      </c>
+      <c r="D82" s="50">
+        <v>8963</v>
+      </c>
+      <c r="E82" s="51">
+        <v>126214729.79471001</v>
+      </c>
+      <c r="F82" s="50">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="83" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B83" s="53">
+        <v>79</v>
+      </c>
+      <c r="C83" s="52" t="s">
+        <v>732</v>
+      </c>
+      <c r="D83" s="50">
+        <v>32318</v>
+      </c>
+      <c r="E83" s="51">
+        <v>11403880.464459999</v>
+      </c>
+      <c r="F83" s="50">
+        <v>32595</v>
+      </c>
+    </row>
+    <row r="84" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B84" s="53">
+        <v>80</v>
+      </c>
+      <c r="C84" s="52" t="s">
+        <v>988</v>
+      </c>
+      <c r="D84" s="50">
+        <v>2405</v>
+      </c>
+      <c r="E84" s="51">
+        <v>32749.861000000001</v>
+      </c>
+      <c r="F84" s="50">
+        <v>6509</v>
+      </c>
+    </row>
+    <row r="85" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B85" s="53">
+        <v>81</v>
+      </c>
+      <c r="C85" s="52" t="s">
+        <v>358</v>
+      </c>
+      <c r="D85" s="50">
+        <v>3</v>
+      </c>
+      <c r="E85" s="51">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="F85" s="50">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="86" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B86" s="53">
+        <v>82</v>
+      </c>
+      <c r="C86" s="52" t="s">
+        <v>987</v>
+      </c>
+      <c r="D86" s="50">
+        <v>83</v>
+      </c>
+      <c r="E86" s="51">
+        <v>9485.9619999999995</v>
+      </c>
+      <c r="F86" s="50">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="87" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B87" s="53">
+        <v>83</v>
+      </c>
+      <c r="C87" s="57" t="s">
+        <v>711</v>
+      </c>
+      <c r="D87" s="55">
+        <v>58</v>
+      </c>
+      <c r="E87" s="56">
+        <v>2059.5250000000001</v>
+      </c>
+      <c r="F87" s="55">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="88" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B88" s="53">
+        <v>84</v>
+      </c>
+      <c r="C88" s="52" t="s">
+        <v>132</v>
+      </c>
+      <c r="D88" s="50">
+        <v>195154</v>
+      </c>
+      <c r="E88" s="51">
+        <v>46907413.026359998</v>
+      </c>
+      <c r="F88" s="50">
+        <v>27530</v>
+      </c>
+    </row>
+    <row r="89" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B89" s="53">
+        <v>85</v>
+      </c>
+      <c r="C89" s="52" t="s">
+        <v>707</v>
+      </c>
+      <c r="D89" s="50">
+        <v>329</v>
+      </c>
+      <c r="E89" s="51">
+        <v>1718.3320000000001</v>
+      </c>
+      <c r="F89" s="50">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="90" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B90" s="53">
+        <v>86</v>
+      </c>
+      <c r="C90" s="52" t="s">
+        <v>133</v>
+      </c>
+      <c r="D90" s="50">
+        <v>5599532</v>
+      </c>
+      <c r="E90" s="51">
+        <v>2170127276.19807</v>
+      </c>
+      <c r="F90" s="50">
+        <v>586645</v>
+      </c>
+    </row>
+    <row r="91" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B91" s="53">
+        <v>87</v>
+      </c>
+      <c r="C91" s="52" t="s">
+        <v>986</v>
+      </c>
+      <c r="D91" s="50">
+        <v>158</v>
+      </c>
+      <c r="E91" s="51">
+        <v>64195.47</v>
+      </c>
+      <c r="F91" s="50">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="92" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B92" s="53">
+        <v>88</v>
+      </c>
+      <c r="C92" s="52" t="s">
+        <v>703</v>
+      </c>
+      <c r="D92" s="50">
+        <v>52034</v>
+      </c>
+      <c r="E92" s="50">
+        <v>7435226.2680000002</v>
+      </c>
+      <c r="F92" s="50">
+        <v>6135</v>
+      </c>
+    </row>
+    <row r="93" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B93" s="53">
+        <v>89</v>
+      </c>
+      <c r="C93" s="52" t="s">
+        <v>368</v>
+      </c>
+      <c r="D93" s="50">
+        <v>1296511</v>
+      </c>
+      <c r="E93" s="51">
+        <v>183223829.67596</v>
+      </c>
+      <c r="F93" s="50">
+        <v>101667</v>
+      </c>
+    </row>
+    <row r="94" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B94" s="53">
+        <v>90</v>
+      </c>
+      <c r="C94" s="52" t="s">
+        <v>676</v>
+      </c>
+      <c r="D94" s="50">
+        <v>552696</v>
+      </c>
+      <c r="E94" s="51">
+        <v>109917690.93957001</v>
+      </c>
+      <c r="F94" s="50">
+        <v>57978</v>
+      </c>
+    </row>
+    <row r="95" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B95" s="53">
+        <v>91</v>
+      </c>
+      <c r="C95" s="52" t="s">
+        <v>146</v>
+      </c>
+      <c r="D95" s="50">
+        <v>87577</v>
+      </c>
+      <c r="E95" s="51">
+        <v>13534983.183</v>
+      </c>
+      <c r="F95" s="50">
+        <v>1751</v>
+      </c>
+    </row>
+    <row r="96" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B96" s="53">
+        <v>92</v>
+      </c>
+      <c r="C96" s="52" t="s">
+        <v>148</v>
+      </c>
+      <c r="D96" s="50">
+        <v>11844</v>
+      </c>
+      <c r="E96" s="51">
+        <v>7041656.1565399999</v>
+      </c>
+      <c r="F96" s="50">
+        <v>3847</v>
+      </c>
+    </row>
+    <row r="97" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B97" s="53">
+        <v>93</v>
+      </c>
+      <c r="C97" s="52" t="s">
+        <v>149</v>
+      </c>
+      <c r="D97" s="50">
+        <v>16473</v>
+      </c>
+      <c r="E97" s="51">
+        <v>4819576.3287599999</v>
+      </c>
+      <c r="F97" s="50">
+        <v>950</v>
+      </c>
+    </row>
+    <row r="98" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B98" s="53">
+        <v>94</v>
+      </c>
+      <c r="C98" s="52" t="s">
+        <v>626</v>
+      </c>
+      <c r="D98" s="50">
+        <v>1102</v>
+      </c>
+      <c r="E98" s="51">
+        <v>80764.210999999996</v>
+      </c>
+      <c r="F98" s="50">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="99" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B99" s="53">
+        <v>95</v>
+      </c>
+      <c r="C99" s="52" t="s">
+        <v>156</v>
+      </c>
+      <c r="D99" s="50">
+        <v>640</v>
+      </c>
+      <c r="E99" s="51">
+        <v>322157.72924000002</v>
+      </c>
+      <c r="F99" s="50">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="100" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B100" s="53">
+        <v>96</v>
+      </c>
+      <c r="C100" s="52" t="s">
+        <v>623</v>
+      </c>
+      <c r="D100" s="50">
+        <v>989987</v>
+      </c>
+      <c r="E100" s="51">
+        <v>181268936.90076998</v>
+      </c>
+      <c r="F100" s="50">
+        <v>50040</v>
+      </c>
+    </row>
+    <row r="101" spans="2:6" s="54" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B101" s="53">
+        <v>97</v>
+      </c>
+      <c r="C101" s="52" t="s">
+        <v>160</v>
+      </c>
+      <c r="D101" s="50">
+        <v>1787566</v>
+      </c>
+      <c r="E101" s="51">
+        <v>2563400891.408</v>
+      </c>
+      <c r="F101" s="50">
+        <v>156445</v>
+      </c>
+    </row>
+    <row r="102" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B102" s="53">
+        <v>98</v>
+      </c>
+      <c r="C102" s="52" t="s">
+        <v>161</v>
+      </c>
+      <c r="D102" s="50">
+        <v>119348660</v>
+      </c>
+      <c r="E102" s="51">
+        <v>26729560714.060001</v>
+      </c>
+      <c r="F102" s="50">
+        <v>41412924</v>
+      </c>
+    </row>
+    <row r="103" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B103" s="53">
+        <v>99</v>
+      </c>
+      <c r="C103" s="52" t="s">
+        <v>164</v>
+      </c>
+      <c r="D103" s="50">
+        <v>54627</v>
+      </c>
+      <c r="E103" s="51">
+        <v>69267203.975910008</v>
+      </c>
+      <c r="F103" s="50">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="104" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B104" s="53">
+        <v>100</v>
+      </c>
+      <c r="C104" s="52" t="s">
+        <v>614</v>
+      </c>
+      <c r="D104" s="50">
+        <v>23402</v>
+      </c>
+      <c r="E104" s="51">
+        <v>6398788.7733999994</v>
+      </c>
+      <c r="F104" s="50">
+        <v>5160</v>
+      </c>
+    </row>
+    <row r="105" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B105" s="53">
+        <v>101</v>
+      </c>
+      <c r="C105" s="52" t="s">
+        <v>613</v>
+      </c>
+      <c r="D105" s="50">
+        <v>17127</v>
+      </c>
+      <c r="E105" s="51">
+        <v>2548383.9539999999</v>
+      </c>
+      <c r="F105" s="50">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="106" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B106" s="53">
+        <v>102</v>
+      </c>
+      <c r="C106" s="52" t="s">
+        <v>167</v>
+      </c>
+      <c r="D106" s="50">
+        <v>299702</v>
+      </c>
+      <c r="E106" s="51">
+        <v>33620260.262999997</v>
+      </c>
+      <c r="F106" s="50">
+        <v>32795</v>
+      </c>
+    </row>
+    <row r="107" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B107" s="53">
+        <v>103</v>
+      </c>
+      <c r="C107" s="52" t="s">
+        <v>611</v>
+      </c>
+      <c r="D107" s="50">
+        <v>565363</v>
+      </c>
+      <c r="E107" s="51">
+        <v>94414571.878000006</v>
+      </c>
+      <c r="F107" s="50">
+        <v>43900</v>
+      </c>
+    </row>
+    <row r="108" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B108" s="53">
+        <v>104</v>
+      </c>
+      <c r="C108" s="52" t="s">
+        <v>612</v>
+      </c>
+      <c r="D108" s="50">
+        <v>549</v>
+      </c>
+      <c r="E108" s="51">
+        <v>10143.906999999999</v>
+      </c>
+      <c r="F108" s="50">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="109" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B109" s="53">
+        <v>105</v>
+      </c>
+      <c r="C109" s="52" t="s">
+        <v>169</v>
+      </c>
+      <c r="D109" s="50">
+        <v>8884</v>
+      </c>
+      <c r="E109" s="51">
+        <v>1329125.21</v>
+      </c>
+      <c r="F109" s="50">
+        <v>1629</v>
+      </c>
+    </row>
+    <row r="110" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B110" s="53">
+        <v>106</v>
+      </c>
+      <c r="C110" s="52" t="s">
+        <v>607</v>
+      </c>
+      <c r="D110" s="50">
+        <v>21083</v>
+      </c>
+      <c r="E110" s="51">
+        <v>2078689.102</v>
+      </c>
+      <c r="F110" s="50">
+        <v>2703</v>
+      </c>
+    </row>
+    <row r="111" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B111" s="53">
+        <v>107</v>
+      </c>
+      <c r="C111" s="52" t="s">
+        <v>604</v>
+      </c>
+      <c r="D111" s="50">
+        <v>5429</v>
+      </c>
+      <c r="E111" s="51">
+        <v>695468.08742999996</v>
+      </c>
+      <c r="F111" s="50">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="112" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B112" s="53">
+        <v>108</v>
+      </c>
+      <c r="C112" s="52" t="s">
+        <v>602</v>
+      </c>
+      <c r="D112" s="50">
+        <v>1691</v>
+      </c>
+      <c r="E112" s="51">
+        <v>403044.42882999999</v>
+      </c>
+      <c r="F112" s="50">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="113" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B113" s="53">
+        <v>109</v>
+      </c>
+      <c r="C113" s="52" t="s">
+        <v>600</v>
+      </c>
+      <c r="D113" s="50">
+        <v>512</v>
+      </c>
+      <c r="E113" s="51">
+        <v>81711.899000000005</v>
+      </c>
+      <c r="F113" s="50">
+        <v>663</v>
+      </c>
+    </row>
+    <row r="114" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B114" s="53">
+        <v>110</v>
+      </c>
+      <c r="C114" s="52" t="s">
+        <v>595</v>
+      </c>
+      <c r="D114" s="50">
+        <v>221</v>
+      </c>
+      <c r="E114" s="51">
+        <v>89586.416890000008</v>
+      </c>
+      <c r="F114" s="50">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="115" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B115" s="53">
+        <v>111</v>
+      </c>
+      <c r="C115" s="52" t="s">
+        <v>593</v>
+      </c>
+      <c r="D115" s="50">
+        <v>82</v>
+      </c>
+      <c r="E115" s="51">
+        <v>14727.731</v>
+      </c>
+      <c r="F115" s="50">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="116" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B116" s="53">
+        <v>112</v>
+      </c>
+      <c r="C116" s="52" t="s">
+        <v>591</v>
+      </c>
+      <c r="D116" s="50">
+        <v>64682</v>
+      </c>
+      <c r="E116" s="51">
+        <v>18996166.173</v>
+      </c>
+      <c r="F116" s="50">
+        <v>3777</v>
+      </c>
+    </row>
+    <row r="117" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B117" s="53">
+        <v>113</v>
+      </c>
+      <c r="C117" s="52" t="s">
+        <v>186</v>
+      </c>
+      <c r="D117" s="50">
+        <v>0</v>
+      </c>
+      <c r="E117" s="51">
+        <v>0</v>
+      </c>
+      <c r="F117" s="50">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="118" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B118" s="53">
+        <v>114</v>
+      </c>
+      <c r="C118" s="52" t="s">
+        <v>560</v>
+      </c>
+      <c r="D118" s="50">
+        <v>14837820</v>
+      </c>
+      <c r="E118" s="51">
+        <v>7619400645.3389997</v>
+      </c>
+      <c r="F118" s="50">
+        <v>256749</v>
+      </c>
+    </row>
+    <row r="119" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B119" s="53">
+        <v>115</v>
+      </c>
+      <c r="C119" s="52" t="s">
+        <v>551</v>
+      </c>
+      <c r="D119" s="50">
+        <v>93365</v>
+      </c>
+      <c r="E119" s="51">
+        <v>26246203.21982</v>
+      </c>
+      <c r="F119" s="50">
+        <v>7215</v>
+      </c>
+    </row>
+    <row r="120" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B120" s="53">
+        <v>116</v>
+      </c>
+      <c r="C120" s="52" t="s">
+        <v>550</v>
+      </c>
+      <c r="D120" s="50">
+        <v>7689</v>
+      </c>
+      <c r="E120" s="51">
+        <v>1286984.298</v>
+      </c>
+      <c r="F120" s="50">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="121" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B121" s="53">
+        <v>117</v>
+      </c>
+      <c r="C121" s="52" t="s">
+        <v>529</v>
+      </c>
+      <c r="D121" s="50">
+        <v>56</v>
+      </c>
+      <c r="E121" s="51">
+        <v>22968.814999999999</v>
+      </c>
+      <c r="F121" s="50">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="122" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B122" s="53">
+        <v>118</v>
+      </c>
+      <c r="C122" s="52" t="s">
+        <v>519</v>
+      </c>
+      <c r="D122" s="50">
+        <v>717</v>
+      </c>
+      <c r="E122" s="51">
+        <v>240059.55799999999</v>
+      </c>
+      <c r="F122" s="50">
+        <v>717</v>
+      </c>
+    </row>
+    <row r="123" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B123" s="53">
+        <v>119</v>
+      </c>
+      <c r="C123" s="52" t="s">
+        <v>224</v>
+      </c>
+      <c r="D123" s="50">
+        <v>712</v>
+      </c>
+      <c r="E123" s="51">
+        <v>301247.40000000002</v>
+      </c>
+      <c r="F123" s="50">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="124" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B124" s="53">
+        <v>120</v>
+      </c>
+      <c r="C124" s="52" t="s">
+        <v>510</v>
+      </c>
+      <c r="D124" s="50">
+        <v>10055</v>
+      </c>
+      <c r="E124" s="51">
+        <v>12868615.241010001</v>
+      </c>
+      <c r="F124" s="50">
+        <v>1110</v>
+      </c>
+    </row>
+    <row r="125" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B125" s="53">
+        <v>121</v>
+      </c>
+      <c r="C125" s="52" t="s">
+        <v>500</v>
+      </c>
+      <c r="D125" s="50">
+        <v>1</v>
+      </c>
+      <c r="E125" s="51">
+        <v>67.626000000000005</v>
+      </c>
+      <c r="F125" s="50">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="126" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B126" s="53">
+        <v>122</v>
+      </c>
+      <c r="C126" s="52" t="s">
+        <v>490</v>
+      </c>
+      <c r="D126" s="50">
+        <v>146361</v>
+      </c>
+      <c r="E126" s="51">
+        <v>15810046.505000001</v>
+      </c>
+      <c r="F126" s="50">
+        <v>14014</v>
+      </c>
+    </row>
+    <row r="127" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B127" s="53">
+        <v>123</v>
+      </c>
+      <c r="C127" s="52" t="s">
+        <v>489</v>
+      </c>
+      <c r="D127" s="50">
+        <v>1167</v>
+      </c>
+      <c r="E127" s="51">
+        <v>5056.674</v>
+      </c>
+      <c r="F127" s="50">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="128" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B128" s="53">
+        <v>124</v>
+      </c>
+      <c r="C128" s="52" t="s">
+        <v>486</v>
+      </c>
+      <c r="D128" s="50">
+        <v>908</v>
+      </c>
+      <c r="E128" s="51">
+        <v>315811.90000000002</v>
+      </c>
+      <c r="F128" s="50">
+        <v>801</v>
+      </c>
+    </row>
+    <row r="129" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B129" s="53">
+        <v>125</v>
+      </c>
+      <c r="C129" s="52" t="s">
+        <v>236</v>
+      </c>
+      <c r="D129" s="50">
+        <v>390440</v>
+      </c>
+      <c r="E129" s="51">
+        <v>93506156.931999996</v>
+      </c>
+      <c r="F129" s="50">
+        <v>79313</v>
+      </c>
+    </row>
+    <row r="130" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B130" s="53">
+        <v>126</v>
+      </c>
+      <c r="C130" s="52" t="s">
+        <v>237</v>
+      </c>
+      <c r="D130" s="50">
+        <v>109410</v>
+      </c>
+      <c r="E130" s="51">
+        <v>25328704.217999998</v>
+      </c>
+      <c r="F130" s="50">
+        <v>14922</v>
+      </c>
+    </row>
+    <row r="131" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B131" s="53">
+        <v>127</v>
+      </c>
+      <c r="C131" s="52" t="s">
+        <v>239</v>
+      </c>
+      <c r="D131" s="50">
+        <v>3691381</v>
+      </c>
+      <c r="E131" s="51">
+        <v>861162065.61726999</v>
+      </c>
+      <c r="F131" s="50">
+        <v>397381</v>
+      </c>
+    </row>
+    <row r="132" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B132" s="53">
+        <v>128</v>
+      </c>
+      <c r="C132" s="52" t="s">
+        <v>433</v>
+      </c>
+      <c r="D132" s="50">
+        <v>58900</v>
+      </c>
+      <c r="E132" s="51">
+        <v>4543389.4410800003</v>
+      </c>
+      <c r="F132" s="50">
+        <v>17371</v>
+      </c>
+    </row>
+    <row r="133" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B133" s="53">
+        <v>129</v>
+      </c>
+      <c r="C133" s="52" t="s">
+        <v>242</v>
+      </c>
+      <c r="D133" s="50">
+        <v>1206</v>
+      </c>
+      <c r="E133" s="51">
+        <v>245942.56966000001</v>
+      </c>
+      <c r="F133" s="50">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="134" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B134" s="53">
+        <v>130</v>
+      </c>
+      <c r="C134" s="52" t="s">
+        <v>478</v>
+      </c>
+      <c r="D134" s="50">
+        <v>107227</v>
+      </c>
+      <c r="E134" s="51">
+        <v>8252323.7199999997</v>
+      </c>
+      <c r="F134" s="50">
+        <v>13492</v>
+      </c>
+    </row>
+    <row r="135" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B135" s="53">
+        <v>131</v>
+      </c>
+      <c r="C135" s="52" t="s">
+        <v>475</v>
+      </c>
+      <c r="D135" s="50">
+        <v>5857</v>
+      </c>
+      <c r="E135" s="51">
+        <v>450997.13099999999</v>
+      </c>
+      <c r="F135" s="50">
+        <v>716</v>
+      </c>
+    </row>
+    <row r="136" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B136" s="53">
+        <v>132</v>
+      </c>
+      <c r="C136" s="52" t="s">
+        <v>477</v>
+      </c>
+      <c r="D136" s="50">
+        <v>3692</v>
+      </c>
+      <c r="E136" s="51">
+        <v>523266.02181999997</v>
+      </c>
+      <c r="F136" s="50">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="137" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B137" s="53">
+        <v>133</v>
+      </c>
+      <c r="C137" s="52" t="s">
+        <v>476</v>
+      </c>
+      <c r="D137" s="50">
+        <v>106</v>
+      </c>
+      <c r="E137" s="51">
+        <v>8426.0560000000005</v>
+      </c>
+      <c r="F137" s="50">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="138" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B138" s="53">
+        <v>134</v>
+      </c>
+      <c r="C138" s="52" t="s">
+        <v>469</v>
+      </c>
+      <c r="D138" s="50">
+        <v>12542</v>
+      </c>
+      <c r="E138" s="51">
+        <v>1853509.723</v>
+      </c>
+      <c r="F138" s="50">
+        <v>14572</v>
+      </c>
+    </row>
+    <row r="139" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B139" s="53">
+        <v>135</v>
+      </c>
+      <c r="C139" s="52" t="s">
+        <v>449</v>
+      </c>
+      <c r="D139" s="50">
+        <v>1518</v>
+      </c>
+      <c r="E139" s="51">
+        <v>41847.749469999995</v>
+      </c>
+      <c r="F139" s="50">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="140" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B140" s="53">
+        <v>136</v>
+      </c>
+      <c r="C140" s="52" t="s">
+        <v>249</v>
+      </c>
+      <c r="D140" s="50">
+        <v>3405</v>
+      </c>
+      <c r="E140" s="51">
+        <v>3548025.60666</v>
+      </c>
+      <c r="F140" s="50">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="141" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B141" s="53">
+        <v>137</v>
+      </c>
+      <c r="C141" s="52" t="s">
+        <v>446</v>
+      </c>
+      <c r="D141" s="50">
+        <v>9150798</v>
+      </c>
+      <c r="E141" s="51">
+        <v>3356767624.4647799</v>
+      </c>
+      <c r="F141" s="50">
+        <v>393037</v>
+      </c>
+    </row>
+    <row r="142" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B142" s="53">
+        <v>138</v>
+      </c>
+      <c r="C142" s="52" t="s">
+        <v>445</v>
+      </c>
+      <c r="D142" s="50">
+        <v>1151</v>
+      </c>
+      <c r="E142" s="51">
+        <v>115251.217</v>
+      </c>
+      <c r="F142" s="50">
+        <v>1614</v>
+      </c>
+    </row>
+    <row r="143" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B143" s="67" t="s">
+        <v>985</v>
+      </c>
+      <c r="C143" s="67"/>
+      <c r="D143" s="48">
+        <f>SUM(D5:D142)</f>
+        <v>372669014</v>
+      </c>
+      <c r="E143" s="49">
+        <f>SUM(E5:E142)</f>
+        <v>139056427660.28046</v>
+      </c>
+      <c r="F143" s="48">
+        <f>SUM(F5:F142)</f>
+        <v>84094133</v>
+      </c>
+    </row>
+    <row r="144" spans="2:6" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B144" s="68" t="s">
+        <v>984</v>
+      </c>
+      <c r="C144" s="68"/>
+      <c r="D144" s="68"/>
+      <c r="E144" s="68"/>
+      <c r="F144" s="68"/>
+    </row>
+    <row r="145" spans="2:6" ht="27.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B145" s="68" t="s">
+        <v>983</v>
+      </c>
+      <c r="C145" s="68"/>
+      <c r="D145" s="68"/>
+      <c r="E145" s="68"/>
+      <c r="F145" s="68"/>
+    </row>
+    <row r="146" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="E146" s="47"/>
+    </row>
+    <row r="147" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="D147" s="46"/>
+      <c r="E147" s="46"/>
+      <c r="F147" s="46"/>
+    </row>
+    <row r="149" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="F149" s="45"/>
+    </row>
+  </sheetData>
+  <mergeCells count="9">
+    <mergeCell ref="B143:C143"/>
+    <mergeCell ref="B144:F144"/>
+    <mergeCell ref="B145:F145"/>
+    <mergeCell ref="B2:F2"/>
+    <mergeCell ref="B3:B4"/>
+    <mergeCell ref="C3:C4"/>
+    <mergeCell ref="D3:D4"/>
+    <mergeCell ref="E3:E4"/>
+    <mergeCell ref="F3:F4"/>
+  </mergeCells>
+  <pageMargins left="3.937007874015748E-2" right="3.937007874015748E-2" top="3.937007874015748E-2" bottom="3.937007874015748E-2" header="0" footer="0"/>
+  <pageSetup scale="77" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="49447a93-c7d3-46d4-b2ef-1a487e94f171" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="3d7d0cd0-f64d-4b9a-a413-5bcf740cb882">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010008F5B6C6D031A14B8C9475DA588E531A" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="bdd46401dec10e21796a71fdd72543d4">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="3d7d0cd0-f64d-4b9a-a413-5bcf740cb882" xmlns:ns3="49447a93-c7d3-46d4-b2ef-1a487e94f171" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="db312a9750cf625101f7d82a58552b69" ns2:_="" ns3:_="">
     <xsd:import namespace="3d7d0cd0-f64d-4b9a-a413-5bcf740cb882"/>
     <xsd:import namespace="49447a93-c7d3-46d4-b2ef-1a487e94f171"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -19831,138 +34353,128 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8B1ABDC2-EEB4-44CA-A073-75D75E2AAFEB}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="49447a93-c7d3-46d4-b2ef-1a487e94f171"/>
+    <ds:schemaRef ds:uri="3d7d0cd0-f64d-4b9a-a413-5bcf740cb882"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CE67D81D-EDF0-494C-AD73-8E800325B07B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="3d7d0cd0-f64d-4b9a-a413-5bcf740cb882"/>
     <ds:schemaRef ds:uri="49447a93-c7d3-46d4-b2ef-1a487e94f171"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2FDF2824-42F0-4943-A3BC-EB77F621AC1C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
-  </ds:schemaRefs>
-[...9 lines deleted...]
-    <ds:schemaRef ds:uri="3d7d0cd0-f64d-4b9a-a413-5bcf740cb882"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{ade22d3f-b5bb-4fa4-b79c-3b7263598f65}" enabled="0" method="" siteId="{ade22d3f-b5bb-4fa4-b79c-3b7263598f65}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
+    <vt:vector size="4" baseType="lpstr">
       <vt:lpstr>NEFT</vt:lpstr>
       <vt:lpstr>RTGS</vt:lpstr>
+      <vt:lpstr>Mobile Banking</vt:lpstr>
+      <vt:lpstr>Internet Banking</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Jayateerth S Deshpande</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010008F5B6C6D031A14B8C9475DA588E531A</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>