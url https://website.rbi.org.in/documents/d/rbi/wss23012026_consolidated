--- v0 (2026-01-26)
+++ v1 (2026-02-18)
@@ -15,84 +15,84 @@
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24332"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\websitecontent\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Gaush\0Jan2026\30-01-2026\WSS January 23, 2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{143A0725-D69C-4C0D-80EC-5F8D608BEAE3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{590CCFA0-F5FD-4C4F-855B-923889C982FE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="T_1" sheetId="1" r:id="rId1"/>
     <sheet name="T_2" sheetId="2" r:id="rId2"/>
     <sheet name="T_3" sheetId="3" r:id="rId3"/>
     <sheet name="T_4" sheetId="4" r:id="rId4"/>
     <sheet name="T_5" sheetId="5" r:id="rId5"/>
     <sheet name="T_6" sheetId="6" r:id="rId6"/>
     <sheet name="T_7" sheetId="7" r:id="rId7"/>
     <sheet name="T_8" sheetId="8" r:id="rId8"/>
     <sheet name="T_9" sheetId="9" r:id="rId9"/>
     <sheet name="T_10" sheetId="10" r:id="rId10"/>
     <sheet name="T_11" sheetId="11" r:id="rId11"/>
     <sheet name="T_12" sheetId="12" r:id="rId12"/>
     <sheet name="T_13" sheetId="13" r:id="rId13"/>
     <sheet name="T_14" sheetId="14" r:id="rId14"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="454" uniqueCount="292">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="453" uniqueCount="291">
   <si>
     <t>(₹ Crore)</t>
   </si>
   <si>
     <t>Item</t>
   </si>
   <si>
     <t>Variation</t>
   </si>
   <si>
     <t>Week</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>1 Notes Issued</t>
   </si>
   <si>
     <t>1.1 Notes in Circulation</t>
   </si>
   <si>
     <t>1.2 Notes held in Banking Department</t>
   </si>
   <si>
@@ -849,56 +849,50 @@
   <si>
     <t>Jan. 12, 2026</t>
   </si>
   <si>
     <t>Jan. 13, 2026</t>
   </si>
   <si>
     <t>Jan. 14, 2026</t>
   </si>
   <si>
     <t>Jan. 17, 2026</t>
   </si>
   <si>
     <t>Jan. 18, 2026</t>
   </si>
   <si>
     <t>Fortnight^</t>
   </si>
   <si>
     <t>Jan. 15*</t>
   </si>
   <si>
     <t>^: With respect to December 31, 2025</t>
   </si>
   <si>
-    <t>*: With the change in the definition of fortnight vide the Banking Laws (Amendment) Act, 2025, data for reserve money are published for the 15th and the last day of the month,</t>
-[...4 lines deleted...]
-  <si>
     <t>Dec. 31*</t>
   </si>
   <si>
     <t>^: With respect to December 15, 2025</t>
   </si>
   <si>
     <t>*: With the change in the definition of fortnight vide The Banking Laws (Amendment) Act, 2025, data for money supply are published for the 15th and the last day of the month, effective December 15, 2025.</t>
   </si>
   <si>
     <t>Outstanding as on Dec. 31, 2025</t>
   </si>
   <si>
     <t>As per the Banking Laws (Amendment) Act, 2025, the definition of fortnight has been revised from alternate Fridays to 15th and last calendar day of a month, w.e.f. December 15, 2025.</t>
   </si>
   <si>
     <t>Average daily cash reserve requirement (CRR) for the fortnight ending January 31, 2026= ₹ 764046 Crore</t>
   </si>
   <si>
     <t>Jan. 16</t>
   </si>
   <si>
     <t>Jan. 17</t>
   </si>
   <si>
     <t>Jan. 18</t>
@@ -990,81 +984,78 @@
         <family val="2"/>
       </rPr>
       <t>(₹ Crore)</t>
     </r>
   </si>
   <si>
     <r>
       <t> </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>* Data are provisional; difference, if any, is due to rounding off.</t>
     </r>
   </si>
   <si>
     <t>2 Consumer Price Index for Industrial Workers (2016=100)</t>
   </si>
   <si>
     <t>3 Wholesale Price Index (2011-12=100)</t>
   </si>
+  <si>
+    <t>*: With the change in the definition of fortnight vide the Banking Laws (Amendment) Act, 2025, data for reserve money are published for the 15th and the last day of the month, effective December 15, 2025.</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0.0"/>
   </numFmts>
-  <fonts count="7" x14ac:knownFonts="1">
+  <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
-      <color theme="1"/>
-[...4 lines deleted...]
-      <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -1375,51 +1366,51 @@
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="116">
+  <cellXfs count="115">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
@@ -1429,109 +1420,111 @@
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="1" fontId="4" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="3" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="1" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="1" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -1578,116 +1571,110 @@
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="1" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="1" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="justify" wrapText="1"/>
     </xf>
-    <xf numFmtId="2" fontId="1" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...27 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...19 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
@@ -1715,50 +1702,53 @@
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
@@ -2063,107 +2053,107 @@
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3.85546875" style="1" customWidth="1"/>
     <col min="2" max="2" width="48.28515625" style="1" customWidth="1"/>
     <col min="3" max="7" width="13.42578125" style="1" customWidth="1"/>
     <col min="8" max="8" width="12.140625" style="1" customWidth="1"/>
     <col min="9" max="9" width="11.140625" style="1" customWidth="1"/>
     <col min="10" max="10" width="12.140625" style="1" customWidth="1"/>
     <col min="11" max="11" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="19.5703125" style="1" customWidth="1"/>
     <col min="13" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:7" x14ac:dyDescent="0.2">
       <c r="B2" s="43" t="s">
         <v>36</v>
       </c>
       <c r="C2" s="44"/>
       <c r="D2" s="44"/>
       <c r="E2" s="44"/>
       <c r="F2" s="44"/>
       <c r="G2" s="45"/>
     </row>
     <row r="3" spans="2:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="46" t="s">
-        <v>288</v>
+        <v>286</v>
       </c>
       <c r="C3" s="47"/>
       <c r="D3" s="47"/>
       <c r="E3" s="47"/>
       <c r="F3" s="47"/>
       <c r="G3" s="48"/>
     </row>
     <row r="4" spans="2:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B4" s="49" t="s">
         <v>1</v>
       </c>
-      <c r="C4" s="38">
+      <c r="C4" s="36">
         <v>2025</v>
       </c>
       <c r="D4" s="52">
         <v>2026</v>
       </c>
       <c r="E4" s="53"/>
       <c r="F4" s="52" t="s">
         <v>2</v>
       </c>
       <c r="G4" s="53"/>
     </row>
     <row r="5" spans="2:7" x14ac:dyDescent="0.2">
       <c r="B5" s="50"/>
-      <c r="C5" s="38" t="s">
-[...8 lines deleted...]
-      <c r="F5" s="38" t="s">
+      <c r="C5" s="36" t="s">
+        <v>259</v>
+      </c>
+      <c r="D5" s="36" t="s">
+        <v>281</v>
+      </c>
+      <c r="E5" s="36" t="s">
+        <v>258</v>
+      </c>
+      <c r="F5" s="36" t="s">
         <v>3</v>
       </c>
-      <c r="G5" s="38" t="s">
+      <c r="G5" s="36" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" spans="2:7" x14ac:dyDescent="0.2">
       <c r="B6" s="51"/>
-      <c r="C6" s="38">
+      <c r="C6" s="36">
         <v>1</v>
       </c>
-      <c r="D6" s="38">
+      <c r="D6" s="36">
         <v>2</v>
       </c>
-      <c r="E6" s="38">
+      <c r="E6" s="36">
         <v>3</v>
       </c>
-      <c r="F6" s="38">
+      <c r="F6" s="36">
         <v>4</v>
       </c>
-      <c r="G6" s="38">
+      <c r="G6" s="36">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="2:7" x14ac:dyDescent="0.2">
       <c r="B7" s="10" t="s">
         <v>5</v>
       </c>
       <c r="C7" s="11">
         <v>3558952</v>
       </c>
       <c r="D7" s="11">
         <v>3928255</v>
       </c>
       <c r="E7" s="11">
         <v>3942212</v>
       </c>
       <c r="F7" s="11">
         <v>13956</v>
       </c>
       <c r="G7" s="11">
         <v>383260</v>
       </c>
     </row>
     <row r="8" spans="2:7" x14ac:dyDescent="0.2">
       <c r="B8" s="10" t="s">
@@ -2695,234 +2685,234 @@
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="2:7" x14ac:dyDescent="0.2">
       <c r="B36" s="10" t="s">
         <v>35</v>
       </c>
       <c r="C36" s="11">
         <v>20824</v>
       </c>
       <c r="D36" s="11">
         <v>29715</v>
       </c>
       <c r="E36" s="11">
         <v>29789</v>
       </c>
       <c r="F36" s="11">
         <v>74</v>
       </c>
       <c r="G36" s="11">
         <v>8965</v>
       </c>
     </row>
     <row r="37" spans="2:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B37" s="40" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="C37" s="41"/>
       <c r="D37" s="41"/>
       <c r="E37" s="41"/>
       <c r="F37" s="41"/>
       <c r="G37" s="42"/>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="B37:G37"/>
     <mergeCell ref="B2:G2"/>
     <mergeCell ref="B3:G3"/>
     <mergeCell ref="B4:B6"/>
     <mergeCell ref="D4:E4"/>
     <mergeCell ref="F4:G4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{81C6FB45-5725-4ED7-85B4-4825B0A9A384}">
   <dimension ref="B2:E12"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="41.28515625" style="1" customWidth="1"/>
     <col min="3" max="3" width="13.85546875" style="1" customWidth="1"/>
     <col min="4" max="5" width="15.7109375" style="1" customWidth="1"/>
     <col min="6" max="6" width="9.140625" style="1"/>
     <col min="7" max="7" width="159.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="8" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:5" x14ac:dyDescent="0.2">
-      <c r="B2" s="75" t="s">
+      <c r="B2" s="70" t="s">
         <v>196</v>
       </c>
-      <c r="C2" s="76"/>
-[...1 lines deleted...]
-      <c r="E2" s="77"/>
+      <c r="C2" s="71"/>
+      <c r="D2" s="71"/>
+      <c r="E2" s="72"/>
     </row>
     <row r="3" spans="2:5" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B3" s="98" t="s">
+      <c r="B3" s="96" t="s">
         <v>237</v>
       </c>
-      <c r="C3" s="98" t="s">
+      <c r="C3" s="96" t="s">
         <v>238</v>
       </c>
-      <c r="D3" s="101" t="s">
+      <c r="D3" s="99" t="s">
         <v>198</v>
       </c>
-      <c r="E3" s="103"/>
+      <c r="E3" s="101"/>
     </row>
     <row r="4" spans="2:5" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="B4" s="99"/>
-      <c r="C4" s="100"/>
+      <c r="B4" s="97"/>
+      <c r="C4" s="98"/>
       <c r="D4" s="12" t="s">
         <v>199</v>
       </c>
       <c r="E4" s="12" t="s">
         <v>200</v>
       </c>
     </row>
     <row r="5" spans="2:5" x14ac:dyDescent="0.2">
-      <c r="B5" s="100"/>
+      <c r="B5" s="98"/>
       <c r="C5" s="12">
         <v>1</v>
       </c>
       <c r="D5" s="12">
         <v>2</v>
       </c>
       <c r="E5" s="12">
         <v>3</v>
       </c>
     </row>
     <row r="6" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B6" s="13" t="s">
         <v>233</v>
       </c>
       <c r="C6" s="14">
         <v>568136</v>
       </c>
       <c r="D6" s="14">
         <v>88512</v>
       </c>
       <c r="E6" s="14" t="s">
         <v>239</v>
       </c>
     </row>
     <row r="7" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B7" s="15" t="s">
         <v>235</v>
       </c>
       <c r="C7" s="16">
         <v>574586</v>
       </c>
       <c r="D7" s="16">
         <v>40189</v>
       </c>
       <c r="E7" s="16" t="s">
         <v>240</v>
       </c>
     </row>
     <row r="8" spans="2:5" ht="27.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B8" s="107" t="s">
+      <c r="B8" s="105" t="s">
         <v>241</v>
       </c>
-      <c r="C8" s="108"/>
-[...1 lines deleted...]
-      <c r="E8" s="109"/>
+      <c r="C8" s="106"/>
+      <c r="D8" s="106"/>
+      <c r="E8" s="107"/>
     </row>
     <row r="10" spans="2:5" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="11" spans="2:5" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="12" spans="2:5" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="B2:E2"/>
     <mergeCell ref="B3:B5"/>
     <mergeCell ref="C3:C4"/>
     <mergeCell ref="D3:E3"/>
     <mergeCell ref="B8:E8"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5B56A4C5-598E-458C-834D-44ED864D599F}">
   <dimension ref="B2:E7"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3.85546875" style="1" customWidth="1"/>
     <col min="2" max="2" width="40.28515625" style="1" customWidth="1"/>
     <col min="3" max="3" width="13.28515625" style="1" customWidth="1"/>
     <col min="4" max="4" width="16" style="1" customWidth="1"/>
     <col min="5" max="5" width="18" style="1" customWidth="1"/>
     <col min="6" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:5" x14ac:dyDescent="0.2">
-      <c r="B2" s="75" t="s">
+      <c r="B2" s="70" t="s">
         <v>201</v>
       </c>
-      <c r="C2" s="76"/>
-[...1 lines deleted...]
-      <c r="E2" s="77"/>
+      <c r="C2" s="71"/>
+      <c r="D2" s="71"/>
+      <c r="E2" s="72"/>
     </row>
     <row r="3" spans="2:5" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B3" s="110" t="s">
+      <c r="B3" s="108" t="s">
         <v>197</v>
       </c>
-      <c r="C3" s="110" t="s">
+      <c r="C3" s="108" t="s">
         <v>231</v>
       </c>
-      <c r="D3" s="111" t="s">
+      <c r="D3" s="109" t="s">
         <v>198</v>
       </c>
-      <c r="E3" s="112"/>
+      <c r="E3" s="110"/>
     </row>
     <row r="4" spans="2:5" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="B4" s="99"/>
-      <c r="C4" s="100"/>
+      <c r="B4" s="97"/>
+      <c r="C4" s="98"/>
       <c r="D4" s="12" t="s">
         <v>232</v>
       </c>
       <c r="E4" s="12" t="s">
         <v>200</v>
       </c>
     </row>
     <row r="5" spans="2:5" x14ac:dyDescent="0.2">
-      <c r="B5" s="100"/>
+      <c r="B5" s="98"/>
       <c r="C5" s="12">
         <v>1</v>
       </c>
       <c r="D5" s="12">
         <v>2</v>
       </c>
       <c r="E5" s="12">
         <v>3</v>
       </c>
     </row>
     <row r="6" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B6" s="13" t="s">
         <v>233</v>
       </c>
       <c r="C6" s="14">
         <v>451053</v>
       </c>
       <c r="D6" s="14">
         <v>59006</v>
       </c>
       <c r="E6" s="14" t="s">
         <v>234</v>
       </c>
     </row>
     <row r="7" spans="2:5" x14ac:dyDescent="0.2">
@@ -2945,89 +2935,89 @@
     <mergeCell ref="B3:B5"/>
     <mergeCell ref="C3:C4"/>
     <mergeCell ref="D3:E3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{325D649D-0B12-4606-B03D-46D23A63A9E7}">
   <dimension ref="B2:E12"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3.42578125" style="1" customWidth="1"/>
     <col min="2" max="2" width="57" style="1" customWidth="1"/>
     <col min="3" max="5" width="15.28515625" style="1" customWidth="1"/>
     <col min="6" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:5" x14ac:dyDescent="0.2">
-      <c r="B2" s="75" t="s">
+      <c r="B2" s="70" t="s">
         <v>202</v>
       </c>
-      <c r="C2" s="76"/>
-[...1 lines deleted...]
-      <c r="E2" s="77"/>
+      <c r="C2" s="71"/>
+      <c r="D2" s="71"/>
+      <c r="E2" s="72"/>
     </row>
     <row r="3" spans="2:5" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B3" s="113" t="s">
+      <c r="B3" s="111" t="s">
         <v>0</v>
       </c>
-      <c r="C3" s="114"/>
-[...1 lines deleted...]
-      <c r="E3" s="115"/>
+      <c r="C3" s="112"/>
+      <c r="D3" s="112"/>
+      <c r="E3" s="113"/>
     </row>
     <row r="4" spans="2:5" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B4" s="98" t="s">
+      <c r="B4" s="96" t="s">
         <v>1</v>
       </c>
-      <c r="C4" s="101" t="s">
+      <c r="C4" s="99" t="s">
         <v>203</v>
       </c>
-      <c r="D4" s="102"/>
-      <c r="E4" s="103"/>
+      <c r="D4" s="100"/>
+      <c r="E4" s="101"/>
     </row>
     <row r="5" spans="2:5" x14ac:dyDescent="0.2">
-      <c r="B5" s="99"/>
+      <c r="B5" s="97"/>
       <c r="C5" s="12" t="s">
         <v>228</v>
       </c>
       <c r="D5" s="12" t="s">
         <v>229</v>
       </c>
       <c r="E5" s="12" t="s">
         <v>230</v>
       </c>
     </row>
     <row r="6" spans="2:5" x14ac:dyDescent="0.2">
-      <c r="B6" s="100"/>
+      <c r="B6" s="98"/>
       <c r="C6" s="12">
         <v>1</v>
       </c>
       <c r="D6" s="12">
         <v>2</v>
       </c>
       <c r="E6" s="12">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="2:5" x14ac:dyDescent="0.2">
       <c r="B7" s="13" t="s">
         <v>204</v>
       </c>
       <c r="C7" s="14">
         <v>16683</v>
       </c>
       <c r="D7" s="14">
         <v>31815</v>
       </c>
       <c r="E7" s="14">
         <v>25176</v>
       </c>
     </row>
     <row r="8" spans="2:5" x14ac:dyDescent="0.2">
@@ -3093,95 +3083,95 @@
     <mergeCell ref="B3:E3"/>
     <mergeCell ref="B4:B6"/>
     <mergeCell ref="C4:E4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CBB18345-8FE8-41DE-A3B2-3098A696D381}">
   <dimension ref="B2:F10"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="4.28515625" style="1" customWidth="1"/>
     <col min="2" max="2" width="33.28515625" style="1" customWidth="1"/>
     <col min="3" max="6" width="12.42578125" style="1" customWidth="1"/>
     <col min="7" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B2" s="75" t="s">
+      <c r="B2" s="70" t="s">
         <v>218</v>
       </c>
-      <c r="C2" s="76"/>
-[...2 lines deleted...]
-      <c r="F2" s="77"/>
+      <c r="C2" s="71"/>
+      <c r="D2" s="71"/>
+      <c r="E2" s="71"/>
+      <c r="F2" s="72"/>
     </row>
     <row r="3" spans="2:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B3" s="95" t="s">
+      <c r="B3" s="93" t="s">
         <v>0</v>
       </c>
-      <c r="C3" s="96"/>
-[...2 lines deleted...]
-      <c r="F3" s="97"/>
+      <c r="C3" s="94"/>
+      <c r="D3" s="94"/>
+      <c r="E3" s="94"/>
+      <c r="F3" s="95"/>
     </row>
     <row r="4" spans="2:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B4" s="98" t="s">
+      <c r="B4" s="96" t="s">
         <v>227</v>
       </c>
-      <c r="C4" s="101" t="s">
+      <c r="C4" s="99" t="s">
         <v>217</v>
       </c>
-      <c r="D4" s="102"/>
-[...1 lines deleted...]
-      <c r="F4" s="98" t="s">
+      <c r="D4" s="100"/>
+      <c r="E4" s="101"/>
+      <c r="F4" s="96" t="s">
         <v>216</v>
       </c>
     </row>
     <row r="5" spans="2:6" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="B5" s="99"/>
+      <c r="B5" s="97"/>
       <c r="C5" s="12" t="s">
         <v>215</v>
       </c>
       <c r="D5" s="12" t="s">
         <v>214</v>
       </c>
       <c r="E5" s="12" t="s">
         <v>213</v>
       </c>
-      <c r="F5" s="100"/>
+      <c r="F5" s="98"/>
     </row>
     <row r="6" spans="2:6" x14ac:dyDescent="0.2">
-      <c r="B6" s="100"/>
+      <c r="B6" s="98"/>
       <c r="C6" s="12">
         <v>1</v>
       </c>
       <c r="D6" s="12">
         <v>2</v>
       </c>
       <c r="E6" s="12">
         <v>3</v>
       </c>
       <c r="F6" s="12">
         <v>4</v>
       </c>
     </row>
     <row r="7" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B7" s="13" t="s">
         <v>212</v>
       </c>
       <c r="C7" s="14">
         <v>8940</v>
       </c>
       <c r="D7" s="14">
         <v>13036</v>
       </c>
       <c r="E7" s="14">
         <v>102535</v>
@@ -3251,70 +3241,70 @@
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DF0C406A-B180-4A2C-A4C6-79873DDB93E9}">
   <dimension ref="B2:H9"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="4.42578125" style="1" customWidth="1"/>
     <col min="2" max="2" width="41.7109375" style="1" customWidth="1"/>
     <col min="3" max="4" width="17.42578125" style="1" customWidth="1"/>
     <col min="5" max="5" width="13.5703125" style="1" customWidth="1"/>
     <col min="6" max="7" width="17.42578125" style="1" customWidth="1"/>
     <col min="8" max="8" width="13.5703125" style="1" customWidth="1"/>
     <col min="9" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:8" x14ac:dyDescent="0.2">
-      <c r="B2" s="75" t="s">
+      <c r="B2" s="70" t="s">
         <v>219</v>
       </c>
-      <c r="C2" s="76"/>
-[...4 lines deleted...]
-      <c r="H2" s="77"/>
+      <c r="C2" s="71"/>
+      <c r="D2" s="71"/>
+      <c r="E2" s="71"/>
+      <c r="F2" s="71"/>
+      <c r="G2" s="71"/>
+      <c r="H2" s="72"/>
     </row>
     <row r="3" spans="2:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B3" s="82" t="s">
+      <c r="B3" s="81" t="s">
         <v>220</v>
       </c>
-      <c r="C3" s="83"/>
-[...4 lines deleted...]
-      <c r="H3" s="84"/>
+      <c r="C3" s="82"/>
+      <c r="D3" s="82"/>
+      <c r="E3" s="82"/>
+      <c r="F3" s="82"/>
+      <c r="G3" s="82"/>
+      <c r="H3" s="83"/>
     </row>
     <row r="4" spans="2:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B4" s="49" t="s">
         <v>1</v>
       </c>
       <c r="C4" s="61" t="s">
         <v>223</v>
       </c>
       <c r="D4" s="89"/>
       <c r="E4" s="62"/>
       <c r="F4" s="61" t="s">
         <v>221</v>
       </c>
       <c r="G4" s="89"/>
       <c r="H4" s="62"/>
     </row>
     <row r="5" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B5" s="50"/>
       <c r="C5" s="6" t="s">
         <v>58</v>
       </c>
       <c r="D5" s="6" t="s">
         <v>57</v>
       </c>
       <c r="E5" s="49" t="s">
@@ -3773,242 +3763,242 @@
       <c r="R2" s="64"/>
     </row>
     <row r="3" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="65" t="s">
         <v>50</v>
       </c>
       <c r="C3" s="65"/>
       <c r="D3" s="65"/>
       <c r="E3" s="65"/>
       <c r="F3" s="65"/>
       <c r="G3" s="65"/>
       <c r="H3" s="65"/>
       <c r="I3" s="65"/>
       <c r="J3" s="65"/>
       <c r="K3" s="65"/>
       <c r="L3" s="65"/>
       <c r="M3" s="65"/>
       <c r="N3" s="65"/>
       <c r="O3" s="65"/>
       <c r="P3" s="65"/>
       <c r="Q3" s="65"/>
       <c r="R3" s="65"/>
     </row>
     <row r="4" spans="2:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B4" s="63" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="C4" s="66">
         <v>2026</v>
       </c>
       <c r="D4" s="66"/>
       <c r="E4" s="66"/>
       <c r="F4" s="66"/>
       <c r="G4" s="66"/>
       <c r="H4" s="66"/>
       <c r="I4" s="66"/>
       <c r="J4" s="66"/>
       <c r="K4" s="66"/>
       <c r="L4" s="66"/>
       <c r="M4" s="66"/>
       <c r="N4" s="66"/>
       <c r="O4" s="66"/>
       <c r="P4" s="66"/>
       <c r="Q4" s="66"/>
       <c r="R4" s="66"/>
     </row>
     <row r="5" spans="2:18" x14ac:dyDescent="0.2">
       <c r="B5" s="63"/>
-      <c r="C5" s="26" t="s">
+      <c r="C5" s="24" t="s">
+        <v>258</v>
+      </c>
+      <c r="D5" s="24" t="s">
+        <v>259</v>
+      </c>
+      <c r="E5" s="24" t="s">
         <v>260</v>
       </c>
-      <c r="D5" s="26" t="s">
+      <c r="F5" s="24" t="s">
         <v>261</v>
       </c>
-      <c r="E5" s="26" t="s">
+      <c r="G5" s="24" t="s">
         <v>262</v>
       </c>
-      <c r="F5" s="26" t="s">
+      <c r="H5" s="24" t="s">
         <v>263</v>
       </c>
-      <c r="G5" s="26" t="s">
+      <c r="I5" s="24" t="s">
         <v>264</v>
       </c>
-      <c r="H5" s="26" t="s">
+      <c r="J5" s="24" t="s">
         <v>265</v>
       </c>
-      <c r="I5" s="26" t="s">
+      <c r="K5" s="24" t="s">
         <v>266</v>
       </c>
-      <c r="J5" s="26" t="s">
+      <c r="L5" s="24" t="s">
         <v>267</v>
       </c>
-      <c r="K5" s="26" t="s">
+      <c r="M5" s="24" t="s">
         <v>268</v>
       </c>
-      <c r="L5" s="26" t="s">
+      <c r="N5" s="24" t="s">
         <v>269</v>
       </c>
-      <c r="M5" s="26" t="s">
+      <c r="O5" s="24" t="s">
         <v>270</v>
       </c>
-      <c r="N5" s="26" t="s">
+      <c r="P5" s="24" t="s">
         <v>271</v>
       </c>
-      <c r="O5" s="26" t="s">
+      <c r="Q5" s="24" t="s">
         <v>272</v>
       </c>
-      <c r="P5" s="26" t="s">
+      <c r="R5" s="25" t="s">
         <v>273</v>
-      </c>
-[...4 lines deleted...]
-        <v>275</v>
       </c>
     </row>
     <row r="6" spans="2:18" x14ac:dyDescent="0.2">
       <c r="B6" s="63"/>
-      <c r="C6" s="26">
+      <c r="C6" s="24">
         <v>1</v>
       </c>
-      <c r="D6" s="26">
+      <c r="D6" s="24">
         <v>2</v>
       </c>
-      <c r="E6" s="26">
+      <c r="E6" s="24">
         <v>3</v>
       </c>
-      <c r="F6" s="26">
+      <c r="F6" s="24">
         <v>4</v>
       </c>
-      <c r="G6" s="26">
+      <c r="G6" s="24">
         <v>5</v>
       </c>
-      <c r="H6" s="26">
+      <c r="H6" s="24">
         <v>6</v>
       </c>
-      <c r="I6" s="26">
+      <c r="I6" s="24">
         <v>7</v>
       </c>
-      <c r="J6" s="26">
+      <c r="J6" s="24">
         <v>8</v>
       </c>
-      <c r="K6" s="26">
+      <c r="K6" s="24">
         <v>9</v>
       </c>
-      <c r="L6" s="26">
+      <c r="L6" s="24">
         <v>10</v>
       </c>
-      <c r="M6" s="26">
+      <c r="M6" s="24">
         <v>11</v>
       </c>
-      <c r="N6" s="26">
+      <c r="N6" s="24">
         <v>12</v>
       </c>
-      <c r="O6" s="26">
+      <c r="O6" s="24">
         <v>13</v>
       </c>
-      <c r="P6" s="26">
+      <c r="P6" s="24">
         <v>14</v>
       </c>
-      <c r="Q6" s="26">
+      <c r="Q6" s="24">
         <v>15</v>
       </c>
-      <c r="R6" s="28">
+      <c r="R6" s="26">
         <v>16</v>
       </c>
     </row>
     <row r="7" spans="2:18" x14ac:dyDescent="0.2">
-      <c r="B7" s="29" t="s">
+      <c r="B7" s="27" t="s">
         <v>51</v>
       </c>
-      <c r="C7" s="30">
+      <c r="C7" s="28">
         <v>776185</v>
       </c>
-      <c r="D7" s="30">
+      <c r="D7" s="28">
         <v>767220</v>
       </c>
-      <c r="E7" s="30">
+      <c r="E7" s="28">
         <v>769613</v>
       </c>
-      <c r="F7" s="30">
+      <c r="F7" s="28">
         <v>777700</v>
       </c>
-      <c r="G7" s="30">
+      <c r="G7" s="28">
         <v>765390</v>
       </c>
-      <c r="H7" s="30">
+      <c r="H7" s="28">
         <v>765267</v>
       </c>
-      <c r="I7" s="30">
+      <c r="I7" s="28">
         <v>750725</v>
       </c>
-      <c r="J7" s="30"/>
-[...7 lines deleted...]
-      <c r="R7" s="31"/>
+      <c r="J7" s="28"/>
+      <c r="K7" s="28"/>
+      <c r="L7" s="28"/>
+      <c r="M7" s="28"/>
+      <c r="N7" s="28"/>
+      <c r="O7" s="28"/>
+      <c r="P7" s="28"/>
+      <c r="Q7" s="28"/>
+      <c r="R7" s="29"/>
     </row>
     <row r="8" spans="2:18" x14ac:dyDescent="0.2">
-      <c r="B8" s="29" t="s">
+      <c r="B8" s="27" t="s">
         <v>52</v>
       </c>
-      <c r="C8" s="30">
+      <c r="C8" s="28">
         <v>101.6</v>
       </c>
-      <c r="D8" s="30">
+      <c r="D8" s="28">
         <v>100.4</v>
       </c>
-      <c r="E8" s="30">
+      <c r="E8" s="28">
         <v>100.7</v>
       </c>
-      <c r="F8" s="30">
+      <c r="F8" s="28">
         <v>101.8</v>
       </c>
-      <c r="G8" s="30">
+      <c r="G8" s="28">
         <v>100.2</v>
       </c>
-      <c r="H8" s="30">
+      <c r="H8" s="28">
         <v>100.2</v>
       </c>
-      <c r="I8" s="30">
+      <c r="I8" s="28">
         <v>98.3</v>
       </c>
-      <c r="J8" s="30"/>
-[...7 lines deleted...]
-      <c r="R8" s="31"/>
+      <c r="J8" s="28"/>
+      <c r="K8" s="28"/>
+      <c r="L8" s="28"/>
+      <c r="M8" s="28"/>
+      <c r="N8" s="28"/>
+      <c r="O8" s="28"/>
+      <c r="P8" s="28"/>
+      <c r="Q8" s="28"/>
+      <c r="R8" s="29"/>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="B4:B6"/>
     <mergeCell ref="B2:R2"/>
     <mergeCell ref="B3:R3"/>
     <mergeCell ref="C4:R4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A6FBBCF0-2C6E-4040-97DB-02B32770C93A}">
   <dimension ref="B2:H42"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3.85546875" style="1" customWidth="1"/>
     <col min="2" max="2" width="48.28515625" style="1" customWidth="1"/>
@@ -4025,51 +4015,51 @@
         <v>53</v>
       </c>
       <c r="C2" s="55"/>
       <c r="D2" s="55"/>
       <c r="E2" s="55"/>
       <c r="F2" s="55"/>
       <c r="G2" s="55"/>
       <c r="H2" s="55"/>
     </row>
     <row r="3" spans="2:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="68" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="68"/>
       <c r="D3" s="68"/>
       <c r="E3" s="68"/>
       <c r="F3" s="68"/>
       <c r="G3" s="68"/>
       <c r="H3" s="68"/>
     </row>
     <row r="4" spans="2:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B4" s="69" t="s">
         <v>1</v>
       </c>
       <c r="C4" s="69" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
       <c r="D4" s="69" t="s">
         <v>38</v>
       </c>
       <c r="E4" s="69"/>
       <c r="F4" s="69"/>
       <c r="G4" s="69"/>
       <c r="H4" s="69"/>
     </row>
     <row r="5" spans="2:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="69"/>
       <c r="C5" s="69"/>
       <c r="D5" s="69" t="s">
         <v>54</v>
       </c>
       <c r="E5" s="69" t="s">
         <v>55</v>
       </c>
       <c r="F5" s="69"/>
       <c r="G5" s="69" t="s">
         <v>56</v>
       </c>
       <c r="H5" s="69"/>
     </row>
     <row r="6" spans="2:8" x14ac:dyDescent="0.2">
@@ -4818,2725 +4808,2644 @@
         <v>-2068</v>
       </c>
       <c r="F40" s="4">
         <v>508</v>
       </c>
       <c r="G40" s="4">
         <v>-1536</v>
       </c>
       <c r="H40" s="4">
         <v>1928</v>
       </c>
     </row>
     <row r="41" spans="2:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B41" s="67" t="s">
         <v>91</v>
       </c>
       <c r="C41" s="67"/>
       <c r="D41" s="67"/>
       <c r="E41" s="67"/>
       <c r="F41" s="67"/>
       <c r="G41" s="67"/>
       <c r="H41" s="67"/>
     </row>
     <row r="42" spans="2:8" ht="28.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B42" s="67" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="C42" s="67"/>
       <c r="D42" s="67"/>
       <c r="E42" s="67"/>
       <c r="F42" s="67"/>
       <c r="G42" s="67"/>
       <c r="H42" s="67"/>
     </row>
   </sheetData>
   <mergeCells count="10">
     <mergeCell ref="B42:H42"/>
     <mergeCell ref="B41:H41"/>
     <mergeCell ref="B2:H2"/>
     <mergeCell ref="B3:H3"/>
     <mergeCell ref="B4:B7"/>
     <mergeCell ref="C4:C6"/>
     <mergeCell ref="D4:H4"/>
     <mergeCell ref="D5:D6"/>
     <mergeCell ref="E5:F5"/>
     <mergeCell ref="G5:H5"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{22E12D93-76E5-4F18-8040-B20841DB863F}">
   <dimension ref="B2:H43"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3.85546875" style="1" customWidth="1"/>
     <col min="2" max="2" width="48.28515625" style="1" customWidth="1"/>
     <col min="3" max="8" width="12" style="1" customWidth="1"/>
     <col min="9" max="9" width="11.140625" style="1" customWidth="1"/>
     <col min="10" max="10" width="12.140625" style="1" customWidth="1"/>
     <col min="11" max="11" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="19.5703125" style="1" customWidth="1"/>
     <col min="13" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:8" x14ac:dyDescent="0.2">
-      <c r="B2" s="75" t="s">
+      <c r="B2" s="70" t="s">
         <v>92</v>
       </c>
-      <c r="C2" s="76"/>
-[...4 lines deleted...]
-      <c r="H2" s="77"/>
+      <c r="C2" s="71"/>
+      <c r="D2" s="71"/>
+      <c r="E2" s="71"/>
+      <c r="F2" s="71"/>
+      <c r="G2" s="71"/>
+      <c r="H2" s="72"/>
     </row>
     <row r="3" spans="2:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="65" t="s">
         <v>93</v>
       </c>
       <c r="C3" s="65"/>
       <c r="D3" s="65"/>
       <c r="E3" s="65"/>
       <c r="F3" s="65"/>
       <c r="G3" s="65"/>
       <c r="H3" s="65"/>
     </row>
     <row r="4" spans="2:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B4" s="66" t="s">
-        <v>276</v>
-[...1 lines deleted...]
-      <c r="C4" s="78">
+        <v>274</v>
+      </c>
+      <c r="C4" s="73">
         <v>2024</v>
       </c>
-      <c r="D4" s="79"/>
-      <c r="E4" s="78">
+      <c r="D4" s="74"/>
+      <c r="E4" s="73">
         <v>2025</v>
       </c>
-      <c r="F4" s="80"/>
-[...1 lines deleted...]
-      <c r="H4" s="79"/>
+      <c r="F4" s="75"/>
+      <c r="G4" s="75"/>
+      <c r="H4" s="74"/>
     </row>
     <row r="5" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B5" s="66"/>
-      <c r="C5" s="78" t="s">
+      <c r="C5" s="73" t="s">
+        <v>275</v>
+      </c>
+      <c r="D5" s="74"/>
+      <c r="E5" s="73" t="s">
+        <v>276</v>
+      </c>
+      <c r="F5" s="74"/>
+      <c r="G5" s="73" t="s">
         <v>277</v>
       </c>
-      <c r="D5" s="79"/>
-[...7 lines deleted...]
-      <c r="H5" s="79"/>
+      <c r="H5" s="74"/>
     </row>
     <row r="6" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B6" s="66"/>
-      <c r="C6" s="78">
+      <c r="C6" s="73">
         <v>1</v>
       </c>
-      <c r="D6" s="79"/>
-      <c r="E6" s="78">
+      <c r="D6" s="74"/>
+      <c r="E6" s="73">
         <v>2</v>
       </c>
-      <c r="F6" s="79"/>
-      <c r="G6" s="78">
+      <c r="F6" s="74"/>
+      <c r="G6" s="73">
         <v>3</v>
       </c>
-      <c r="H6" s="79"/>
+      <c r="H6" s="74"/>
     </row>
     <row r="7" spans="2:8" x14ac:dyDescent="0.2">
-      <c r="B7" s="32" t="s">
+      <c r="B7" s="30" t="s">
         <v>95</v>
       </c>
-      <c r="C7" s="73"/>
-[...4 lines deleted...]
-      <c r="H7" s="74"/>
+      <c r="C7" s="76"/>
+      <c r="D7" s="77"/>
+      <c r="E7" s="76"/>
+      <c r="F7" s="77"/>
+      <c r="G7" s="76"/>
+      <c r="H7" s="77"/>
     </row>
     <row r="8" spans="2:8" x14ac:dyDescent="0.2">
-      <c r="B8" s="33" t="s">
+      <c r="B8" s="31" t="s">
         <v>98</v>
       </c>
-      <c r="C8" s="71">
+      <c r="C8" s="78">
         <v>4.66</v>
       </c>
-      <c r="D8" s="72"/>
-      <c r="E8" s="71">
+      <c r="D8" s="79"/>
+      <c r="E8" s="78">
         <v>3.43</v>
       </c>
-      <c r="F8" s="72"/>
-      <c r="G8" s="71">
+      <c r="F8" s="79"/>
+      <c r="G8" s="78">
         <v>3.2</v>
       </c>
-      <c r="H8" s="72"/>
+      <c r="H8" s="79"/>
     </row>
     <row r="9" spans="2:8" x14ac:dyDescent="0.2">
-      <c r="B9" s="33" t="s">
+      <c r="B9" s="31" t="s">
         <v>100</v>
       </c>
-      <c r="C9" s="71">
+      <c r="C9" s="78">
         <v>80.42</v>
       </c>
-      <c r="D9" s="72"/>
-      <c r="E9" s="71">
+      <c r="D9" s="79"/>
+      <c r="E9" s="78">
         <v>81.61</v>
       </c>
-      <c r="F9" s="72"/>
-      <c r="G9" s="71">
+      <c r="F9" s="79"/>
+      <c r="G9" s="78">
         <v>81.75</v>
       </c>
-      <c r="H9" s="72"/>
+      <c r="H9" s="79"/>
     </row>
     <row r="10" spans="2:8" x14ac:dyDescent="0.2">
-      <c r="B10" s="33" t="s">
+      <c r="B10" s="31" t="s">
         <v>101</v>
       </c>
-      <c r="C10" s="71">
+      <c r="C10" s="78">
         <v>82.58</v>
       </c>
-      <c r="D10" s="72"/>
-      <c r="E10" s="71">
+      <c r="D10" s="79"/>
+      <c r="E10" s="78">
         <v>93.51</v>
       </c>
-      <c r="F10" s="72"/>
-      <c r="G10" s="71">
+      <c r="F10" s="79"/>
+      <c r="G10" s="78">
         <v>91.19</v>
       </c>
-      <c r="H10" s="72"/>
+      <c r="H10" s="79"/>
     </row>
     <row r="11" spans="2:8" x14ac:dyDescent="0.2">
-      <c r="B11" s="33" t="s">
+      <c r="B11" s="31" t="s">
         <v>102</v>
       </c>
-      <c r="C11" s="71">
+      <c r="C11" s="78">
         <v>29.9</v>
       </c>
-      <c r="D11" s="72"/>
-      <c r="E11" s="71">
+      <c r="D11" s="79"/>
+      <c r="E11" s="78">
         <v>28.52</v>
       </c>
-      <c r="F11" s="72"/>
-      <c r="G11" s="71">
+      <c r="F11" s="79"/>
+      <c r="G11" s="78">
         <v>27.7</v>
       </c>
-      <c r="H11" s="72"/>
+      <c r="H11" s="79"/>
     </row>
     <row r="12" spans="2:8" x14ac:dyDescent="0.2">
-      <c r="B12" s="33" t="s">
+      <c r="B12" s="31" t="s">
         <v>103</v>
       </c>
-      <c r="C12" s="71">
+      <c r="C12" s="78">
         <v>30.82</v>
       </c>
-      <c r="D12" s="72"/>
-      <c r="E12" s="71">
+      <c r="D12" s="79"/>
+      <c r="E12" s="78">
         <v>11.82</v>
       </c>
-      <c r="F12" s="72"/>
-      <c r="G12" s="71">
+      <c r="F12" s="79"/>
+      <c r="G12" s="78">
         <v>8.2100000000000009</v>
       </c>
-      <c r="H12" s="72"/>
+      <c r="H12" s="79"/>
     </row>
     <row r="13" spans="2:8" x14ac:dyDescent="0.2">
-      <c r="B13" s="26"/>
+      <c r="B13" s="24"/>
       <c r="C13" s="66">
         <v>2025</v>
       </c>
       <c r="D13" s="66"/>
       <c r="E13" s="66"/>
       <c r="F13" s="66"/>
       <c r="G13" s="66">
         <v>2026</v>
       </c>
       <c r="H13" s="66"/>
     </row>
     <row r="14" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B14" s="66" t="s">
         <v>94</v>
       </c>
-      <c r="C14" s="26" t="s">
-[...2 lines deleted...]
-      <c r="D14" s="26" t="s">
+      <c r="C14" s="24" t="s">
+        <v>259</v>
+      </c>
+      <c r="D14" s="24" t="s">
+        <v>278</v>
+      </c>
+      <c r="E14" s="24" t="s">
+        <v>279</v>
+      </c>
+      <c r="F14" s="24" t="s">
         <v>280</v>
       </c>
-      <c r="E14" s="26" t="s">
+      <c r="G14" s="24" t="s">
         <v>281</v>
       </c>
-      <c r="F14" s="26" t="s">
-[...6 lines deleted...]
-        <v>260</v>
+      <c r="H14" s="24" t="s">
+        <v>258</v>
       </c>
     </row>
     <row r="15" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B15" s="66"/>
-      <c r="C15" s="26">
+      <c r="C15" s="24">
         <v>1</v>
       </c>
-      <c r="D15" s="26">
+      <c r="D15" s="24">
         <v>2</v>
       </c>
-      <c r="E15" s="26">
+      <c r="E15" s="24">
         <v>3</v>
       </c>
-      <c r="F15" s="26">
+      <c r="F15" s="24">
         <v>4</v>
       </c>
-      <c r="G15" s="26">
+      <c r="G15" s="24">
         <v>5</v>
       </c>
-      <c r="H15" s="26">
+      <c r="H15" s="24">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="2:8" x14ac:dyDescent="0.2">
-      <c r="B16" s="32" t="s">
+      <c r="B16" s="30" t="s">
         <v>95</v>
       </c>
-      <c r="C16" s="33"/>
-[...4 lines deleted...]
-      <c r="H16" s="33"/>
+      <c r="C16" s="31"/>
+      <c r="D16" s="31"/>
+      <c r="E16" s="31"/>
+      <c r="F16" s="31"/>
+      <c r="G16" s="31"/>
+      <c r="H16" s="31"/>
     </row>
     <row r="17" spans="2:8" x14ac:dyDescent="0.2">
-      <c r="B17" s="33" t="s">
+      <c r="B17" s="31" t="s">
         <v>96</v>
       </c>
-      <c r="C17" s="34">
+      <c r="C17" s="32">
         <v>4</v>
       </c>
-      <c r="D17" s="34">
+      <c r="D17" s="32">
         <v>3</v>
       </c>
-      <c r="E17" s="34">
+      <c r="E17" s="32">
         <v>3</v>
       </c>
-      <c r="F17" s="34">
+      <c r="F17" s="32">
         <v>3</v>
       </c>
-      <c r="G17" s="34">
+      <c r="G17" s="32">
         <v>3</v>
       </c>
-      <c r="H17" s="34">
+      <c r="H17" s="32">
         <v>3</v>
       </c>
     </row>
     <row r="18" spans="2:8" x14ac:dyDescent="0.2">
-      <c r="B18" s="33" t="s">
+      <c r="B18" s="31" t="s">
         <v>97</v>
       </c>
-      <c r="C18" s="34">
+      <c r="C18" s="32">
         <v>18</v>
       </c>
-      <c r="D18" s="34">
+      <c r="D18" s="32">
         <v>18</v>
       </c>
-      <c r="E18" s="34">
+      <c r="E18" s="32">
         <v>18</v>
       </c>
-      <c r="F18" s="34">
+      <c r="F18" s="32">
         <v>18</v>
       </c>
-      <c r="G18" s="34">
+      <c r="G18" s="32">
         <v>18</v>
       </c>
-      <c r="H18" s="34">
+      <c r="H18" s="32">
         <v>18</v>
       </c>
     </row>
     <row r="19" spans="2:8" x14ac:dyDescent="0.2">
-      <c r="B19" s="32" t="s">
+      <c r="B19" s="30" t="s">
         <v>104</v>
       </c>
-      <c r="C19" s="35"/>
-[...4 lines deleted...]
-      <c r="H19" s="35"/>
+      <c r="C19" s="33"/>
+      <c r="D19" s="33"/>
+      <c r="E19" s="33"/>
+      <c r="F19" s="33"/>
+      <c r="G19" s="33"/>
+      <c r="H19" s="33"/>
     </row>
     <row r="20" spans="2:8" x14ac:dyDescent="0.2">
-      <c r="B20" s="33" t="s">
+      <c r="B20" s="31" t="s">
         <v>105</v>
       </c>
-      <c r="C20" s="34">
+      <c r="C20" s="32">
         <v>6.5</v>
       </c>
-      <c r="D20" s="34">
+      <c r="D20" s="32">
         <v>5.25</v>
       </c>
-      <c r="E20" s="34">
+      <c r="E20" s="32">
         <v>5.25</v>
       </c>
-      <c r="F20" s="34">
+      <c r="F20" s="32">
         <v>5.25</v>
       </c>
-      <c r="G20" s="34">
+      <c r="G20" s="32">
         <v>5.25</v>
       </c>
-      <c r="H20" s="34">
+      <c r="H20" s="32">
         <v>5.25</v>
       </c>
     </row>
     <row r="21" spans="2:8" x14ac:dyDescent="0.2">
-      <c r="B21" s="33" t="s">
+      <c r="B21" s="31" t="s">
         <v>106</v>
       </c>
-      <c r="C21" s="34">
+      <c r="C21" s="32">
         <v>3.35</v>
       </c>
-      <c r="D21" s="34">
+      <c r="D21" s="32">
         <v>3.35</v>
       </c>
-      <c r="E21" s="34">
+      <c r="E21" s="32">
         <v>3.35</v>
       </c>
-      <c r="F21" s="34">
+      <c r="F21" s="32">
         <v>3.35</v>
       </c>
-      <c r="G21" s="34">
+      <c r="G21" s="32">
         <v>3.35</v>
       </c>
-      <c r="H21" s="34">
+      <c r="H21" s="32">
         <v>3.35</v>
       </c>
     </row>
     <row r="22" spans="2:8" x14ac:dyDescent="0.2">
-      <c r="B22" s="33" t="s">
+      <c r="B22" s="31" t="s">
+        <v>282</v>
+      </c>
+      <c r="C22" s="32">
+        <v>6.25</v>
+      </c>
+      <c r="D22" s="32">
+        <v>5</v>
+      </c>
+      <c r="E22" s="32">
+        <v>5</v>
+      </c>
+      <c r="F22" s="32">
+        <v>5</v>
+      </c>
+      <c r="G22" s="32">
+        <v>5</v>
+      </c>
+      <c r="H22" s="32">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="23" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B23" s="31" t="s">
+        <v>107</v>
+      </c>
+      <c r="C23" s="32">
+        <v>6.75</v>
+      </c>
+      <c r="D23" s="32">
+        <v>5.5</v>
+      </c>
+      <c r="E23" s="32">
+        <v>5.5</v>
+      </c>
+      <c r="F23" s="32">
+        <v>5.5</v>
+      </c>
+      <c r="G23" s="32">
+        <v>5.5</v>
+      </c>
+      <c r="H23" s="32">
+        <v>5.5</v>
+      </c>
+    </row>
+    <row r="24" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B24" s="31" t="s">
+        <v>108</v>
+      </c>
+      <c r="C24" s="32">
+        <v>6.75</v>
+      </c>
+      <c r="D24" s="32">
+        <v>5.5</v>
+      </c>
+      <c r="E24" s="32">
+        <v>5.5</v>
+      </c>
+      <c r="F24" s="32">
+        <v>5.5</v>
+      </c>
+      <c r="G24" s="32">
+        <v>5.5</v>
+      </c>
+      <c r="H24" s="32">
+        <v>5.5</v>
+      </c>
+    </row>
+    <row r="25" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B25" s="31" t="s">
+        <v>109</v>
+      </c>
+      <c r="C25" s="34" t="s">
+        <v>110</v>
+      </c>
+      <c r="D25" s="34" t="s">
+        <v>111</v>
+      </c>
+      <c r="E25" s="34" t="s">
+        <v>111</v>
+      </c>
+      <c r="F25" s="34" t="s">
+        <v>111</v>
+      </c>
+      <c r="G25" s="34" t="s">
+        <v>111</v>
+      </c>
+      <c r="H25" s="34" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="26" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B26" s="31" t="s">
+        <v>112</v>
+      </c>
+      <c r="C26" s="34" t="s">
+        <v>113</v>
+      </c>
+      <c r="D26" s="34" t="s">
+        <v>114</v>
+      </c>
+      <c r="E26" s="34" t="s">
+        <v>114</v>
+      </c>
+      <c r="F26" s="34" t="s">
+        <v>283</v>
+      </c>
+      <c r="G26" s="34" t="s">
+        <v>283</v>
+      </c>
+      <c r="H26" s="34" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="27" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B27" s="31" t="s">
+        <v>115</v>
+      </c>
+      <c r="C27" s="34" t="s">
+        <v>116</v>
+      </c>
+      <c r="D27" s="34" t="s">
+        <v>117</v>
+      </c>
+      <c r="E27" s="34" t="s">
+        <v>117</v>
+      </c>
+      <c r="F27" s="34" t="s">
         <v>284</v>
       </c>
-      <c r="C22" s="34">
-[...22 lines deleted...]
-      <c r="C23" s="34">
+      <c r="G27" s="34" t="s">
+        <v>284</v>
+      </c>
+      <c r="H27" s="34" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="28" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B28" s="31" t="s">
+        <v>118</v>
+      </c>
+      <c r="C28" s="34" t="s">
+        <v>119</v>
+      </c>
+      <c r="D28" s="34">
+        <v>2.5</v>
+      </c>
+      <c r="E28" s="34">
+        <v>2.5</v>
+      </c>
+      <c r="F28" s="34">
+        <v>2.5</v>
+      </c>
+      <c r="G28" s="34">
+        <v>2.5</v>
+      </c>
+      <c r="H28" s="34">
+        <v>2.5</v>
+      </c>
+    </row>
+    <row r="29" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B29" s="31" t="s">
+        <v>120</v>
+      </c>
+      <c r="C29" s="34">
+        <v>6.59</v>
+      </c>
+      <c r="D29" s="34">
+        <v>5.37</v>
+      </c>
+      <c r="E29" s="34">
+        <v>5.43</v>
+      </c>
+      <c r="F29" s="34">
+        <v>5.43</v>
+      </c>
+      <c r="G29" s="34">
+        <v>5.37</v>
+      </c>
+      <c r="H29" s="34">
+        <v>5.36</v>
+      </c>
+    </row>
+    <row r="30" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B30" s="31" t="s">
+        <v>121</v>
+      </c>
+      <c r="C30" s="34">
+        <v>6.6</v>
+      </c>
+      <c r="D30" s="34">
+        <v>5.28</v>
+      </c>
+      <c r="E30" s="34">
+        <v>5.26</v>
+      </c>
+      <c r="F30" s="34" t="s">
+        <v>99</v>
+      </c>
+      <c r="G30" s="34">
+        <v>5.31</v>
+      </c>
+      <c r="H30" s="34">
+        <v>5.34</v>
+      </c>
+    </row>
+    <row r="31" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B31" s="31" t="s">
+        <v>122</v>
+      </c>
+      <c r="C31" s="34">
+        <v>6.72</v>
+      </c>
+      <c r="D31" s="34">
+        <v>5.5</v>
+      </c>
+      <c r="E31" s="34">
+        <v>5.48</v>
+      </c>
+      <c r="F31" s="34" t="s">
+        <v>99</v>
+      </c>
+      <c r="G31" s="34">
+        <v>5.54</v>
+      </c>
+      <c r="H31" s="34">
+        <v>5.6</v>
+      </c>
+    </row>
+    <row r="32" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B32" s="31" t="s">
+        <v>123</v>
+      </c>
+      <c r="C32" s="34">
+        <v>6.7</v>
+      </c>
+      <c r="D32" s="34">
+        <v>5.5</v>
+      </c>
+      <c r="E32" s="34">
+        <v>5.54</v>
+      </c>
+      <c r="F32" s="34" t="s">
+        <v>99</v>
+      </c>
+      <c r="G32" s="34">
+        <v>5.58</v>
+      </c>
+      <c r="H32" s="34">
+        <v>5.63</v>
+      </c>
+    </row>
+    <row r="33" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B33" s="31" t="s">
+        <v>124</v>
+      </c>
+      <c r="C33" s="34">
+        <v>6.78</v>
+      </c>
+      <c r="D33" s="34">
+        <v>6.67</v>
+      </c>
+      <c r="E33" s="34">
+        <v>6.65</v>
+      </c>
+      <c r="F33" s="34">
+        <v>6.69</v>
+      </c>
+      <c r="G33" s="34">
+        <v>6.71</v>
+      </c>
+      <c r="H33" s="34">
         <v>6.75</v>
       </c>
-      <c r="D23" s="34">
-[...74 lines deleted...]
-      <c r="F26" s="36" t="s">
+    </row>
+    <row r="34" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B34" s="30" t="s">
+        <v>125</v>
+      </c>
+      <c r="C34" s="35"/>
+      <c r="D34" s="35"/>
+      <c r="E34" s="35"/>
+      <c r="F34" s="35"/>
+      <c r="G34" s="35"/>
+      <c r="H34" s="35"/>
+    </row>
+    <row r="35" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B35" s="31" t="s">
+        <v>126</v>
+      </c>
+      <c r="C35" s="34">
+        <v>86.58</v>
+      </c>
+      <c r="D35" s="34">
+        <v>90.2</v>
+      </c>
+      <c r="E35" s="34">
+        <v>89.83</v>
+      </c>
+      <c r="F35" s="34">
+        <v>90.12</v>
+      </c>
+      <c r="G35" s="34">
+        <v>90.14</v>
+      </c>
+      <c r="H35" s="34">
+        <v>90.65</v>
+      </c>
+    </row>
+    <row r="36" spans="2:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B36" s="31" t="s">
+        <v>127</v>
+      </c>
+      <c r="C36" s="34">
+        <v>89.08</v>
+      </c>
+      <c r="D36" s="34">
+        <v>105.68</v>
+      </c>
+      <c r="E36" s="34">
+        <v>105.85</v>
+      </c>
+      <c r="F36" s="34">
+        <v>105.84</v>
+      </c>
+      <c r="G36" s="34">
+        <v>105.01</v>
+      </c>
+      <c r="H36" s="34">
+        <v>105.22</v>
+      </c>
+    </row>
+    <row r="37" spans="2:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B37" s="31" t="s">
+        <v>128</v>
+      </c>
+      <c r="C37" s="34">
+        <v>3.12</v>
+      </c>
+      <c r="D37" s="34">
+        <v>5.05</v>
+      </c>
+      <c r="E37" s="34">
+        <v>5.24</v>
+      </c>
+      <c r="F37" s="34">
+        <v>2.57</v>
+      </c>
+      <c r="G37" s="34">
+        <v>3.09</v>
+      </c>
+      <c r="H37" s="34">
+        <v>3.1</v>
+      </c>
+    </row>
+    <row r="38" spans="2:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B38" s="31" t="s">
+        <v>129</v>
+      </c>
+      <c r="C38" s="34">
+        <v>3.16</v>
+      </c>
+      <c r="D38" s="34">
+        <v>3.63</v>
+      </c>
+      <c r="E38" s="34">
+        <v>3.52</v>
+      </c>
+      <c r="F38" s="34">
+        <v>2.9</v>
+      </c>
+      <c r="G38" s="34">
+        <v>3.38</v>
+      </c>
+      <c r="H38" s="34">
+        <v>3.51</v>
+      </c>
+    </row>
+    <row r="39" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B39" s="31" t="s">
+        <v>130</v>
+      </c>
+      <c r="C39" s="34">
+        <v>2.65</v>
+      </c>
+      <c r="D39" s="34">
+        <v>3.21</v>
+      </c>
+      <c r="E39" s="34">
+        <v>3.08</v>
+      </c>
+      <c r="F39" s="34">
+        <v>2.5499999999999998</v>
+      </c>
+      <c r="G39" s="34">
+        <v>2.95</v>
+      </c>
+      <c r="H39" s="34">
+        <v>3.06</v>
+      </c>
+    </row>
+    <row r="40" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B40" s="80" t="s">
+        <v>131</v>
+      </c>
+      <c r="C40" s="80"/>
+      <c r="D40" s="80"/>
+      <c r="E40" s="80"/>
+      <c r="F40" s="80"/>
+      <c r="G40" s="80"/>
+      <c r="H40" s="80"/>
+    </row>
+    <row r="41" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B41" s="80" t="s">
+        <v>132</v>
+      </c>
+      <c r="C41" s="80"/>
+      <c r="D41" s="80"/>
+      <c r="E41" s="80"/>
+      <c r="F41" s="80"/>
+      <c r="G41" s="80"/>
+      <c r="H41" s="80"/>
+    </row>
+    <row r="42" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B42" s="80" t="s">
+        <v>133</v>
+      </c>
+      <c r="C42" s="80"/>
+      <c r="D42" s="80"/>
+      <c r="E42" s="80"/>
+      <c r="F42" s="80"/>
+      <c r="G42" s="80"/>
+      <c r="H42" s="80"/>
+    </row>
+    <row r="43" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B43" s="80" t="s">
         <v>285</v>
       </c>
-      <c r="G26" s="36" t="s">
-[...335 lines deleted...]
-      <c r="H43" s="70"/>
+      <c r="C43" s="80"/>
+      <c r="D43" s="80"/>
+      <c r="E43" s="80"/>
+      <c r="F43" s="80"/>
+      <c r="G43" s="80"/>
+      <c r="H43" s="80"/>
     </row>
   </sheetData>
   <mergeCells count="36">
+    <mergeCell ref="B42:H42"/>
+    <mergeCell ref="B43:H43"/>
+    <mergeCell ref="C13:F13"/>
+    <mergeCell ref="G13:H13"/>
+    <mergeCell ref="B14:B15"/>
+    <mergeCell ref="B40:H40"/>
+    <mergeCell ref="B41:H41"/>
+    <mergeCell ref="C11:D11"/>
+    <mergeCell ref="E11:F11"/>
+    <mergeCell ref="G11:H11"/>
+    <mergeCell ref="C12:D12"/>
+    <mergeCell ref="E12:F12"/>
+    <mergeCell ref="G12:H12"/>
+    <mergeCell ref="C9:D9"/>
+    <mergeCell ref="E9:F9"/>
+    <mergeCell ref="G9:H9"/>
+    <mergeCell ref="C10:D10"/>
+    <mergeCell ref="E10:F10"/>
+    <mergeCell ref="G10:H10"/>
+    <mergeCell ref="E7:F7"/>
+    <mergeCell ref="G7:H7"/>
+    <mergeCell ref="C8:D8"/>
+    <mergeCell ref="E8:F8"/>
+    <mergeCell ref="G8:H8"/>
+    <mergeCell ref="C7:D7"/>
     <mergeCell ref="B2:H2"/>
     <mergeCell ref="B3:H3"/>
     <mergeCell ref="B4:B6"/>
     <mergeCell ref="C4:D4"/>
     <mergeCell ref="E4:H4"/>
     <mergeCell ref="C5:D5"/>
     <mergeCell ref="E5:F5"/>
     <mergeCell ref="G5:H5"/>
     <mergeCell ref="C6:D6"/>
     <mergeCell ref="E6:F6"/>
     <mergeCell ref="G6:H6"/>
-    <mergeCell ref="E7:F7"/>
-[...23 lines deleted...]
-    <mergeCell ref="B41:H41"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{035AABD5-BEEC-416A-AC5C-E7EC79B5A064}">
   <dimension ref="B2:N28"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="B28" sqref="B28:N28"/>
+      <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3.85546875" style="1" customWidth="1"/>
     <col min="2" max="2" width="48.28515625" style="1" customWidth="1"/>
     <col min="3" max="4" width="11.5703125" style="1" customWidth="1"/>
     <col min="5" max="5" width="10.7109375" style="1" customWidth="1"/>
     <col min="6" max="6" width="7.7109375" style="1" customWidth="1"/>
     <col min="7" max="7" width="10.7109375" style="1" customWidth="1"/>
     <col min="8" max="8" width="7.7109375" style="1" customWidth="1"/>
     <col min="9" max="9" width="10.7109375" style="1" customWidth="1"/>
     <col min="10" max="10" width="7.7109375" style="1" customWidth="1"/>
     <col min="11" max="11" width="10.7109375" style="1" customWidth="1"/>
     <col min="12" max="12" width="7.7109375" style="1" customWidth="1"/>
     <col min="13" max="13" width="10.7109375" style="1" customWidth="1"/>
     <col min="14" max="14" width="7.7109375" style="1" customWidth="1"/>
     <col min="15" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:14" x14ac:dyDescent="0.2">
       <c r="B2" s="55" t="s">
         <v>134</v>
       </c>
       <c r="C2" s="55"/>
       <c r="D2" s="55"/>
       <c r="E2" s="55"/>
       <c r="F2" s="55"/>
       <c r="G2" s="55"/>
       <c r="H2" s="55"/>
       <c r="I2" s="55"/>
       <c r="J2" s="55"/>
       <c r="K2" s="55"/>
       <c r="L2" s="55"/>
       <c r="M2" s="55"/>
       <c r="N2" s="55"/>
     </row>
     <row r="3" spans="2:14" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B3" s="82" t="s">
+      <c r="B3" s="81" t="s">
         <v>0</v>
       </c>
-      <c r="C3" s="83"/>
-[...10 lines deleted...]
-      <c r="N3" s="84"/>
+      <c r="C3" s="82"/>
+      <c r="D3" s="82"/>
+      <c r="E3" s="82"/>
+      <c r="F3" s="82"/>
+      <c r="G3" s="82"/>
+      <c r="H3" s="82"/>
+      <c r="I3" s="82"/>
+      <c r="J3" s="82"/>
+      <c r="K3" s="82"/>
+      <c r="L3" s="82"/>
+      <c r="M3" s="82"/>
+      <c r="N3" s="83"/>
     </row>
     <row r="4" spans="2:14" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B4" s="49" t="s">
         <v>1</v>
       </c>
       <c r="C4" s="43" t="s">
         <v>135</v>
       </c>
       <c r="D4" s="45"/>
       <c r="E4" s="43" t="s">
         <v>38</v>
       </c>
       <c r="F4" s="44"/>
       <c r="G4" s="44"/>
       <c r="H4" s="44"/>
       <c r="I4" s="44"/>
       <c r="J4" s="44"/>
       <c r="K4" s="44"/>
       <c r="L4" s="44"/>
       <c r="M4" s="44"/>
       <c r="N4" s="45"/>
     </row>
     <row r="5" spans="2:14" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="50"/>
-      <c r="C5" s="85">
+      <c r="C5" s="84">
         <v>2025</v>
       </c>
-      <c r="D5" s="86"/>
-      <c r="E5" s="85" t="s">
+      <c r="D5" s="85"/>
+      <c r="E5" s="84" t="s">
         <v>249</v>
       </c>
-      <c r="F5" s="86"/>
+      <c r="F5" s="85"/>
       <c r="G5" s="43" t="s">
         <v>55</v>
       </c>
       <c r="H5" s="44"/>
       <c r="I5" s="44"/>
       <c r="J5" s="45"/>
       <c r="K5" s="43" t="s">
         <v>56</v>
       </c>
       <c r="L5" s="44"/>
       <c r="M5" s="44"/>
       <c r="N5" s="45"/>
     </row>
     <row r="6" spans="2:14" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="50"/>
-      <c r="C6" s="87"/>
-[...2 lines deleted...]
-      <c r="F6" s="88"/>
+      <c r="C6" s="86"/>
+      <c r="D6" s="87"/>
+      <c r="E6" s="86"/>
+      <c r="F6" s="87"/>
       <c r="G6" s="43" t="s">
         <v>57</v>
       </c>
       <c r="H6" s="45"/>
       <c r="I6" s="43" t="s">
         <v>58</v>
       </c>
       <c r="J6" s="45"/>
       <c r="K6" s="43">
         <v>2024</v>
       </c>
       <c r="L6" s="45"/>
       <c r="M6" s="43">
         <v>2025</v>
       </c>
       <c r="N6" s="45"/>
     </row>
     <row r="7" spans="2:14" x14ac:dyDescent="0.2">
       <c r="B7" s="50"/>
-      <c r="C7" s="22" t="s">
+      <c r="C7" s="20" t="s">
         <v>136</v>
       </c>
-      <c r="D7" s="22" t="s">
-[...2 lines deleted...]
-      <c r="E7" s="22" t="s">
+      <c r="D7" s="20" t="s">
+        <v>252</v>
+      </c>
+      <c r="E7" s="20" t="s">
         <v>137</v>
       </c>
-      <c r="F7" s="22" t="s">
+      <c r="F7" s="20" t="s">
         <v>138</v>
       </c>
-      <c r="G7" s="22" t="s">
+      <c r="G7" s="20" t="s">
         <v>137</v>
       </c>
-      <c r="H7" s="22" t="s">
+      <c r="H7" s="20" t="s">
         <v>138</v>
       </c>
-      <c r="I7" s="22" t="s">
+      <c r="I7" s="20" t="s">
         <v>137</v>
       </c>
-      <c r="J7" s="22" t="s">
+      <c r="J7" s="20" t="s">
         <v>138</v>
       </c>
-      <c r="K7" s="22" t="s">
+      <c r="K7" s="20" t="s">
         <v>137</v>
       </c>
-      <c r="L7" s="22" t="s">
+      <c r="L7" s="20" t="s">
         <v>138</v>
       </c>
-      <c r="M7" s="22" t="s">
+      <c r="M7" s="20" t="s">
         <v>137</v>
       </c>
-      <c r="N7" s="22" t="s">
+      <c r="N7" s="20" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="8" spans="2:14" x14ac:dyDescent="0.2">
       <c r="B8" s="51"/>
-      <c r="C8" s="22">
+      <c r="C8" s="20">
         <v>1</v>
       </c>
-      <c r="D8" s="22">
+      <c r="D8" s="20">
         <v>2</v>
       </c>
-      <c r="E8" s="22">
+      <c r="E8" s="20">
         <v>3</v>
       </c>
-      <c r="F8" s="22">
+      <c r="F8" s="20">
         <v>4</v>
       </c>
-      <c r="G8" s="22">
+      <c r="G8" s="20">
         <v>5</v>
       </c>
-      <c r="H8" s="22">
+      <c r="H8" s="20">
         <v>6</v>
       </c>
-      <c r="I8" s="22">
+      <c r="I8" s="20">
         <v>7</v>
       </c>
-      <c r="J8" s="22">
+      <c r="J8" s="20">
         <v>8</v>
       </c>
-      <c r="K8" s="22">
+      <c r="K8" s="20">
         <v>9</v>
       </c>
-      <c r="L8" s="22">
+      <c r="L8" s="20">
         <v>10</v>
       </c>
-      <c r="M8" s="22">
+      <c r="M8" s="20">
         <v>11</v>
       </c>
-      <c r="N8" s="22">
+      <c r="N8" s="20">
         <v>12</v>
       </c>
     </row>
     <row r="9" spans="2:14" x14ac:dyDescent="0.2">
-      <c r="B9" s="23" t="s">
+      <c r="B9" s="21" t="s">
         <v>139</v>
       </c>
-      <c r="C9" s="24">
+      <c r="C9" s="22">
         <v>27286589</v>
       </c>
-      <c r="D9" s="24">
+      <c r="D9" s="22">
         <v>29800906</v>
       </c>
-      <c r="E9" s="24">
+      <c r="E9" s="22">
         <v>742566</v>
       </c>
-      <c r="F9" s="24">
+      <c r="F9" s="22">
         <v>2.6</v>
       </c>
-      <c r="G9" s="24">
+      <c r="G9" s="22">
         <v>1639604</v>
       </c>
-      <c r="H9" s="24">
+      <c r="H9" s="22">
         <v>6.6</v>
       </c>
-      <c r="I9" s="24">
+      <c r="I9" s="22">
         <v>2514317</v>
       </c>
-      <c r="J9" s="24">
+      <c r="J9" s="22">
         <v>9.1999999999999993</v>
       </c>
-      <c r="K9" s="24">
+      <c r="K9" s="22">
         <v>2202187</v>
       </c>
-      <c r="L9" s="24">
+      <c r="L9" s="22">
         <v>9</v>
       </c>
-      <c r="M9" s="24">
+      <c r="M9" s="22">
         <v>3221442</v>
       </c>
-      <c r="N9" s="24">
+      <c r="N9" s="22">
         <v>12.1</v>
       </c>
     </row>
     <row r="10" spans="2:14" x14ac:dyDescent="0.2">
-      <c r="B10" s="23" t="s">
+      <c r="B10" s="21" t="s">
         <v>140</v>
       </c>
       <c r="C10" s="8"/>
       <c r="D10" s="8"/>
       <c r="E10" s="8"/>
       <c r="F10" s="8"/>
       <c r="G10" s="8"/>
       <c r="H10" s="8"/>
       <c r="I10" s="8"/>
       <c r="J10" s="8"/>
       <c r="K10" s="8"/>
       <c r="L10" s="8"/>
       <c r="M10" s="8"/>
       <c r="N10" s="8"/>
     </row>
     <row r="11" spans="2:14" x14ac:dyDescent="0.2">
-      <c r="B11" s="23" t="s">
+      <c r="B11" s="21" t="s">
         <v>141</v>
       </c>
       <c r="C11" s="11">
         <v>3630751</v>
       </c>
       <c r="D11" s="11">
         <v>3828359</v>
       </c>
       <c r="E11" s="11">
         <v>7883</v>
       </c>
       <c r="F11" s="11">
         <v>0.2</v>
       </c>
       <c r="G11" s="11">
         <v>49701</v>
       </c>
       <c r="H11" s="11">
         <v>1.5</v>
       </c>
       <c r="I11" s="11">
         <v>197607</v>
       </c>
       <c r="J11" s="11">
         <v>5.4</v>
       </c>
       <c r="K11" s="11">
         <v>203862</v>
       </c>
       <c r="L11" s="11">
         <v>6.3</v>
       </c>
       <c r="M11" s="11">
         <v>368382</v>
       </c>
       <c r="N11" s="11">
         <v>10.6</v>
       </c>
     </row>
     <row r="12" spans="2:14" x14ac:dyDescent="0.2">
-      <c r="B12" s="23" t="s">
+      <c r="B12" s="21" t="s">
         <v>142</v>
       </c>
       <c r="C12" s="11">
         <v>2840023</v>
       </c>
       <c r="D12" s="11">
         <v>3423133</v>
       </c>
       <c r="E12" s="11">
         <v>357593</v>
       </c>
       <c r="F12" s="11">
         <v>11.7</v>
       </c>
       <c r="G12" s="11">
         <v>123825</v>
       </c>
       <c r="H12" s="11">
         <v>4.8</v>
       </c>
       <c r="I12" s="11">
         <v>583111</v>
       </c>
       <c r="J12" s="11">
         <v>20.5</v>
       </c>
       <c r="K12" s="11">
         <v>130223</v>
       </c>
       <c r="L12" s="11">
         <v>5</v>
       </c>
       <c r="M12" s="11">
         <v>712421</v>
       </c>
       <c r="N12" s="11">
         <v>26.3</v>
       </c>
     </row>
     <row r="13" spans="2:14" x14ac:dyDescent="0.2">
-      <c r="B13" s="23" t="s">
+      <c r="B13" s="21" t="s">
         <v>143</v>
       </c>
       <c r="C13" s="11">
         <v>20702508</v>
       </c>
       <c r="D13" s="11">
         <v>22434416</v>
       </c>
       <c r="E13" s="11">
         <v>376674</v>
       </c>
       <c r="F13" s="11">
         <v>1.7</v>
       </c>
       <c r="G13" s="11">
         <v>1458985</v>
       </c>
       <c r="H13" s="11">
         <v>7.7</v>
       </c>
       <c r="I13" s="11">
         <v>1731907</v>
       </c>
       <c r="J13" s="11">
         <v>8.4</v>
       </c>
       <c r="K13" s="11">
         <v>1847523</v>
       </c>
       <c r="L13" s="11">
         <v>10</v>
       </c>
       <c r="M13" s="11">
         <v>2127270</v>
       </c>
       <c r="N13" s="11">
         <v>10.5</v>
       </c>
     </row>
     <row r="14" spans="2:14" x14ac:dyDescent="0.2">
-      <c r="B14" s="23" t="s">
+      <c r="B14" s="21" t="s">
         <v>144</v>
       </c>
       <c r="C14" s="11">
         <v>113307</v>
       </c>
       <c r="D14" s="11">
         <v>114999</v>
       </c>
       <c r="E14" s="11">
         <v>416</v>
       </c>
       <c r="F14" s="11">
         <v>0.4</v>
       </c>
       <c r="G14" s="11">
         <v>7093</v>
       </c>
       <c r="H14" s="11">
         <v>7.5</v>
       </c>
       <c r="I14" s="11">
         <v>1692</v>
       </c>
       <c r="J14" s="11">
         <v>1.5</v>
       </c>
       <c r="K14" s="11">
         <v>20578</v>
       </c>
       <c r="L14" s="11">
         <v>25.4</v>
       </c>
       <c r="M14" s="11">
         <v>13370</v>
       </c>
       <c r="N14" s="11">
         <v>13.2</v>
       </c>
     </row>
     <row r="15" spans="2:14" x14ac:dyDescent="0.2">
-      <c r="B15" s="23" t="s">
+      <c r="B15" s="21" t="s">
         <v>145</v>
       </c>
       <c r="C15" s="11"/>
       <c r="D15" s="11"/>
       <c r="E15" s="11"/>
       <c r="F15" s="11"/>
       <c r="G15" s="11"/>
       <c r="H15" s="11"/>
       <c r="I15" s="11"/>
       <c r="J15" s="11"/>
       <c r="K15" s="11"/>
       <c r="L15" s="11"/>
       <c r="M15" s="11"/>
       <c r="N15" s="11"/>
     </row>
     <row r="16" spans="2:14" x14ac:dyDescent="0.2">
-      <c r="B16" s="23" t="s">
+      <c r="B16" s="21" t="s">
         <v>146</v>
       </c>
       <c r="C16" s="11">
         <v>8510825</v>
       </c>
       <c r="D16" s="11">
         <v>8750686</v>
       </c>
       <c r="E16" s="11">
         <v>-63710</v>
       </c>
       <c r="F16" s="11">
         <v>-0.7</v>
       </c>
       <c r="G16" s="11">
         <v>297548</v>
       </c>
       <c r="H16" s="11">
         <v>3.9</v>
       </c>
       <c r="I16" s="11">
         <v>239860</v>
       </c>
       <c r="J16" s="11">
         <v>2.8</v>
       </c>
       <c r="K16" s="11">
         <v>628501</v>
       </c>
       <c r="L16" s="11">
         <v>8.6</v>
       </c>
       <c r="M16" s="11">
         <v>849567</v>
       </c>
       <c r="N16" s="11">
         <v>10.8</v>
       </c>
     </row>
     <row r="17" spans="2:14" x14ac:dyDescent="0.2">
-      <c r="B17" s="23" t="s">
+      <c r="B17" s="21" t="s">
         <v>147</v>
       </c>
       <c r="C17" s="11">
         <v>1508105</v>
       </c>
       <c r="D17" s="11">
         <v>1545561</v>
       </c>
       <c r="E17" s="11">
         <v>-67342</v>
       </c>
       <c r="F17" s="11"/>
       <c r="G17" s="11">
         <v>-192322</v>
       </c>
       <c r="H17" s="11"/>
       <c r="I17" s="11">
         <v>37455</v>
       </c>
       <c r="J17" s="11"/>
       <c r="K17" s="11">
         <v>21232</v>
       </c>
       <c r="L17" s="11"/>
       <c r="M17" s="11">
         <v>544670</v>
       </c>
       <c r="N17" s="11"/>
     </row>
     <row r="18" spans="2:14" x14ac:dyDescent="0.2">
-      <c r="B18" s="23" t="s">
+      <c r="B18" s="21" t="s">
         <v>148</v>
       </c>
       <c r="C18" s="11">
         <v>7002720</v>
       </c>
       <c r="D18" s="11">
         <v>7205125</v>
       </c>
       <c r="E18" s="11">
         <v>3633</v>
       </c>
       <c r="F18" s="11">
         <v>0.1</v>
       </c>
       <c r="G18" s="11">
         <v>489870</v>
       </c>
       <c r="H18" s="11">
         <v>7.6</v>
       </c>
       <c r="I18" s="11">
         <v>202405</v>
       </c>
       <c r="J18" s="11">
         <v>2.9</v>
       </c>
       <c r="K18" s="11">
         <v>607269</v>
       </c>
       <c r="L18" s="11">
         <v>9.6</v>
       </c>
       <c r="M18" s="11">
         <v>304897</v>
       </c>
       <c r="N18" s="11">
         <v>4.4000000000000004</v>
       </c>
     </row>
     <row r="19" spans="2:14" x14ac:dyDescent="0.2">
-      <c r="B19" s="23" t="s">
+      <c r="B19" s="21" t="s">
         <v>149</v>
       </c>
       <c r="C19" s="11">
         <v>19068129</v>
       </c>
       <c r="D19" s="11">
         <v>21146517</v>
       </c>
       <c r="E19" s="11">
         <v>639884</v>
       </c>
       <c r="F19" s="11">
         <v>3.1</v>
       </c>
       <c r="G19" s="11">
         <v>1326524</v>
       </c>
       <c r="H19" s="11">
         <v>7.7</v>
       </c>
       <c r="I19" s="11">
         <v>2078389</v>
       </c>
       <c r="J19" s="11">
         <v>10.9</v>
       </c>
       <c r="K19" s="11">
         <v>1819668</v>
       </c>
       <c r="L19" s="11">
         <v>10.9</v>
       </c>
       <c r="M19" s="11">
         <v>2617161</v>
       </c>
       <c r="N19" s="11">
         <v>14.1</v>
       </c>
     </row>
     <row r="20" spans="2:14" x14ac:dyDescent="0.2">
-      <c r="B20" s="23" t="s">
+      <c r="B20" s="21" t="s">
         <v>150</v>
       </c>
       <c r="C20" s="11">
         <v>38246</v>
       </c>
       <c r="D20" s="11">
         <v>20322</v>
       </c>
       <c r="E20" s="11">
         <v>8882</v>
       </c>
       <c r="F20" s="11"/>
       <c r="G20" s="11">
         <v>-3887</v>
       </c>
       <c r="H20" s="11"/>
       <c r="I20" s="11">
         <v>-17924</v>
       </c>
       <c r="J20" s="11"/>
       <c r="K20" s="11">
         <v>5439</v>
       </c>
       <c r="L20" s="11"/>
       <c r="M20" s="11">
         <v>9803</v>
       </c>
       <c r="N20" s="11"/>
     </row>
     <row r="21" spans="2:14" x14ac:dyDescent="0.2">
-      <c r="B21" s="23" t="s">
+      <c r="B21" s="21" t="s">
         <v>151</v>
       </c>
       <c r="C21" s="11">
         <v>19029883</v>
       </c>
       <c r="D21" s="11">
         <v>21126196</v>
       </c>
       <c r="E21" s="11">
         <v>631002</v>
       </c>
       <c r="F21" s="11">
         <v>3.1</v>
       </c>
       <c r="G21" s="11">
         <v>1330411</v>
       </c>
       <c r="H21" s="11">
         <v>7.7</v>
       </c>
       <c r="I21" s="11">
         <v>2096313</v>
       </c>
       <c r="J21" s="11">
         <v>11</v>
       </c>
       <c r="K21" s="11">
         <v>1814229</v>
       </c>
       <c r="L21" s="11">
         <v>10.9</v>
       </c>
       <c r="M21" s="11">
         <v>2607359</v>
       </c>
       <c r="N21" s="11">
         <v>14.1</v>
       </c>
     </row>
     <row r="22" spans="2:14" x14ac:dyDescent="0.2">
-      <c r="B22" s="23" t="s">
+      <c r="B22" s="21" t="s">
         <v>152</v>
       </c>
       <c r="C22" s="11">
         <v>6148527</v>
       </c>
       <c r="D22" s="11">
         <v>6585472</v>
       </c>
       <c r="E22" s="11">
         <v>-103279</v>
       </c>
       <c r="F22" s="11">
         <v>-1.5</v>
       </c>
       <c r="G22" s="11">
         <v>233736</v>
       </c>
       <c r="H22" s="11">
         <v>4.2</v>
       </c>
       <c r="I22" s="11">
         <v>436945</v>
       </c>
       <c r="J22" s="11">
         <v>7.1</v>
       </c>
       <c r="K22" s="11">
         <v>463311</v>
       </c>
       <c r="L22" s="11">
         <v>8.6999999999999993</v>
       </c>
       <c r="M22" s="11">
         <v>784233</v>
       </c>
       <c r="N22" s="11">
         <v>13.5</v>
       </c>
     </row>
     <row r="23" spans="2:14" x14ac:dyDescent="0.2">
-      <c r="B23" s="23" t="s">
+      <c r="B23" s="21" t="s">
         <v>153</v>
       </c>
       <c r="C23" s="11">
         <v>36632</v>
       </c>
       <c r="D23" s="11">
         <v>39895</v>
       </c>
       <c r="E23" s="11">
         <v>175</v>
       </c>
       <c r="F23" s="11">
         <v>0.4</v>
       </c>
       <c r="G23" s="11">
         <v>2251</v>
       </c>
       <c r="H23" s="11">
         <v>6.7</v>
       </c>
       <c r="I23" s="11">
         <v>3264</v>
       </c>
       <c r="J23" s="11">
         <v>8.9</v>
       </c>
       <c r="K23" s="11">
         <v>3086</v>
       </c>
       <c r="L23" s="11">
         <v>9.5</v>
       </c>
       <c r="M23" s="11">
         <v>4212</v>
       </c>
       <c r="N23" s="11">
         <v>11.8</v>
       </c>
     </row>
     <row r="24" spans="2:14" x14ac:dyDescent="0.2">
-      <c r="B24" s="23" t="s">
+      <c r="B24" s="21" t="s">
         <v>154</v>
       </c>
       <c r="C24" s="11">
         <v>6477524</v>
       </c>
       <c r="D24" s="11">
         <v>6721664</v>
       </c>
       <c r="E24" s="11">
         <v>-269496</v>
       </c>
       <c r="F24" s="11">
         <v>-3.9</v>
       </c>
       <c r="G24" s="11">
         <v>220455</v>
       </c>
       <c r="H24" s="11">
         <v>4</v>
       </c>
       <c r="I24" s="11">
         <v>244140</v>
       </c>
       <c r="J24" s="11">
         <v>3.8</v>
       </c>
       <c r="K24" s="11">
         <v>712380</v>
       </c>
       <c r="L24" s="11">
         <v>14.3</v>
       </c>
       <c r="M24" s="11">
         <v>1033731</v>
       </c>
       <c r="N24" s="11">
         <v>18.2</v>
       </c>
     </row>
     <row r="25" spans="2:14" x14ac:dyDescent="0.2">
-      <c r="B25" s="25" t="s">
+      <c r="B25" s="23" t="s">
         <v>155</v>
       </c>
       <c r="C25" s="18">
         <v>2147427</v>
       </c>
       <c r="D25" s="18">
         <v>2769495</v>
       </c>
       <c r="E25" s="18">
         <v>-41287</v>
       </c>
       <c r="F25" s="18">
         <v>-1.5</v>
       </c>
       <c r="G25" s="18">
         <v>101043</v>
       </c>
       <c r="H25" s="18">
         <v>5.6</v>
       </c>
       <c r="I25" s="18">
         <v>622068</v>
       </c>
       <c r="J25" s="18">
         <v>29</v>
       </c>
       <c r="K25" s="18">
         <v>97967</v>
       </c>
       <c r="L25" s="18">
         <v>5.5</v>
       </c>
       <c r="M25" s="18">
         <v>878318</v>
       </c>
       <c r="N25" s="18">
         <v>46.4</v>
       </c>
     </row>
     <row r="26" spans="2:14" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B26" s="81" t="s">
+      <c r="B26" s="88" t="s">
         <v>156</v>
       </c>
-      <c r="C26" s="81"/>
-[...10 lines deleted...]
-      <c r="N26" s="81"/>
+      <c r="C26" s="88"/>
+      <c r="D26" s="88"/>
+      <c r="E26" s="88"/>
+      <c r="F26" s="88"/>
+      <c r="G26" s="88"/>
+      <c r="H26" s="88"/>
+      <c r="I26" s="88"/>
+      <c r="J26" s="88"/>
+      <c r="K26" s="88"/>
+      <c r="L26" s="88"/>
+      <c r="M26" s="88"/>
+      <c r="N26" s="88"/>
     </row>
     <row r="27" spans="2:14" x14ac:dyDescent="0.2">
-      <c r="B27" s="81" t="s">
-[...13 lines deleted...]
-      <c r="N27" s="81"/>
+      <c r="B27" s="88" t="s">
+        <v>253</v>
+      </c>
+      <c r="C27" s="88"/>
+      <c r="D27" s="88"/>
+      <c r="E27" s="88"/>
+      <c r="F27" s="88"/>
+      <c r="G27" s="88"/>
+      <c r="H27" s="88"/>
+      <c r="I27" s="88"/>
+      <c r="J27" s="88"/>
+      <c r="K27" s="88"/>
+      <c r="L27" s="88"/>
+      <c r="M27" s="88"/>
+      <c r="N27" s="88"/>
     </row>
     <row r="28" spans="2:14" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B28" s="81" t="s">
-[...13 lines deleted...]
-      <c r="N28" s="81"/>
+      <c r="B28" s="88" t="s">
+        <v>254</v>
+      </c>
+      <c r="C28" s="88"/>
+      <c r="D28" s="88"/>
+      <c r="E28" s="88"/>
+      <c r="F28" s="88"/>
+      <c r="G28" s="88"/>
+      <c r="H28" s="88"/>
+      <c r="I28" s="88"/>
+      <c r="J28" s="88"/>
+      <c r="K28" s="88"/>
+      <c r="L28" s="88"/>
+      <c r="M28" s="88"/>
+      <c r="N28" s="88"/>
     </row>
   </sheetData>
   <mergeCells count="16">
+    <mergeCell ref="B27:N27"/>
+    <mergeCell ref="B28:N28"/>
+    <mergeCell ref="I6:J6"/>
+    <mergeCell ref="K6:L6"/>
+    <mergeCell ref="M6:N6"/>
+    <mergeCell ref="B26:N26"/>
     <mergeCell ref="B2:N2"/>
     <mergeCell ref="B3:N3"/>
     <mergeCell ref="B4:B8"/>
     <mergeCell ref="C4:D4"/>
     <mergeCell ref="E4:N4"/>
     <mergeCell ref="C5:D6"/>
     <mergeCell ref="E5:F6"/>
     <mergeCell ref="G5:J5"/>
     <mergeCell ref="K5:N5"/>
     <mergeCell ref="G6:H6"/>
-    <mergeCell ref="B27:N27"/>
-[...4 lines deleted...]
-    <mergeCell ref="B26:N26"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{98DD7D0B-4FD5-49A7-B516-B05AE10BD1A0}">
-  <dimension ref="B2:N53"/>
+  <dimension ref="B2:N26"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3.85546875" style="1" customWidth="1"/>
     <col min="2" max="2" width="48.28515625" style="1" customWidth="1"/>
     <col min="3" max="4" width="11.85546875" style="1" customWidth="1"/>
     <col min="5" max="5" width="9.7109375" style="1" customWidth="1"/>
-    <col min="6" max="6" width="8.7109375" style="1" customWidth="1"/>
+    <col min="6" max="6" width="5.5703125" style="1" customWidth="1"/>
     <col min="7" max="7" width="9.7109375" style="1" customWidth="1"/>
-    <col min="8" max="8" width="8.7109375" style="1" customWidth="1"/>
+    <col min="8" max="8" width="5.5703125" style="1" customWidth="1"/>
     <col min="9" max="9" width="9.7109375" style="1" customWidth="1"/>
-    <col min="10" max="10" width="8.7109375" style="1" customWidth="1"/>
+    <col min="10" max="10" width="5.5703125" style="1" customWidth="1"/>
     <col min="11" max="11" width="9.7109375" style="1" customWidth="1"/>
-    <col min="12" max="12" width="8.7109375" style="1" customWidth="1"/>
+    <col min="12" max="12" width="5.5703125" style="1" customWidth="1"/>
     <col min="13" max="13" width="9.7109375" style="1" customWidth="1"/>
-    <col min="14" max="14" width="8.7109375" style="1" customWidth="1"/>
+    <col min="14" max="14" width="5.5703125" style="1" customWidth="1"/>
     <col min="15" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:14" x14ac:dyDescent="0.2">
       <c r="B2" s="55" t="s">
         <v>157</v>
       </c>
       <c r="C2" s="55"/>
       <c r="D2" s="55"/>
       <c r="E2" s="55"/>
       <c r="F2" s="55"/>
       <c r="G2" s="55"/>
       <c r="H2" s="55"/>
       <c r="I2" s="55"/>
       <c r="J2" s="55"/>
       <c r="K2" s="55"/>
       <c r="L2" s="55"/>
       <c r="M2" s="55"/>
       <c r="N2" s="55"/>
     </row>
     <row r="3" spans="2:14" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B3" s="82" t="s">
+      <c r="B3" s="68" t="s">
         <v>0</v>
       </c>
-      <c r="C3" s="83"/>
-[...10 lines deleted...]
-      <c r="N3" s="84"/>
+      <c r="C3" s="68"/>
+      <c r="D3" s="68"/>
+      <c r="E3" s="68"/>
+      <c r="F3" s="68"/>
+      <c r="G3" s="68"/>
+      <c r="H3" s="68"/>
+      <c r="I3" s="68"/>
+      <c r="J3" s="68"/>
+      <c r="K3" s="68"/>
+      <c r="L3" s="68"/>
+      <c r="M3" s="68"/>
+      <c r="N3" s="68"/>
     </row>
     <row r="4" spans="2:14" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B4" s="49" t="s">
+      <c r="B4" s="69" t="s">
         <v>1</v>
       </c>
-      <c r="C4" s="61" t="s">
+      <c r="C4" s="69" t="s">
         <v>135</v>
       </c>
-      <c r="D4" s="62"/>
-      <c r="E4" s="61" t="s">
+      <c r="D4" s="69"/>
+      <c r="E4" s="69" t="s">
         <v>38</v>
       </c>
-      <c r="F4" s="89"/>
-[...7 lines deleted...]
-      <c r="N4" s="62"/>
+      <c r="F4" s="69"/>
+      <c r="G4" s="69"/>
+      <c r="H4" s="69"/>
+      <c r="I4" s="69"/>
+      <c r="J4" s="69"/>
+      <c r="K4" s="69"/>
+      <c r="L4" s="69"/>
+      <c r="M4" s="69"/>
+      <c r="N4" s="69"/>
     </row>
     <row r="5" spans="2:14" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B5" s="50"/>
-      <c r="C5" s="90">
+      <c r="B5" s="69"/>
+      <c r="C5" s="69">
         <v>2025</v>
       </c>
-      <c r="D5" s="91"/>
-      <c r="E5" s="90" t="s">
+      <c r="D5" s="69">
+        <v>2026</v>
+      </c>
+      <c r="E5" s="69" t="s">
         <v>249</v>
       </c>
-      <c r="F5" s="91"/>
-      <c r="G5" s="61" t="s">
+      <c r="F5" s="69"/>
+      <c r="G5" s="69" t="s">
         <v>55</v>
       </c>
-      <c r="H5" s="89"/>
-[...2 lines deleted...]
-      <c r="K5" s="61" t="s">
+      <c r="H5" s="69"/>
+      <c r="I5" s="69"/>
+      <c r="J5" s="69"/>
+      <c r="K5" s="69" t="s">
         <v>56</v>
       </c>
-      <c r="L5" s="89"/>
-[...1 lines deleted...]
-      <c r="N5" s="62"/>
+      <c r="L5" s="69"/>
+      <c r="M5" s="69"/>
+      <c r="N5" s="69"/>
     </row>
     <row r="6" spans="2:14" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B6" s="50"/>
-[...4 lines deleted...]
-      <c r="G6" s="61" t="s">
+      <c r="B6" s="69"/>
+      <c r="C6" s="69"/>
+      <c r="D6" s="69"/>
+      <c r="E6" s="69"/>
+      <c r="F6" s="69"/>
+      <c r="G6" s="69" t="s">
         <v>57</v>
       </c>
-      <c r="H6" s="62"/>
-      <c r="I6" s="61" t="s">
+      <c r="H6" s="69"/>
+      <c r="I6" s="69" t="s">
         <v>58</v>
       </c>
-      <c r="J6" s="62"/>
-[...4 lines deleted...]
-      <c r="M6" s="61">
+      <c r="J6" s="69"/>
+      <c r="K6" s="69">
         <v>2025</v>
       </c>
-      <c r="N6" s="62"/>
-[...3 lines deleted...]
-      <c r="C7" s="9" t="s">
+      <c r="L6" s="69"/>
+      <c r="M6" s="69">
+        <v>2026</v>
+      </c>
+      <c r="N6" s="69"/>
+    </row>
+    <row r="7" spans="2:14" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B7" s="69"/>
+      <c r="C7" s="39" t="s">
         <v>136</v>
       </c>
-      <c r="D7" s="9" t="s">
+      <c r="D7" s="39" t="s">
         <v>250</v>
       </c>
-      <c r="E7" s="9" t="s">
+      <c r="E7" s="39" t="s">
         <v>137</v>
       </c>
-      <c r="F7" s="9" t="s">
+      <c r="F7" s="39" t="s">
         <v>138</v>
       </c>
-      <c r="G7" s="9" t="s">
+      <c r="G7" s="39" t="s">
         <v>137</v>
       </c>
-      <c r="H7" s="9" t="s">
+      <c r="H7" s="39" t="s">
         <v>138</v>
       </c>
-      <c r="I7" s="9" t="s">
+      <c r="I7" s="39" t="s">
         <v>137</v>
       </c>
-      <c r="J7" s="9" t="s">
+      <c r="J7" s="39" t="s">
         <v>138</v>
       </c>
-      <c r="K7" s="9" t="s">
+      <c r="K7" s="39" t="s">
         <v>137</v>
       </c>
-      <c r="L7" s="9" t="s">
+      <c r="L7" s="39" t="s">
         <v>138</v>
       </c>
-      <c r="M7" s="9" t="s">
+      <c r="M7" s="39" t="s">
         <v>137</v>
       </c>
-      <c r="N7" s="9" t="s">
+      <c r="N7" s="39" t="s">
         <v>138</v>
       </c>
     </row>
-    <row r="8" spans="2:14" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C8" s="9">
+    <row r="8" spans="2:14" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B8" s="69"/>
+      <c r="C8" s="39">
         <v>1</v>
       </c>
-      <c r="D8" s="9">
+      <c r="D8" s="39">
         <v>2</v>
       </c>
-      <c r="E8" s="9">
+      <c r="E8" s="39">
         <v>3</v>
       </c>
-      <c r="F8" s="9">
+      <c r="F8" s="39">
         <v>4</v>
       </c>
-      <c r="G8" s="9">
+      <c r="G8" s="39">
         <v>5</v>
       </c>
-      <c r="H8" s="9">
+      <c r="H8" s="39">
         <v>6</v>
       </c>
-      <c r="I8" s="9">
+      <c r="I8" s="39">
         <v>7</v>
       </c>
-      <c r="J8" s="9">
+      <c r="J8" s="39">
         <v>8</v>
       </c>
-      <c r="K8" s="9">
+      <c r="K8" s="39">
         <v>9</v>
       </c>
-      <c r="L8" s="9">
+      <c r="L8" s="39">
         <v>10</v>
       </c>
-      <c r="M8" s="9">
+      <c r="M8" s="39">
         <v>11</v>
       </c>
-      <c r="N8" s="9">
+      <c r="N8" s="39">
         <v>12</v>
       </c>
     </row>
     <row r="9" spans="2:14" x14ac:dyDescent="0.2">
-      <c r="B9" s="10" t="s">
+      <c r="B9" s="3" t="s">
         <v>158</v>
       </c>
-      <c r="C9" s="11">
+      <c r="C9" s="38">
         <v>4829243</v>
       </c>
-      <c r="D9" s="11">
+      <c r="D9" s="38">
         <v>4862647</v>
       </c>
-      <c r="E9" s="11">
+      <c r="E9" s="38">
         <v>63512</v>
       </c>
-      <c r="F9" s="11">
+      <c r="F9" s="38">
         <v>1.3</v>
       </c>
-      <c r="G9" s="11">
+      <c r="G9" s="38">
         <v>50891</v>
       </c>
-      <c r="H9" s="11">
+      <c r="H9" s="38">
         <v>1.1000000000000001</v>
       </c>
-      <c r="I9" s="11">
+      <c r="I9" s="38">
         <v>33405</v>
       </c>
-      <c r="J9" s="11">
+      <c r="J9" s="38">
         <v>0.7</v>
       </c>
-      <c r="K9" s="11">
+      <c r="K9" s="38">
         <v>214088</v>
       </c>
-      <c r="L9" s="11">
+      <c r="L9" s="2">
         <v>4.8</v>
       </c>
-      <c r="M9" s="11">
+      <c r="M9" s="38">
         <v>180311</v>
       </c>
-      <c r="N9" s="11">
+      <c r="N9" s="2">
         <v>3.9</v>
       </c>
     </row>
     <row r="10" spans="2:14" x14ac:dyDescent="0.2">
-      <c r="B10" s="10" t="s">
+      <c r="B10" s="3" t="s">
         <v>159</v>
       </c>
-      <c r="C10" s="11"/>
-[...10 lines deleted...]
-      <c r="N10" s="11"/>
+      <c r="C10" s="38"/>
+      <c r="D10" s="38"/>
+      <c r="E10" s="38"/>
+      <c r="F10" s="38"/>
+      <c r="G10" s="38"/>
+      <c r="H10" s="38"/>
+      <c r="I10" s="38"/>
+      <c r="J10" s="38"/>
+      <c r="K10" s="38"/>
+      <c r="L10" s="2"/>
+      <c r="M10" s="38"/>
+      <c r="N10" s="2"/>
     </row>
     <row r="11" spans="2:14" x14ac:dyDescent="0.2">
-      <c r="B11" s="10" t="s">
+      <c r="B11" s="3" t="s">
         <v>160</v>
       </c>
-      <c r="C11" s="11">
+      <c r="C11" s="38">
         <v>3724448</v>
       </c>
-      <c r="D11" s="11">
+      <c r="D11" s="38">
         <v>3979951</v>
       </c>
-      <c r="E11" s="11">
+      <c r="E11" s="38">
         <v>56428</v>
       </c>
-      <c r="F11" s="11">
+      <c r="F11" s="38">
         <v>1.4</v>
       </c>
-      <c r="G11" s="11">
+      <c r="G11" s="38">
         <v>78506</v>
       </c>
-      <c r="H11" s="11">
+      <c r="H11" s="38">
         <v>2.2000000000000002</v>
       </c>
-      <c r="I11" s="11">
+      <c r="I11" s="38">
         <v>255503</v>
       </c>
-      <c r="J11" s="11">
+      <c r="J11" s="38">
         <v>6.9</v>
       </c>
-      <c r="K11" s="11">
+      <c r="K11" s="38">
         <v>179468</v>
       </c>
-      <c r="L11" s="11">
+      <c r="L11" s="2">
         <v>5.3</v>
       </c>
-      <c r="M11" s="11">
+      <c r="M11" s="38">
         <v>389984</v>
       </c>
-      <c r="N11" s="11">
+      <c r="N11" s="2">
         <v>10.9</v>
       </c>
     </row>
     <row r="12" spans="2:14" x14ac:dyDescent="0.2">
-      <c r="B12" s="10" t="s">
+      <c r="B12" s="3" t="s">
         <v>161</v>
       </c>
-      <c r="C12" s="11">
+      <c r="C12" s="38">
         <v>991488</v>
       </c>
-      <c r="D12" s="11">
+      <c r="D12" s="38">
         <v>766118</v>
       </c>
-      <c r="E12" s="11">
+      <c r="E12" s="38">
         <v>5503</v>
       </c>
-      <c r="F12" s="11">
+      <c r="F12" s="38">
         <v>0.7</v>
       </c>
-      <c r="G12" s="11">
+      <c r="G12" s="38">
         <v>-36704</v>
       </c>
-      <c r="H12" s="11">
+      <c r="H12" s="38">
         <v>-3.6</v>
       </c>
-      <c r="I12" s="11">
+      <c r="I12" s="38">
         <v>-225371</v>
       </c>
-      <c r="J12" s="11">
+      <c r="J12" s="38">
         <v>-22.7</v>
       </c>
-      <c r="K12" s="11">
+      <c r="K12" s="38">
         <v>9460</v>
       </c>
-      <c r="L12" s="11">
+      <c r="L12" s="2">
         <v>1</v>
       </c>
-      <c r="M12" s="11">
+      <c r="M12" s="38">
         <v>-222627</v>
       </c>
-      <c r="N12" s="11">
+      <c r="N12" s="2">
         <v>-22.5</v>
       </c>
     </row>
     <row r="13" spans="2:14" x14ac:dyDescent="0.2">
-      <c r="B13" s="10" t="s">
+      <c r="B13" s="3" t="s">
         <v>162</v>
       </c>
-      <c r="C13" s="11">
+      <c r="C13" s="38">
         <v>113307</v>
       </c>
-      <c r="D13" s="11">
+      <c r="D13" s="38">
         <v>116579</v>
       </c>
-      <c r="E13" s="11">
+      <c r="E13" s="38">
         <v>1580</v>
       </c>
-      <c r="F13" s="11">
+      <c r="F13" s="38">
         <v>1.4</v>
       </c>
-      <c r="G13" s="11">
+      <c r="G13" s="38">
         <v>9089</v>
       </c>
-      <c r="H13" s="11">
+      <c r="H13" s="38">
         <v>9.6</v>
       </c>
-      <c r="I13" s="11">
+      <c r="I13" s="38">
         <v>3272</v>
       </c>
-      <c r="J13" s="11">
+      <c r="J13" s="38">
         <v>2.9</v>
       </c>
-      <c r="K13" s="11">
+      <c r="K13" s="38">
         <v>25160</v>
       </c>
-      <c r="L13" s="11">
+      <c r="L13" s="2">
         <v>32.1</v>
       </c>
-      <c r="M13" s="11">
+      <c r="M13" s="38">
         <v>12953</v>
       </c>
-      <c r="N13" s="11">
+      <c r="N13" s="2">
         <v>12.5</v>
       </c>
     </row>
     <row r="14" spans="2:14" x14ac:dyDescent="0.2">
-      <c r="B14" s="10" t="s">
+      <c r="B14" s="3" t="s">
         <v>145</v>
       </c>
-      <c r="C14" s="11"/>
-[...10 lines deleted...]
-      <c r="N14" s="11"/>
+      <c r="C14" s="38"/>
+      <c r="D14" s="38"/>
+      <c r="E14" s="38"/>
+      <c r="F14" s="38"/>
+      <c r="G14" s="38"/>
+      <c r="H14" s="38"/>
+      <c r="I14" s="38"/>
+      <c r="J14" s="38"/>
+      <c r="K14" s="38"/>
+      <c r="L14" s="2"/>
+      <c r="M14" s="38"/>
+      <c r="N14" s="2"/>
     </row>
     <row r="15" spans="2:14" x14ac:dyDescent="0.2">
-      <c r="B15" s="10" t="s">
+      <c r="B15" s="3" t="s">
         <v>163</v>
       </c>
-      <c r="C15" s="11">
+      <c r="C15" s="38">
         <v>1508105</v>
       </c>
-      <c r="D15" s="11">
+      <c r="D15" s="38">
         <v>1707315</v>
       </c>
-      <c r="E15" s="11">
+      <c r="E15" s="38">
         <v>161754</v>
       </c>
-      <c r="F15" s="11"/>
-      <c r="G15" s="11">
+      <c r="F15" s="38"/>
+      <c r="G15" s="38">
         <v>-88503</v>
       </c>
-      <c r="H15" s="11"/>
-      <c r="I15" s="11">
+      <c r="H15" s="38"/>
+      <c r="I15" s="38">
         <v>199210</v>
       </c>
-      <c r="J15" s="11"/>
-      <c r="K15" s="11">
+      <c r="J15" s="38"/>
+      <c r="K15" s="38">
         <v>88673</v>
       </c>
-      <c r="L15" s="11"/>
-      <c r="M15" s="11">
+      <c r="L15" s="2"/>
+      <c r="M15" s="38">
         <v>602605</v>
       </c>
-      <c r="N15" s="11"/>
+      <c r="N15" s="2"/>
     </row>
     <row r="16" spans="2:14" x14ac:dyDescent="0.2">
-      <c r="B16" s="10" t="s">
+      <c r="B16" s="3" t="s">
         <v>164</v>
       </c>
-      <c r="C16" s="11">
+      <c r="C16" s="38">
         <v>1475460</v>
       </c>
-      <c r="D16" s="11">
+      <c r="D16" s="38">
         <v>1687836</v>
       </c>
-      <c r="E16" s="11">
+      <c r="E16" s="38">
         <v>158526</v>
       </c>
-      <c r="F16" s="11"/>
-      <c r="G16" s="11">
+      <c r="F16" s="38"/>
+      <c r="G16" s="38">
         <v>-96523</v>
       </c>
-      <c r="H16" s="11"/>
-      <c r="I16" s="11">
+      <c r="H16" s="38"/>
+      <c r="I16" s="38">
         <v>212376</v>
       </c>
-      <c r="J16" s="11"/>
-      <c r="K16" s="11">
+      <c r="J16" s="38"/>
+      <c r="K16" s="38">
         <v>90140</v>
       </c>
-      <c r="L16" s="11"/>
-      <c r="M16" s="11">
+      <c r="L16" s="2"/>
+      <c r="M16" s="38">
         <v>597704</v>
       </c>
-      <c r="N16" s="11"/>
+      <c r="N16" s="2"/>
     </row>
     <row r="17" spans="2:14" x14ac:dyDescent="0.2">
-      <c r="B17" s="10" t="s">
+      <c r="B17" s="3" t="s">
         <v>165</v>
       </c>
-      <c r="C17" s="11">
+      <c r="C17" s="38">
         <v>-119015</v>
       </c>
-      <c r="D17" s="11">
+      <c r="D17" s="38">
         <v>-107228</v>
       </c>
-      <c r="E17" s="11">
+      <c r="E17" s="38">
         <v>-91978</v>
       </c>
-      <c r="F17" s="11"/>
-      <c r="G17" s="11">
+      <c r="F17" s="38"/>
+      <c r="G17" s="38">
         <v>273227</v>
       </c>
-      <c r="H17" s="11"/>
-      <c r="I17" s="11">
+      <c r="H17" s="38"/>
+      <c r="I17" s="38">
         <v>11787</v>
       </c>
-      <c r="J17" s="11"/>
-      <c r="K17" s="11">
+      <c r="J17" s="38"/>
+      <c r="K17" s="38">
         <v>50483</v>
       </c>
-      <c r="L17" s="11"/>
-      <c r="M17" s="11">
+      <c r="L17" s="2"/>
+      <c r="M17" s="38">
         <v>-334309</v>
       </c>
-      <c r="N17" s="11"/>
+      <c r="N17" s="2"/>
     </row>
     <row r="18" spans="2:14" x14ac:dyDescent="0.2">
-      <c r="B18" s="10" t="s">
+      <c r="B18" s="3" t="s">
         <v>166</v>
       </c>
-      <c r="C18" s="11">
+      <c r="C18" s="38">
         <v>-157261</v>
       </c>
-      <c r="D18" s="11">
+      <c r="D18" s="38">
         <v>-124182</v>
       </c>
-      <c r="E18" s="11">
+      <c r="E18" s="38">
         <v>-88610</v>
       </c>
-      <c r="F18" s="11"/>
-      <c r="G18" s="11">
+      <c r="F18" s="38"/>
+      <c r="G18" s="38">
         <v>277121</v>
       </c>
-      <c r="H18" s="11"/>
-      <c r="I18" s="11">
+      <c r="H18" s="38"/>
+      <c r="I18" s="38">
         <v>33079</v>
       </c>
-      <c r="J18" s="11"/>
-      <c r="K18" s="11">
+      <c r="J18" s="38"/>
+      <c r="K18" s="38">
         <v>45198</v>
       </c>
-      <c r="L18" s="11"/>
-      <c r="M18" s="11">
+      <c r="L18" s="2"/>
+      <c r="M18" s="38">
         <v>-340750</v>
       </c>
-      <c r="N18" s="11"/>
+      <c r="N18" s="2"/>
     </row>
     <row r="19" spans="2:14" x14ac:dyDescent="0.2">
-      <c r="B19" s="10" t="s">
+      <c r="B19" s="3" t="s">
         <v>167</v>
       </c>
-      <c r="C19" s="11">
+      <c r="C19" s="38">
         <v>5550947</v>
       </c>
-      <c r="D19" s="11">
+      <c r="D19" s="38">
         <v>6062086</v>
       </c>
-      <c r="E19" s="11">
+      <c r="E19" s="38">
         <v>63662</v>
       </c>
-      <c r="F19" s="11">
+      <c r="F19" s="38">
         <v>1.1000000000000001</v>
       </c>
-      <c r="G19" s="11">
+      <c r="G19" s="38">
         <v>-15471</v>
       </c>
-      <c r="H19" s="11">
+      <c r="H19" s="38">
         <v>-0.3</v>
       </c>
-      <c r="I19" s="11">
+      <c r="I19" s="38">
         <v>511139</v>
       </c>
-      <c r="J19" s="11">
+      <c r="J19" s="38">
         <v>9.1999999999999993</v>
       </c>
-      <c r="K19" s="11">
+      <c r="K19" s="38">
         <v>242368</v>
       </c>
-      <c r="L19" s="11">
+      <c r="L19" s="2">
         <v>4.9000000000000004</v>
       </c>
-      <c r="M19" s="11">
+      <c r="M19" s="38">
         <v>836475</v>
       </c>
-      <c r="N19" s="11">
+      <c r="N19" s="2">
         <v>16</v>
       </c>
     </row>
     <row r="20" spans="2:14" x14ac:dyDescent="0.2">
-      <c r="B20" s="10" t="s">
+      <c r="B20" s="3" t="s">
         <v>168</v>
       </c>
-      <c r="C20" s="11">
+      <c r="C20" s="38">
         <v>36632</v>
       </c>
-      <c r="D20" s="11">
+      <c r="D20" s="38">
         <v>39895</v>
       </c>
-      <c r="E20" s="11"/>
-[...1 lines deleted...]
-      <c r="G20" s="11">
+      <c r="E20" s="38"/>
+      <c r="F20" s="38"/>
+      <c r="G20" s="38">
         <v>2251</v>
       </c>
-      <c r="H20" s="11">
+      <c r="H20" s="38">
         <v>6.7</v>
       </c>
-      <c r="I20" s="11">
+      <c r="I20" s="38">
         <v>3264</v>
       </c>
-      <c r="J20" s="11">
+      <c r="J20" s="38">
         <v>8.9</v>
       </c>
-      <c r="K20" s="11">
+      <c r="K20" s="38">
         <v>3086</v>
       </c>
-      <c r="L20" s="11">
+      <c r="L20" s="2">
         <v>9.5</v>
       </c>
-      <c r="M20" s="11">
+      <c r="M20" s="38">
         <v>4212</v>
       </c>
-      <c r="N20" s="11">
+      <c r="N20" s="2">
         <v>11.8</v>
       </c>
     </row>
     <row r="21" spans="2:14" x14ac:dyDescent="0.2">
-      <c r="B21" s="17" t="s">
+      <c r="B21" s="3" t="s">
         <v>169</v>
       </c>
-      <c r="C21" s="21">
+      <c r="C21" s="38">
         <v>2147427</v>
       </c>
-      <c r="D21" s="21">
+      <c r="D21" s="38">
         <v>2839420</v>
       </c>
-      <c r="E21" s="21">
+      <c r="E21" s="38">
         <v>69926</v>
       </c>
-      <c r="F21" s="21">
+      <c r="F21" s="38">
         <v>2.5</v>
       </c>
-      <c r="G21" s="21">
+      <c r="G21" s="38">
         <v>120614</v>
       </c>
-      <c r="H21" s="21">
+      <c r="H21" s="38">
         <v>6.7</v>
       </c>
-      <c r="I21" s="21">
+      <c r="I21" s="38">
         <v>691994</v>
       </c>
-      <c r="J21" s="21">
+      <c r="J21" s="38">
         <v>32.200000000000003</v>
       </c>
-      <c r="K21" s="21">
+      <c r="K21" s="38">
         <v>170522</v>
       </c>
-      <c r="L21" s="21">
+      <c r="L21" s="2">
         <v>9.8000000000000007</v>
       </c>
-      <c r="M21" s="21">
+      <c r="M21" s="38">
         <v>928673</v>
       </c>
-      <c r="N21" s="21">
+      <c r="N21" s="2">
         <v>48.6</v>
       </c>
     </row>
-    <row r="22" spans="2:14" x14ac:dyDescent="0.2">
-      <c r="B22" s="54" t="s">
+    <row r="22" spans="2:14" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B22" s="114" t="s">
         <v>251</v>
       </c>
-      <c r="C22" s="54"/>
-[...45 lines deleted...]
-    </row>
+      <c r="C22" s="114"/>
+      <c r="D22" s="114"/>
+      <c r="E22" s="114"/>
+      <c r="F22" s="114"/>
+      <c r="G22" s="114"/>
+      <c r="H22" s="114"/>
+      <c r="I22" s="114"/>
+      <c r="J22" s="114"/>
+      <c r="K22" s="114"/>
+      <c r="L22" s="114"/>
+      <c r="M22" s="114"/>
+      <c r="N22" s="114"/>
+    </row>
+    <row r="23" spans="2:14" ht="29.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B23" s="114" t="s">
+        <v>290</v>
+      </c>
+      <c r="C23" s="114"/>
+      <c r="D23" s="114"/>
+      <c r="E23" s="114"/>
+      <c r="F23" s="114"/>
+      <c r="G23" s="114"/>
+      <c r="H23" s="114"/>
+      <c r="I23" s="114"/>
+      <c r="J23" s="114"/>
+      <c r="K23" s="114"/>
+      <c r="L23" s="114"/>
+      <c r="M23" s="114"/>
+      <c r="N23" s="114"/>
+    </row>
+    <row r="24" spans="2:14" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="25" spans="2:14" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="26" spans="2:14" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
-    <row r="27" spans="2:14" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
-[...66 lines deleted...]
-    </row>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="B22:N22"/>
     <mergeCell ref="B23:N23"/>
-    <mergeCell ref="B24:N24"/>
+    <mergeCell ref="B3:N3"/>
+    <mergeCell ref="B4:B8"/>
+    <mergeCell ref="C4:D4"/>
+    <mergeCell ref="E4:N4"/>
+    <mergeCell ref="C5:C6"/>
+    <mergeCell ref="D5:D6"/>
+    <mergeCell ref="E5:F6"/>
+    <mergeCell ref="G5:J5"/>
+    <mergeCell ref="K5:N5"/>
+    <mergeCell ref="G6:H6"/>
     <mergeCell ref="I6:J6"/>
     <mergeCell ref="K6:L6"/>
     <mergeCell ref="M6:N6"/>
     <mergeCell ref="B2:N2"/>
-    <mergeCell ref="B3:N3"/>
-[...7 lines deleted...]
-    <mergeCell ref="G6:H6"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1D1EDE8C-F4C8-42AB-96FE-5003964064F1}">
   <dimension ref="B2:L28"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3.140625" style="1" customWidth="1"/>
     <col min="2" max="2" width="37.5703125" style="1" customWidth="1"/>
     <col min="3" max="5" width="11" style="1" customWidth="1"/>
     <col min="6" max="6" width="14.7109375" style="1" customWidth="1"/>
     <col min="7" max="8" width="11" style="1" customWidth="1"/>
     <col min="9" max="9" width="15.42578125" style="1" customWidth="1"/>
     <col min="10" max="11" width="11.42578125" style="1" customWidth="1"/>
     <col min="12" max="12" width="22.85546875" style="1" customWidth="1"/>
     <col min="13" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:12" x14ac:dyDescent="0.2">
-      <c r="B2" s="75" t="s">
+      <c r="B2" s="70" t="s">
         <v>170</v>
       </c>
-      <c r="C2" s="76"/>
-[...8 lines deleted...]
-      <c r="L2" s="77"/>
+      <c r="C2" s="71"/>
+      <c r="D2" s="71"/>
+      <c r="E2" s="71"/>
+      <c r="F2" s="71"/>
+      <c r="G2" s="71"/>
+      <c r="H2" s="71"/>
+      <c r="I2" s="71"/>
+      <c r="J2" s="71"/>
+      <c r="K2" s="71"/>
+      <c r="L2" s="72"/>
     </row>
     <row r="3" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B3" s="95" t="s">
+      <c r="B3" s="93" t="s">
         <v>0</v>
       </c>
-      <c r="C3" s="96"/>
-[...8 lines deleted...]
-      <c r="L3" s="97"/>
+      <c r="C3" s="94"/>
+      <c r="D3" s="94"/>
+      <c r="E3" s="94"/>
+      <c r="F3" s="94"/>
+      <c r="G3" s="94"/>
+      <c r="H3" s="94"/>
+      <c r="I3" s="94"/>
+      <c r="J3" s="94"/>
+      <c r="K3" s="94"/>
+      <c r="L3" s="95"/>
     </row>
     <row r="4" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B4" s="98" t="s">
+      <c r="B4" s="96" t="s">
         <v>171</v>
       </c>
-      <c r="C4" s="101" t="s">
+      <c r="C4" s="99" t="s">
         <v>172</v>
       </c>
-      <c r="D4" s="102"/>
-[...4 lines deleted...]
-      <c r="I4" s="98" t="s">
+      <c r="D4" s="100"/>
+      <c r="E4" s="100"/>
+      <c r="F4" s="100"/>
+      <c r="G4" s="100"/>
+      <c r="H4" s="101"/>
+      <c r="I4" s="96" t="s">
         <v>173</v>
       </c>
-      <c r="J4" s="101" t="s">
+      <c r="J4" s="99" t="s">
         <v>174</v>
       </c>
-      <c r="K4" s="103"/>
-      <c r="L4" s="98" t="s">
+      <c r="K4" s="101"/>
+      <c r="L4" s="96" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="5" spans="2:12" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="B5" s="99"/>
+      <c r="B5" s="97"/>
       <c r="C5" s="12" t="s">
         <v>176</v>
       </c>
       <c r="D5" s="12" t="s">
         <v>177</v>
       </c>
       <c r="E5" s="12" t="s">
         <v>178</v>
       </c>
       <c r="F5" s="12" t="s">
         <v>179</v>
       </c>
       <c r="G5" s="12" t="s">
         <v>180</v>
       </c>
       <c r="H5" s="12" t="s">
         <v>181</v>
       </c>
-      <c r="I5" s="100"/>
+      <c r="I5" s="98"/>
       <c r="J5" s="12" t="s">
         <v>182</v>
       </c>
       <c r="K5" s="12" t="s">
         <v>183</v>
       </c>
-      <c r="L5" s="100"/>
+      <c r="L5" s="98"/>
     </row>
     <row r="6" spans="2:12" x14ac:dyDescent="0.2">
-      <c r="B6" s="100"/>
+      <c r="B6" s="98"/>
       <c r="C6" s="12">
         <v>1</v>
       </c>
       <c r="D6" s="12">
         <v>2</v>
       </c>
       <c r="E6" s="12">
         <v>3</v>
       </c>
       <c r="F6" s="12">
         <v>4</v>
       </c>
       <c r="G6" s="12">
         <v>5</v>
       </c>
       <c r="H6" s="12">
         <v>6</v>
       </c>
       <c r="I6" s="12">
         <v>7</v>
       </c>
       <c r="J6" s="12">
         <v>8</v>
       </c>
       <c r="K6" s="12">
@@ -7770,350 +7679,350 @@
         <v>28</v>
       </c>
       <c r="F13" s="14" t="s">
         <v>28</v>
       </c>
       <c r="G13" s="14">
         <v>399</v>
       </c>
       <c r="H13" s="14">
         <v>121330</v>
       </c>
       <c r="I13" s="14" t="s">
         <v>28</v>
       </c>
       <c r="J13" s="14" t="s">
         <v>28</v>
       </c>
       <c r="K13" s="14" t="s">
         <v>28</v>
       </c>
       <c r="L13" s="14">
         <v>-120931</v>
       </c>
     </row>
     <row r="14" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B14" s="92" t="s">
+      <c r="B14" s="90" t="s">
         <v>184</v>
       </c>
-      <c r="C14" s="93"/>
-[...8 lines deleted...]
-      <c r="L14" s="94"/>
+      <c r="C14" s="91"/>
+      <c r="D14" s="91"/>
+      <c r="E14" s="91"/>
+      <c r="F14" s="91"/>
+      <c r="G14" s="91"/>
+      <c r="H14" s="91"/>
+      <c r="I14" s="91"/>
+      <c r="J14" s="91"/>
+      <c r="K14" s="91"/>
+      <c r="L14" s="92"/>
     </row>
     <row r="17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="18" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="28" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="8">
     <mergeCell ref="B14:L14"/>
     <mergeCell ref="B2:L2"/>
     <mergeCell ref="B3:L3"/>
     <mergeCell ref="B4:B6"/>
     <mergeCell ref="C4:H4"/>
     <mergeCell ref="I4:I5"/>
     <mergeCell ref="J4:K4"/>
     <mergeCell ref="L4:L5"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{70E1D3D6-A746-4947-AE33-E7A83B9A4685}">
   <dimension ref="B2:H29"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="50.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="8" width="16.140625" style="1" customWidth="1"/>
     <col min="9" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:8" x14ac:dyDescent="0.2">
-      <c r="B2" s="104" t="s">
+      <c r="B2" s="102" t="s">
         <v>185</v>
       </c>
-      <c r="C2" s="105"/>
-[...4 lines deleted...]
-      <c r="H2" s="106"/>
+      <c r="C2" s="103"/>
+      <c r="D2" s="103"/>
+      <c r="E2" s="103"/>
+      <c r="F2" s="103"/>
+      <c r="G2" s="103"/>
+      <c r="H2" s="104"/>
     </row>
     <row r="3" spans="2:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="49" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="9">
         <v>2024</v>
       </c>
       <c r="D3" s="61">
         <v>2025</v>
       </c>
       <c r="E3" s="62"/>
       <c r="F3" s="61" t="s">
         <v>186</v>
       </c>
       <c r="G3" s="89"/>
       <c r="H3" s="62"/>
     </row>
     <row r="4" spans="2:8" ht="25.5" x14ac:dyDescent="0.2">
       <c r="B4" s="50"/>
       <c r="C4" s="9" t="s">
         <v>242</v>
       </c>
       <c r="D4" s="9" t="s">
         <v>243</v>
       </c>
       <c r="E4" s="9" t="s">
         <v>242</v>
       </c>
       <c r="F4" s="9" t="s">
         <v>187</v>
       </c>
       <c r="G4" s="9" t="s">
         <v>188</v>
       </c>
       <c r="H4" s="9" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="5" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B5" s="50"/>
-      <c r="C5" s="20">
+      <c r="C5" s="19">
         <v>1</v>
       </c>
-      <c r="D5" s="20">
+      <c r="D5" s="19">
         <v>2</v>
       </c>
-      <c r="E5" s="20">
+      <c r="E5" s="19">
         <v>3</v>
       </c>
-      <c r="F5" s="20">
+      <c r="F5" s="19">
         <v>4</v>
       </c>
-      <c r="G5" s="20">
+      <c r="G5" s="19">
         <v>5</v>
       </c>
-      <c r="H5" s="20">
+      <c r="H5" s="19">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="2:8" x14ac:dyDescent="0.2">
-      <c r="B6" s="39" t="s">
+      <c r="B6" s="37" t="s">
         <v>189</v>
       </c>
-      <c r="C6" s="30">
+      <c r="C6" s="28">
         <v>195.4</v>
       </c>
-      <c r="D6" s="30">
+      <c r="D6" s="28">
         <v>197.9</v>
       </c>
-      <c r="E6" s="30">
+      <c r="E6" s="28">
         <v>198</v>
       </c>
-      <c r="F6" s="30">
+      <c r="F6" s="28">
         <v>0.1</v>
       </c>
-      <c r="G6" s="30">
+      <c r="G6" s="28">
         <v>3.1</v>
       </c>
-      <c r="H6" s="30">
+      <c r="H6" s="28">
         <v>1.3</v>
       </c>
     </row>
     <row r="7" spans="2:8" x14ac:dyDescent="0.2">
-      <c r="B7" s="39" t="s">
+      <c r="B7" s="37" t="s">
         <v>190</v>
       </c>
-      <c r="C7" s="30">
+      <c r="C7" s="28">
         <v>198.4</v>
       </c>
-      <c r="D7" s="30">
+      <c r="D7" s="28">
         <v>199.6</v>
       </c>
-      <c r="E7" s="30">
+      <c r="E7" s="28">
         <v>199.9</v>
       </c>
-      <c r="F7" s="30">
+      <c r="F7" s="28">
         <v>0.2</v>
       </c>
-      <c r="G7" s="30">
+      <c r="G7" s="28">
         <v>3.1</v>
       </c>
-      <c r="H7" s="30">
+      <c r="H7" s="28">
         <v>0.8</v>
       </c>
     </row>
     <row r="8" spans="2:8" x14ac:dyDescent="0.2">
-      <c r="B8" s="39" t="s">
+      <c r="B8" s="37" t="s">
         <v>191</v>
       </c>
-      <c r="C8" s="30">
+      <c r="C8" s="28">
         <v>192</v>
       </c>
-      <c r="D8" s="30">
+      <c r="D8" s="28">
         <v>195.9</v>
       </c>
-      <c r="E8" s="30">
+      <c r="E8" s="28">
         <v>195.9</v>
       </c>
-      <c r="F8" s="30">
+      <c r="F8" s="28">
         <v>0</v>
       </c>
-      <c r="G8" s="30">
+      <c r="G8" s="28">
         <v>3.2</v>
       </c>
-      <c r="H8" s="30">
+      <c r="H8" s="28">
         <v>2</v>
       </c>
     </row>
     <row r="9" spans="2:8" x14ac:dyDescent="0.2">
-      <c r="B9" s="39" t="s">
-[...2 lines deleted...]
-      <c r="C9" s="39">
+      <c r="B9" s="37" t="s">
+        <v>288</v>
+      </c>
+      <c r="C9" s="37">
         <v>143.69999999999999</v>
       </c>
-      <c r="D9" s="39">
+      <c r="D9" s="37">
         <v>148.19999999999999</v>
       </c>
-      <c r="E9" s="39" t="s">
+      <c r="E9" s="37" t="s">
         <v>99</v>
       </c>
-      <c r="F9" s="39" t="s">
+      <c r="F9" s="37" t="s">
         <v>99</v>
       </c>
-      <c r="G9" s="39" t="s">
+      <c r="G9" s="37" t="s">
         <v>99</v>
       </c>
-      <c r="H9" s="39" t="s">
+      <c r="H9" s="37" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="10" spans="2:8" x14ac:dyDescent="0.2">
-      <c r="B10" s="39" t="s">
-[...2 lines deleted...]
-      <c r="C10" s="39">
+      <c r="B10" s="37" t="s">
+        <v>289</v>
+      </c>
+      <c r="C10" s="37">
         <v>155.69999999999999</v>
       </c>
-      <c r="D10" s="39">
+      <c r="D10" s="37">
         <v>155.9</v>
       </c>
-      <c r="E10" s="39">
+      <c r="E10" s="37">
         <v>157</v>
       </c>
-      <c r="F10" s="39">
+      <c r="F10" s="37">
         <v>0.7</v>
       </c>
-      <c r="G10" s="39">
+      <c r="G10" s="37">
         <v>1.4</v>
       </c>
-      <c r="H10" s="39">
+      <c r="H10" s="37">
         <v>0.8</v>
       </c>
     </row>
     <row r="11" spans="2:8" x14ac:dyDescent="0.2">
-      <c r="B11" s="39" t="s">
+      <c r="B11" s="37" t="s">
         <v>192</v>
       </c>
-      <c r="C11" s="30">
+      <c r="C11" s="28">
         <v>193.8</v>
       </c>
-      <c r="D11" s="30">
+      <c r="D11" s="28">
         <v>192.1</v>
       </c>
-      <c r="E11" s="30">
+      <c r="E11" s="28">
         <v>194.2</v>
       </c>
-      <c r="F11" s="30">
+      <c r="F11" s="28">
         <v>1.1000000000000001</v>
       </c>
-      <c r="G11" s="30">
+      <c r="G11" s="28">
         <v>4.7</v>
       </c>
-      <c r="H11" s="30">
+      <c r="H11" s="28">
         <v>0.2</v>
       </c>
     </row>
     <row r="12" spans="2:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B12" s="39" t="s">
+      <c r="B12" s="37" t="s">
         <v>193</v>
       </c>
-      <c r="C12" s="30">
+      <c r="C12" s="28">
         <v>151.80000000000001</v>
       </c>
-      <c r="D12" s="30">
+      <c r="D12" s="28">
         <v>146.5</v>
       </c>
-      <c r="E12" s="30">
+      <c r="E12" s="28">
         <v>148.30000000000001</v>
       </c>
-      <c r="F12" s="30">
+      <c r="F12" s="28">
         <v>1.2</v>
       </c>
-      <c r="G12" s="30">
+      <c r="G12" s="28">
         <v>-2.5</v>
       </c>
-      <c r="H12" s="30">
+      <c r="H12" s="28">
         <v>-2.2999999999999998</v>
       </c>
     </row>
     <row r="13" spans="2:8" x14ac:dyDescent="0.2">
-      <c r="B13" s="39" t="s">
+      <c r="B13" s="37" t="s">
         <v>194</v>
       </c>
-      <c r="C13" s="30">
+      <c r="C13" s="28">
         <v>143</v>
       </c>
-      <c r="D13" s="30">
+      <c r="D13" s="28">
         <v>145</v>
       </c>
-      <c r="E13" s="30">
+      <c r="E13" s="28">
         <v>145.6</v>
       </c>
-      <c r="F13" s="30">
+      <c r="F13" s="28">
         <v>0.4</v>
       </c>
-      <c r="G13" s="30">
+      <c r="G13" s="28">
         <v>0.7</v>
       </c>
-      <c r="H13" s="30">
+      <c r="H13" s="28">
         <v>1.8</v>
       </c>
     </row>
     <row r="14" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B14" s="54" t="s">
         <v>195</v>
       </c>
       <c r="C14" s="54"/>
       <c r="D14" s="54"/>
       <c r="E14" s="54"/>
       <c r="F14" s="54"/>
       <c r="G14" s="54"/>
       <c r="H14" s="54"/>
     </row>
     <row r="16" spans="2:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="27" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="29" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="B3:B5"/>
     <mergeCell ref="B14:H14"/>
     <mergeCell ref="B2:H2"/>
     <mergeCell ref="D3:E3"/>
     <mergeCell ref="F3:H3"/>
   </mergeCells>