--- v0 (2026-01-26)
+++ v1 (2026-02-16)
@@ -1,619 +1,432 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="20417"/>
-  <workbookPr/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24332"/>
+  <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\CP Team\Divya\WSS\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Gaush\0Jan2026\30-01-2026\WSS January 23, 2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C0300F07-03C0-446E-A53D-9E8BFDB39C46}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{D6C26964-EB06-4939-9CC7-E1D354FF4226}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="17280" windowHeight="7890" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{EBA0165B-916E-46E4-A27D-5EC2E3B5AA87}"/>
   </bookViews>
   <sheets>
     <sheet name="T_7" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="30">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="37" uniqueCount="29">
+  <si>
+    <t>*: With the change in the definition of fortnight vide the Banking Laws (Amendment) Act, 2025, data for reserve money are published for the 15th and the last day of the month, effective December 15, 2025.</t>
+  </si>
+  <si>
+    <t>^: With respect to December 31, 2025</t>
+  </si>
+  <si>
+    <t>2.5 Net non-monetary liabilities of RBI</t>
+  </si>
+  <si>
+    <t>2.4 Government's currency liabilities to the public</t>
+  </si>
+  <si>
+    <t>2.3 Net foreign exchange assets of RBI</t>
+  </si>
+  <si>
+    <t>2.2.1 RBI's Net Claims on Banks</t>
+  </si>
+  <si>
+    <t>2.2 RBI Credit to Banks and Commercial Sector</t>
+  </si>
+  <si>
+    <t>2.1.1 Net RBI Credit to Centre</t>
+  </si>
+  <si>
+    <t>2.1 Net RBI Credit to Government</t>
+  </si>
+  <si>
+    <t>2 Sources (2.1+2.2+2.3+2.4-2.5)</t>
+  </si>
+  <si>
+    <t>1.3 'Other' deposits with RBI</t>
+  </si>
+  <si>
+    <t>1.2 Bankers' deposits with RBI</t>
+  </si>
+  <si>
+    <t>1.1 Currency in Circulation</t>
+  </si>
+  <si>
+    <t>1 Components (1.1+1.2+1.3)</t>
+  </si>
+  <si>
+    <t>Reserve Money</t>
+  </si>
+  <si>
+    <t>%</t>
+  </si>
+  <si>
+    <t>Amount</t>
+  </si>
+  <si>
+    <t>Jan. 15*</t>
+  </si>
+  <si>
+    <t>Mar. 31</t>
+  </si>
+  <si>
+    <t>2025-26</t>
+  </si>
+  <si>
+    <t>2024-25</t>
+  </si>
+  <si>
+    <t>Year-on-Year</t>
+  </si>
+  <si>
+    <t>Financial Year so far</t>
+  </si>
+  <si>
+    <t>Fortnight^</t>
+  </si>
+  <si>
+    <t>Variation over</t>
+  </si>
+  <si>
+    <t>Outstanding as on</t>
+  </si>
+  <si>
+    <t>Item</t>
+  </si>
   <si>
     <t>(₹ Crore)</t>
   </si>
   <si>
-    <t>Item</t>
-[...67 lines deleted...]
-  <si>
     <t>7. Reserve Money: Components and Sources</t>
-  </si>
-[...13 lines deleted...]
-    <t>^: With respect to December 31, 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="4" x14ac:knownFonts="1">
+  <numFmts count="1">
+    <numFmt numFmtId="164" formatCode="0.0"/>
+  </numFmts>
+  <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
-    <font>
-[...4 lines deleted...]
-    </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="17">
+  <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
-    <border>
-[...167 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="29">
+  <cellXfs count="10">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-[...1 lines deleted...]
-      <alignment vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...29 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
-    </xf>
-[...22 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -725,850 +538,769 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="B2:N53"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{683C34E6-9700-460A-A245-F2B10B00B5DF}">
+  <dimension ref="B2:N26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="B3" sqref="B3:N3"/>
+      <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3.85546875" style="1" customWidth="1"/>
     <col min="2" max="2" width="48.28515625" style="1" customWidth="1"/>
     <col min="3" max="4" width="11.85546875" style="1" customWidth="1"/>
     <col min="5" max="5" width="9.7109375" style="1" customWidth="1"/>
-    <col min="6" max="6" width="8.7109375" style="1" customWidth="1"/>
+    <col min="6" max="6" width="5.5703125" style="1" customWidth="1"/>
     <col min="7" max="7" width="9.7109375" style="1" customWidth="1"/>
-    <col min="8" max="8" width="8.7109375" style="1" customWidth="1"/>
+    <col min="8" max="8" width="5.5703125" style="1" customWidth="1"/>
     <col min="9" max="9" width="9.7109375" style="1" customWidth="1"/>
-    <col min="10" max="10" width="8.7109375" style="1" customWidth="1"/>
+    <col min="10" max="10" width="5.5703125" style="1" customWidth="1"/>
     <col min="11" max="11" width="9.7109375" style="1" customWidth="1"/>
-    <col min="12" max="12" width="8.7109375" style="1" customWidth="1"/>
+    <col min="12" max="12" width="5.5703125" style="1" customWidth="1"/>
     <col min="13" max="13" width="9.7109375" style="1" customWidth="1"/>
-    <col min="14" max="14" width="8.7109375" style="1" customWidth="1"/>
+    <col min="14" max="14" width="5.5703125" style="1" customWidth="1"/>
     <col min="15" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:14" x14ac:dyDescent="0.2">
-      <c r="B2" s="20" t="s">
+    <row r="2" spans="2:14" s="1" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B2" s="9" t="s">
+        <v>28</v>
+      </c>
+      <c r="C2" s="9"/>
+      <c r="D2" s="9"/>
+      <c r="E2" s="9"/>
+      <c r="F2" s="9"/>
+      <c r="G2" s="9"/>
+      <c r="H2" s="9"/>
+      <c r="I2" s="9"/>
+      <c r="J2" s="9"/>
+      <c r="K2" s="9"/>
+      <c r="L2" s="9"/>
+      <c r="M2" s="9"/>
+      <c r="N2" s="9"/>
+    </row>
+    <row r="3" spans="2:14" s="1" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B3" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="C3" s="8"/>
+      <c r="D3" s="8"/>
+      <c r="E3" s="8"/>
+      <c r="F3" s="8"/>
+      <c r="G3" s="8"/>
+      <c r="H3" s="8"/>
+      <c r="I3" s="8"/>
+      <c r="J3" s="8"/>
+      <c r="K3" s="8"/>
+      <c r="L3" s="8"/>
+      <c r="M3" s="8"/>
+      <c r="N3" s="8"/>
+    </row>
+    <row r="4" spans="2:14" s="1" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B4" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="C4" s="7" t="s">
+        <v>25</v>
+      </c>
+      <c r="D4" s="7"/>
+      <c r="E4" s="7" t="s">
         <v>24</v>
       </c>
-      <c r="C2" s="20"/>
-[...30 lines deleted...]
-      <c r="B4" s="17" t="s">
+      <c r="F4" s="7"/>
+      <c r="G4" s="7"/>
+      <c r="H4" s="7"/>
+      <c r="I4" s="7"/>
+      <c r="J4" s="7"/>
+      <c r="K4" s="7"/>
+      <c r="L4" s="7"/>
+      <c r="M4" s="7"/>
+      <c r="N4" s="7"/>
+    </row>
+    <row r="5" spans="2:14" s="1" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B5" s="7"/>
+      <c r="C5" s="7">
+        <v>2025</v>
+      </c>
+      <c r="D5" s="7">
+        <v>2026</v>
+      </c>
+      <c r="E5" s="7" t="s">
+        <v>23</v>
+      </c>
+      <c r="F5" s="7"/>
+      <c r="G5" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5" s="7"/>
+      <c r="I5" s="7"/>
+      <c r="J5" s="7"/>
+      <c r="K5" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="L5" s="7"/>
+      <c r="M5" s="7"/>
+      <c r="N5" s="7"/>
+    </row>
+    <row r="6" spans="2:14" s="1" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B6" s="7"/>
+      <c r="C6" s="7"/>
+      <c r="D6" s="7"/>
+      <c r="E6" s="7"/>
+      <c r="F6" s="7"/>
+      <c r="G6" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="H6" s="7"/>
+      <c r="I6" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="J6" s="7"/>
+      <c r="K6" s="7">
+        <v>2025</v>
+      </c>
+      <c r="L6" s="7"/>
+      <c r="M6" s="7">
+        <v>2026</v>
+      </c>
+      <c r="N6" s="7"/>
+    </row>
+    <row r="7" spans="2:14" s="1" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B7" s="7"/>
+      <c r="C7" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="E7" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="F7" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G7" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="H7" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="I7" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="J7" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="K7" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="L7" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="M7" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="N7" s="6" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="8" spans="2:14" s="1" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B8" s="7"/>
+      <c r="C8" s="6">
         <v>1</v>
       </c>
-      <c r="C4" s="21" t="s">
+      <c r="D8" s="6">
         <v>2</v>
       </c>
-      <c r="D4" s="22"/>
-      <c r="E4" s="21" t="s">
+      <c r="E8" s="6">
         <v>3</v>
       </c>
-      <c r="F4" s="23"/>
-[...19 lines deleted...]
-      <c r="G5" s="21" t="s">
+      <c r="F8" s="6">
         <v>4</v>
       </c>
-      <c r="H5" s="23"/>
-[...2 lines deleted...]
-      <c r="K5" s="21" t="s">
+      <c r="G8" s="6">
         <v>5</v>
       </c>
-      <c r="L5" s="23"/>
-[...9 lines deleted...]
-      <c r="G6" s="21" t="s">
+      <c r="H8" s="6">
         <v>6</v>
       </c>
-      <c r="H6" s="22"/>
-      <c r="I6" s="21" t="s">
+      <c r="I8" s="6">
         <v>7</v>
       </c>
-      <c r="J6" s="22"/>
-[...11 lines deleted...]
-      <c r="C7" s="28" t="s">
+      <c r="J8" s="6">
         <v>8</v>
       </c>
-      <c r="D7" s="28" t="s">
-[...2 lines deleted...]
-      <c r="E7" s="28" t="s">
+      <c r="K8" s="6">
         <v>9</v>
       </c>
-      <c r="F7" s="28" t="s">
+      <c r="L8" s="6">
         <v>10</v>
       </c>
-      <c r="G7" s="28" t="s">
-[...56 lines deleted...]
-      <c r="M8" s="28">
+      <c r="M8" s="6">
         <v>11</v>
       </c>
-      <c r="N8" s="28">
+      <c r="N8" s="6">
         <v>12</v>
       </c>
     </row>
-    <row r="9" spans="2:14" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="C9" s="3">
+    <row r="9" spans="2:14" s="1" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B9" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C9" s="4">
         <v>4829243</v>
       </c>
-      <c r="D9" s="3">
+      <c r="D9" s="4">
         <v>4862647</v>
       </c>
-      <c r="E9" s="3">
+      <c r="E9" s="4">
         <v>63512</v>
       </c>
-      <c r="F9" s="3">
+      <c r="F9" s="4">
         <v>1.3</v>
       </c>
-      <c r="G9" s="3">
+      <c r="G9" s="4">
         <v>50891</v>
       </c>
-      <c r="H9" s="3">
+      <c r="H9" s="4">
         <v>1.1000000000000001</v>
       </c>
-      <c r="I9" s="3">
+      <c r="I9" s="4">
         <v>33405</v>
       </c>
-      <c r="J9" s="3">
+      <c r="J9" s="4">
         <v>0.7</v>
       </c>
-      <c r="K9" s="3">
+      <c r="K9" s="4">
         <v>214088</v>
       </c>
       <c r="L9" s="3">
         <v>4.8</v>
       </c>
-      <c r="M9" s="3">
+      <c r="M9" s="4">
         <v>180311</v>
       </c>
       <c r="N9" s="3">
         <v>3.9</v>
       </c>
     </row>
-    <row r="10" spans="2:14" x14ac:dyDescent="0.2">
-      <c r="B10" s="2" t="s">
+    <row r="10" spans="2:14" s="1" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B10" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="C10" s="4"/>
+      <c r="D10" s="4"/>
+      <c r="E10" s="4"/>
+      <c r="F10" s="4"/>
+      <c r="G10" s="4"/>
+      <c r="H10" s="4"/>
+      <c r="I10" s="4"/>
+      <c r="J10" s="4"/>
+      <c r="K10" s="4"/>
+      <c r="L10" s="3"/>
+      <c r="M10" s="4"/>
+      <c r="N10" s="3"/>
+    </row>
+    <row r="11" spans="2:14" s="1" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B11" s="5" t="s">
         <v>12</v>
       </c>
-      <c r="C10" s="3"/>
-[...16 lines deleted...]
-      <c r="C11" s="3">
+      <c r="C11" s="4">
         <v>3724448</v>
       </c>
-      <c r="D11" s="3">
+      <c r="D11" s="4">
         <v>3979951</v>
       </c>
-      <c r="E11" s="3">
+      <c r="E11" s="4">
         <v>56428</v>
       </c>
-      <c r="F11" s="3">
+      <c r="F11" s="4">
         <v>1.4</v>
       </c>
-      <c r="G11" s="3">
+      <c r="G11" s="4">
         <v>78506</v>
       </c>
-      <c r="H11" s="3">
+      <c r="H11" s="4">
         <v>2.2000000000000002</v>
       </c>
-      <c r="I11" s="3">
+      <c r="I11" s="4">
         <v>255503</v>
       </c>
-      <c r="J11" s="3">
+      <c r="J11" s="4">
         <v>6.9</v>
       </c>
-      <c r="K11" s="3">
+      <c r="K11" s="4">
         <v>179468</v>
       </c>
       <c r="L11" s="3">
         <v>5.3</v>
       </c>
-      <c r="M11" s="3">
+      <c r="M11" s="4">
         <v>389984</v>
       </c>
       <c r="N11" s="3">
         <v>10.9</v>
       </c>
     </row>
-    <row r="12" spans="2:14" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="C12" s="3">
+    <row r="12" spans="2:14" s="1" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B12" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="C12" s="4">
         <v>991488</v>
       </c>
-      <c r="D12" s="3">
+      <c r="D12" s="4">
         <v>766118</v>
       </c>
-      <c r="E12" s="3">
+      <c r="E12" s="4">
         <v>5503</v>
       </c>
-      <c r="F12" s="3">
+      <c r="F12" s="4">
         <v>0.7</v>
       </c>
-      <c r="G12" s="3">
+      <c r="G12" s="4">
         <v>-36704</v>
       </c>
-      <c r="H12" s="3">
+      <c r="H12" s="4">
         <v>-3.6</v>
       </c>
-      <c r="I12" s="3">
+      <c r="I12" s="4">
         <v>-225371</v>
       </c>
-      <c r="J12" s="3">
+      <c r="J12" s="4">
         <v>-22.7</v>
       </c>
-      <c r="K12" s="3">
+      <c r="K12" s="4">
         <v>9460</v>
       </c>
       <c r="L12" s="3">
         <v>1</v>
       </c>
-      <c r="M12" s="3">
+      <c r="M12" s="4">
         <v>-222627</v>
       </c>
       <c r="N12" s="3">
         <v>-22.5</v>
       </c>
     </row>
-    <row r="13" spans="2:14" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="C13" s="3">
+    <row r="13" spans="2:14" s="1" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B13" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C13" s="4">
         <v>113307</v>
       </c>
-      <c r="D13" s="3">
+      <c r="D13" s="4">
         <v>116579</v>
       </c>
-      <c r="E13" s="3">
+      <c r="E13" s="4">
         <v>1580</v>
       </c>
-      <c r="F13" s="3">
+      <c r="F13" s="4">
         <v>1.4</v>
       </c>
-      <c r="G13" s="3">
+      <c r="G13" s="4">
         <v>9089</v>
       </c>
-      <c r="H13" s="3">
+      <c r="H13" s="4">
         <v>9.6</v>
       </c>
-      <c r="I13" s="3">
+      <c r="I13" s="4">
         <v>3272</v>
       </c>
-      <c r="J13" s="3">
+      <c r="J13" s="4">
         <v>2.9</v>
       </c>
-      <c r="K13" s="3">
+      <c r="K13" s="4">
         <v>25160</v>
       </c>
       <c r="L13" s="3">
         <v>32.1</v>
       </c>
-      <c r="M13" s="3">
+      <c r="M13" s="4">
         <v>12953</v>
       </c>
       <c r="N13" s="3">
         <v>12.5</v>
       </c>
     </row>
-    <row r="14" spans="2:14" x14ac:dyDescent="0.2">
-[...11 lines deleted...]
-      <c r="K14" s="3"/>
+    <row r="14" spans="2:14" s="1" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B14" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" s="4"/>
+      <c r="D14" s="4"/>
+      <c r="E14" s="4"/>
+      <c r="F14" s="4"/>
+      <c r="G14" s="4"/>
+      <c r="H14" s="4"/>
+      <c r="I14" s="4"/>
+      <c r="J14" s="4"/>
+      <c r="K14" s="4"/>
       <c r="L14" s="3"/>
-      <c r="M14" s="3"/>
+      <c r="M14" s="4"/>
       <c r="N14" s="3"/>
     </row>
-    <row r="15" spans="2:14" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="C15" s="3">
+    <row r="15" spans="2:14" s="1" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B15" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="C15" s="4">
         <v>1508105</v>
       </c>
-      <c r="D15" s="3">
+      <c r="D15" s="4">
         <v>1707315</v>
       </c>
-      <c r="E15" s="3">
+      <c r="E15" s="4">
         <v>161754</v>
       </c>
-      <c r="F15" s="3"/>
-      <c r="G15" s="3">
+      <c r="F15" s="4"/>
+      <c r="G15" s="4">
         <v>-88503</v>
       </c>
-      <c r="H15" s="3"/>
-      <c r="I15" s="3">
+      <c r="H15" s="4"/>
+      <c r="I15" s="4">
         <v>199210</v>
       </c>
-      <c r="J15" s="3"/>
-      <c r="K15" s="3">
+      <c r="J15" s="4"/>
+      <c r="K15" s="4">
         <v>88673</v>
       </c>
       <c r="L15" s="3"/>
-      <c r="M15" s="3">
+      <c r="M15" s="4">
         <v>602605</v>
       </c>
       <c r="N15" s="3"/>
     </row>
-    <row r="16" spans="2:14" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="C16" s="3">
+    <row r="16" spans="2:14" s="1" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B16" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="C16" s="4">
         <v>1475460</v>
       </c>
-      <c r="D16" s="3">
+      <c r="D16" s="4">
         <v>1687836</v>
       </c>
-      <c r="E16" s="3">
+      <c r="E16" s="4">
         <v>158526</v>
       </c>
-      <c r="F16" s="3"/>
-      <c r="G16" s="3">
+      <c r="F16" s="4"/>
+      <c r="G16" s="4">
         <v>-96523</v>
       </c>
-      <c r="H16" s="3"/>
-      <c r="I16" s="3">
+      <c r="H16" s="4"/>
+      <c r="I16" s="4">
         <v>212376</v>
       </c>
-      <c r="J16" s="3"/>
-      <c r="K16" s="3">
+      <c r="J16" s="4"/>
+      <c r="K16" s="4">
         <v>90140</v>
       </c>
       <c r="L16" s="3"/>
-      <c r="M16" s="3">
+      <c r="M16" s="4">
         <v>597704</v>
       </c>
       <c r="N16" s="3"/>
     </row>
-    <row r="17" spans="2:14" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="C17" s="3">
+    <row r="17" spans="2:14" s="1" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B17" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="C17" s="4">
         <v>-119015</v>
       </c>
-      <c r="D17" s="3">
+      <c r="D17" s="4">
         <v>-107228</v>
       </c>
-      <c r="E17" s="3">
+      <c r="E17" s="4">
         <v>-91978</v>
       </c>
-      <c r="F17" s="3"/>
-      <c r="G17" s="3">
+      <c r="F17" s="4"/>
+      <c r="G17" s="4">
         <v>273227</v>
       </c>
-      <c r="H17" s="3"/>
-      <c r="I17" s="3">
+      <c r="H17" s="4"/>
+      <c r="I17" s="4">
         <v>11787</v>
       </c>
-      <c r="J17" s="3"/>
-      <c r="K17" s="3">
+      <c r="J17" s="4"/>
+      <c r="K17" s="4">
         <v>50483</v>
       </c>
       <c r="L17" s="3"/>
-      <c r="M17" s="3">
+      <c r="M17" s="4">
         <v>-334309</v>
       </c>
       <c r="N17" s="3"/>
     </row>
-    <row r="18" spans="2:14" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="C18" s="3">
+    <row r="18" spans="2:14" s="1" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B18" s="5" t="s">
+        <v>5</v>
+      </c>
+      <c r="C18" s="4">
         <v>-157261</v>
       </c>
-      <c r="D18" s="3">
+      <c r="D18" s="4">
         <v>-124182</v>
       </c>
-      <c r="E18" s="3">
+      <c r="E18" s="4">
         <v>-88610</v>
       </c>
-      <c r="F18" s="3"/>
-      <c r="G18" s="3">
+      <c r="F18" s="4"/>
+      <c r="G18" s="4">
         <v>277121</v>
       </c>
-      <c r="H18" s="3"/>
-      <c r="I18" s="3">
+      <c r="H18" s="4"/>
+      <c r="I18" s="4">
         <v>33079</v>
       </c>
-      <c r="J18" s="3"/>
-      <c r="K18" s="3">
+      <c r="J18" s="4"/>
+      <c r="K18" s="4">
         <v>45198</v>
       </c>
       <c r="L18" s="3"/>
-      <c r="M18" s="3">
+      <c r="M18" s="4">
         <v>-340750</v>
       </c>
       <c r="N18" s="3"/>
     </row>
-    <row r="19" spans="2:14" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="C19" s="3">
+    <row r="19" spans="2:14" s="1" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B19" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C19" s="4">
         <v>5550947</v>
       </c>
-      <c r="D19" s="3">
+      <c r="D19" s="4">
         <v>6062086</v>
       </c>
-      <c r="E19" s="3">
+      <c r="E19" s="4">
         <v>63662</v>
       </c>
-      <c r="F19" s="3">
+      <c r="F19" s="4">
         <v>1.1000000000000001</v>
       </c>
-      <c r="G19" s="3">
+      <c r="G19" s="4">
         <v>-15471</v>
       </c>
-      <c r="H19" s="3">
+      <c r="H19" s="4">
         <v>-0.3</v>
       </c>
-      <c r="I19" s="3">
+      <c r="I19" s="4">
         <v>511139</v>
       </c>
-      <c r="J19" s="3">
+      <c r="J19" s="4">
         <v>9.1999999999999993</v>
       </c>
-      <c r="K19" s="3">
+      <c r="K19" s="4">
         <v>242368</v>
       </c>
       <c r="L19" s="3">
         <v>4.9000000000000004</v>
       </c>
-      <c r="M19" s="3">
+      <c r="M19" s="4">
         <v>836475</v>
       </c>
       <c r="N19" s="3">
         <v>16</v>
       </c>
     </row>
-    <row r="20" spans="2:14" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="C20" s="3">
+    <row r="20" spans="2:14" s="1" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B20" s="5" t="s">
+        <v>3</v>
+      </c>
+      <c r="C20" s="4">
         <v>36632</v>
       </c>
-      <c r="D20" s="3">
+      <c r="D20" s="4">
         <v>39895</v>
       </c>
-      <c r="E20" s="3"/>
-[...1 lines deleted...]
-      <c r="G20" s="3">
+      <c r="E20" s="4"/>
+      <c r="F20" s="4"/>
+      <c r="G20" s="4">
         <v>2251</v>
       </c>
-      <c r="H20" s="3">
+      <c r="H20" s="4">
         <v>6.7</v>
       </c>
-      <c r="I20" s="3">
+      <c r="I20" s="4">
         <v>3264</v>
       </c>
-      <c r="J20" s="3">
+      <c r="J20" s="4">
         <v>8.9</v>
       </c>
-      <c r="K20" s="3">
+      <c r="K20" s="4">
         <v>3086</v>
       </c>
       <c r="L20" s="3">
         <v>9.5</v>
       </c>
-      <c r="M20" s="3">
+      <c r="M20" s="4">
         <v>4212</v>
       </c>
       <c r="N20" s="3">
         <v>11.8</v>
       </c>
     </row>
-    <row r="21" spans="2:14" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="C21" s="3">
+    <row r="21" spans="2:14" s="1" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B21" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="C21" s="4">
         <v>2147427</v>
       </c>
-      <c r="D21" s="3">
+      <c r="D21" s="4">
         <v>2839420</v>
       </c>
-      <c r="E21" s="3">
+      <c r="E21" s="4">
         <v>69926</v>
       </c>
-      <c r="F21" s="3">
+      <c r="F21" s="4">
         <v>2.5</v>
       </c>
-      <c r="G21" s="3">
+      <c r="G21" s="4">
         <v>120614</v>
       </c>
-      <c r="H21" s="3">
+      <c r="H21" s="4">
         <v>6.7</v>
       </c>
-      <c r="I21" s="3">
+      <c r="I21" s="4">
         <v>691994</v>
       </c>
-      <c r="J21" s="3">
+      <c r="J21" s="4">
         <v>32.200000000000003</v>
       </c>
-      <c r="K21" s="3">
+      <c r="K21" s="4">
         <v>170522</v>
       </c>
       <c r="L21" s="3">
         <v>9.8000000000000007</v>
       </c>
-      <c r="M21" s="3">
+      <c r="M21" s="4">
         <v>928673</v>
       </c>
       <c r="N21" s="3">
         <v>48.6</v>
       </c>
     </row>
-    <row r="22" spans="2:14" x14ac:dyDescent="0.2">
-[...118 lines deleted...]
-    </row>
+    <row r="22" spans="2:14" s="1" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B22" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="C22" s="2"/>
+      <c r="D22" s="2"/>
+      <c r="E22" s="2"/>
+      <c r="F22" s="2"/>
+      <c r="G22" s="2"/>
+      <c r="H22" s="2"/>
+      <c r="I22" s="2"/>
+      <c r="J22" s="2"/>
+      <c r="K22" s="2"/>
+      <c r="L22" s="2"/>
+      <c r="M22" s="2"/>
+      <c r="N22" s="2"/>
+    </row>
+    <row r="23" spans="2:14" s="1" customFormat="1" ht="29.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B23" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="C23" s="2"/>
+      <c r="D23" s="2"/>
+      <c r="E23" s="2"/>
+      <c r="F23" s="2"/>
+      <c r="G23" s="2"/>
+      <c r="H23" s="2"/>
+      <c r="I23" s="2"/>
+      <c r="J23" s="2"/>
+      <c r="K23" s="2"/>
+      <c r="L23" s="2"/>
+      <c r="M23" s="2"/>
+      <c r="N23" s="2"/>
+    </row>
+    <row r="24" spans="2:14" s="1" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="25" spans="2:14" s="1" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="26" spans="2:14" s="1" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="16">
-    <mergeCell ref="B22:N22"/>
-[...9 lines deleted...]
-    <mergeCell ref="G5:J5"/>
     <mergeCell ref="K5:N5"/>
     <mergeCell ref="G6:H6"/>
     <mergeCell ref="I6:J6"/>
     <mergeCell ref="K6:L6"/>
     <mergeCell ref="M6:N6"/>
+    <mergeCell ref="B2:N2"/>
+    <mergeCell ref="B22:N22"/>
+    <mergeCell ref="B23:N23"/>
+    <mergeCell ref="B3:N3"/>
+    <mergeCell ref="B4:B8"/>
+    <mergeCell ref="C4:D4"/>
+    <mergeCell ref="E4:N4"/>
+    <mergeCell ref="C5:C6"/>
+    <mergeCell ref="D5:D6"/>
+    <mergeCell ref="E5:F6"/>
+    <mergeCell ref="G5:J5"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>T_7</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Hewlett-Packard Company</Company>
+  <Company>RESERVE BANK OF INDIA</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>RBIWebsite Support, Nishant Kohakade</dc:creator>
+  <dc:creator>Website Content</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>